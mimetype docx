--- v0 (2025-11-14)
+++ v1 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="dc965d4" w14:textId="dc965d4">
+    <w:p w14:paraId="0c83ee6" w14:textId="0c83ee6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -111,51 +111,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра торговли и интеграции Республики Казахстан от 29 декабря 2021 года № 658-НҚ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Заголовок– в редакции приказа заместителя Премьер-Министра - Министра торговли и интеграции РК от 29.12.2022 </w:t>
+      Сноска. Заголовок – в редакции приказа заместителя Премьер-Министра - Министра торговли и интеграции РК от 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 508-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> .</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z4" w:id="0"/>
     <w:p>
       <w:pPr>
@@ -2186,281 +2186,179 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">12) исключен приказом Министра торговли и интеграции РК от 15.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 355-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводятся</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 31.12.2025);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Подпункт 12) предусмотрено исключить приказом Министра торговли и интеграции РК от 15.10.2024 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13) исключен приказом Министра торговли и интеграции РК от 15.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 355-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вводятся</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> в действие с 31.12.2025).</w:t>
+        <w:t xml:space="preserve"> в действие с 31.12.2025);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...150 lines deleted...]
-      13) разрабатывает и утверждает порядок установления пороговых значений розничных цен на социально значимые продовольственные товары и размера предельно допустимых розничных цен на них;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1385" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) совместно с уполномоченным органом в области развития агропромышленного комплекса проводит мониторинг цен на товары и, в случае достижения уровня цен, при котором целесообразно оказание регулирующего воздействия на рынок, по согласованию с уполномоченным органом в области государственного резерва внесение в Правительство Республики Казахстан предложения о необходимости выпуска материальных ценностей из государственного резерва для оказания регулирующего воздействия на рынок с указанием субъектов торговой деятельности – получателей, объема, цены и размера торговой надбавки выпускаемых материальных ценностей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:bookmarkStart w:name="z1386" w:id="53"/>
     <w:p>
       <w:pPr>
@@ -3507,1570 +3405,1176 @@
         <w:t xml:space="preserve">
       40) осуществляет государственный контроль за соблюдением законодательства Республики Казахстан о регулировании торговой деятельности в форме внеплановой проверки и профилактического контроля с посещением субъекта (объекта) контроля в соответствии с Предпринимательским кодексом Республики Казахстан и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О регулировании торговой деятельности";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:p>
-[...421 lines deleted...]
-    <w:bookmarkStart w:name="z1415" w:id="64"/>
+    <w:bookmarkStart w:name="z1412" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41) осуществляет государственный контроль за соблюдением размера предельной торговой надбавки на социально значимые продовольственные товары на основании утвержденного списка субъектов государственного контроля, в отношении которых будет проводиться государственный контроль за соблюдением размера предельной торговой надбавки на социально значимые продовольственные товары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z1413" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42) формирует список субъектов государственного контроля, в отношении которых будет проводиться государственный контроль за соблюдением размера предельной торговой надбавки на социально значимые продовольственные товары, на основании сведений, полученных от органов государственных доходов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z1414" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43) в случае выявления нарушений выдает предписания субъекту (объекту) государственного контроля об их устранении с указанием сроков устранения по итогам проведения государственного контроля за соблюдением размера предельной торговой надбавки на социально значимые продовольственные товары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z1415" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44) разрабатывает порядок установления минимальной оптовой цены на производимые, ввозимые и (или) реализуемые в Республике Казахстан социально значимые продовольственные товары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z1416" w:id="65"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z1416" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45) составляет протокола, возбуждает и рассматривает дела об административных правонарушениях, а также наложение административных взысканий в сфере торговли в порядке, установленном Кодексом Республики Казахстан об административных правонарушениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z1417" w:id="66"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z1417" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46) рассматривает обращения физических и юридических лиц в регулируемой сфере;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z1418" w:id="67"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z1418" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       47) осуществляет иные полномочия, предусмотренные законодательством Республики Казахстан о регулировании торговой деятельности, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z1446" w:id="68"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z1446" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48) выдает разрешения на импорт и (или) экспорт отдельных видов товаров в пределах компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z1447" w:id="69"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z1447" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       49) вносит предложения в уполномоченный орган в области признания профессиональных квалификаций по внесению изменений и дополнений в реестр профессий по согласованию с отраслевыми советами по профессиональным квалификациям; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z1448" w:id="70"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z1448" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       50) вырабатывает предложения по разработке и (или) актуализации профессиональных стандартов и направляет их в уполномоченный орган в области признания профессиональных квалификаций по согласованию с отраслевыми советами по профессиональным квалификациям; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z1449" w:id="71"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z1449" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51) формирует потребность рынка труда в отрасли торговли в признании профессиональных квалификаций с учетом актуальности профессий в текущем и будущем периодах по согласованию с местными исполнительными органами областей, городов республиканского значения и столицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z1450" w:id="72"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z1450" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52) вносит предложения в уполномоченный орган в области признания профессиональных квалификаций по условиям признания профессиональных квалификаций для рассмотрения на заседании Национального совета по профессиональным квалификациям по согласованию с отраслевыми советами по профессиональным квалификациям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z1451" w:id="73"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z1451" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53) создает консультативно-совещательные органы – отраслевые советы по профессиональным квалификациям, разрабатывает и утверждает положения об отраслевых советах в регулируемых отраслях на основе типового положения, утвержденного уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z1452" w:id="74"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z1452" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54) разрабатывает и (или) актуализирует отраслевые рамки квалификаций в отрасли торговли;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z1453" w:id="75"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z1453" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55) разрабатывает и (или) актуализирует, утверждает профессиональные стандарты в отрасли торговли;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56) взаимодействует с объединениями (ассоциаций, союзов) работодателями по вопросам Национальной системы квалификаций.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57) участвует в определении порядка применения предельной торговой надбавки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58) предусматривает поддержку получателям государственной адресной социальной помощи по согласованию с уполномоченным органом в сфере социальной защиты населения при реализации механизмов стабилизации цен на социально значимые продовольственные товары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">59) исключен приказом и.о. Министра торговли и интеграции РК от 17.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 267-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Пункт 16 предусмотрено дополнить подпунктами 57), 58) в соответствии с приказом Министра торговли и интеграции РК от 15.10.2024 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Сноска. Пункт 16 с изменениями, внесенными приказами Министра торговли и интеграции РК от 26.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 199-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 15.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 355-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> в действие с 31.12.2025).</w:t>
+        <w:t xml:space="preserve"> (введение в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п.4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.); от 17.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 267-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...27 lines deleted...]
-        <w:t>№ 267-НҚ</w:t>
+    </w:p>
+    <w:bookmarkStart w:name="z1419" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Статус и полномочия руководителя Комитета при организации его деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z1420" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Руководство Комитетом осуществляется председателем, который несет персональную ответственность за выполнение возложенных на Комитет задач и осуществление им своих полномочий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z1421" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Председатель Комитета назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z1422" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Председатель Комитета имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z1423" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Полномочия Председателя Комитета:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z1424" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) определяет обязанности и полномочия своих заместителей, руководителей структурных подразделений и работников Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z1425" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в пределах своей компетенции издает приказы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z1426" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) назначает на должности и освобождает от должностей работников Комитета, за исключением работников, вопросы трудовых отношений которых отнесены к компетенции вышестоящих государственных органов и должностных лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z1427" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) решает вопросы командирования, предоставления отпусков, оказания материальной помощи, подготовки (переподготовки), повышения квалификации, поощрения, выплаты надбавок и премирования, а также дисциплинарной ответственности работников Комитета, за исключением работников, вопросы трудовых отношений которых отнесены к компетенции вышестоящих государственных органов и должностных лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z1428" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) представляет Комитет в государственных органах и иных организациях в соответствии с действующим законодательством;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z1429" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) утверждает положения о структурных подразделениях Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z1430" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) в случаях фиксирования коррупционных правонарушений либо действий, способствующих возникновению коррупционных деяний, информирует об этом руководство Министерства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z1431" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) обеспечивает соблюдение сотрудниками Комитета норм служебной этики государственных служащих;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z1432" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) принимает меры, направленные на противодействие коррупции в Комитете, и несет персональную ответственность за принятие антикоррупционных мер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z1433" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) несет ответственность за реализацию республиканских бюджетных программ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z1434" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) рассматривает жалобы физических и юридических лиц на акты/решения и действия (бездействия) по результатам проверок, предписания об устранении нарушений, на решения и действия (бездействия) в рамках производства по делам об административных правонарушениях и постановления по делам об административных правонарушениях и принимает по ним решения, а также делегирует такие полномочия своим заместителям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z1435" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12)представляет руководству Министерства предложения по структуре и штатному расписанию Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z1436" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13)осуществляет общее руководство деятельностью Комитета и несет персональную ответственность за выполнение возложенных на Комитет задач и осуществление им своих функций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z1437" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) принимает решения по другим вопросам, отнесенным к его компетенции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z1438" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнение полномочий Председателя Комитета в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 20 с изменением, внесенным приказом и.о. Министра торговли и интеграции РК от 17.07.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 281-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...84 lines deleted...]
-    <w:bookmarkStart w:name="z1419" w:id="76"/>
+    </w:p>
+    <w:bookmarkStart w:name="z1439" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Председатель Комитета определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z1440" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 3. Статус и полномочия руководителя Комитета при организации его деятельности</w:t>
-[...382 lines deleted...]
-    <w:bookmarkEnd w:id="95"/>
+        <w:t xml:space="preserve"> Глава 4. Имущество Комитета</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z1441" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Комитет может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством. Имущество Комитета формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z1442" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Имущество, закрепленное за Комитетом, относится к республиканской собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z1443" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Комитет не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выделенных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z1444" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...81 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 4. Имущество Комитета</w:t>
-[...76 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Комитета</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z1445" w:id="102"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z1445" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Реорганизация и ликвидация Комитета осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -5246,68 +4750,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 29 декабря 2021 года № 658-НҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z155" w:id="103"/>
+    <w:bookmarkStart w:name="z155" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение Республиканского государственного учреждения "Департамент торговли города Астана Комитета торговли Министерства торговли и интеграции Республики Казахстан"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 2 исключено приказом заместителя Премьер-Министра - Министра торговли и интеграции РК от 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5645,68 +5149,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 2021 года №</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z208" w:id="104"/>
+    <w:bookmarkStart w:name="z208" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение Республиканского государственного учреждения "Департамент торговли города Алматы Комитета торговли Министерства торговли и интеграции Республики Казахстан"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 3 исключено приказом заместителя Премьер-Министра - Министра торговли и интеграции РК от 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6044,68 +5548,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 2021 года №</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z261" w:id="105"/>
+    <w:bookmarkStart w:name="z261" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение Республиканского государственного учреждения "Департамент торговли города Шымкента Комитета торговли Министерства торговли и интеграции Республики Казахстан"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 4 исключено приказом заместителя Премьер-Министра - Министра торговли и интеграции РК от 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6443,68 +5947,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 2021 года №</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z314" w:id="106"/>
+    <w:bookmarkStart w:name="z314" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение Республиканского государственного учреждения "Департамент торговли Акмолинской области Комитета торговли Министерства торговли и интеграции Республики Казахстан"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 5 исключено приказом заместителя Премьер-Министра - Министра торговли и интеграции РК от 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6842,68 +6346,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 2021 года №</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z367" w:id="107"/>
+    <w:bookmarkStart w:name="z367" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение Республиканского государственного учреждения "Департамент торговли Актюбинской области Комитета торговли Министерства торговли и интеграции Республики Казахстан"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 6 исключено приказом заместителя Премьер-Министра - Министра торговли и интеграции РК от 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7241,68 +6745,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 2021 года №</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z420" w:id="108"/>
+    <w:bookmarkStart w:name="z420" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение Республиканского государственного учреждения "Департамент торговли Алматинской области Комитета торговли Министерства торговли и интеграции Республики Казахстан"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 7 исключено приказом заместителя Премьер-Министра - Министра торговли и интеграции РК от 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7640,68 +7144,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 2021 года №</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z473" w:id="109"/>
+    <w:bookmarkStart w:name="z473" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение Республиканского государственного учреждения "Департамент торговли Атырауской области Комитета торговли Министерства торговли и интеграции Республики Казахстан"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 8 исключено приказом заместителя Премьер-Министра - Министра торговли и интеграции РК от 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8039,68 +7543,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 2021 года №</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z526" w:id="110"/>
+    <w:bookmarkStart w:name="z526" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение Республиканского государственного учреждения "Департамент торговли Западно-Казахстанской области Комитета торговли Министерства торговли и интеграции Республики Казахстан"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 9 исключено приказом заместителя Премьер-Министра - Министра торговли и интеграции РК от 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8438,68 +7942,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 2021 года №</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z579" w:id="111"/>
+    <w:bookmarkStart w:name="z579" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение Республиканского государственного учреждения "Департамент торговли Жамбылской области Комитета торговли Министерства торговли и интеграции Республики Казахстан"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 10 исключено приказом заместителя Премьер-Министра - Министра торговли и интеграции РК от 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8837,68 +8341,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 2021 года №</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z632" w:id="112"/>
+    <w:bookmarkStart w:name="z632" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение Республиканского государственного учреждения "Департамент торговли Карагандинской области Комитета торговли Министерства торговли и интеграции Республики Казахстан"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 11 исключено приказом заместителя Премьер-Министра - Министра торговли и интеграции РК от 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9236,68 +8740,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 2021 года №</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z685" w:id="113"/>
+    <w:bookmarkStart w:name="z685" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение Республиканского государственного учреждения "Департамент торговли Костанайской области Комитета торговли Министерства торговли и интеграции Республики Казахстан"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 12 исключено приказом заместителя Премьер-Министра - Министра торговли и интеграции РК от 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9635,68 +9139,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 2021 года №</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z738" w:id="114"/>
+    <w:bookmarkStart w:name="z738" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение Республиканского государственного учреждения "Департамент торговли Кызылординской области Комитета торговли Министерства торговли и интеграции Республики Казахстан"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 13 исключено приказом заместителя Премьер-Министра - Министра торговли и интеграции РК от 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10034,68 +9538,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 2021 года №</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z791" w:id="115"/>
+    <w:bookmarkStart w:name="z791" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение Республиканского государственного учреждения "Департамент торговли Мангистауской области Комитета торговли Министерства торговли и интеграции Республики Казахстан"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkEnd w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 14 исключено приказом заместителя Премьер-Министра - Министра торговли и интеграции РК от 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10433,68 +9937,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 2021 года №</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z844" w:id="116"/>
+    <w:bookmarkStart w:name="z844" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение Республиканского государственного учреждения "Департамент торговли Павлодарской области Комитета торговли Министерства торговли и интеграции Республики Казахстан"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 15 исключено приказом заместителя Премьер-Министра - Министра торговли и интеграции РК от 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10850,68 +10354,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 2021 года №</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z897" w:id="117"/>
+    <w:bookmarkStart w:name="z897" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение Республиканского государственного учреждения "Департамент торговли Северо–Казахстанской области Комитета торговли Министерства торговли и интеграции Республики Казахстан"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 16 исключено приказом заместителя Премьер-Министра - Министра торговли и интеграции РК от 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11249,68 +10753,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 2021 года №</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z950" w:id="118"/>
+    <w:bookmarkStart w:name="z950" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение Республиканского государственного учреждения "Департамент торговли Туркестанской области Комитета торговли Министерства торговли и интеграции Республики Казахстан"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 17 исключено приказом заместителя Премьер-Министра - Министра торговли и интеграции РК от 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11648,68 +11152,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 2021 года №</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1003" w:id="119"/>
+    <w:bookmarkStart w:name="z1003" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение Республиканского государственного учреждения "Департамент торговли Восточно-Казахстанской области Комитета торговли Министерства торговли и интеграции Республики Казахстан"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 18 исключено приказом заместителя Премьер-Министра - Министра торговли и интеграции РК от 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11839,108 +11343,108 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 29 декабря 2021 года № 658-НҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1231" w:id="120"/>
+    <w:bookmarkStart w:name="z1231" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение Республиканского государственного учреждения "Департамент торговли области Абай Комитета торговли Министерства торговли и интеграции Республики Казахстан"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z1278" w:id="121"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z1278" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 19 исключено приказом заместителя Премьер-Министра - Министра торговли и интеграции РК от 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 508-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> .</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="124"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12032,68 +11536,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 29 декабря 2021 года № 658-НҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1281" w:id="122"/>
+    <w:bookmarkStart w:name="z1281" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение Республиканского государственного учреждения "Департамент торговли области Жетісу Комитета торговли Министерства торговли и интеграции Республики Казахстан"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 20 исключено приказом заместителя Премьер-Министра - Министра торговли и интеграции РК от 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12223,68 +11727,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 29 декабря 2021 года № 658-НҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1331" w:id="123"/>
+    <w:bookmarkStart w:name="z1331" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение Республиканского государственного учреждения "Департамент торговли области Ұлытау Комитета торговли Министерства торговли и интеграции Республики Казахстан"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 21 исключено приказом заместителя Премьер-Министра - Министра торговли и интеграции РК от 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12328,55 +11832,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>