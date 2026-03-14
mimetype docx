--- v0 (2025-11-08)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="cd960e3" w14:textId="cd960e3">
+    <w:p w14:paraId="0c0798b" w14:textId="0c0798b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,286 +100,335 @@
         </w:rPr>
         <w:t>Об утверждении Положения о государственном учреждении "Управление ветеринарии акимата Костанайской области"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление акимата Костанайской области от 15 ноября 2021 года № 518.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
-[...9 lines deleted...]
-      В соответствии со </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан" и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 1 сентября 2021 года № 590 "О некоторых вопросах организации деятельности государственных органов и их структурных подразделений" акимат Костанайской области ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Утвердить прилагаемое </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Положение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о государственном учреждении "Управление ветеринарии акимата Костанайской области".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Государственному учреждению "Управление ветеринарии акимата Костанайской области" в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) государственную регистрацию вышеуказанного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Положения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в органах юстиции в установленном законодательством порядке;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) в течение двадцати календарных дней со дня подписания настоящего постановления направление его копии в электронном виде на казахском и русском языках в филиал республиканского государственного предприятия на праве хозяйственного ведения "Институт законодательства и правовой информации Республики Казахстан" Министерства юстиции Республики Казахстан по Костанайской области для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) размещение настоящего постановления на интернет-ресурсе акимата Костанайской области после его официального опубликования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Контроль за исполнением настоящего постановления возложить на курирующего заместителя акима Костанайской области.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Настоящее постановление вводится в действие со дня его первого официального опубликования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...179 lines deleted...]
-    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -474,50 +523,71 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>А. Мухамбетов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -817,2162 +887,2485 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 518</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z18" w:id="8"/>
+    <w:bookmarkStart w:name="z18" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение о государственном учреждении "Управление ветеринарии акимата Костанайской области"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z19" w:id="9"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z19" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-[...239 lines deleted...]
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Государственное учреждение "Управление ветеринарии акимата Костанайской области" (далее – Управление) является государственным органом Республики Казахстан, осуществляющим руководство в сфере ветеринарии.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Управление имеет подведомственные организации, указанные в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Положению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Управление осуществляет свою деятельность в соответствии с Конституцией и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Положением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Управление является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печать с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на казахском и русском языках, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Управление вступает в гражданско-правовые отношения от собственного имени.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Управление имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. Управление по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя Управление и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. Структура и лимит штатной численности Управления утверждаются в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9. Местонахождение юридического лица: 110000, Республика Казахстан, Костанайская область, город Костанай, улица О. Шипина, дом 153/3.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 9 – в редакции постановления акимата Костанайской области от 10.01.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 Настоящее </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>положение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> является учредительным документом Управления.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11. Финансирование деятельности Управления осуществляется из местного бюджета в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12. Управлению не допускается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Управления.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Если Управление законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="19"/>
-[...99 lines deleted...]
-    <w:bookmarkStart w:name="z33" w:id="23"/>
+    <w:bookmarkStart w:name="z33" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Задачи и полномочия государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-[...1139 lines deleted...]
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13. Задачи:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) защита животных от болезней и их лечение;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечение ветеринарно-санитарной безопасности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) иные задачи, установленные законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 15 с изменениями, внесенными постановлением акимата Костанайской области от 12.04.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 156</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 13 в редакции постановления акимата Костанайской области от 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14. Полномочия:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) права:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>охрана здоровья населения от болезней, общих для животных и человека;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осуществлять свою деятельность во взаимодействии с другими органами исполнительной власти и местного самоуправления;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от государственных органов, должностных лиц других организаций;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заключать договоры с юридическими и физическими лицами, приобретать имущественные и личные неимущественные права, представлять свои интересы в государственных органах, организациях в соответствии с действующим законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>привлекать для участия в разработке и реализации программ по вопросам обеспечения ветеринарно-санитарной безопасности региона специалистов других организаций, управлений и ведомств;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>выносить предложение о создании в установленном порядке чрезвычайных противоэпизоотических комиссий;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>иные права, предусмотренные законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) обязанности:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>соблюдать нормы действующего законодательства Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>качественно и своевременно исполнять акты и поручения Президента, Правительства Республики Казахстан и иных центральных исполнительных органов, а также акима и акимата области;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>повышать качество предоставления государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осуществлять в отношении государственных предприятий, находящихся в ведении Управления, функции органа управления;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>иные обязанности, предусмотренные законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15. Функции:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) организует охрану здоровья населения от болезней, общих для животных и человека, совместно с уполномоченным государственным органом в области здравоохранения и осуществляет взаимный обмена информацией;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) реализует государственную политику в области ветеринарии;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) принимает решения об установлении карантина или ограничительных мероприятий по представлению главного государственного ветеринарно-санитарного инспектора соответствующей территории в случае возникновения заразных болезней животных в двух и более районах, расположенных на территории области;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) принимает решения о снятии ограничительных мероприятий или карантина по представлению главного государственного ветеринарно-санитарного инспектора соответствующей территории после проведения комплекса ветеринарных мероприятий по ликвидации очагов заразных болезней животных, возникших в двух и более районах, расположенных на территории данной области;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) осуществляет лицензирование ветеринарно-санитарной экспертизы продукции и сырья животного происхождения в соответствии с законодательством Республики Казахстан о разрешениях и уведомлениях;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) принимает уведомления от физических и юридических лиц о начале или прекращении осуществления предпринимательской деятельности в области ветеринарии, а также ведет государственный электронный реестр разрешений и уведомлений в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О разрешениях и уведомлениях";</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) организует строительство, реконструкции скотомогильников (биотермических ям) и обеспечивает их содержание;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) вносит в местный представительный орган области для утверждения правила содержания животных, правила содержания и выгула домашних животных, правила отлова, временного содержания и умерщвления животных, предложения по установлению границ санитарных зон содержания животных;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9) организует и обеспечивает предоставление заинтересованным лицам информации о проводимых ветеринарных мероприятиях;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10) организует государственную комиссию по приему в эксплуатацию объектов производства, осуществляющих выращивание животных, заготовку (убой), хранение, переработку и реализацию животных, продукции и сырья животного происхождения, а также обеспечивает организацию по производству, хранению и реализацию ветеринарных препаратов, кормов и кормовых добавок;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11) организует обезвреживание (обеззараживание) и переработку без изъятия животных, продукции и сырья животного происхождения, представляющих опасность для здоровья животных и человека;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12) организует возмещение владельцам стоимости обезвреженных (обеззараженных) и переработанных без изъятия животных, продукции и сырья животного происхождения, представляющих опасность для здоровья животных и человека;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13) осуществляет организацию санитарного убоя больных животных;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14) осуществляет организацию отлова, временного содержания и умерщвления животных;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15) выносит решения о делении территории на зоны в порядке, установленном уполномоченным органом;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16) утверждает план ветеринарных мероприятий по обеспечению ветеринарно-санитарной безопасности на территории соответствующей административно-территориальной единицы по согласованию с уполномоченным органом;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17) координирует организацию и проведение ветеринарных мероприятий по обеспечению ветеринарно-санитарной безопасности на территории соответствующей административно-территориальной единицы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18) организует хранение, транспортировку (доставку) ветеринарных препаратов по профилактике особо опасных болезней животных, за исключением республиканского запаса ветеринарных препаратов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19) осуществляет государственный закуп услуг по транспортировке(доставке) изделий (средств) и атрибутов для проведения идентификации сельскохозяйственных животных;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20) определяет потребность в изделиях (средствах) и атрибутах для проведения идентификации сельскохозяйственных животных и передача информации в процессинговый центр;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21) организует ведение базы данных по идентификации сельскохозяйственных животных;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22) проводит обследование эпизоотических очагов в случае их возникновения;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>23) выдает акт эпизоотологического обследования;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>24) осуществляет свод, анализ ветеринарного учета и отчетности и их представление в уполномоченный орган;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>25) осуществляет государственный закуп ветеринарных препаратов по профилактике и диагностике энзоотических болезней животных, услуг по их профилактике и диагностике, обеспечивает организацию хранения и транспортировки (доставки) ветеринарных препаратов, проводит ветеринарные мероприятия по профилактике и диагностике энзоотических болезней животных;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>26) обеспечивает выполнение ветеринарных мероприятий по профилактике, отбору проб биологического материала и доставке их для диагностики особо опасных болезней животных по перечню, утвержденному уполномоченным органом, а также энзоотических и других болезней животных;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>27) организует и проводит просветительскую работу среди населения по вопросам ветеринарии;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>28) организует проведение мероприятий по идентификации сельскохозяйственных животных;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>29) участвует в государственных комиссиях по приему в эксплуатацию объектов производства, осуществляющих выращивание животных, заготовку (убой), хранение, переработку и реализацию животных, продукции и сырья животного происхождения, а также организаций по производству, хранению и реализации ветеринарных препаратов, кормов и кормовых добавок;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>30) разрабатывает перечень энзоотических болезней животных, профилактика и диагностика которых осуществляются за счет бюджетных средств;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>31) организует сбор и свод данных (сведений) о скотомогильниках (биотермических ямах) для включения их в реестр скотомогильников (биотермических ям);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>32) осуществляет в интересах местного государственного управления иные полномочия, возлагаемых на местные исполнительные органы законодательством Республики Казахстан.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 с изменениями, внесенными постановлением акимата Костанайской области от 12.04.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="80"/>
+    <w:bookmarkStart w:name="z90" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-[...300 lines deleted...]
-    <w:bookmarkStart w:name="z106" w:id="96"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 4. Имущество государственного органа</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16. Руководство Управлением осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Управление ветеринарии задач и осуществление им своих полномочий.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17. Первый руководитель Управления назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18. Первый руководитель Управления имеет заместителей, которые назначаются на должность и освобождаются от должности в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19. Полномочия первого руководителя Управления:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) определяет обязанности и круг полномочий работников Управления;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) назначает на должности и освобождает от должности работников Управления, в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) утверждает положения о структурных подразделениях Управления, издает приказы и дает указания, обязательные для исполнения;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) в установленном законодательством порядке решает вопросы поощрения, оказания материальной помощи, наложения дисциплинарных взысканий;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) без доверенности действует от имени Управления;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) представляет Управление во всех взаимоотношениях с государственными органами и иными организациями в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) несет персональную ответственность за непринятие мер по противодействию коррупции;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) утверждает план финансирования Управления по обязательствам и платежам, структуру Управления в пределах установленного фонда оплаты труда и численности работников;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Исполнение полномочий первого руководителя Управления в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20. Первый руководитель определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-[...80 lines deleted...]
-    <w:bookmarkStart w:name="z111" w:id="101"/>
+    <w:bookmarkStart w:name="z106" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение государственного органа</w:t>
+        <w:t xml:space="preserve"> Глава 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z112" w:id="102"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21. Управление может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Имущество Управления формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22. Имущество, закрепленное за Управлением, относится к коммунальной собственности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>23. Управление не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      24. Реорганизация и упразднение Управления осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z111" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение государственного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>24. Реорганизация и упразднение Управления осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3077,522 +3470,619 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Положению о государственном учреждении "Управление ветеринарии акимата Костанайской области"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z115" w:id="103"/>
+    <w:bookmarkStart w:name="z115" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень государственных предприятий, находящихся в ведении государственного учреждения "Управление ветеринарии акимата Костанайской области"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z116" w:id="104"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Коммунальное государственное предприятие "Ветеринарная станция Алтынсаринского района" Управления ветеринарии акимата Костанайской области.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Коммунальное государственное предприятие "Ветеринарная станция Амангельдинского района" Управления ветеринарии акимата Костанайской области.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Коммунальное государственное предприятие "Ветеринарная станция Аулиекольского района" Управления ветеринарии акимата Костанайской области.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Коммунальное государственное предприятие "Ветеринарная станция района Беимбета Майлина" Управления ветеринарии акимата Костанайской области.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Коммунальное государственное предприятие "Ветеринарная станция Денисовского района" Управления ветеринарии акимата Костанайской области.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Коммунальное государственное предприятие "Ветеринарная станция Жангельдинского района" Управления ветеринарии акимата Костанайской области.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. Коммунальное государственное предприятие "Ветеринарная станция Житикаринского района" Управления ветеринарии акимата Костанайской области.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. Коммунальное государственное предприятие "Ветеринарная станция Камыстинского района" Управления ветеринарии акимата Костанайской области.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9. Коммунальное государственное предприятие "Ветеринарная станция Карабалыкского района" Управления ветеринарии акимата Костанайской области.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10. Коммунальное государственное предприятие "Ветеринарная станция Карасуского района" Управления ветеринарии акимата Костанайской области.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11. Коммунальное государственное предприятие "Ветеринарная станция Костанайского района" Управления ветеринарии акимата Костанайской области.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12. Коммунальное государственное предприятие "Ветеринарная станция Мендыкаринского района" Управления ветеринарии акимата Костанайской области.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13. Коммунальное государственное предприятие "Ветеринарная станция Наурзумского района" Управления ветеринарии акимата Костанайской области.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14. Коммунальное государственное предприятие "Ветеринарная станция Сарыкольского района" Управления ветеринарии акимата Костанайской области.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15. Коммунальное государственное предприятие "Ветеринарная станция Узункольского района" Управления ветеринарии акимата Костанайской области.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16. Коммунальное государственное предприятие "Ветеринарная станция Федоровского района" Управления ветеринарии акимата Костанайской области.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17. Коммунальное государственное предприятие "Ветеринарная станция города Аркалыка" Управления ветеринарии акимата Костанайской области.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18. Коммунальное государственное предприятие "Ветеринарная станция города Костаная" Управления ветеринарии акимата Костанайской области.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19. Коммунальное государственное предприятие "Ветеринарная станция города Лисаковска" Управления ветеринарии акимата Костанайской области.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20. Коммунальное государственное предприятие "Ветеринарная станция города Рудного" Управления ветеринарии акимата Костанайской области.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      1. Коммунальное государственное предприятие "Ветеринарная станция Алтынсаринского района" Управления ветеринарии акимата Костанайской области.</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-[...379 lines deleted...]
-    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>