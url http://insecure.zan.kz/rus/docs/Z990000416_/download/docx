--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2af8961" w14:textId="2af8961">
+    <w:p w14:paraId="fa7c5ce" w14:textId="fa7c5ce">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -4307,325 +4307,249 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...96 lines deleted...]
-    <w:bookmarkStart w:name="z119" w:id="132"/>
+    </w:p>
+    <w:bookmarkStart w:name="z118" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) уполномоченный орган по финансовому мониторингу Республики Казахстан осуществляет финансовый мониторинг и принимает иные меры по противодействию финансированию терроризма в соответствии с Законом Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z119" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) уполномоченный орган в сфере гражданской защиты осуществляет ликвидацию чрезвычайных ситуаций техногенного характера, возникших в результате совершенного акта терроризма;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkEnd w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7-1) уполномоченный орган в области промышленной безопасности участвует в организации мониторинга состояния антитеррористической защищенности опасных производственных объектов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z120" w:id="133"/>
+    <w:bookmarkStart w:name="z120" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) уполномоченный орган в сфере внешней политики обеспечивает реализацию внешнеполитического курса Республики Казахстан в области международного сотрудничества по противодействию терроризму, разрабатывает и утверждает перечень загранучреждений Республики Казахстан, уязвимых в террористическом отношении, согласно их категории;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z121" w:id="134"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z121" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) уполномоченный орган в области связи и информации обеспечивает пропаганду социально значимых ценностей и межэтнического согласия, а также осуществляет противодействие распространению идеологии терроризма в информационном пространстве Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z255" w:id="135"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z255" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9-1) уполномоченный орган в области культуры обеспечивает реализацию мер, направленных на укрепление внутриполитической стабильности и межэтнического согласия в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z122" w:id="136"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z122" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) уполномоченный орган в области охраны окружающей среды участвует в мероприятиях по восстановлению нормального функционирования и экологической безопасности подвергшихся террористическому воздействию объектов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z123" w:id="137"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z123" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) уполномоченный орган в сфере государственного планирования осуществляет разработку и реализацию комплекса мер, направленных на формирование основных приоритетов социально-экономического развития Республики Казахстан, в целях недопущения межнациональных и межконфессиональных конфликтов и социально-экономических предпосылок к проявлениям терроризма;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z124" w:id="138"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z124" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) уполномоченный орган в области развития агропромышленного комплекса участвует в организации мониторинга состояния антитеррористической защищенности гидротехнических сооружений, осуществляет государственный ветеринарно-санитарный контроль и надзор, государственный фитосанитарный контроль за физической защитой источников особо опасных организмов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z125" w:id="139"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z125" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) уполномоченный орган в сфере транспорта и коммуникаций организует оперативное обеспечение заинтересованных государственных органов информацией, необходимой для решения задач по противодействию терроризму на объектах транспортно-коммуникационной отрасли, и обеспечивает в пределах своей компетенции мероприятия по их антитеррористической защищенности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkEnd w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4654,230 +4578,230 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z127" w:id="140"/>
+    <w:bookmarkStart w:name="z127" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) служба экономических расследований осуществляет мероприятия по выявлению и пресечению незаконного перемещения через таможенную границу Евразийского экономического союза оружия, боеприпасов, взрывчатых веществ и иных предметов, которые могут быть использованы в качестве средств совершения террористических преступлений, а также по предупреждению, выявлению, пресечению источников, каналов и способов финансирования терроризма;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z128" w:id="141"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z128" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) уполномоченный орган в области использования атомной энергии осуществляет контроль и надзор за состоянием антитеррористической защищенности ядерных установок, радиационных источников, пунктов хранения радиоактивных материалов, за системами единого государственного учета и контроля ядерных материалов, радиоактивных веществ, радиоактивных отходов, участвует в организации мониторинга состояния антитеррористической защищенности производственных объектов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z129" w:id="142"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z129" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) органы юстиции организуют бесплатную необходимую правовую помощь физическим и юридическим лицам, потерпевшим в результате акта терроризма, и лицам, участвовавшим в его пресечении, по вопросам, касающимся их компетенции, в том числе в выдаче необходимых документов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z130" w:id="143"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z130" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) уполномоченный орган в области социальной защиты населения обеспечивает реализацию мер и координацию деятельности местных исполнительных органов по вопросам трудоустройства лиц, потерпевших в результате акта терроризма, и лиц, участвовавших в его пресечении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z197" w:id="144"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z197" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) уполномоченный орган в области образования и науки обеспечивает формирование в обществе антитеррористического сознания путем организации факультативных занятий в общеобразовательных и высших учебных заведениях Республики Казахстан, осуществляет межотраслевую координацию по вопросам социальной реабилитации детей, пострадавших от террористической деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z198" w:id="145"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z198" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) уполномоченный орган в области здравоохранения участвует в реализации мер по минимизации и (или) ликвидации последствий акта терроризма, организует экстренную медицинскую помощь, медико-психологическое сопровождение лиц, потерпевших в результате акта терроризма;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z427" w:id="146"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z427" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20-1) уполномоченный орган в области биологической безопасности участвует в разработке и реализации комплекса мер, направленных на недопущение актов терроризма и (или) диверсий с использованием патогенных биологических агентов и (или) в отношении потенциально опасных биологических объектов, применения биологических технологий и иных смежных технологий для разработки (создания), производства (изготовления) и использования патогенных биологических агентов в качестве бактериологического (биологического) и токсинного оружия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z199" w:id="147"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z199" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) уполномоченный орган в сфере религиозной деятельности обеспечивает межконфессиональное согласие, права граждан на религиозную деятельность и взаимодействует с религиозными объединениями с целью недопущения пропаганды идеологии насилия и терроризма.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z283" w:id="148"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z283" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государственные органы Республики Казахстан, осуществляющие противодействие терроризму, исполняют иные полномочия, предусмотренные законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkEnd w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5159,201 +5083,221 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 24.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 196-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="149"/>
+    <w:bookmarkStart w:name="z17" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 8. Компетенция иных государственных органов Республики Казахстан в противодействии терроризму </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkEnd w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Статья 8 исключена Законом РК от 08.01.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 63-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="150"/>
+    <w:bookmarkStart w:name="z19" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 9. Обязательность содействия государственным органам Республики Казахстан в противодействии терроризму</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z131" w:id="151"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z131" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Должностные лица государственных органов и организаций Республики Казахстан обязаны оказывать содействие и необходимую помощь государственным органам, осуществляющим противодействие терроризму.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z132" w:id="152"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z132" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Граждане Республики Казахстан обязаны незамедлительно сообщать государственным органам, осуществляющим противодействие терроризму, сведения о готовящемся или совершенном акте терроризма.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z133" w:id="153"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z133" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Предоставление государственным органам информации о готовящихся или совершенных актах терроризма расценивается как исполнение гражданского долга. За информацию, которая помогла предотвратить или пресечь акт терроризма, уполномоченным государственным органом по координации деятельности в сфере противодействия терроризму устанавливается и выплачивается вознаграждение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkEnd w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5432,218 +5376,218 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="154"/>
+    <w:bookmarkStart w:name="z21" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Предупреждение, выявление и пресечение</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>террористической деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z22" w:id="155"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z22" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 10. Предупреждение террористической деятельности </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z134" w:id="156"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z134" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. На территории Республики Казахстан запрещается:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z135" w:id="157"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z135" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) пропаганда терроризма;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z136" w:id="158"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z136" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) создание, регистрация и функционирование террористических организаций, а также незаконных военизированных формирований.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z137" w:id="159"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z137" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Органы национальной безопасности Республики Казахстан имеют право запрещать въезд в Республику Казахстан иностранцам и лицам без гражданства, которые принимали участие в террористической деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z138" w:id="160"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z138" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Исключен Законом РК от 08.01.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 63-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkEnd w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5726,268 +5670,268 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="161"/>
+    <w:bookmarkStart w:name="z18" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 10-1. Информационно-пропагандистское противодействие терроризму</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z139" w:id="162"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z139" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Информационно-пропагандистское противодействие терроризму осуществляется в целях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z140" w:id="163"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z140" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разъяснения опасности терроризма;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z141" w:id="164"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z141" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разоблачения форм, методов и приемов, с помощью которых террористы осуществляют пропаганду своих взглядов и идей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z142" w:id="165"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z142" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       формирования в обществе антитеррористического сознания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z143" w:id="166"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z143" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       объединения усилий государственных органов, осуществляющих противодействие терроризму, и институтов гражданского общества в профилактике терроризма;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z200" w:id="167"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z200" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сокращения социальной базы поддержки терроризма.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z201" w:id="168"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z201" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Государственные органы, осуществляющие противодействие терроризму, обязаны:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z202" w:id="169"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z202" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организовывать и координировать в рамках своей компетенции информационно-пропагандистское противодействие терроризму;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z203" w:id="170"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z203" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       стимулировать участие в этой деятельности представителей средств массовой информации, юридических лиц, институтов гражданского общества, религиозных объединений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z204" w:id="171"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z204" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участвовать в формировании антитеррористического сознания в обществе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkEnd w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6006,288 +5950,288 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z205" w:id="172"/>
+    <w:bookmarkStart w:name="z205" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 10-2. Антитеррористическая защита объектов, уязвимых в террористическом отношении</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z284" w:id="173"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z284" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Центральные государственные органы, в том числе государственные органы, непосредственно подчиненные и подотчетные Президенту Республики Казахстан, на основе требований к организации антитеррористической защиты объектов, уязвимых в террористическом отношении, определяемых согласно подпункту 4) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 4 настоящего Закона, разрабатывают и утверждают инструкции по организации антитеррористической защиты объектов, уязвимых в террористическом отношении. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z285" w:id="174"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z285" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Основанием для разработки инструкций по организации антитеррористической защиты объектов, уязвимых в террористическом отношении, является наличие объектов, соответствующих критериям отнесения объектов к уязвимым в террористическом отношении, при этом объекты:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z286" w:id="175"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z286" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       являются ведомствами, территориальными подразделениями государственного органа, органами, организациями, находящимися в их ведении и ведении государственного органа, являющимися другими подведомственными организациями, а также состоят на организационном и материально-техническом обеспечении государственного органа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z287" w:id="176"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z287" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       предназначены (используются) для осуществления деятельности в сфере (области), реализуемой государственным органом политики.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z288" w:id="177"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z288" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Инструкции по организации антитеррористической защиты объектов, уязвимых в террористическом отношении, за исключением инструкций, разрабатываемых для объектов специальных государственных органов, органов внутренних дел Республики Казахстан, а также войсковых частей и учреждений Вооруженных Сил Республики Казахстан, других войск и воинских формировании, согласовываются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z289" w:id="178"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z289" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       с Комитетом национальной безопасности Республики Казахстан и Министерством внутренних дел Республики Казахстан, за исключением охраняемых объектов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z290" w:id="179"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z290" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       со Службой государственной охраны Республики Казахстан для охраняемых объектов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z291" w:id="180"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z291" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       с субъектами внешней разведки для загранучреждений Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z292" w:id="181"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z292" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В целях защиты объектов, уязвимых в террористическом отношении, информация о состоянии антитеррористической защищенности конкретных объектов, уязвимых в террористическом отношении, является информацией с ограниченным доступом. Виды информации, подлежащие ограничению, определяются нормативными правовыми актами, разрабатываемыми на основании подпункта 4) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 4 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkEnd w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6326,107 +6270,107 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z207" w:id="182"/>
+    <w:bookmarkStart w:name="z207" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 10-3. Обязанности собственников, владельцев, руководителей или иных должностных лиц объектов, уязвимых в террористическом отношении, субъектов охранной деятельности, заключивших договор об оказании охранных услуг по объектам, уязвимым в террористическом отношении</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkEnd w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 10-3 в редакции Закона РК от 13.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 325-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z208" w:id="183"/>
+    <w:bookmarkStart w:name="z208" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Собственники, владельцы, руководители или иные должностные лица объектов, уязвимых в террористическом отношении, с целью обеспечения их антитеррористической защищенности обязаны реализовывать в соответствии с требованиями к организации антитеррористической защиты объектов, уязвимых в террористическом отношении, предусмотренными подпунктом 4) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6441,111 +6385,111 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 4 настоящего Закона, и инструкциями по организации антитеррористической защиты объектов, уязвимых в террористическом отношении, предусмотренными пунктом 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 10-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, мероприятия по:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z209" w:id="184"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z209" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) обеспечению соответствующего пропускного режима, оснащению объектов современным инженерно-техническим охранным оборудованием в соответствии с предъявляемыми к ним требованиями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z210" w:id="185"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z210" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) разработке на основе типового паспорта – паспорта антитеррористической защищенности объекта, уязвимого в террористическом отношении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z211" w:id="186"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z211" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) организации профилактических и учебных мероприятий с персоналом объектов, уязвимых в террористическом отношении, по обеспечению их антитеррористической защищенности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkEnd w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) участию с уполномоченными государственными органами и организациями, оперативными штабами по борьбе с терроризмом при планировании и организации ими совместных действий по вопросам реагирования на акты терроризма, а также ликвидации угроз техногенного характера, возникших в результате совершенного акта терроризма.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -6592,71 +6536,71 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z214" w:id="187"/>
+    <w:bookmarkStart w:name="z214" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае совершения акта терроризма собственники, владельцы, руководители или иные должностные лица объектов, уязвимых в террористическом отношении, обязаны незамедлительно информировать органы национальной безопасности или органы внутренних дел Республики Казахстан о совершенном акте терроризма и обеспечить эвакуацию персонала.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z191" w:id="188"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z191" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1-1. Субъекты охранной деятельности, заключившие договоры об оказании охранных услуг по объектам, уязвимым в террористическом отношении, исполняют обязанности по обеспечению соответствующего пропускного режима, организации учебных мероприятий со своим персоналом, надлежащему использованию технических средств защиты согласно требованиям к организации антитеррористической защиты объектов, уязвимых в террористическом отношении, предусмотренным подпунктом 4) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6671,91 +6615,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 4 настоящего Закона, и инструкциям по организации антитеррористической защиты объектов, уязвимых в террористическом отношении, предусмотренным пунктом 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 10-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z215" w:id="189"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z215" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В целях реализации соответствующих мероприятий собственники, владельцы, руководители или иные должностные лица объектов, уязвимых в террористическом отношении, обязаны предусматривать необходимое финансирование.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z216" w:id="190"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z216" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Невыполнение собственниками, владельцами, руководителями или иными должностными лицами объектов, уязвимых в террористическом отношении, а также субъектами охранной деятельности, заключившими договоры об оказании охранных услуг по объектам, уязвимым в террористическом отношении, обязанностей, предусмотренных настоящей статьей, влечет ответственность, предусмотренную законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkEnd w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6814,68 +6758,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z256" w:id="191"/>
+    <w:bookmarkStart w:name="z256" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 10-4. Недопущение ввоза, издания, изготовления и (или) распространения террористических материалов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkEnd w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. На территории Республики Казахстан запрещаются ввоз, издание, изготовление и (или) распространение террористических материалов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6930,88 +6874,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="192"/>
+    <w:bookmarkStart w:name="z24" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 11. Выявление террористической деятельности </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z25" w:id="193"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z25" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Выявление террористической деятельности государственными органами Республики Казахстан, осуществляющими противодействие терроризму, проводится в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkEnd w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Государственные органы и организации на территории Республики Казахстан обязаны информировать органы, осуществляющие противодействие терроризму, о всех происшествиях с признаками террористической деятельности. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -7068,168 +7012,168 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="194"/>
+    <w:bookmarkStart w:name="z26" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 12. Пресечение акта терроризма</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z144" w:id="195"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z144" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В целях пресечения акта терроризма, обезвреживания террористов, взрывных устройств, обеспечения безопасности физических лиц и организаций, а также минимизации и (или) ликвидации его последствий проводится антитеррористическая операция.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z145" w:id="196"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z145" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В целях сохранения жизни и здоровья людей, материальных ценностей и объектов, а также изучения возможности пресечения акта терроризма без применения силы допускается ведение переговоров с террористами. Ведение переговоров поручается лицам, специально уполномоченным на это руководителем оперативного штаба.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z146" w:id="197"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z146" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. В случае, если в ходе переговоров с террористом (террористами) цель переговоров не может быть достигнута по причинам его (их) несогласия прекратить акт терроризма и сохраняется реальная угроза жизни и здоровью людей, руководитель антитеррористической операции вправе принять решение о ликвидации террориста (террористов).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z147" w:id="198"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z147" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. При обнаружении явной угрозы охраняемому лицу или объекту и невозможности ее устранения иными законными средствами террорист (террористы) может быть (могут быть) по распоряжению руководителя антитеррористической операции ликвидирован (ликвидированы) без переговоров и предупреждения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z148" w:id="199"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z148" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Участвующие в антитеррористической операции подразделения государственных органов применяют физическую силу, служебных собак, боевую и иную технику, оружие и специальные средства в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkEnd w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7268,68 +7212,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="200"/>
+    <w:bookmarkStart w:name="z48" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 12-1. Учет террористических организаций, информационных материалов, признанных террористическими, и лиц, привлеченных к ответственности за осуществление террористической деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkEnd w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В целях профилактики, выявления и пресечения терроризма государственный орган, осуществляющий в пределах своей компетенции статистическую деятельность в области правовой статистики и специальных учетов, на основании решений судов ведет учет террористических организаций, информационных материалов, признанных террористическими, и лиц, привлеченных к ответственности за осуществление террористической деятельности.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7440,224 +7384,224 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="201"/>
+    <w:bookmarkStart w:name="z28" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 13. Оперативные штабы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z149" w:id="202"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z149" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В целях противодействия терроризму создаются постоянно действующие республиканский и областной, города республиканского значения, столицы, района (города областного значения) и морской оперативные штабы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z150" w:id="203"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z150" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Руководителем республиканского оперативного штаба является Председатель Комитета национальной безопасности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z151" w:id="204"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z151" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Руководителем областного, города республиканского значения, столицы, районного (города областного значения) оперативного штаба является начальник территориального органа Комитета национальной безопасности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkEnd w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Руководителем морского оперативного штаба является начальник территориального подразделения Пограничной службы Комитета национальной безопасности, осуществляющего охрану Государственной границы Республики Казахстан и контроль за соблюдением установленных режимов в пограничном пространстве Республики Казахстан на Каспийском море.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z152" w:id="205"/>
+    <w:bookmarkStart w:name="z152" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Руководителем республиканского оперативного штаба при проведении антитеррористической операции, направленной на обеспечение безопасности лиц, подлежащих охране в соответствии с Законом Республики Казахстан "О Службе государственной охраны Республики Казахстан", является начальник Службы государственной охраны Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkEnd w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Руководитель областного, города республиканского значения, столицы, районного (города областного значения) оперативного штаба назначается начальником Службы государственной охраны Республики Казахстан из числа представителей государственных органов, входящих в состав республиканского оперативного штаба, или их территориальных органов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z153" w:id="206"/>
+    <w:bookmarkStart w:name="z153" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. В состав республиканского оперативного штаба входят руководители государственных органов, осуществляющих противодействие терроризму, и иных государственных органов, которые в пределах своей компетенции могут оказать необходимую помощь в проведении антитеррористической операции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z3" w:id="207"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z3" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В состав областного, города республиканского значения, столицы, района (города областного значения) и морского оперативного штаба входят руководители территориальных подразделений государственных органов, осуществляющих противодействие терроризму, и иных государственных органов, которые в пределах своей компетенции могут оказать необходимую помощь в проведении антитеррористической операции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkEnd w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7850,308 +7794,308 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z154" w:id="208"/>
+    <w:bookmarkStart w:name="z154" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 13-1. Руководство антитеррористической операцией</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z155" w:id="209"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z155" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В зависимости от масштабов и степени общественной опасности, ожидаемых негативных последствий акта терроризма руководство антитеррористической операцией осуществляет руководитель республиканского или областного, города республиканского значения, столицы, района (города областного значения) и морского оперативного штаба.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z156" w:id="210"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z156" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Руководитель оперативного штаба с начала проведения антитеррористической операции и до ее завершения становится ее руководителем и начальником для всех военнослужащих, сотрудников и специалистов государственных органов Республики Казахстан, привлекаемых к ее проведению. В соответствии с международными договорами, ратифицированными Республикой Казахстан, руководитель оперативного штаба становится начальником для специалистов подразделений специального назначения иностранных государств, привлекаемых для участия в антитеррористической операции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z420" w:id="211"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z420" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При чрезвычайных ситуациях социального характера, вызванных массовыми беспорядками; межнациональными и межконфессиональными конфликтами; блокадой или захватом отдельных местностей, особо важных и стратегических объектов; организацией и деятельностью незаконных вооруженных формирований, решение о проведении антитеррористической операции принимается после согласования с республиканским и (или) региональным оперативными штабами, созданными в целях предупреждения и ликвидации чрезвычайных ситуаций социального характера.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z157" w:id="212"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z157" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. В условиях режима чрезвычайного положения решение о проведении антитеррористической операции принимается после согласования с Государственной комиссией по обеспечению режима чрезвычайного положения при Президенте Республики Казахстан или комендантом местности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z161" w:id="213"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z161" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Руководитель республиканского оперативного штаба при получении подтвержденной информации о совершенном акте терроризма или его подготовке, а также начале антитеррористической операции незамедлительно информирует Президента Республики Казахстан, Совет Безопасности Республики Казахстан, Генерального Прокурора Республики Казахстан и Правительство Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z164" w:id="214"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z164" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Неправомерное вмешательство другого должностного лица независимо от занимаемой должности в оперативное руководство антитеррористической операцией не допускается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z421" w:id="215"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z421" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Руководитель оперативного штаба:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z422" w:id="216"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z422" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) определяет границы зоны проведения, время начала и завершения антитеррористической операции, принимает решение о направлениях и пределах использования приданных сил и средств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z423" w:id="217"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z423" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом в зависимости от масштабов и степени общественной опасности, ожидаемых негативных последствий акта терроризма согласовывает указанные решения с республиканским или региональным оперативным штабом, созданным в целях предупреждения и ликвидации чрезвычайной ситуации социального характера, в условиях режима чрезвычайного положения – с Государственной комиссией по обеспечению режима чрезвычайного положения при Президенте Республики Казахстан или комендантом местности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z424" w:id="218"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z424" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) определяет представителя оперативного штаба, ответственного за поддержание связи с представителями средств массовой информации и общественности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z425" w:id="219"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z425" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) принимает решение и отдает боевое распоряжение (боевой приказ) о проведении антитеррористической операции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z426" w:id="220"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z426" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Обязанности по согласованию проведения антитеррористической операции, предусмотренные пунктами 2, 3 и подпунктом 1) пункта 6 настоящей статьи, не распространяются на антитеррористические операции по обеспечению безопасности охраняемых лиц.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkEnd w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8270,128 +8214,128 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="221"/>
+    <w:bookmarkStart w:name="z30" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 14. Силы и средства, привлекаемые для проведения антитеррористических операций</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z165" w:id="222"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z165" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Для проведения антитеррористических операций оперативным штабам придаются необходимые силы и средства государственных органов, осуществляющих противодействие терроризму.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z166" w:id="223"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z166" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В соответствии с международными договорами, ратифицированными Республикой Казахстан, в необходимых случаях для участия в антитеррористической операции могут привлекаться подразделения специального назначения иностранных государств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z167" w:id="224"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z167" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Вооруженные Силы Республики Казахстан применяются в ходе проведения антитеррористической операции по решению Президента Республики Казахстан, в соответствии с настоящим Законом и Законом Республики Казахстан "Об обороне и Вооруженных Силах Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkEnd w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8450,206 +8394,206 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z219" w:id="225"/>
+    <w:bookmarkStart w:name="z219" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 14-1. Применение Вооруженных Сил Республики Казахстан для пресечения актов терроризма</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkEnd w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 14-1 в редакции Закона РК от 10.01.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 275-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z220" w:id="226"/>
+    <w:bookmarkStart w:name="z220" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Вооруженные Силы Республики Казахстан применяются для:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z221" w:id="227"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z221" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) пресечения полетов воздушных судов, используемых для совершения акта терроризма либо захваченных террористами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z222" w:id="228"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z222" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) пресечения актов терроризма во внутренних и территориальных водах, в рыболовной зоне, на объектах морской экономической деятельности, расположенных на континентальном шельфе Республики Казахстан, а также для обеспечения безопасности мореплавания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z223" w:id="229"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z223" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) участия в проведении антитеррористической операции в порядке, предусмотренном настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z224" w:id="230"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z224" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Вооруженные Силы Республики Казахстан при участии в проведении антитеррористической операции применяют специальные средства, оружие и боевую технику в соответствии с настоящим Законом и иными законодательными актами Республики Казахстан. При этом на военнослужащих Вооруженных Сил Республики Казахстан распространяются положения Закона Республики Казахстан "Об органах национальной безопасности Республики Казахстан" в части, касающейся условий, порядка и пределов применения физической силы, специальных средств, оружия и использования боевой техники в зоне проведения антитеррористической операции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkEnd w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8728,128 +8672,128 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о правовом статусе Каспийского моря, совершенной 12.08.2018).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z225" w:id="231"/>
+    <w:bookmarkStart w:name="z225" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 14-2. Пресечение актов терроризма в воздушном пространстве</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z226" w:id="232"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z226" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Вооруженные Силы Республики Казахстан применяют оружие и боевую технику в целях устранения угрозы акта терроризма в воздушном пространстве или в целях его пресечения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z227" w:id="233"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z227" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В случае, если воздушное судно не реагирует на радиокоманды наземных пунктов управления прекратить нарушение правил использования воздушного пространства Республики Казахстан и (или) на радиокоманды и визуальные сигналы поднятых на его перехват летательных аппаратов Вооруженных Сил Республики Казахстан либо отказывается подчиниться радиокомандам и визуальным сигналам без объяснения причин, Вооруженные Силы Республики Казахстан применяют оружие и боевую технику для пресечения полета указанного воздушного судна путем принуждения его к посадке. Если воздушное судно не подчиняется требованиям о посадке и существует реальная опасность гибели людей либо наступления техногенной катастрофы, оружие и боевая техника применяются для пресечения полета указанного воздушного судна путем его уничтожения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z228" w:id="234"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z228" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. В случае, если имеется достоверная информация об использовании воздушного судна для совершения акта терроризма или о захвате воздушного судна и при этом были исчерпаны все обусловленные сложившимися обстоятельствами меры, необходимые для его посадки, и существует реальная опасность гибели людей либо наступления техногенной катастрофы, Вооруженные Силы Республики Казахстан применяют оружие и боевую технику для пресечения полета указанного воздушного судна путем его уничтожения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkEnd w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8868,68 +8812,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z229" w:id="235"/>
+    <w:bookmarkStart w:name="z229" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 14-3. Пресечение актов терроризма во внутренних и территориальных водах, в рыболовной зоне, на континентальном шельфе Республики Казахстан и при обеспечении безопасности мореплавания</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkEnd w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 14-3 с изменением, внесенным Законом РК от 23.02.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8944,90 +8888,90 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с даты вступления в силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конвенции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о правовом статусе Каспийского моря, совершенной 12.08.2018).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z230" w:id="236"/>
+    <w:bookmarkStart w:name="z230" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Вооруженные Силы Республики Казахстан применяют оружие, боевую технику и специальные средства в целях устранения угрозы акта терроризма во внутренних и территориальных водах, в рыболовной зоне, на континентальном шельфе Республики Казахстан и при обеспечении безопасности мореплавания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z231" w:id="237"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z231" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В случае, если морские или речные суда и корабли (плавательные средства) не реагируют на команды и (или) сигналы прекратить нарушение правил использования водного пространства Республики Казахстан либо отказываются подчиниться требованиям об остановке, оружие военных кораблей (летательных аппаратов) Вооруженных Сил Республики Казахстан применяется для принуждения к остановке плавательного средства в целях устранения угрозы акта терроризма. Если плавательное средство не подчиняется требованиям об остановке и (или) невозможно принудить его к остановке и при этом были исчерпаны все обусловленные сложившимися обстоятельствами меры, необходимые для его остановки, и существует реальная опасность гибели людей либо наступления экологической катастрофы, оружие военных кораблей (летательных аппаратов) Вооруженных Сил Республики Казахстан применяется для пресечения движения плавательного средства путем его уничтожения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkEnd w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9086,108 +9030,108 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о правовом статусе Каспийского моря, совершенной 12.08.2018).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="238"/>
+    <w:bookmarkStart w:name="z32" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 15. Правовой режим в зоне проведения антитеррористической операции</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z168" w:id="239"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z168" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В целях пресечения и раскрытия акта терроризма, минимизации его последствий, обеспечения безопасности охраняемых лиц, перечень которых установлен Законом Республики Казахстан "О Службе государственной охраны Республики Казахстан", а также защиты жизненно важных интересов личности, общества и государства по решению руководителя антитеррористической операции в пределах ее проведения может вводиться правовой режим антитеррористической операции на период ее проведения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z169" w:id="240"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z169" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Решение о введении правового режима антитеррористической операции (включая определение зоны (перечня объектов), в пределах которой (на которых) такой режим вводится, и перечня применяемых мер и временных ограничений) и решение об его отмене незамедлительно доводятся до населения, местных исполнительных органов и органов местного самоуправления, администрации организаций, руководителей объектов соответствующей территории через средства массовой информации и сети телекоммуникаций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkEnd w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9226,518 +9170,518 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z170" w:id="241"/>
+    <w:bookmarkStart w:name="z170" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 15-1. Меры и временные ограничения, применяемые на период проведения антитеррористической операции</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z171" w:id="242"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z171" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В зоне проведения антитеррористической операции лица, участвующие в антитеррористической операции, имеют право:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z172" w:id="243"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z172" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) производить проверку документов, удостоверяющих личность, а в случае их отсутствия осуществлять в установленном законодательством Республики Казахстан порядке задержание физических лиц и доставлять их в органы внутренних дел или другие государственные органы для установления личности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z173" w:id="244"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z173" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) производить личный досмотр и досмотр вещей, находящихся при физическом лице, досмотр транспортных средств, в том числе с применением технических средств, без участия понятых;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z174" w:id="245"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z174" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в установленном законодательством Республики Казахстан порядке задерживать и доставлять в органы внутренних дел лиц, совершивших или совершающих правонарушения или иные действия, направленные на воспрепятствование законным требованиям лиц, участвующих в антитеррористической операции, а также за действия, связанные с несанкционированным проникновением или попыткой проникновения в зону проведения антитеррористической операции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z175" w:id="246"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z175" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) удалять физических лиц с отдельных объектов, участков местности и водного пространства, временно ограничивать или запрещать движение транспортных средств, включая их отбуксирование, в том числе транспортных средств дипломатических и консульских представительств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z176" w:id="247"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z176" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) использовать в служебных целях средства связи, включая специальные, для ведения мониторинга радиоэфира, контроля телефонных переговоров и иной информации, передаваемой по каналам телекоммуникационных систем, а также для осуществления поиска на каналах электрической связи и в почтовых отправлениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z177" w:id="248"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z177" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) использовать транспортные средства (кроме транспортных средств представительств иностранных государств и международных организаций, обладающих дипломатическим иммунитетом) для доставления лиц, нуждающихся в экстренной медицинской помощи, в лечебные учреждения, проезда к месту совершения акта терроризма, а также для преследования и задержания лиц, подозреваемых в совершении акта терроризма, если промедление может создать реальную угрозу жизни или здоровью людей, с возмещением материального ущерба собственникам в случае его причинения в порядке, определяемом Правительством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z178" w:id="249"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z178" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) применять в отношении террористов физическую силу, служебных собак, боевую и иную технику, оружие и специальные средства без предупреждений и ограничений, предусмотренных законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z179" w:id="250"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z179" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) беспрепятственно проникать в жилые и иные помещения, находящиеся в собственности или во владении и в пользовании физических и юридических лиц, и на земельные участки, принадлежащие им на праве частной собственности или праве землепользования, если промедление может создать реальную угрозу жизни и здоровью людей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z180" w:id="251"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z180" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       О случаях проникновения в жилище граждан руководитель оперативного штаба либо уполномоченное им лицо уведомляют прокурора в течение двадцати четырех часов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z181" w:id="252"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z181" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В зоне проведения антитеррористической операции по решению руководителя оперативного штаба могут применяться следующие временные ограничения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z182" w:id="253"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z182" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) приостановление деятельности опасных производственных объектов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z183" w:id="254"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z183" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) приостановление оказания услуг связи физическим и (или) юридическим лицам и (или) ограничение использования сети и средств связи в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 41-1 Закона Республики Казахстан "О связи";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z184" w:id="255"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z184" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) усиление охраны общественного порядка, объектов, подлежащих государственной охране, и объектов, обеспечивающих жизнедеятельность населения и функционирование транспорта, а также объектов, имеющих особую материальную, историческую, научную, художественную или культурную ценность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z185" w:id="256"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z185" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) временное отселение физических лиц, проживающих в зоне проведения антитеррористической операции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z186" w:id="257"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z186" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) введение карантина, проведение санитарно-противоэпидемических, ветеринарных мероприятий и мероприятий по карантину растений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z187" w:id="258"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z187" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) ограничение или запрещение на торговлю оружием, боеприпасами, взрывчатыми веществами, сильнодействующими химическими и ядовитыми веществами, установление особого режима оборота лекарственных средств, наркотических средств, психотропных веществ и прекурсоров, этилового спирта и алкогольной продукции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z232" w:id="259"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z232" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) приостановление охранной деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z188" w:id="260"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z188" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. В зоне проведения антитеррористической операции могут устанавливаться (вводиться) как весь комплекс мер и временных ограничений, предусмотренных пунктами 1 и 2 настоящей статьи, так и отдельные меры и временные ограничения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z189" w:id="261"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z189" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Нахождение в зоне проведения антитеррористической операции представителей средств массовой информации и осуществление ими звукозаписи, фото- и видеосъемки допускаются только с разрешения руководителя оперативного штаба.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z190" w:id="262"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z190" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Действия лиц, участвующих в проведении антитеррористической операции от ее начала и до момента завершения, считаются действиями, совершаемыми в состоянии необходимой обороны или крайней необходимости</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkEnd w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9856,178 +9800,178 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="263"/>
+    <w:bookmarkStart w:name="z34" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Возмещение вреда и социальная реабилитация лиц, </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>потерпевших в результате акта терроризма</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z35" w:id="264"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z35" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 16. Возмещение вреда, причиненного в результате акта терроризма или при его пресечении</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z36" w:id="265"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z36" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Возмещение имущественного вреда, причиненного физическим и юридическим лицам в результате акта терроризма, осуществляется в порядке, установленном Правительством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z233" w:id="266"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z233" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Компенсация морального вреда, причиненного в результате акта терроризма, осуществляется за счет лиц, его совершивших.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z234" w:id="267"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z234" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Вред, причиненный при пресечении акта терроризма здоровью и имуществу лица (лиц), совершающего акт терроризма, а также вред, вызванный смертью этого лица (лиц), возмещению не подлежат. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z235" w:id="268"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z235" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Возмещение вреда физическим и юридическим лицам, причиненного при пресечении акта терроризма, осуществляется за счет бюджетных средств в порядке, установленном Правительством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkEnd w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10046,145 +9990,145 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="269"/>
+    <w:bookmarkStart w:name="z37" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 17. Социальная реабилитация лиц, потерпевших от акта терроризма</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z38" w:id="270"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z38" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Социальная реабилитация лиц, потерпевших от акта терроризма, включает в себя бесплатную необходимую правовую помощь, психологическую и медицинскую реабилитацию в порядке, установленном Правительством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkEnd w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 17-1. Социальная реабилитация детей, пострадавших от террористической деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z258" w:id="271"/>
+    <w:bookmarkStart w:name="z258" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Детям, пострадавшим от террористической деятельности, обеспечивается социальная реабилитация в порядке и сроки, определяемые уполномоченным органом в области образования и науки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z259" w:id="272"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z259" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Социальная реабилитация детей, пострадавших от террористической деятельности, включает в себя правовые, образовательные, психологические, медицинские, культурные и социально-бытовые услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkEnd w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10203,68 +10147,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="273"/>
+    <w:bookmarkStart w:name="z39" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 18. Защита лиц, участвующих в противодействии терроризму </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkEnd w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 18 в редакции Закона РК от 08.04.2010 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10279,70 +10223,70 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ст.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="274"/>
+    <w:bookmarkStart w:name="z40" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        Сотрудникам государственных органов Республики Казахстан, осуществляющим противодействие терроризму, а также лицам, оказывающим содействие в противодействии терроризму, и членам их семей в случае угрозы жизни и здоровью могут осуществляться по их просьбе изменение облика, фамилии, имени и отчества, а также места работы и места жительства за счет средств, выделяемых на содержание этих органов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkEnd w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10381,88 +10325,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="275"/>
+    <w:bookmarkStart w:name="z41" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 19. Освобождение от ответственности за причинение вреда террористу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z42" w:id="276"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z42" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При проведении антитеррористической операции на основании и в пределах, установленных настоящим Законом, допускается вынужденное причинение вреда здоровью и имуществу террориста, а также иным правоохраняемым интересам. При этом военнослужащие, специалисты и другие лица, участвующие в противодействии терроризму, освобождаются от ответственности за вред, причиненный при проведении антитеррористической операции, или за принятие решения о ликвидации террориста в соответствии с законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkEnd w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10501,118 +10445,118 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="277"/>
+    <w:bookmarkStart w:name="z43" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. Ответственность за участие в террористической</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z44" w:id="278"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z44" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 20. Ответственность лиц за участие в террористической деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z45" w:id="279"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z45" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Лица, участвующие в террористической деятельности, несут уголовную ответственность, предусмотренную Уголовным кодексом Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkEnd w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Лицо, участвовавшее в подготовке акта терроризма, освобождается от уголовной ответственности, если оно своевременным предупреждением государственных органов или иным способом способствовало предотвращению акта терроризма и если в его действиях не содержится состава иного преступления. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -10669,68 +10613,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="280"/>
+    <w:bookmarkStart w:name="z46" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 21. Ответственность организаций за террористическую деятельность</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkEnd w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Деятельность организации, а также ее структурного подразделения (филиала и представительства) в случае осуществления ею террористической деятельности запрещается посредством признания ее террористической и ликвидации в порядке, предусмотренном законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10785,88 +10729,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z236" w:id="281"/>
+    <w:bookmarkStart w:name="z236" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 21-1. Порядок погребения лиц, смерть которых наступила в результате совершения ими акта терроризма, а также при пресечении совершаемого ими акта терроризма</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z237" w:id="282"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z237" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Погребение лиц, уголовное преследование в отношении которых в связи с их участием в террористической деятельности прекращено из-за их смерти, наступившей в результате совершения ими акта терроризма, а также при пресечении совершаемого ими акта терроризма, осуществляется в порядке, установленном Правительством Республики Казахстан. Тела указанных лиц для захоронения не выдаются, и о месте их захоронения не сообщается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkEnd w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10885,51 +10829,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="283"/>
+    <w:bookmarkStart w:name="z51" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 7. Материально-техническое обеспечение</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -10938,51 +10882,51 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>государственных органов Республики Казахстан,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>осуществляющих противодействие терроризму</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkEnd w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 7 с изменениями, внесенными Законом РК от 08.04.2010 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10997,68 +10941,68 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ст.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="284"/>
+    <w:bookmarkStart w:name="z52" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 22. Материально-техническое обеспечение подразделений специального назначения государственных органов Республики Казахстан, осуществляющих противодействие терроризму</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkEnd w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 22 с изменениями, внесенными Законом РК от 08.04.2010 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11193,80 +11137,80 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="285"/>
+    <w:bookmarkStart w:name="z49" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 8. Контроль и надзор за законностью осуществления</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>деятельности в сфере противодействия терроризму</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkEnd w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 8 в редакции Закона РК от 08.04.2010 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11281,88 +11225,88 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ст.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z71" w:id="286"/>
+    <w:bookmarkStart w:name="z71" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 23. Контроль за осуществлением деятельности в сфере противодействия терроризму</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z195" w:id="287"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z195" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Контроль за осуществлением деятельности в сфере противодействия терроризму в Республике Казахстан осуществляет уполномоченный государственный орган по координации деятельности в сфере противодействия терроризму.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkEnd w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11401,188 +11345,188 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z238" w:id="288"/>
+    <w:bookmarkStart w:name="z238" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 23-1. Государственный контроль за соблюдением требований законодательства Республики Казахстан о противодействии терроризму в части обеспечения антитеррористической защищенности объектов, уязвимых в террористическом отношении</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z293" w:id="289"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z293" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Предметом государственного контроля является соблюдение субъектами контроля требований законодательства Республики Казахстан о противодействии терроризму в части обеспечения антитеррористической защищенности объектов, уязвимых в террористическом отношении, за исключением воинских частей и учреждений Вооруженных Сил Республики Казахстан, других войск и воинских формирований, объектов специальных государственных органов, органов внутренних дел Республики Казахстан, а также охраняемых объектов и загранучреждений Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z294" w:id="290"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z294" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Государственный контроль осуществляется в форме проверки сотрудниками органов внутренних дел Республики Казахстан, за исключением контроля за состоянием антитеррористической защищенности воинских частей и учреждений Вооруженных Сил Республики Казахстан, других войск и воинских формирований, объектов специальных государственных органов, органов внутренних дел Республики Казахстан, а также охраняемых объектов и загранучреждений Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z295" w:id="291"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z295" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Порядок проведения проверки определяется </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 23-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z296" w:id="292"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z296" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Контроль за состоянием антитеррористической защищенности воинских частей и учреждений Вооруженных Сил Республики Казахстан, других войск и воинских формирований, объектов специальных государственных органов, органов внутренних дел Республики Казахстан, загранучреждений Республики Казахстан, уязвимых в террористическом отношении, осуществляется в порядке, определяемом первыми руководителями соответствующих государственных органов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z297" w:id="293"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z297" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Контроль за состоянием антитеррористической защищенности охраняемых объектов осуществляется в порядке, определяемом начальником Службы государственной охраны Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkEnd w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11621,1588 +11565,1588 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z240" w:id="294"/>
+    <w:bookmarkStart w:name="z240" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 23-2. Порядок проведения проверки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z298" w:id="295"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z298" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Проверка субъектов (объектов) контроля проводится органами внутренних дел Республики Казахстан на периодической основе и внепланово в рабочее время субъекта (объекта) контроля. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z299" w:id="296"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z299" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Проверка на периодической основе проводится один раз в два года путем посещения объекта контроля. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z300" w:id="297"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z300" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Внеплановая проверка осуществляется путем посещения объекта контроля на основании:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z301" w:id="298"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z301" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) контроля исполнения выданных предписаний об устранении выявленных нарушений; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z302" w:id="299"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z302" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) решения руководителя республиканского, областного, города республиканского значения, столицы оперативного штаба по борьбе с терроризмом при введении уровня террористической опасности на всей территории, территории регионов или населенных пунктов Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z303" w:id="300"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z303" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) решения председателя антитеррористической комиссии области, города республиканского значения, столицы в случае поступления информации о возможных угрозах акта терроризма на объектах, уязвимых в террористическом отношении.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z304" w:id="301"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z304" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Внеплановая проверка, осуществляемая на основании подпункта 1) пункта 3 настоящей статьи, назначается органами внутренних дел Республики Казахстан с целью проверки фактов и обстоятельств, послуживших основанием для назначения внеплановой проверки, и не позднее истечения тридцати рабочих дней по окончании срока устранения нарушений, указанного в предписании об устранении выявленных нарушений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z305" w:id="302"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z305" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Проверка на периодической основе после проведения внеплановой проверки назначается по истечении двух лет со дня окончания внеплановой проверки в случае устранения выявленных нарушений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z306" w:id="303"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z306" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Проверка проводится на основании акта о назначении проверки без предварительного уведомления субъекта контроля.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z307" w:id="304"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z307" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Сотрудник (сотрудники) органов внутренних дел Республики Казахстан при проверке объектов, уязвимых в террористическом отношении, обязан (обязаны) предъявить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z308" w:id="305"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z308" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) акт о назначении проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z309" w:id="306"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z309" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) служебное удостоверение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z310" w:id="307"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z310" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Срок проведения проверки устанавливается с учетом объема предстоящих работ, поставленных задач и не должен превышать семь рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z311" w:id="308"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z311" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Срок проведения проверки может быть продлен только один раз руководителем органа внутренних дел Республики Казахстан либо лицом, его замещающим, только в случае необходимости проведения сложных и (или) длительных экспертиз. Срок продления проверки не должен превышать три рабочих дня со дня получения результатов экспертизы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z312" w:id="309"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z312" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Продление срока проведения проверки оформляется дополнительным актом о продлении проверки с обязательным уведомлением субъекта контроля или его уполномоченного лица. В дополнительном акте о продлении проверки указываются номер и дата регистрации предыдущего акта о назначении проверки и причина продления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z313" w:id="310"/>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z313" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Уведомление о продлении срока проведения проверки вручается сотрудником (сотрудниками) органов внутренних дел Республики Казахстан не менее чем за один рабочий день до продления. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z314" w:id="311"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z314" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Началом проведения проверки считается дата вручения субъекту контроля либо его уполномоченному лицу акта о назначении проверки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z315" w:id="312"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z315" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. В акте о назначении проверки указываются: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z316" w:id="313"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z316" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) номер и дата акта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z317" w:id="314"/>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z317" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наименование подразделения органа внутренних дел Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z318" w:id="315"/>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z318" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) и должность сотрудника (сотрудников) органов внутренних дел Республики Казахстан, уполномоченного (уполномоченных) на проведение проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z319" w:id="316"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z319" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сведения о специалистах, консультантах и экспертах государственных органов и организаций, привлекаемых для проведения проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z320" w:id="317"/>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z320" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) наименование субъекта контроля (наименование юридического лица или его филиала и (или) представительства) или фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) физического лица, в отношении которого назначено проведение проверки, бизнес-идентификационный номер или индивидуальный идентификационный номер субъекта контроля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z321" w:id="318"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z321" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) наименование объекта контроля с указанием места нахождения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z322" w:id="319"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z322" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) предмет назначенной проверки, в том числе нормативные правовые акты, обязательные требования которых подлежат проверке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z323" w:id="320"/>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z323" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) срок проведения проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z324" w:id="321"/>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z324" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) правовые основания проведения проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z325" w:id="322"/>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z325" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) права и обязанности субъекта контроля, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 23-5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z326" w:id="323"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z326" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) сотрудника (сотрудников) органов внутренних дел Республики Казахстан, уполномоченного (уполномоченных) подписывать акт, печать органа внутренних дел Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z327" w:id="324"/>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z327" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) подпись субъекта контроля (руководителя юридического лица, физического лица) или уполномоченного лица о получении или об отказе в получении акта о назначении проверки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z328" w:id="325"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z328" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Акт о назначении проверки, дополнительный акт о продлении проверки регистрируется в журнале регистрации проверок в подразделениях органов внутренних дел Республики Казахстана, назначивших проверку.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z329" w:id="326"/>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z329" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сотрудник органов внутренних дел Республики Казахстан акт о назначении проверки регистрирует в уполномоченном органе в области правовой статистики и специальных учетов в течение следующего рабочего дня после начала проверки, дополнительный акт продлении проверки регистрирует в течение следующего рабочего дня после уведомления субъекта контроля или его уполномоченного лица о продлении проверки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z330" w:id="327"/>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z330" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. В случаях отказа в принятии акта о назначении проверки либо воспрепятствования доступу сотрудника (сотрудников) органов внутренних дел Республики Казахстан к объекту контроля, непредставления материалов и сведений, необходимых для проведения проверки, принимаются меры в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z331" w:id="328"/>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z331" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. По результатам проверки сотрудником (сотрудниками) органа внутренних дел Республики Казахстан, осуществляющим (осуществляющими) проверку, составляются в двух экземплярах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z332" w:id="329"/>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z332" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) акт о результатах проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z333" w:id="330"/>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z333" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) предписание об устранении выявленных нарушений в случаях выявления нарушения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z334" w:id="331"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z334" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. В акте о результатах проверки указываются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z335" w:id="332"/>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z335" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) номер, дата, время и место составления акта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z336" w:id="333"/>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z336" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наименование подразделения органа внутренних дел Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z337" w:id="334"/>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z337" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) дата и номер акта о назначении проверки, на основании которого проведена проверка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z338" w:id="335"/>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z338" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) и должность сотрудника (сотрудников) органов внутренних дел Республики Казахстан, проводившего (проводивших) проверку;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z339" w:id="336"/>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z339" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) сведения о специалистах, консультантах и экспертах государственных органов и организаций, привлекаемых для проведения проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z340" w:id="337"/>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z340" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) наименование субъекта контроля (наименование юридического лица или его филиала и (или) представительства) или фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) физического лица, в отношении которого назначено проведение проверки, должность (при наличии) уполномоченного лица;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z341" w:id="338"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z341" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) наименование объекта контроля с указанием места нахождения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z342" w:id="339"/>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z342" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) дата, место и период проведения проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z343" w:id="340"/>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z343" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) сведения о результатах проверки, в том числе о выявленных нарушениях, их характере;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z344" w:id="341"/>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z344" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) сведения об ознакомлении или об отказе в ознакомлении с актом о результатах проверки субъекта контроля или уполномоченного лица субъекта контроля, их подписи или отказ от подписи, а также отметка о наличии замечаний и (или) возражений по результатам проведенной проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z345" w:id="342"/>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z345" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) подпись сотрудника (сотрудников) органов внутренних дел Республики Казахстан, проводившего (проводивших) проверку.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z346" w:id="343"/>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z346" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Завершением срока проверки считается день вручения субъекту контроля или его уполномоченному лицу второго экземпляра акта о результатах проверки не позднее срока окончания проверки, указанного в акте о назначении проверки либо в дополнительном акте о продлении проверки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z347" w:id="344"/>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z347" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. В случае отсутствия нарушения при проведении проверки в акте о результатах проверки производится соответствующая запись.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z348" w:id="345"/>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z348" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Предписание об устранении выявленных нарушений в случаях выявления нарушений вручается в течение десяти рабочих дней после окончания проверки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z349" w:id="346"/>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z349" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. В предписании об устранении выявленных нарушений указываются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z350" w:id="347"/>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z350" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) дата, время и место составления предписания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z351" w:id="348"/>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z351" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) и должность сотрудника (сотрудников) органов внутренних дел Республики Казахстан, проводившего (проводивших) проверку;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z352" w:id="349"/>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z352" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) наименование субъекта контроля (наименование юридического лица или его филиала и (или) представительства) или фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) физического лица, в отношении которого назначено проведение проверки, должность (при наличии) уполномоченного лица, присутствовавшего при проведении проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z353" w:id="350"/>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z353" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) наименование объекта контроля с указанием места нахождения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z354" w:id="351"/>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z354" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) номер и дата акта о результатах проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z355" w:id="352"/>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z355" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) перечень выявленных нарушений и требования об устранении выявленных нарушений с указанием срока их устранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z356" w:id="353"/>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z356" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) сведения об ознакомлении или об отказе в ознакомлении с предписанием об устранении выявленных нарушений субъекта контроля или его уполномоченного лица, их подписи или отказ от подписи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z357" w:id="354"/>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z357" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) подпись сотрудника (сотрудников) органов внутренних дел Республики Казахстан, проводившего (проводивших) проверку.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z358" w:id="355"/>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z358" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Сроки устранения выявленных нарушений, указанных в предписании об устранении выявленных нарушений, определяются с учетом обстоятельств, оказывающих влияние на реальную возможность его исполнения, но не менее тридцати календарных дней и не более двенадцати месяцев со дня вручения предписания об устранении выявленных нарушений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z359" w:id="356"/>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z359" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При определении сроков устранения выявленных нарушений, указанных в предписании об устранении выявленных нарушений, учитываются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z360" w:id="357"/>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z360" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наличие у субъекта контроля организационных, технических возможностей по устранению нарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z361" w:id="358"/>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z361" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) особенности технического состояния инженерно-технических средств защиты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z362" w:id="359"/>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z362" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сроки получения в государственных органах, местных исполнительных органах обязательных заключений, согласований и других документов, установленных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z363" w:id="360"/>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z363" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) своевременность, полнота выделения или отсутствие поступления из государственного бюджета денег на организацию антитеррористической защиты объектов, уязвимых в террористическом отношении, финансируемого из государственного бюджета, при наличии подтверждающих документов, оформленных в соответствии с нормативными правовыми актами в области бюджетного планирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z364" w:id="361"/>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z364" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Если в результате проведения проверки будут выявлены факты неисполнения и (или) ненадлежащего исполнения субъектом контроля обязанностей, установленных настоящим Законом и нормативными правовыми актами о противодействии терроризму в части обеспечения антитеррористической защищенности объектов, уязвимых в террористическом отношении, за исключением обстоятельств, обусловленных подпунктами 3) и 4) пункта 20 настоящей статьи, сотрудник (сотрудники) органов внутренних дел Республики Казахстан в пределах полномочий обязан (обязаны) принять меры по привлечению субъекта контроля к ответственности, установленной законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z365" w:id="362"/>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z365" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. В случае наличия замечаний и (или) возражений по результатам проверки субъект контроля излагает их в письменном виде. Замечания и (или) возражения прилагаются к акту о результатах проверки, о чем делается соответствующая отметка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z366" w:id="363"/>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z366" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Акт о результатах проверки и (или) предписание об устранении выявленных нарушений могут быть обжалованы вышестоящему подразделению органа внутренних дел Республики Казахстан либо в суд в порядке, установленном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z367" w:id="364"/>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z367" w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Акт о результатах проверки и (или) предписание об устранении выявленных нарушений, признанные вышестоящим подразделением органов внутренних дел Республики Казахстан либо судом недействительными, не могут являться доказательством нарушения субъектом контроля требований законодательства Республики Казахстан о противодействии терроризму в части обеспечения антитеррористической защищенности объектов, уязвимых в террористическом отношении.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z368" w:id="365"/>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z368" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. К грубым нарушениям требований к организации и проведению проверок относятся:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z369" w:id="366"/>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z369" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) отсутствие оснований проведения проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z370" w:id="367"/>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z370" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) отсутствие акта о назначении проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="367"/>
-    <w:bookmarkStart w:name="z371" w:id="368"/>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z371" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) назначение проверки по вопросам, не входящим в компетенцию органа внутренних дел Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z372" w:id="369"/>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z372" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) нарушение срока проведения проверки, предусмотренного настоящей статьей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkEnd w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13241,68 +13185,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z251" w:id="370"/>
+    <w:bookmarkStart w:name="z251" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 23-3. Результаты контроля за состоянием антитеррористической защищенности объектов, уязвимых в террористическом отношении</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkEnd w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Глава 8 дополнена статьей 23-3 в соответствии с Законом РК от 04.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13317,448 +13261,448 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); исключена Законом РК от 13.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 325-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z373" w:id="371"/>
+    <w:bookmarkStart w:name="z373" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 23-4. Права и обязанности сотрудников органов внутренних дел Республики Казахстан при проведении проверки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="371"/>
-    <w:bookmarkStart w:name="z374" w:id="372"/>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z374" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Сотрудник (сотрудники) органов внутренних дел Республики Казахстан при проведении проверки имеет право:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="372"/>
-    <w:bookmarkStart w:name="z375" w:id="373"/>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z375" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) беспрепятственного доступа на территорию и в помещения субъекта (объекта) контроля при предъявлении документов, указанных в пункте 7 статьи 23-2 настоящего Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="373"/>
-    <w:bookmarkStart w:name="z376" w:id="374"/>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z376" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) получать материалы и сведения на бумажных и (или) электронных носителях либо их копии для приобщения к акту о результатах проверки, а также доступ к инженерно-техническим средствам защиты, информационным системам и автоматизированным базам данных в соответствии с предметом проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="374"/>
-    <w:bookmarkStart w:name="z377" w:id="375"/>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z377" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) привлекать специалистов, консультантов и экспертов государственных органов и организаций в соответствии с назначением объекта контроля по согласованию с соответствующими государственными органами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z378" w:id="376"/>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z378" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осуществлять аудио-, фото- и видеосъемку.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z379" w:id="377"/>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z379" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. При проведении проверки сотрудник (сотрудники) органов внутренних дел Республики Казахстан не вправе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="377"/>
-    <w:bookmarkStart w:name="z380" w:id="378"/>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z380" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) проверять выполнение требований, не установленных законодательством Республики Казахстан о противодействии терроризму в части обеспечения антитеррористической защищенности объектов, уязвимых в террористическом отношении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z381" w:id="379"/>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z381" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) требовать представления материалов и сведений, если они не относятся к предмету проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z382" w:id="380"/>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z382" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) изымать инженерно-технические средства защиты (их элементы, носители информации) без оформления протокола об изъятии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="380"/>
-    <w:bookmarkStart w:name="z383" w:id="381"/>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z383" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) превышать установленный срок проведения проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="381"/>
-    <w:bookmarkStart w:name="z384" w:id="382"/>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z384" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) проводить в соответствии с предметом проверки мероприятия, носящие затратный характер, за счет субъекта контроля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="382"/>
-    <w:bookmarkStart w:name="z385" w:id="383"/>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z385" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) разглашать и (или) распространять информацию, полученную в результате проведения проверки, составляющую коммерческую, налоговую или иную охраняемую законом тайну, за исключением случаев, предусмотренных законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="383"/>
-    <w:bookmarkStart w:name="z386" w:id="384"/>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z386" w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Сотрудник (сотрудники) органов внутренних дел Республики Казахстан при проведении проверки обязан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="384"/>
-    <w:bookmarkStart w:name="z387" w:id="385"/>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z387" w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) соблюдать законодательство Республики Казахстан, права и законные интересы субъектов контроля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="385"/>
-    <w:bookmarkStart w:name="z388" w:id="386"/>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z388" w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) проводить проверки на основании и в соответствии с порядком, определяемым настоящим Законом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="386"/>
-    <w:bookmarkStart w:name="z389" w:id="387"/>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z389" w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) не препятствовать установленному режиму работы субъекта (объекта) контроля в период проведения проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="387"/>
-    <w:bookmarkStart w:name="z390" w:id="388"/>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z390" w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) не препятствовать субъекту контроля или его уполномоченному лицу присутствовать при проведении проверки, давать разъяснения по вопросам, относящимся к предмету проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="388"/>
-    <w:bookmarkStart w:name="z391" w:id="389"/>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z391" w:id="390"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) предоставлять субъекту контроля необходимую информацию, относящуюся к предмету проверки, при ее проведении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="389"/>
-    <w:bookmarkStart w:name="z392" w:id="390"/>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z392" w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) обеспечить сохранность материалов и сведений, полученных в результате проведения проверки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkEnd w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13777,408 +13721,408 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z410" w:id="391"/>
+    <w:bookmarkStart w:name="z410" w:id="392"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 23-5. Права и обязанности субъекта контроля или его уполномоченного лица при проведении проверки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="391"/>
-    <w:bookmarkStart w:name="z393" w:id="392"/>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z393" w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Субъект контроля или его уполномоченное лицо при осуществлении проверки вправе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="392"/>
-    <w:bookmarkStart w:name="z394" w:id="393"/>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z394" w:id="394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) не допускать сотрудника (сотрудников) органов внутренних дел Республики Казахстан, прибывшего (прибывших) для проведения проверки на объект контроля, в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="393"/>
-    <w:bookmarkStart w:name="z395" w:id="394"/>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z395" w:id="395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       отсутствия документов, предусмотренных пунктом 7 статьи 23-2 настоящего Закона; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="394"/>
-    <w:bookmarkStart w:name="z396" w:id="395"/>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z396" w:id="396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       истечения срока проверки, указанного в акте о назначении проверки, либо срока, указанного в дополнительном акте о продлении проверки в случае продления проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="395"/>
-    <w:bookmarkStart w:name="z397" w:id="396"/>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z397" w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) не представлять материалы и сведения, если они не относятся к предмету проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="396"/>
-    <w:bookmarkStart w:name="z398" w:id="397"/>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z398" w:id="398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обжаловать акт о назначении проверки, акт о результатах проверки, предписание об устранении выявленных нарушений и действия (бездействие) сотрудника (сотрудников) органов внутренних дел Республики Казахстан в порядке, определяемом законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="397"/>
-    <w:bookmarkStart w:name="z399" w:id="398"/>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z399" w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) не исполнять не предусмотренные законами Республики Казахстан требования сотрудника (сотрудников) органов внутренних дел Республики Казахстан, ограничивающие деятельность субъектов (объектов) контроля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="398"/>
-    <w:bookmarkStart w:name="z400" w:id="399"/>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z400" w:id="400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) фиксировать процесс осуществления проверки, отдельные действия сотрудника (сотрудников) органов внутренних дел Республики Казахстан, привлекаемых специалистов, консультантов и экспертов государственных органов и организаций с помощью средств аудио-, фото- и видеотехники, не создавая препятствий их деятельности, без права свободного распространения полученной информации, в том числе в средствах массовой информации и Интернете;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="399"/>
-    <w:bookmarkStart w:name="z401" w:id="400"/>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z401" w:id="401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) привлекать третьих лиц к проводимой проверке в целях представления своих прав и законных интересов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="400"/>
-    <w:bookmarkStart w:name="z402" w:id="401"/>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z402" w:id="402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Субъект контроля или его уполномоченное лицо при проведении проверки обязаны:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="401"/>
-    <w:bookmarkStart w:name="z403" w:id="402"/>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z403" w:id="403"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) обеспечить беспрепятственный доступ на территорию и в помещения субъекта (объекта) контроля сотруднику (сотрудникам) органов внутренних дел Республики Казахстан при предъявлении документов, указанных в пункте 7 статьи 23-2 настоящего Закона, а также специалистам, консультантам и экспертам государственных органов и организаций, привлекаемым для проведения проверки; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="402"/>
-    <w:bookmarkStart w:name="z404" w:id="403"/>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z404" w:id="404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обеспечить безопасность сотрудника (сотрудников) органов внутренних дел Республики Казахстан, прибывшего (прибывших) для проведения проверки, а также специалистов, консультантов и экспертов, привлекаемых для проведения проверки, от вредных и опасных производственных факторов воздействия в соответствии с установленными для данного объекта нормативами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="403"/>
-    <w:bookmarkStart w:name="z405" w:id="404"/>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z405" w:id="405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) представлять сотруднику (сотрудникам) органов внутренних дел Республики Казахстан материалы и сведения на бумажных и (или) электронных носителях либо их копии для приобщения к акту о результатах проверки и предписанию об устранении выявленных нарушений, а также доступ к инженерно-техническим средствам защиты объектов, уязвимых в террористическом отношении, в том числе к информационным системам и автоматизированным базам данных, в соответствии с предметом проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="404"/>
-    <w:bookmarkStart w:name="z406" w:id="405"/>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z406" w:id="406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сделать отметку о получении на втором экземпляре акта о назначении проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="405"/>
-    <w:bookmarkStart w:name="z407" w:id="406"/>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z407" w:id="407"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) сделать отметку о получении на втором экземпляре акта о результатах проверки в день окончания проверки и во втором экземпляре предписания об устранении выявленных нарушений при его получении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="406"/>
-    <w:bookmarkStart w:name="z408" w:id="407"/>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z408" w:id="408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) не допускать внесения изменений и дополнений в материалы, а также изменений в конфигурацию и характеристики инженерно-технических средств, информационных систем и автоматизированных баз данных, относящиеся к предмету проверки в период проведения проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="407"/>
-    <w:bookmarkStart w:name="z409" w:id="408"/>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z409" w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) исполнять предписание об устранении выявленных нарушений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkEnd w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14197,88 +14141,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="409"/>
+    <w:bookmarkStart w:name="z72" w:id="410"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 24. Надзор за соблюдением законности в сфере противодействия терроризму</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="409"/>
-    <w:bookmarkStart w:name="z196" w:id="410"/>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z196" w:id="411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Высший надзор за соблюдением законности при осуществлении деятельности в сфере противодействия терроризму осуществляют Генеральный Прокурор Республики Казахстан и подчиненные ему прокуроры.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkEnd w:id="411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>