--- v1 (2025-11-26)
+++ v2 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fa7c5ce" w14:textId="fa7c5ce">
+    <w:p w14:paraId="9bd1fec" w14:textId="9bd1fec">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -13319,910 +13319,1098 @@
         <w:t>
       1. Сотрудник (сотрудники) органов внутренних дел Республики Казахстан при проведении проверки имеет право:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="373"/>
     <w:bookmarkStart w:name="z375" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) беспрепятственного доступа на территорию и в помещения субъекта (объекта) контроля при предъявлении документов, указанных в пункте 7 статьи 23-2 настоящего Закона;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="374"/>
-    <w:bookmarkStart w:name="z376" w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 2) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) получать материалы и сведения на бумажных и (или) электронных носителях либо их копии для приобщения к акту о результатах проверки, а также доступ к инженерно-техническим средствам защиты, информационным системам и автоматизированным базам данных в соответствии с предметом проверки;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z377" w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) привлекать специалистов, консультантов и экспертов государственных органов и организаций в соответствии с назначением объекта контроля по согласованию с соответствующими государственными органами;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z377" w:id="376"/>
-[...15 lines deleted...]
-      3) привлекать специалистов, консультантов и экспертов государственных органов и организаций в соответствии с назначением объекта контроля по согласованию с соответствующими государственными органами;</w:t>
+    <w:bookmarkStart w:name="z378" w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществлять аудио-, фото- и видеосъемку.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z378" w:id="377"/>
-[...15 lines deleted...]
-      4) осуществлять аудио-, фото- и видеосъемку.</w:t>
+    <w:bookmarkStart w:name="z379" w:id="377"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. При проведении проверки сотрудник (сотрудники) органов внутренних дел Республики Казахстан не вправе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="377"/>
-    <w:bookmarkStart w:name="z379" w:id="378"/>
-[...15 lines deleted...]
-      2. При проведении проверки сотрудник (сотрудники) органов внутренних дел Республики Казахстан не вправе:</w:t>
+    <w:bookmarkStart w:name="z380" w:id="378"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проверять выполнение требований, не установленных законодательством Республики Казахстан о противодействии терроризму в части обеспечения антитеррористической защищенности объектов, уязвимых в террористическом отношении;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z380" w:id="379"/>
-[...15 lines deleted...]
-      1) проверять выполнение требований, не установленных законодательством Республики Казахстан о противодействии терроризму в части обеспечения антитеррористической защищенности объектов, уязвимых в террористическом отношении;</w:t>
+    <w:bookmarkStart w:name="z381" w:id="379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) требовать представления материалов и сведений, если они не относятся к предмету проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z381" w:id="380"/>
-[...15 lines deleted...]
-      2) требовать представления материалов и сведений, если они не относятся к предмету проверки;</w:t>
+    <w:bookmarkStart w:name="z382" w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) изымать инженерно-технические средства защиты (их элементы, носители информации) без оформления протокола об изъятии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="380"/>
-    <w:bookmarkStart w:name="z382" w:id="381"/>
-[...15 lines deleted...]
-      3) изымать инженерно-технические средства защиты (их элементы, носители информации) без оформления протокола об изъятии;</w:t>
+    <w:bookmarkStart w:name="z383" w:id="381"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) превышать установленный срок проведения проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="381"/>
-    <w:bookmarkStart w:name="z383" w:id="382"/>
-[...15 lines deleted...]
-      4) превышать установленный срок проведения проверки;</w:t>
+    <w:bookmarkStart w:name="z384" w:id="382"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) проводить в соответствии с предметом проверки мероприятия, носящие затратный характер, за счет субъекта контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="382"/>
-    <w:bookmarkStart w:name="z384" w:id="383"/>
-[...15 lines deleted...]
-      5) проводить в соответствии с предметом проверки мероприятия, носящие затратный характер, за счет субъекта контроля;</w:t>
+    <w:bookmarkStart w:name="z385" w:id="383"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) разглашать и (или) распространять информацию, полученную в результате проведения проверки, составляющую коммерческую, налоговую или иную охраняемую законом тайну, за исключением случаев, предусмотренных законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="383"/>
-    <w:bookmarkStart w:name="z385" w:id="384"/>
-[...15 lines deleted...]
-      6) разглашать и (или) распространять информацию, полученную в результате проведения проверки, составляющую коммерческую, налоговую или иную охраняемую законом тайну, за исключением случаев, предусмотренных законами Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z386" w:id="384"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Сотрудник (сотрудники) органов внутренних дел Республики Казахстан при проведении проверки обязан:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="384"/>
-    <w:bookmarkStart w:name="z386" w:id="385"/>
-[...15 lines deleted...]
-      3. Сотрудник (сотрудники) органов внутренних дел Республики Казахстан при проведении проверки обязан:</w:t>
+    <w:bookmarkStart w:name="z387" w:id="385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) соблюдать законодательство Республики Казахстан, права и законные интересы субъектов контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="385"/>
-    <w:bookmarkStart w:name="z387" w:id="386"/>
-[...15 lines deleted...]
-      1) соблюдать законодательство Республики Казахстан, права и законные интересы субъектов контроля;</w:t>
+    <w:bookmarkStart w:name="z388" w:id="386"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) проводить проверки на основании и в соответствии с порядком, определяемым настоящим Законом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="386"/>
-    <w:bookmarkStart w:name="z388" w:id="387"/>
-[...15 lines deleted...]
-      2) проводить проверки на основании и в соответствии с порядком, определяемым настоящим Законом;</w:t>
+    <w:bookmarkStart w:name="z389" w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) не препятствовать установленному режиму работы субъекта (объекта) контроля в период проведения проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="387"/>
-    <w:bookmarkStart w:name="z389" w:id="388"/>
-[...15 lines deleted...]
-      3) не препятствовать установленному режиму работы субъекта (объекта) контроля в период проведения проверки;</w:t>
+    <w:bookmarkStart w:name="z390" w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) не препятствовать субъекту контроля или его уполномоченному лицу присутствовать при проведении проверки, давать разъяснения по вопросам, относящимся к предмету проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="388"/>
-    <w:bookmarkStart w:name="z390" w:id="389"/>
-[...15 lines deleted...]
-      4) не препятствовать субъекту контроля или его уполномоченному лицу присутствовать при проведении проверки, давать разъяснения по вопросам, относящимся к предмету проверки;</w:t>
+    <w:bookmarkStart w:name="z391" w:id="389"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) предоставлять субъекту контроля необходимую информацию, относящуюся к предмету проверки, при ее проведении;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="389"/>
-    <w:bookmarkStart w:name="z391" w:id="390"/>
-[...15 lines deleted...]
-      5) предоставлять субъекту контроля необходимую информацию, относящуюся к предмету проверки, при ее проведении;</w:t>
+    <w:bookmarkStart w:name="z392" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) обеспечить сохранность материалов и сведений, полученных в результате проведения проверки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="390"/>
-    <w:bookmarkStart w:name="z392" w:id="391"/>
-[...15 lines deleted...]
-      6) обеспечить сохранность материалов и сведений, полученных в результате проведения проверки.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 8 дополнена статьей 23-4 в соответствии с Законом РК от 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 325-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z410" w:id="391"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 23-5. Права и обязанности субъекта контроля или его уполномоченного лица при проведении проверки</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="391"/>
-    <w:p>
-[...75 lines deleted...]
-        <w:t xml:space="preserve"> Статья 23-5. Права и обязанности субъекта контроля или его уполномоченного лица при проведении проверки</w:t>
+    <w:bookmarkStart w:name="z393" w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Субъект контроля или его уполномоченное лицо при осуществлении проверки вправе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="392"/>
-    <w:bookmarkStart w:name="z393" w:id="393"/>
-[...15 lines deleted...]
-      1. Субъект контроля или его уполномоченное лицо при осуществлении проверки вправе:</w:t>
+    <w:bookmarkStart w:name="z394" w:id="393"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) не допускать сотрудника (сотрудников) органов внутренних дел Республики Казахстан, прибывшего (прибывших) для проведения проверки на объект контроля, в случаях:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="393"/>
-    <w:bookmarkStart w:name="z394" w:id="394"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z395" w:id="395"/>
+    <w:bookmarkStart w:name="z395" w:id="394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       отсутствия документов, предусмотренных пунктом 7 статьи 23-2 настоящего Закона; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z396" w:id="395"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      истечения срока проверки, указанного в акте о назначении проверки, либо срока, указанного в дополнительном акте о продлении проверки в случае продления проверки;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="395"/>
-    <w:bookmarkStart w:name="z396" w:id="396"/>
-[...15 lines deleted...]
-      истечения срока проверки, указанного в акте о назначении проверки, либо срока, указанного в дополнительном акте о продлении проверки в случае продления проверки;</w:t>
+    <w:bookmarkStart w:name="z397" w:id="396"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) не представлять материалы и сведения, если они не относятся к предмету проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="396"/>
-    <w:bookmarkStart w:name="z397" w:id="397"/>
-[...15 lines deleted...]
-      2) не представлять материалы и сведения, если они не относятся к предмету проверки;</w:t>
+    <w:bookmarkStart w:name="z398" w:id="397"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обжаловать акт о назначении проверки, акт о результатах проверки, предписание об устранении выявленных нарушений и действия (бездействие) сотрудника (сотрудников) органов внутренних дел Республики Казахстан в порядке, определяемом законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="397"/>
-    <w:bookmarkStart w:name="z398" w:id="398"/>
-[...15 lines deleted...]
-      3) обжаловать акт о назначении проверки, акт о результатах проверки, предписание об устранении выявленных нарушений и действия (бездействие) сотрудника (сотрудников) органов внутренних дел Республики Казахстан в порядке, определяемом законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z399" w:id="398"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) не исполнять не предусмотренные законами Республики Казахстан требования сотрудника (сотрудников) органов внутренних дел Республики Казахстан, ограничивающие деятельность субъектов (объектов) контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="398"/>
-    <w:bookmarkStart w:name="z399" w:id="399"/>
-[...15 lines deleted...]
-      4) не исполнять не предусмотренные законами Республики Казахстан требования сотрудника (сотрудников) органов внутренних дел Республики Казахстан, ограничивающие деятельность субъектов (объектов) контроля;</w:t>
+    <w:bookmarkStart w:name="z400" w:id="399"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) фиксировать процесс осуществления проверки, отдельные действия сотрудника (сотрудников) органов внутренних дел Республики Казахстан, привлекаемых специалистов, консультантов и экспертов государственных органов и организаций с помощью средств аудио-, фото- и видеотехники, не создавая препятствий их деятельности, без права свободного распространения полученной информации, в том числе в средствах массовой информации и Интернете;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="399"/>
-    <w:bookmarkStart w:name="z400" w:id="400"/>
-[...15 lines deleted...]
-      5) фиксировать процесс осуществления проверки, отдельные действия сотрудника (сотрудников) органов внутренних дел Республики Казахстан, привлекаемых специалистов, консультантов и экспертов государственных органов и организаций с помощью средств аудио-, фото- и видеотехники, не создавая препятствий их деятельности, без права свободного распространения полученной информации, в том числе в средствах массовой информации и Интернете;</w:t>
+    <w:bookmarkStart w:name="z401" w:id="400"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) привлекать третьих лиц к проводимой проверке в целях представления своих прав и законных интересов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="400"/>
-    <w:bookmarkStart w:name="z401" w:id="401"/>
-[...15 lines deleted...]
-      6) привлекать третьих лиц к проводимой проверке в целях представления своих прав и законных интересов.</w:t>
+    <w:bookmarkStart w:name="z402" w:id="401"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Субъект контроля или его уполномоченное лицо при проведении проверки обязаны:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="401"/>
-    <w:bookmarkStart w:name="z402" w:id="402"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z403" w:id="403"/>
+    <w:bookmarkStart w:name="z403" w:id="402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) обеспечить беспрепятственный доступ на территорию и в помещения субъекта (объекта) контроля сотруднику (сотрудникам) органов внутренних дел Республики Казахстан при предъявлении документов, указанных в пункте 7 статьи 23-2 настоящего Закона, а также специалистам, консультантам и экспертам государственных органов и организаций, привлекаемым для проведения проверки; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z404" w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечить безопасность сотрудника (сотрудников) органов внутренних дел Республики Казахстан, прибывшего (прибывших) для проведения проверки, а также специалистов, консультантов и экспертов, привлекаемых для проведения проверки, от вредных и опасных производственных факторов воздействия в соответствии с установленными для данного объекта нормативами;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="403"/>
-    <w:bookmarkStart w:name="z404" w:id="404"/>
-[...15 lines deleted...]
-      2) обеспечить безопасность сотрудника (сотрудников) органов внутренних дел Республики Казахстан, прибывшего (прибывших) для проведения проверки, а также специалистов, консультантов и экспертов, привлекаемых для проведения проверки, от вредных и опасных производственных факторов воздействия в соответствии с установленными для данного объекта нормативами;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 3) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) представлять сотруднику (сотрудникам) органов внутренних дел Республики Казахстан материалы и сведения на бумажных и (или) электронных носителях либо их копии для приобщения к акту о результатах проверки и предписанию об устранении выявленных нарушений, а также доступ к инженерно-техническим средствам защиты объектов, уязвимых в террористическом отношении, в том числе к информационным системам и автоматизированным базам данных, в соответствии с предметом проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z406" w:id="404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сделать отметку о получении на втором экземпляре акта о назначении проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="404"/>
-    <w:bookmarkStart w:name="z405" w:id="405"/>
-[...15 lines deleted...]
-      3) представлять сотруднику (сотрудникам) органов внутренних дел Республики Казахстан материалы и сведения на бумажных и (или) электронных носителях либо их копии для приобщения к акту о результатах проверки и предписанию об устранении выявленных нарушений, а также доступ к инженерно-техническим средствам защиты объектов, уязвимых в террористическом отношении, в том числе к информационным системам и автоматизированным базам данных, в соответствии с предметом проверки;</w:t>
+    <w:bookmarkStart w:name="z407" w:id="405"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сделать отметку о получении на втором экземпляре акта о результатах проверки в день окончания проверки и во втором экземпляре предписания об устранении выявленных нарушений при его получении;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="405"/>
-    <w:bookmarkStart w:name="z406" w:id="406"/>
-[...15 lines deleted...]
-      4) сделать отметку о получении на втором экземпляре акта о назначении проверки;</w:t>
+    <w:bookmarkStart w:name="z408" w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) не допускать внесения изменений и дополнений в материалы, а также изменений в конфигурацию и характеристики инженерно-технических средств, информационных систем и автоматизированных баз данных, относящиеся к предмету проверки в период проведения проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="406"/>
-    <w:bookmarkStart w:name="z407" w:id="407"/>
-[...15 lines deleted...]
-      5) сделать отметку о получении на втором экземпляре акта о результатах проверки в день окончания проверки и во втором экземпляре предписания об устранении выявленных нарушений при его получении;</w:t>
+    <w:bookmarkStart w:name="z409" w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) исполнять предписание об устранении выявленных нарушений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="407"/>
-    <w:bookmarkStart w:name="z408" w:id="408"/>
-[...15 lines deleted...]
-      6) не допускать внесения изменений и дополнений в материалы, а также изменений в конфигурацию и характеристики инженерно-технических средств, информационных систем и автоматизированных баз данных, относящиеся к предмету проверки в период проведения проверки;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 8 дополнена статьей 23-5 в соответствии с Законом РК от 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 325-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 24. Надзор за соблюдением законности в сфере противодействия терроризму</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="408"/>
-    <w:bookmarkStart w:name="z409" w:id="409"/>
-[...15 lines deleted...]
-      7) исполнять предписание об устранении выявленных нарушений.</w:t>
+    <w:bookmarkStart w:name="z196" w:id="409"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Высший надзор за соблюдением законности при осуществлении деятельности в сфере противодействия терроризму осуществляют Генеральный Прокурор Республики Казахстан и подчиненные ему прокуроры.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="409"/>
-    <w:p>
-[...98 lines deleted...]
-    <w:bookmarkEnd w:id="411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14425,55 +14613,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>