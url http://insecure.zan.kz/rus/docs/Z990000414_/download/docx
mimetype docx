--- v0 (2025-10-09)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="929e71e" w14:textId="929e71e">
+    <w:p w14:paraId="b668d3d" w14:textId="b668d3d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1462,489 +1462,755 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 5-1. Отказ в приеме заявления и назначении пособия </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z26" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Основаниями для отказа в приеме заявления на назначение пособия являются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z27" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 1) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) получение сведений из информационной системы центрального исполнительного органа, подтверждающих факт назначения, выплаты, подачи заявления на назначение пособия;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z28" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) представление заявителем неполного пакета документов в соответствии с законодательством Республики Казахстан и (или) документов с истекшим сроком действия;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z28" w:id="13"/>
-[...15 lines deleted...]
-      2) представление заявителем неполного пакета документов в соответствии с законодательством Республики Казахстан и (или) документов с истекшим сроком действия;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 3) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) несоответствие сведений по документу, удостоверяющему личность (кроме его замены согласно законодательству Республики Казахстан, подтверждающейся сведениями из государственных информационных систем), с документами, необходимыми для назначения пособия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) отсутствие согласия заявителя на доступ к персональным данным ограниченного доступа, которые требуются для назначения пособия.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z29" w:id="14"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z31" w:id="16"/>
+    <w:bookmarkStart w:name="z31" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Основаниями для отказа в назначении пособия являются: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z32" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) установление недостоверности документов, представленных заявителем для назначения пособия, и (или) данных (сведений), содержащихся в них;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z33" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) несоответствие заявителя и (или) представленных материалов, данных и сведений, необходимых для назначения пособия, требованиям, установленным законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z32" w:id="17"/>
-[...15 lines deleted...]
-      1) установление недостоверности документов, представленных заявителем для назначения пособия, и (или) данных (сведений), содержащихся в них;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 предусмотрено дополнена статьей 5-1 в соответствии с Законом РК от 20.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 226-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2023).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В статью 5-2 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 5-2. Приостановление, возобновление и прекращение выплаты пособия</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Выплата пособия приостанавливается с первого числа месяца, следующего за месяцем поступления сведений, в том числе из информационных систем, о (об):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z33" w:id="18"/>
-[...15 lines deleted...]
-      2) несоответствие заявителя и (или) представленных материалов, данных и сведений, необходимых для назначения пособия, требованиям, установленным законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z36" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) отсутствии расходных операций три и более месяцев по банковскому счету получателя. При этом выплата пособия возобновляется со дня приостановления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:p>
-[...94 lines deleted...]
-      1. Выплата пособия приостанавливается с первого числа месяца, следующего за месяцем поступления сведений, в том числе из информационных систем, о (об):</w:t>
+    <w:bookmarkStart w:name="z37" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наличии подтверждающего документа о проведении оперативно-розыскных мероприятий, в том числе розыска без вести пропавшего лица, являющегося получателем. При этом выплата пособия возобновляется со дня вступления в силу судебного акта об отмене решения суда о признании лица без вести пропавшим, но не ранее даты приостановления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z36" w:id="20"/>
-[...15 lines deleted...]
-      1) отсутствии расходных операций три и более месяцев по банковскому счету получателя. При этом выплата пособия возобновляется со дня приостановления;</w:t>
+    <w:bookmarkStart w:name="z38" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Выплата пособия возобновляется по заявлению на основании документов и (или) сведений, полученных в том числе из информационных систем, подтверждающих истечение обстоятельств, вызвавших приостановление выплаты пособия.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z37" w:id="21"/>
-[...15 lines deleted...]
-      2) наличии подтверждающего документа о проведении оперативно-розыскных мероприятий, в том числе розыска без вести пропавшего лица, являющегося получателем. При этом выплата пособия возобновляется со дня вступления в силу судебного акта об отмене решения суда о признании лица без вести пропавшим, но не ранее даты приостановления.</w:t>
+    <w:bookmarkStart w:name="z39" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Выплата пособия прекращается с первого числа месяца, следующего за месяцем поступления сведений, в том числе из информационных систем, о:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z38" w:id="22"/>
-[...15 lines deleted...]
-      2. Выплата пособия возобновляется по заявлению на основании документов и (или) сведений, полученных в том числе из информационных систем, подтверждающих истечение обстоятельств, вызвавших приостановление выплаты пособия.</w:t>
+    <w:bookmarkStart w:name="z40" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) смерти получателя;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z39" w:id="23"/>
-[...15 lines deleted...]
-      3. Выплата пособия прекращается с первого числа месяца, следующего за месяцем поступления сведений, в том числе из информационных систем, о:</w:t>
+    <w:bookmarkStart w:name="z41" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выявлении факта утраты или выхода из гражданства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z40" w:id="24"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z42" w:id="26"/>
+    <w:bookmarkStart w:name="z42" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) поступлении запроса дела получателя пособия от уполномоченного органа страны выезда; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z43" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) поступлении заявления получателя о прекращении выплаты пособия с представлением документа, подтверждающего снятие его с регистрации в органах внутренних дел;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z44" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) выявлении факта выезда получателя на постоянное местожительство за пределы Республики Казахстан, в том числе из информационных систем;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z43" w:id="27"/>
-[...15 lines deleted...]
-      4) поступлении заявления получателя о прекращении выплаты пособия с представлением документа, подтверждающего снятие его с регистрации в органах внутренних дел;</w:t>
+    <w:bookmarkStart w:name="z45" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) выявлении факта представления заявителем недостоверных сведений, повлекших за собой необоснованное назначение.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z44" w:id="28"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1980,463 +2246,463 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 6. Размеры пособия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="30"/>
+    <w:bookmarkStart w:name="z13" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Пособие гражданам, имевшим по состоянию на 1 января 1998 года стаж работы по Списку № 1 производств, работ, профессий, должностей и показателей на подземных и открытых горных работах, на работах с особо вредными и особо тяжелыми условиями труда, назначается в размере 9,42 месячного расчетного показателя. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z22" w:id="31"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z22" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Пособие гражданам, имевшим по состоянию на 1 января 1998 года стаж работы по Списку № 2 производств, работ, профессий, должностей и показателей с вредными и тяжелыми условиями труда, назначается в размере 8,38 месячного расчетного показателя. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z23" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. При достижении пенсионного возраста получателю пособия предоставляется право выбора между получением пособия в соответствии с настоящим Законом или назначением пенсионных выплат по возрасту в соответствии с Социальным кодексом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 6 в редакции Закона РК от 31.03.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 180-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.04.2014); с изменениями, внесенными законами РК от 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 408-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.03.2016); от 20.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 226-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2023).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 7. Выплата пособий</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выплата пособий производится за текущий месяц через Государственную корпорацию на банковские счета получателей. В случае смерти получателя пособия пособие выплачивается по месяц смерти включительно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае смерти получателя пособия членам семьи либо лицу, осуществившему погребение, выплачивается единовременная выплата на погребение в размере 35 месячных расчетных показателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выплата пособия осуществляется в порядке, установленном центральным исполнительным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 7 в редакции Закона РК от 31.03.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 180-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.04.2014); с изменением, внесенным Законом РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 408-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.03.2016); от 20.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 226-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2023).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Заключительное положение</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z23" w:id="32"/>
-[...371 lines deleted...]
-    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 8. Порядок введения в действие настоящего Закона</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2612,55 +2878,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>