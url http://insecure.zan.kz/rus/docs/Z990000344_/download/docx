--- v0 (2025-11-13)
+++ v1 (2026-03-10)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="626e6ec" w14:textId="626e6ec">
+    <w:p w14:paraId="0b17f6f" w14:textId="0b17f6f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -7825,550 +7825,644 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z132" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Профилактический контроль без посещения субъекта (объекта) контроля и надзора проводится ведомством уполномоченного органа и территориальными подразделениями ведомства уполномоченного органа путем анализа, сопоставления данных и информации:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z133" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 1) предусматривается в редакции Закона РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) из информационных систем;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z134" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) нотификаций и извещений уполномоченных органов других государств;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z134" w:id="99"/>
-[...15 lines deleted...]
-      2) нотификаций и извещений уполномоченных органов других государств;</w:t>
+    <w:bookmarkStart w:name="z135" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) поступающих от организаций, входящих в государственную систему обеспечения карантина растений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z135" w:id="100"/>
-[...15 lines deleted...]
-      3) поступающих от организаций, входящих в государственную систему обеспечения карантина растений;</w:t>
+    <w:bookmarkStart w:name="z136" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) из открытых источников, средств массовой информации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z136" w:id="101"/>
-[...15 lines deleted...]
-      4) из открытых источников, средств массовой информации.</w:t>
+    <w:bookmarkStart w:name="z137" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Субъектами (объектами) профилактического контроля без посещения являются физические и юридические лица, деятельность которых связана с ввозом, вывозом, производством, заготовкой, переработкой, обеззараживанием, хранением, транспортировкой и реализацией подкарантинной продукции.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z137" w:id="102"/>
-[...15 lines deleted...]
-      Субъектами (объектами) профилактического контроля без посещения являются физические и юридические лица, деятельность которых связана с ввозом, вывозом, производством, заготовкой, переработкой, обеззараживанием, хранением, транспортировкой и реализацией подкарантинной продукции.</w:t>
+    <w:bookmarkStart w:name="z138" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Целями профилактического контроля без посещения субъекта (объекта) контроля и надзора являются своевременное пресечение и недопущение нарушений, предоставление субъектам контроля права самостоятельного устранения нарушений, выявленных ведомством уполномоченного органа и территориальными подразделениями ведомства уполномоченного органа по результатам профилактического контроля без посещения субъекта (объекта) контроля и надзора, и снижение административной нагрузки на них.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z138" w:id="103"/>
-[...15 lines deleted...]
-      Целями профилактического контроля без посещения субъекта (объекта) контроля и надзора являются своевременное пресечение и недопущение нарушений, предоставление субъектам контроля права самостоятельного устранения нарушений, выявленных ведомством уполномоченного органа и территориальными подразделениями ведомства уполномоченного органа по результатам профилактического контроля без посещения субъекта (объекта) контроля и надзора, и снижение административной нагрузки на них.</w:t>
+    <w:bookmarkStart w:name="z139" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае выявления нарушения по результатам профилактического контроля без посещения субъекта (объекта) контроля и надзора в действиях (бездействии) субъектов контроля и надзора ведомством уполномоченного органа или территориальными подразделениями ведомства уполномоченного органа субъекту контроля и надзора направляется рекомендация в срок не позднее двух рабочих дней со дня выявления нарушения. В рекомендации указывается срок ее исполнения, который не должен быть менее трех рабочих дней со дня, следующего за днем ее вручения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z139" w:id="104"/>
-[...15 lines deleted...]
-      В случае выявления нарушения по результатам профилактического контроля без посещения субъекта (объекта) контроля и надзора в действиях (бездействии) субъектов контроля и надзора ведомством уполномоченного органа или территориальными подразделениями ведомства уполномоченного органа субъекту контроля и надзора направляется рекомендация в срок не позднее двух рабочих дней со дня выявления нарушения. В рекомендации указывается срок ее исполнения, который не должен быть менее трех рабочих дней со дня, следующего за днем ее вручения.</w:t>
+    <w:bookmarkStart w:name="z140" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рекомендация должна быть вручена субъекту контроля и надзора лично под роспись или иным способом, подтверждающим факты ее отправки и получения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z140" w:id="105"/>
-[...15 lines deleted...]
-      Рекомендация должна быть вручена субъекту контроля и надзора лично под роспись или иным способом, подтверждающим факты ее отправки и получения.</w:t>
+    <w:bookmarkStart w:name="z141" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рекомендация, направленная одним из нижеперечисленных способов, считается врученной в следующих случаях:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z141" w:id="106"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z142" w:id="107"/>
+    <w:bookmarkStart w:name="z142" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) нарочно – с даты отметки в рекомендации о получении; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z143" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) почтой – с даты уведомления о получении почтового отправления заказным письмом;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z143" w:id="108"/>
-[...15 lines deleted...]
-      2) почтой – с даты уведомления о получении почтового отправления заказным письмом;</w:t>
+    <w:bookmarkStart w:name="z144" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) электронным способом – с даты отправки на электронный адрес субъекта контроля и надзора, указанный в письме при запросе.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z144" w:id="109"/>
-[...15 lines deleted...]
-      3) электронным способом – с даты отправки на электронный адрес субъекта контроля и надзора, указанный в письме при запросе.</w:t>
+    <w:bookmarkStart w:name="z145" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рекомендация об устранении нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля и надзора, должна быть исполнена в течение срока, указанного в рекомендации, следующего за днем ее вручения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z145" w:id="110"/>
-[...15 lines deleted...]
-      Рекомендация об устранении нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля и надзора, должна быть исполнена в течение срока, указанного в рекомендации, следующего за днем ее вручения.</w:t>
+    <w:bookmarkStart w:name="z146" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Субъект контроля и надзора в случае несогласия с нарушениями, указанными в рекомендации, вправе направить в ведомство уполномоченного органа или территориальное подразделение ведомства уполномоченного органа, направившее рекомендацию, возражение в течение одного рабочего дня, следующего за днем вручения рекомендации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z146" w:id="111"/>
-[...15 lines deleted...]
-      Субъект контроля и надзора в случае несогласия с нарушениями, указанными в рекомендации, вправе направить в ведомство уполномоченного органа или территориальное подразделение ведомства уполномоченного органа, направившее рекомендацию, возражение в течение одного рабочего дня, следующего за днем вручения рекомендации.</w:t>
+    <w:bookmarkStart w:name="z147" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Неисполнение в установленный срок рекомендации об устранении нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля и надзора, влечет назначение профилактического контроля с посещением субъекта (объекта) контроля и надзора путем включения в полугодовой список проведения профилактического контроля с посещением субъекта (объекта) контроля и надзора.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z147" w:id="112"/>
-[...15 lines deleted...]
-      Неисполнение в установленный срок рекомендации об устранении нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля и надзора, влечет назначение профилактического контроля с посещением субъекта (объекта) контроля и надзора путем включения в полугодовой список проведения профилактического контроля с посещением субъекта (объекта) контроля и надзора.</w:t>
+    <w:bookmarkStart w:name="z148" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кратность профилактического контроля без посещения субъекта (объекта) контроля и надзора определяется по мере поступления данных и информации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z148" w:id="113"/>
-[...15 lines deleted...]
-      Кратность профилактического контроля без посещения субъекта (объекта) контроля и надзора определяется по мере поступления данных и информации.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 10 в редакции Закона РК от 10.11.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 249-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении девяноста календарных дней после дня его первого официального опубликования); с изменениями, внесенными законами РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 10-1. Меры оперативного реагирования и порядок их применения в области карантина растений</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z259" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В ходе осуществления и (или) по результатам государственного карантинного фитосанитарного контроля государственными инспекторами по карантину растений применяются меры оперативного реагирования в случаях выявления карантинных объектов и чужеродных видов в подкарантинной продукции, которые представляют непосредственную угрозу растительным ресурсам Республики Казахстан и продукции растительного происхождения, а также продовольственной безопасности Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:p>
-[...154 lines deleted...]
-      1. В ходе осуществления и (или) по результатам государственного карантинного фитосанитарного контроля государственными инспекторами по карантину растений применяются меры оперативного реагирования в случаях выявления карантинных объектов и чужеродных видов в подкарантинной продукции, которые представляют непосредственную угрозу растительным ресурсам Республики Казахстан и продукции растительного происхождения, а также продовольственной безопасности Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z260" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Мерами оперативного реагирования являются предусмотренные настоящей статьей способы воздействия на субъектов (объектов) контроля и надзора, применяемые в рамках:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z260" w:id="115"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z261" w:id="116"/>
+    <w:bookmarkStart w:name="z261" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) государственного контроля и надзора в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8403,172 +8497,172 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 4, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 9 статьи 129 Предпринимательского кодекса Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z262" w:id="117"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z262" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) профилактического контроля с посещением субъекта (объекта) контроля и надзора, внеплановой проверки, расследования. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z263" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. К мерам оперативного реагирования относятся:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z263" w:id="118"/>
-[...15 lines deleted...]
-      3. К мерам оперативного реагирования относятся:</w:t>
+    <w:bookmarkStart w:name="z264" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      остановка транспортного средства и задержание подкарантинной продукции и объектов государственного карантинного фитосанитарного контроля и надзора;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z264" w:id="119"/>
-[...15 lines deleted...]
-      остановка транспортного средства и задержание подкарантинной продукции и объектов государственного карантинного фитосанитарного контроля и надзора;</w:t>
+    <w:bookmarkStart w:name="z265" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      изъятие подкарантинной продукции (в том числе из почтовых отправлений, ручной клади и багажа) или возврат подкарантинной продукции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z265" w:id="120"/>
-[...15 lines deleted...]
-      изъятие подкарантинной продукции (в том числе из почтовых отправлений, ручной клади и багажа) или возврат подкарантинной продукции;</w:t>
+    <w:bookmarkStart w:name="z266" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      приостановление деятельности или отдельных ее видов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z266" w:id="121"/>
-[...15 lines deleted...]
-      приостановление деятельности или отдельных ее видов;</w:t>
+    <w:bookmarkStart w:name="z267" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      запрещение деятельности или отдельных ее видов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z267" w:id="122"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z268" w:id="123"/>
+    <w:bookmarkStart w:name="z268" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Основаниями для применения мер оперативного реагирования являются нарушения установленных законодательством Республики Казахстан требований, являющихся предметом государственного контроля в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8623,132 +8717,132 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 9 статьи 129 и со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 143</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Предпринимательского кодекса Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z269" w:id="124"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z269" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. При обнаружении факта нарушения требований, являющегося основанием для применения мер оперативного реагирования, государственными инспекторами по карантину растений оформляется акт надзора в форме постановления, предусмотренного подпунктом 5-1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 7-4 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z270" w:id="125"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z270" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Акт надзора оформляется и вручается субъекту контроля и надзора в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 153</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Предпринимательского кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z271" w:id="126"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z271" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. После оформления акта надзора по результатам государственного контроля на основании </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8783,431 +8877,431 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 4, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункта 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 9 статьи 129 Предпринимательского кодекса Республики Казахстан государственный инспектор по карантину растений осуществляет непосредственно применение меры оперативного реагирования.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z272" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В случае отказа в принятии акта надзора при его вручении нарочно в него вносится соответствующая запись и осуществляется видеозапись, фиксирующая факт отказа в принятии акта надзора.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z272" w:id="127"/>
-[...15 lines deleted...]
-      7. В случае отказа в принятии акта надзора при его вручении нарочно в него вносится соответствующая запись и осуществляется видеозапись, фиксирующая факт отказа в принятии акта надзора.</w:t>
+    <w:bookmarkStart w:name="z273" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Акт надзора направляется по юридическому адресу, месту нахождения или фактическому адресу субъекта контроля и надзора заказным письмом с уведомлением о его вручении.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z273" w:id="128"/>
-[...15 lines deleted...]
-      Акт надзора направляется по юридическому адресу, месту нахождения или фактическому адресу субъекта контроля и надзора заказным письмом с уведомлением о его вручении.</w:t>
+    <w:bookmarkStart w:name="z274" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Отказ от получения акта надзора не является основанием для его неисполнения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z274" w:id="129"/>
-[...15 lines deleted...]
-      8. Отказ от получения акта надзора не является основанием для его неисполнения.</w:t>
+    <w:bookmarkStart w:name="z275" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Выявленные в ходе осуществления и (или) по результатам государственного контроля нарушения требований, являющиеся основанием для применения мер оперативного реагирования, отражаются в актах о результатах профилактического контроля с посещением субъекта (объекта) контроля и надзора и (или) внеплановой проверки, расследования, а также в предписании об устранении выявленных нарушений законодательства Республики Казахстан в области карантина растений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z275" w:id="130"/>
-[...15 lines deleted...]
-      9. Выявленные в ходе осуществления и (или) по результатам государственного контроля нарушения требований, являющиеся основанием для применения мер оперативного реагирования, отражаются в актах о результатах профилактического контроля с посещением субъекта (объекта) контроля и надзора и (или) внеплановой проверки, расследования, а также в предписании об устранении выявленных нарушений законодательства Республики Казахстан в области карантина растений.</w:t>
+    <w:bookmarkStart w:name="z276" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Субъект контроля и надзора обязан устранить выявленные нарушения требований, являющиеся основанием для применения меры оперативного реагирования, в сроки, указанные в акте о результатах расследования, предписании об устранении выявленных нарушений законодательства Республики Казахстан в области карантина растений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z276" w:id="131"/>
-[...15 lines deleted...]
-      10. Субъект контроля и надзора обязан устранить выявленные нарушения требований, являющиеся основанием для применения меры оперативного реагирования, в сроки, указанные в акте о результатах расследования, предписании об устранении выявленных нарушений законодательства Республики Казахстан в области карантина растений.</w:t>
+    <w:bookmarkStart w:name="z277" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. До истечения сроков, предусмотренных актом о результатах расследования, предписанием об устранении выявленных нарушений, субъект контроля и надзора обязан предоставить информацию об устранении выявленных нарушений с приложением (при необходимости) материалов, доказывающих факт устранения нарушения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z277" w:id="132"/>
-[...15 lines deleted...]
-      11. До истечения сроков, предусмотренных актом о результатах расследования, предписанием об устранении выявленных нарушений, субъект контроля и надзора обязан предоставить информацию об устранении выявленных нарушений с приложением (при необходимости) материалов, доказывающих факт устранения нарушения.</w:t>
+    <w:bookmarkStart w:name="z278" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае предоставления информации, предусмотренной частью первой настоящего пункта, проводится внеплановая проверка в соответствии с частью второй пункта 12 настоящей статьи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z278" w:id="133"/>
-[...15 lines deleted...]
-      В случае предоставления информации, предусмотренной частью первой настоящего пункта, проводится внеплановая проверка в соответствии с частью второй пункта 12 настоящей статьи.</w:t>
+    <w:bookmarkStart w:name="z279" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В случае неустранения выявленных нарушений требований, являющихся основанием для применения меры оперативного реагирования, принимаются меры по привлечению лиц, допустивших нарушения, к ответственности в порядке, установленном законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z279" w:id="134"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z280" w:id="135"/>
+    <w:bookmarkStart w:name="z280" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. По истечении сроков устранения нарушений требований, указанных в акте о результатах расследования, предписании об устранении выявленных нарушений законодательства Республики Казахстан в области карантина растений, проводится внеплановая проверка по контролю устранения выявленных нарушений требований, являющихся основанием для применения меры оперативного реагирования. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z281" w:id="136"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z281" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Действие акта надзора прекращается в случае подтверждения территориальным подразделением уполномоченного органа устранения выявленных нарушений требований, являющихся основанием для применения меры оперативного реагирования, на основании акта о результатах внеплановой проверки согласно подпункту 2-1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 144 Предпринимательского кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z282" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Субъект контроля и надзора в случае несогласия с результатами государственного карантинного фитосанитарного контроля, повлекшими применение мер оперативного реагирования, может подать жалобу о признании акта надзора недействительным и его отмене.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z282" w:id="137"/>
-[...15 lines deleted...]
-      14. Субъект контроля и надзора в случае несогласия с результатами государственного карантинного фитосанитарного контроля, повлекшими применение мер оперативного реагирования, может подать жалобу о признании акта надзора недействительным и его отмене.</w:t>
+    <w:bookmarkStart w:name="z283" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба подается в вышестоящий государственный орган в порядке, предусмотренном главой 29 Предпринимательского кодекса Республики Казахстан, либо в суд в порядке, установленном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z283" w:id="138"/>
-[...15 lines deleted...]
-      Жалоба подается в вышестоящий государственный орган в порядке, предусмотренном главой 29 Предпринимательского кодекса Республики Казахстан, либо в суд в порядке, установленном законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z284" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подача жалобы не приостанавливает исполнение акта надзора.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z284" w:id="139"/>
-[...15 lines deleted...]
-      Подача жалобы не приостанавливает исполнение акта надзора.</w:t>
+    <w:bookmarkStart w:name="z285" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Основаниями для признания недействительным акта надзора и его отмены являются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z285" w:id="140"/>
-[...15 lines deleted...]
-      15. Основаниями для признания недействительным акта надзора и его отмены являются:</w:t>
+    <w:bookmarkStart w:name="z286" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) отсутствие оснований для применения мер оперативного реагирования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z286" w:id="141"/>
-[...15 lines deleted...]
-      1) отсутствие оснований для применения мер оперативного реагирования;</w:t>
+    <w:bookmarkStart w:name="z287" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) применение мер оперативного реагирования по основанию, не соответствующему данной мере;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z287" w:id="142"/>
-[...15 lines deleted...]
-      2) применение мер оперативного реагирования по основанию, не соответствующему данной мере;</w:t>
+    <w:bookmarkStart w:name="z288" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) применение государственным инспектором по карантину растений мер оперативного реагирования по вопросам, не входящим в его компетенцию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z288" w:id="143"/>
-[...15 lines deleted...]
-      3) применение государственным инспектором по карантину растений мер оперативного реагирования по вопросам, не входящим в его компетенцию.</w:t>
+    <w:bookmarkStart w:name="z289" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Информация о применении мер оперативного реагирования направляется в государственный орган, осуществляющий в пределах своей компетенции деятельность в области государственной правовой статистики и специальных учетов, в порядке, определенном Генеральной прокуратурой Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z289" w:id="144"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9281,130 +9375,130 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 11 в редакции Закона РК от 10.11.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 249-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении девяноста календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z120" w:id="145"/>
+    <w:bookmarkStart w:name="z120" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Должностные лица ведомства и его территориальных подразделений с фитосанитарными контрольными постами, непосредственно осуществляющие государственный карантинный фитосанитарный контроль и надзор, обеспечиваются форменной одеждой (без погон), материальными средствами, техническими средствами для фото- и видеофиксации.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z121" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перечень должностных лиц, имеющих право на ношение форменной одежды (без погон), образцы форменной одежды (без погон) и порядок ношения определяются уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z121" w:id="146"/>
-[...15 lines deleted...]
-      Перечень должностных лиц, имеющих право на ношение форменной одежды (без погон), образцы форменной одежды (без погон) и порядок ношения определяются уполномоченным органом.</w:t>
+    <w:bookmarkStart w:name="z122" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Натуральные нормы обеспечения форменной одеждой (без погон), а также материальными средствами, техническими средствами для фото- и видеофиксации утверждаются уполномоченным органом по согласованию с центральным уполномоченным органом по бюджетному планированию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z122" w:id="147"/>
-[...15 lines deleted...]
-      Натуральные нормы обеспечения форменной одеждой (без погон), а также материальными средствами, техническими средствами для фото- и видеофиксации утверждаются уполномоченным органом по согласованию с центральным уполномоченным органом по бюджетному планированию.</w:t>
+    <w:bookmarkStart w:name="z123" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Должностные лица, осуществляющие государственный карантинный фитосанитарный контроль и надзор, имеют право на возмещение вреда, причиненного их жизни и здоровью, в порядке, установленном гражданским законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z123" w:id="148"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9598,70 +9692,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 12 в редакции Закона РК от 10.11.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 249-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении девяноста календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="149"/>
+    <w:bookmarkStart w:name="z28" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        Объектами государственного карантинного фитосанитарного контроля и надзора являются: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkEnd w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) посевной и посадочный материалы сельскохозяйственных, лесных и декоративных культур, растения и их части (черенки, луковицы, клубни, плоды), а также любая другая продукция растительного происхождения, которая может быть переносчиком карантинных объектов;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10005,740 +10099,818 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В статью 12-1 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 12-1. Разрешения и уведомления, государственные услуги в области карантина растений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z204" w:id="150"/>
+    <w:bookmarkStart w:name="z204" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Для получения фитосанитарного сертификата физические и юридические лица подают заявление в территориальное подразделение ведомства уполномоченного органа на территории соответствующего района, города областного значения, города республиканского значения, столицы, где находится подкарантинная продукция, предъявляют государственному инспектору по карантину растений подкарантинную продукцию для определения карантинного состояния.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z205" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Фитосанитарный сертификат выдается и заверяется личной подписью и печатью (штампом) установленного образца государственным инспектором по карантину растений в соответствии с правилами по охране территории Республики Казахстан от карантинных объектов и чужеродных видов. Фитосанитарный сертификат выдается на каждую партию подкарантинной продукции и должен удостоверять ее карантинное состояние, иметь сведения о проведенном обеззараживании, выполнении других дополнительных карантинных фитосанитарных требований по поставке этой продукции.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z205" w:id="151"/>
-[...15 lines deleted...]
-      Фитосанитарный сертификат выдается и заверяется личной подписью и печатью (штампом) установленного образца государственным инспектором по карантину растений в соответствии с правилами по охране территории Республики Казахстан от карантинных объектов и чужеродных видов. Фитосанитарный сертификат выдается на каждую партию подкарантинной продукции и должен удостоверять ее карантинное состояние, иметь сведения о проведенном обеззараживании, выполнении других дополнительных карантинных фитосанитарных требований по поставке этой продукции.</w:t>
+    <w:bookmarkStart w:name="z207" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Основаниями для мотивированного отказа в выдаче фитосанитарного сертификата являются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z207" w:id="152"/>
-[...15 lines deleted...]
-      Основаниями для мотивированного отказа в выдаче фитосанитарного сертификата являются:</w:t>
+    <w:bookmarkStart w:name="z208" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) непредъявление заявителем подкарантинной продукции для досмотра;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z208" w:id="153"/>
-[...15 lines deleted...]
-      1) непредъявление заявителем подкарантинной продукции для досмотра;</w:t>
+    <w:bookmarkStart w:name="z209" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выявление карантинных объектов в подкарантинной продукции, за исключением случаев, когда требованиями страны-импортера (при экспорте) допускается наличие в подкарантинной продукции выявленных карантинных объектов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z209" w:id="154"/>
-[...15 lines deleted...]
-      2) выявление карантинных объектов в подкарантинной продукции, за исключением случаев, когда требованиями страны-импортера (при экспорте) допускается наличие в подкарантинной продукции выявленных карантинных объектов;</w:t>
+    <w:bookmarkStart w:name="z210" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) выявление несоответствия требованиям страны-импортера (при экспорте);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z210" w:id="155"/>
-[...15 lines deleted...]
-      3) выявление несоответствия требованиям страны-импортера (при экспорте);</w:t>
+    <w:bookmarkStart w:name="z211" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) неоднократное (два и более раза) неуведомление о прибытии или непредъявление подкарантинной продукции для досмотра должностному лицу уполномоченного органа государства – члена Евразийского экономического союза является основанием для отказа в выдаче фитосанитарного сертификата в течение тридцати календарных дней после получения информации от соответствующего уполномоченного государственного органа государства – члена Евразийского экономического союза, за исключением случаев изменения места назначения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z211" w:id="156"/>
-[...15 lines deleted...]
-      4) неоднократное (два и более раза) неуведомление о прибытии или непредъявление подкарантинной продукции для досмотра должностному лицу уполномоченного органа государства – члена Евразийского экономического союза является основанием для отказа в выдаче фитосанитарного сертификата в течение тридцати календарных дней после получения информации от соответствующего уполномоченного государственного органа государства – члена Евразийского экономического союза, за исключением случаев изменения места назначения;</w:t>
+    <w:bookmarkStart w:name="z212" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) иные основания, предусмотренные законами Республики Казахстан "О государственных услугах", "О разрешениях и уведомлениях".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z212" w:id="157"/>
-[...15 lines deleted...]
-      5) иные основания, предусмотренные законами Республики Казахстан "О государственных услугах", "О разрешениях и уведомлениях".</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Исключен Законом РК от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z221" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Для ввоза в научно-исследовательских целях карантинных объектов согласно утвержденному перечню физические и юридические лица подают заявку на получение письма-согласования на ввоз карантинных объектов в научно-исследовательских целях в территориальное подразделение ведомства уполномоченного органа на территории соответствующего района, города областного значения, города республиканского значения, столицы, где находится подкарантинный объект.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="157"/>
-    <w:p>
-[...107 lines deleted...]
-      3. Для ввоза в научно-исследовательских целях карантинных объектов согласно утвержденному перечню физические и юридические лица подают заявку на получение письма-согласования на ввоз карантинных объектов в научно-исследовательских целях в территориальное подразделение ведомства уполномоченного органа на территории соответствующего района, города областного значения, города республиканского значения, столицы, где находится подкарантинный объект.</w:t>
+    <w:bookmarkStart w:name="z222" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Письмо-согласование на ввоз карантинных объектов в научно-исследовательских целях выдается на каждый карантинный объект и действует в течение шести месяцев с даты его выдачи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z222" w:id="159"/>
-[...15 lines deleted...]
-      Письмо-согласование на ввоз карантинных объектов в научно-исследовательских целях выдается на каждый карантинный объект и действует в течение шести месяцев с даты его выдачи.</w:t>
+    <w:bookmarkStart w:name="z223" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Письмо-согласование на ввоз карантинных объектов в научно-исследовательских целях не может быть использовано более одного раза.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z223" w:id="160"/>
-[...15 lines deleted...]
-      Письмо-согласование на ввоз карантинных объектов в научно-исследовательских целях не может быть использовано более одного раза.</w:t>
+    <w:bookmarkStart w:name="z224" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Письмо-согласование на ввоз карантинных объектов в научно-исследовательских целях выдается в соответствии с правилами по охране территории Республики Казахстан от карантинных объектов и чужеродных видов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z224" w:id="161"/>
-[...15 lines deleted...]
-      Письмо-согласование на ввоз карантинных объектов в научно-исследовательских целях выдается в соответствии с правилами по охране территории Республики Казахстан от карантинных объектов и чужеродных видов.</w:t>
+    <w:bookmarkStart w:name="z226" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Основаниями для мотивированного отказа в выдаче письма-согласования на ввоз карантинных объектов в научно-исследовательских целях являются несоответствие требованиям по изоляции карантинных объектов различного уровня биологической безопасности и иные основания, предусмотренные законами Республики Казахстан "О государственных услугах", "О разрешениях и уведомлениях".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z226" w:id="162"/>
-[...15 lines deleted...]
-      Основаниями для мотивированного отказа в выдаче письма-согласования на ввоз карантинных объектов в научно-исследовательских целях являются несоответствие требованиям по изоляции карантинных объектов различного уровня биологической безопасности и иные основания, предусмотренные законами Республики Казахстан "О государственных услугах", "О разрешениях и уведомлениях".</w:t>
+    <w:bookmarkStart w:name="z227" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Для получения учетного номера физические и юридические лица подают заявку в территориальное подразделение ведомства уполномоченного органа на территории соответствующего района, города областного значения, города республиканского значения, столицы, где находится подкарантинный объект, предъявляют государственному инспектору по карантину растений подкарантинный объект для определения карантинного состояния и соответствия карантинным фитосанитарным требованиям.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z227" w:id="163"/>
-[...15 lines deleted...]
-      4. Для получения учетного номера физические и юридические лица подают заявку в территориальное подразделение ведомства уполномоченного органа на территории соответствующего района, города областного значения, города республиканского значения, столицы, где находится подкарантинный объект, предъявляют государственному инспектору по карантину растений подкарантинный объект для определения карантинного состояния и соответствия карантинным фитосанитарным требованиям.</w:t>
+    <w:bookmarkStart w:name="z228" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Учетный номер выдается на осуществление деятельности по:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z228" w:id="164"/>
-[...15 lines deleted...]
-      Учетный номер выдается на осуществление деятельности по:</w:t>
+    <w:bookmarkStart w:name="z229" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переработке засоренных карантинными сорняками (за исключением карантинных сорняков рода Striga spp.) зерна и продуктов его переработки по технологиям, обеспечивающим лишение семян и плодов карантинных сорных растений жизнеспособности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z229" w:id="165"/>
-[...15 lines deleted...]
-      переработке засоренных карантинными сорняками (за исключением карантинных сорняков рода Striga spp.) зерна и продуктов его переработки по технологиям, обеспечивающим лишение семян и плодов карантинных сорных растений жизнеспособности;</w:t>
+    <w:bookmarkStart w:name="z230" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеззараживанию и маркировке древесного упаковочного материала.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z230" w:id="166"/>
-[...15 lines deleted...]
-      обеззараживанию и маркировке древесного упаковочного материала.</w:t>
+    <w:bookmarkStart w:name="z231" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Учетный номер выдается с присвоением кода и регистрационного номера в соответствии с правилами по охране территории Республики Казахстан от карантинных объектов и чужеродных видов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z231" w:id="167"/>
-[...15 lines deleted...]
-      Учетный номер выдается с присвоением кода и регистрационного номера в соответствии с правилами по охране территории Республики Казахстан от карантинных объектов и чужеродных видов.</w:t>
+    <w:bookmarkStart w:name="z233" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Основаниями для мотивированного отказа в выдаче учетного номера являются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z233" w:id="168"/>
-[...15 lines deleted...]
-      Основаниями для мотивированного отказа в выдаче учетного номера являются:</w:t>
+    <w:bookmarkStart w:name="z234" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) несоответствие подкарантинного объекта предъявляемым карантинным фитосанитарным требованиям;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z234" w:id="169"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z235" w:id="170"/>
+    <w:bookmarkStart w:name="z235" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) выявление очагов распространения карантинных объектов на территории подкарантинного объекта; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z236" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) иные основания, предусмотренные Законом Республики Казахстан "О государственных услугах".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z236" w:id="171"/>
-[...15 lines deleted...]
-      3) иные основания, предусмотренные Законом Республики Казахстан "О государственных услугах".</w:t>
+    <w:bookmarkStart w:name="z237" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Основаниями для отзыва учетного номера являются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z237" w:id="172"/>
-[...15 lines deleted...]
-      Основаниями для отзыва учетного номера являются:</w:t>
+    <w:bookmarkStart w:name="z238" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выявление очагов распространения карантинных объектов на территории подкарантинного объекта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z238" w:id="173"/>
-[...15 lines deleted...]
-      1) выявление очагов распространения карантинных объектов на территории подкарантинного объекта;</w:t>
+    <w:bookmarkStart w:name="z239" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) нарушение карантинных фитосанитарных требований;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z239" w:id="174"/>
-[...15 lines deleted...]
-      2) нарушение карантинных фитосанитарных требований;</w:t>
+    <w:bookmarkStart w:name="z240" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) выявление живых и (или) жизнеспособных карантинных объектов в продукции, полученной путем переработки зерна и продуктов его переработки по технологиям, обеспечивающим лишение семян и плодов карантинных сорных растений жизнеспособности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z240" w:id="175"/>
-[...15 lines deleted...]
-      3) выявление живых и (или) жизнеспособных карантинных объектов в продукции, полученной путем переработки зерна и продуктов его переработки по технологиям, обеспечивающим лишение семян и плодов карантинных сорных растений жизнеспособности;</w:t>
+    <w:bookmarkStart w:name="z241" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) выявление живых и (или) жизнеспособных карантинных объектов в обеззараженном и маркированном древесном упаковочном материале;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z241" w:id="176"/>
-[...15 lines deleted...]
-      4) выявление живых и (или) жизнеспособных карантинных объектов в обеззараженном и маркированном древесном упаковочном материале;</w:t>
+    <w:bookmarkStart w:name="z242" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) иные основания, предусмотренные Законом Республики Казахстан "О государственных услугах".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z242" w:id="177"/>
-[...15 lines deleted...]
-      5) иные основания, предусмотренные Законом Республики Казахстан "О государственных услугах".</w:t>
+    <w:bookmarkStart w:name="z248" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Деятельность, связанная с обращением с патогенными биологическими агентами, осуществляется на основании разрешения на обращение с патогенными биологическими агентами и приложения к нему в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z248" w:id="178"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10834,110 +11006,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 13. Порядок ввоза, вывоза, транзита, внутригосударственной перевозки, досмотра и обеззараживания подкарантинной продукции </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="179"/>
+    <w:bookmarkStart w:name="z30" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. При заключении договоров на поставку подкарантинной продукции или ее транзит поставщик обязан получить от уполномоченного органа необходимую информацию о карантинных фитосанитарных мерах и предусмотреть условия, обеспечивающие предупреждение ввоза карантинных объектов. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z124" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заключенный договор, содержащий информацию конфиденциального характера, не должен разглашаться без письменного согласия поставщика.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z124" w:id="180"/>
-[...15 lines deleted...]
-      Заключенный договор, содержащий информацию конфиденциального характера, не должен разглашаться без письменного согласия поставщика.</w:t>
+    <w:bookmarkStart w:name="z67" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ввоз на территорию Республики Казахстан, начало и завершение транзита по территории Республики Казахстан подкарантинной продукции разрешаются только через фитосанитарные контрольные посты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z67" w:id="181"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оформление таможенных документов на подкарантинную продукцию проводится после завершения государственного карантинного фитосанитарного контроля и надзора.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11020,165 +11192,165 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ввоз подкарантинной продукции иностранными дипломатическими представительствами, консульскими учреждениями, представительствами международных организаций, находящимися на территории Республики Казахстан, а также лицами, пользующимися привилегиями и иммунитетом, производится в соответствии с законодательством Республики Казахстан и (или) международными договорами, ратифицированными Республикой Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В местах назначения подкарантинной продукции высокого фитосанитарного риска оригинал фитосанитарного сертификата государства места отправления подлежит изъятию государственным инспектором по карантину растений при осуществлении карантинного фитосанитарного контроля и надзора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z68" w:id="182"/>
+    <w:bookmarkStart w:name="z68" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2-1. Запрещается ввоз на территорию Республики Казахстан: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) подкарантинной продукции высокого фитосанитарного риска без фитосанитарных сертификатов национальных карантинных служб стран-экспортеров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z107" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) подкарантинной продукции, зараженной карантинными объектами и чужеродными видами, за исключением случаев, предусмотренных едиными карантинными фитосанитарными требованиями Евразийского экономического союза;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) подкарантинной продукции высокого фитосанитарного риска без фитосанитарных сертификатов национальных карантинных служб стран-экспортеров;</w:t>
-[...18 lines deleted...]
-      2) подкарантинной продукции, зараженной карантинными объектами и чужеродными видами, за исключением случаев, предусмотренных едиными карантинными фитосанитарными требованиями Евразийского экономического союза;</w:t>
+      3) почвы, живых укорененных растений с почвой из зон, мест и (или) участков производства, имеющих очаги распространения карантинных объектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) возбудителей болезней растений - культуры живых грибов, бактерий, вирусов, а также насекомых, клещей, нематод, повреждающих растения, семян карантинных сорняков, за исключением образцов, ввозимых по согласованию с уполномоченным органом для научно-исследовательских целей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z189" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) подкарантинной продукции, в отношении которой введены временные карантинные фитосанитарные меры.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="183"/>
-    <w:p>
-[...55 lines deleted...]
-    <w:bookmarkStart w:name="z69" w:id="185"/>
+    <w:bookmarkStart w:name="z69" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Исключен Законом РК от 17.07.2009 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11193,111 +11365,111 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ст.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z70" w:id="186"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z70" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Вывоз подкарантинной продукции разрешается при наличии фитосанитарных сертификатов, выдаваемых территориальными подразделениями ведомства уполномоченного органа: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z98" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) за пределы Республики Казахстан при соблюдении требований законодательства Республики Казахстан в области карантина растений, наличии фитосанитарных сертификатов в соответствии с карантинными фитосанитарными требованиями страны-импортера;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z98" w:id="187"/>
-[...15 lines deleted...]
-      1) за пределы Республики Казахстан при соблюдении требований законодательства Республики Казахстан в области карантина растений, наличии фитосанитарных сертификатов в соответствии с карантинными фитосанитарными требованиями страны-импортера;</w:t>
+    <w:bookmarkStart w:name="z99" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) внутри Республики Казахстан при соблюдении требований законодательства Республики Казахстан в области карантина растений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z99" w:id="188"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Карантинное состояние вывозимой за пределы территории Республики Казахстан подкарантинной продукции на соответствие карантинным фитосанитарным требованиям страны-импортера удостоверяется государственными инспекторами по карантину растений в местах первоначальной отгрузки и вторично – в морских и речных портах (пристанях), аэропортах, на железнодорожных станциях, производственных объектах операторов почты, объектах внутренней торговли, автовокзалах (автостанциях) и иных объектах при перегрузке (формировании) экспортных партий. При вывозе за пределы территории Республики Казахстан без перегрузки на пункте пропуска через Государственную границу Республики Казахстан (фитосанитарном контрольном посту) осуществляется надзор только за правильным оформлением фитосанитарного сертификата, выданного с места отгрузки.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -11344,70 +11516,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z71" w:id="189"/>
+    <w:bookmarkStart w:name="z71" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Досмотр и обеззараживание подкарантинной продукции и транспортных средств, карантинная фитосанитарная экспертиза и (или) лабораторная экспертиза, выдача карантинных документов осуществляются за счет средств их владельцев в соответствии и в порядке, установленном законодательством Республики Казахстан в области карантина растений. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkEnd w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ввозимая на территорию Республики Казахстан подкарантинная продукция, транспорт, на котором перемещается подкарантинная продукция, подлежат государственному надзору в области карантина растений, и, при необходимости, - карантинному досмотру в фитосанитарных контрольных постах, а также карантинному досмотру по месту назначения подкарантинной продукции с оформлением соответствующих актов. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11472,70 +11644,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Посевной и посадочный материалы, зараженные карантинными объектами, представляющие научную или иную ценность, при обращении их владельцев передаются для исследования в уполномоченную организацию. При устранении зараженности карантинными объектами посевной и посадочный материалы возвращаются их владельцам.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Изъятие подкарантинной продукции (в том числе из почтовых отправлений, ручной клади и багажа) осуществляется государственным инспектором по карантину растений, о чем составляется акт изъятия. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z108" w:id="190"/>
+    <w:bookmarkStart w:name="z108" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       После прохождения карантинного досмотра подкарантинной продукции и проведения необходимых мероприятий по карантину растений государственный инспектор по карантину растений проставляет на сопроводительных товаротранспортных документах соответствующий штамп установленного образца о прохождении государственного карантинного фитосанитарного контроля и надзора и выдает ее владельцу акт карантинного фитосанитарного контроля и надзора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkEnd w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Грузовые операции (перегрузка на другие транспортные средства) с подкарантинной продукцией на фитосанитарных контрольных постах производятся ее владельцем по разрешению государственного инспектора по карантину растений после проведения государственного карантинного фитосанитарного контроля и надзора и обязательного карантинного досмотра.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11546,70 +11718,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ввозимая подкарантинная продукция, а также транспортные средства, прошедшие карантинный досмотр в фитосанитарных контрольных постах, представляются государственному инспектору по карантину растений для проведения вторичного карантинного фитосанитарного контроля и надзора в конечном пункте назначения подкарантинной продукции. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Досмотр подкарантинной продукции и транспортных средств, отбор образцов на анализ и экспертизу в пункте назначения подкарантинной продукции осуществляются государственными инспекторами по карантину растений территориального подразделения ведомства уполномоченного органа, в случае обнаружения организмов, сходных по морфологическим признакам с карантинными объектами, чужеродными видами, симптомов болезней растений, признаков повреждения подкарантинной продукции карантинными объектами и чужеродными видами образцы направляются на лабораторную экспертизу для установления видового состава вредителей, болезней растений и сорняков. По результатам карантинного фитосанитарного контроля и надзора составляется акт с записью об условиях использования этой продукции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="191"/>
+    <w:bookmarkStart w:name="z78" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Обеззараживанию подлежат транспортные средства и подкарантинная продукция, зараженные карантинными объектами, продукция, обеззараживание которой предусмотрено, а также транспортные средства и подкарантинная продукция, потенциально опасные в карантинном отношении, по предписанию Главного государственного инспектора по карантину растений Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkEnd w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Обеззараживание подкарантинной продукции, предусмотренное по предписаниям государственных инспекторов по карантину растений по результатам карантинного досмотра, проводится за счет средств владельцев подкарантинной продукции на договорной основе с физическими и юридическими лицами, допущенными к осуществлению указанных видов деятельности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12368,51 +12540,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 14. Порядок наложения и снятия карантина</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="192"/>
+    <w:bookmarkStart w:name="z32" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Исключен Законом РК от 17.07.2009 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12427,301 +12599,301 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ст.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z72" w:id="193"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z72" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В карантинных зонах запрещаются или вводятся ограничения на вывоз зараженной карантинными объектами подкарантинной продукции, разрабатываются и осуществляются мероприятия по карантину растений. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зараженная продукция, вывезенная из карантинной зоны, подлежит возврату, очистке, обеззараживанию либо передаче ее перерабатывающим организациям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зараженная продукция, при невозможности ее обеззараживания и переработки, подлежит изъятию и уничтожению в порядке, установленном нормативными правовыми актами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перечень карантинных ограничений и мероприятии по карантину растений доводится до сведения физических, юридических лиц и населения карантинной зоны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 14 с изменениями, внесенными законами РК от 20.12.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2005); от 31.01.2006 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 125</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 17.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 189-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Разрешение споров и ответственность</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>за нарушение законодательства</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Республики Казахстан в области</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>карантина растений</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="193"/>
-    <w:p>
-[...228 lines deleted...]
-    <w:bookmarkEnd w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 4 с изменениями, внесенными Законом РК от 17.07.2009 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12888,80 +13060,80 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="195"/>
+    <w:bookmarkStart w:name="z46" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Финансирование мероприятий по карантину</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>растений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkEnd w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 5 в редакции Закона РК от 18.02.2002 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13040,399 +13212,399 @@
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 1 января 2005 г.)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 18. Финансирование мероприятий по карантину растений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="196"/>
+    <w:bookmarkStart w:name="z36" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. За счет бюджетных средств осуществляется финансирование мероприятий по:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z198" w:id="197"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z198" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) локализации и ликвидации очагов распространения карантинных объектов и чужеродных видов, определенных уполномоченным органом в соответствии с подпунктом 8-1) пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, а также проведению экстренных мер;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z199" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организации и обеспечению доступа представителям страны-импортера для проведения аудита системы государственного карантинного фитосанитарного контроля и надзора;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z199" w:id="198"/>
-[...15 lines deleted...]
-      2) организации и обеспечению доступа представителям страны-импортера для проведения аудита системы государственного карантинного фитосанитарного контроля и надзора;</w:t>
+    <w:bookmarkStart w:name="z200" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) организации и проведению представителями страны-импортера инспектирования подкарантинных объектов, зон, мест, участков производства, свободных или имеющих ограниченное распространение карантинных объектов и (или) чужеродных видов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z200" w:id="199"/>
-[...15 lines deleted...]
-      3) организации и проведению представителями страны-импортера инспектирования подкарантинных объектов, зон, мест, участков производства, свободных или имеющих ограниченное распространение карантинных объектов и (или) чужеродных видов.</w:t>
+    <w:bookmarkStart w:name="z94" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. За счет средств физических и (или) юридических лиц выполняются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z94" w:id="200"/>
-[...15 lines deleted...]
-      2. За счет средств физических и (или) юридических лиц выполняются:</w:t>
+    <w:bookmarkStart w:name="z95" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мероприятия по локализации и ликвидации очагов распространения карантинных объектов и чужеродных видов на земельных участках, находящихся в собственности и (или) землепользовании физических и юридических лиц, за исключением случаев, указанных в подпункте 1) пункта 1 настоящей статьи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z95" w:id="201"/>
-[...15 lines deleted...]
-      1) мероприятия по локализации и ликвидации очагов распространения карантинных объектов и чужеродных видов на земельных участках, находящихся в собственности и (или) землепользовании физических и юридических лиц, за исключением случаев, указанных в подпункте 1) пункта 1 настоящей статьи;</w:t>
+    <w:bookmarkStart w:name="z96" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеззараживание, техническая переработка, очистка и уничтожение зараженной подкарантинной продукции, возврат подкарантинной продукции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z96" w:id="202"/>
-[...15 lines deleted...]
-      2) обеззараживание, техническая переработка, очистка и уничтожение зараженной подкарантинной продукции, возврат подкарантинной продукции;</w:t>
+    <w:bookmarkStart w:name="z97" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обеззараживание и очистка помещений и транспортных средств.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z97" w:id="203"/>
-[...15 lines deleted...]
-      3) обеззараживание и очистка помещений и транспортных средств.</w:t>
+    <w:bookmarkStart w:name="z201" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Финансирование мероприятий, предусмотренных подпунктом 3) пункта 1 настоящей статьи, сверх объема их финансирования за счет бюджетных средств на соответствующий финансовый год осуществляется из иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z201" w:id="204"/>
-[...15 lines deleted...]
-      3. Финансирование мероприятий, предусмотренных подпунктом 3) пункта 1 настоящей статьи, сверх объема их финансирования за счет бюджетных средств на соответствующий финансовый год осуществляется из иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 18 в редакции Закона РК от 16.07.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 330-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); с изменениями, внесенными Законом РК от 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 6. Международное сотрудничество в области</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>карантина растений</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...82 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...27 lines deleted...]
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 19. Принципы международного сотрудничества в области карантина растений </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="206"/>
+    <w:bookmarkStart w:name="z39" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Республика Казахстан осуществляет международное сотрудничество в области карантина растений, руководствуясь принципами соблюдения взаимной безопасности от заноса и распространения карантинных объектов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkEnd w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 20. Деятельность иностранцев и иностранных юридических лиц в области карантина растений на территории Республики Казахстан </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -13464,70 +13636,70 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ст.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="207"/>
+    <w:bookmarkStart w:name="z41" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       На территории Республики Казахстан допускается деятельность иностранцев и иностранных юридических лиц в области карантина растений, если она не противоречит законодательству Республики Казахстан или регламентируется международными договорами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkEnd w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13825,55 +13997,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -14199,31 +14371,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>