--- v0 (2025-10-06)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="252efb4" w14:textId="252efb4">
+    <w:p w14:paraId="f018110" w14:textId="f018110">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -5043,10321 +5043,10583 @@
         </w:rPr>
         <w:t>
       2. Приобретенное оружие подлежит регистрации в соответствующем органе внутренних дел в недельный срок со дня его приобретения. При регистрации оружия выдается разрешение на хранение, хранение и ношение этого оружия сроком на пять лет на основании документов, подтверждающих законность приобретения оружия.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z150" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Владелец оружия обращается в орган внутренних дел по месту регистрации оружия до окончания срока действия разрешения для получения нового.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z151" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В ч.3 пункта 2 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Форма разрешения утверждается уполномоченным органом в сфере контроля за оборотом оружия по согласованию с уполномоченным органом в сфере разрешений и уведомлений и уполномоченным органом в сфере информатизации.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Руководители организаций (юридических лиц с особыми уставными задачами) передают оружие штатным работникам на период исполнения ими своих функций. Оружие выдается после прохождения работниками соответствующей подготовки. Эти работники обязаны проходить периодическую проверку на пригодность к действиям в условиях, связанных с применением огнестрельного оружия, и иметь разрешения органов внутренних дел на хранение и ношение служебного оружия. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Содержание программы подготовки и порядок проведения проверки определяются уполномоченным органом в сфере контроля за оборотом оружия. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 14 с изменениями, внесенными законами РК от 22.02.2002 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 297</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 27.07.2007 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 318</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 29.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 05.07.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 13.10.2011); от 16.05.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 29.03.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 479-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 24.11.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 75-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 15. Право на приобретение оружия гражданами Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Право на приобретение гражданского оружия, за исключением огнестрельного гладкоствольного длинноствольного оружия самообороны и охотничьего оружия, имеют граждане Республики Казахстан, достигшие восемнадцатилетнего возраста, после получения разрешения на приобретение конкретного вида оружия в органах внутренних дел по месту жительства.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z138" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Право на приобретение, хранение, ношение и использование метательного оружия (луков и арбалетов) для спортивных целей имеют граждане Республики Казахстан, достигшие 16-летнего возраста. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z139" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Механические распылители, аэрозольные и другие устройства, снаряженные слезоточивыми или раздражающими веществами, пневматическое оружие с дульной энергией не более 7,5 Дж и калибром до 4,5 миллиметров включительно регистрации не подлежат.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z166" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сигнальное, охолощенное оружие, механические распылители, аэрозольные и другие устройства, снаряженные слезоточивыми или раздражающими веществами, пневматическое оружие с дульной энергией не более 7,5 Дж и калибром до 4,5 миллиметров включительно граждане Республики Казахстан имеют право приобретать у юридических лиц – поставщиков без получения разрешения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z94" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Огнестрельное гладкоствольное длинноствольное оружие, указанное в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункте 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 настоящего Закона, граждане Республики Казахстан, достигшие двадцатиоднолетнего возраста, имеют право приобретать в целях самообороны без права ношения по разрешениям, выдаваемым органами внутренних дел по месту жительства, без наличия удостоверения охотника.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z95" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Огнестрельное гладкоствольное длинноствольное оружие и охотничье пневматическое оружие имеют право приобретать достигшие двадцатиоднолетнего возраста граждане Республики Казахстан с правом хранения и ношения, которые имеют удостоверения охотника.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Охотничье огнестрельное оружие с нарезным стволом имеют право приобретать граждане Республики Казахстан, имеющие в собственности охотничье огнестрельное гладкоствольное длинноствольное оружие не менее трех лет, которым в установленном порядке предоставлено право на охоту. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z97" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Общее количество оружия, приобретенного гражданином Республики Казахстан, не должно превышать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) охотничьего огнестрельного оружия: с нарезным стволом – двух единиц; гладкоствольного – двух единиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) оружия самообороны – двух единиц, в том числе огнестрельного гладкоствольного длинноствольного оружия либо газовых пистолетов, револьверов либо электрического оружия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Данные ограничения не распространяются на оружие, являющееся объектом коллекционирования. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z140" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Граждане Республики Казахстан имеют право приобретать газовые пистолеты и револьверы, электрическое оружие в целях самообороны с правом хранения и ношения по разрешениям, выдаваемым органами внутренних дел. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z98" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Приобретенное гражданином Республики Казахстан огнестрельное длинноствольное оружие, охотничье пневматическое оружие, метательное оружие (луки и арбалеты), электрическое оружие, а также газовые пистолеты и револьверы подлежат регистрации в органах внутренних дел по месту жительства в недельный срок со дня приобретения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При регистрации огнестрельного гладкоствольного длинноствольного оружия самообороны гражданину Республики Казахстан органом внутренних дел по месту жительства выдается сроком на пять лет разрешение на хранение такого оружия, а при регистрации охотничьего и спортивного оружия, газовых пистолетов и револьверов, метательного оружия (луков и арбалетов), электрического оружия - разрешение на его хранение и ношение. Разрешение выдается сроком на пять лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z152" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Владелец оружия обращается в орган внутренних дел по месту регистрации оружия до окончания срока действия разрешения для получения нового.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 14 с изменениями, внесенными законами РК от 22.02.2002 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В ч.4 пункта 2 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма разрешения утверждается уполномоченным органом в сфере контроля за оборотом оружия по согласованию с уполномоченным органом в сфере разрешений и уведомлений и уполномоченным органом в сфере информатизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z99" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Для получения разрешения на приобретение, хранение, хранение и ношение оружия гражданин Республики Казахстан обязан представить в органы внутренних дел по месту жительства заявление в установленной форме, медицинское заключение об отсутствии противопоказаний к владению оружием, установленное уполномоченным органом в области здравоохранения, и справку о прохождении программы подготовки и переподготовки владельцев и пользователей гражданского и служебного оружия на знание правил безопасного обращения с гражданским и служебным оружием.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z182" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перечень медицинских противопоказаний, порядок прохождения медицинского осмотра для получения разрешений в сферах оборота гражданского и служебного оружия, гражданских пиротехнических веществ в соответствии с законодательством Республики Казахстан о разрешениях и уведомлениях, а также его периодичность определяются уполномоченным органом в области здравоохранения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z100" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Лица, впервые приобретающие огнестрельное гладкоствольное оружие самообороны, газовые пистолеты и револьверы, метательное оружие (луки и арбалеты), электрическое оружие, за исключением лиц, имеющих разрешение на хранение или хранение и ношение оружия, обязаны по месту жительства пройти проверку знаний правил безопасного обращения с гражданским и служебным оружием в организациях, определяемых уполномоченным органом в сфере контроля за оборотом оружия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z101" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. За выдачу разрешений на приобретение, хранение или хранение и ношение, перевозку, а также заключений на ввоз на территорию Республики Казахстан и вывоз с территории Республики Казахстан гражданского и служебного оружия и патронов к нему взимается государственная пошлина в соответствии с налоговым законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z102" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Военнослужащие Вооруженных Сил, других войск и воинских формирований, за исключением военнослужащих, проходящих воинскую службу в резерве, а также сотрудники специальных государственных и правоохранительных органов, за исключением органов государственной противопожарной службы, имеющие специальные звания и классные чины, разрешение на приобретение гражданского оружия получают без представления медицинского заключения об отсутствии противопоказаний к владению оружием.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 15 с изменениями, внесенными законами РК от 22.02.2002 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 297</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">; от 27.07.2007 </w:t>
+        <w:t xml:space="preserve">; от 13.12.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2005); от 27.07.2007 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">N 318 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 29.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 05.07.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 13.10.2011); от 21.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2014); от 23.04.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 200-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 22.12.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 18.03.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 237-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 07.07.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 361-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 11.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 136-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 18.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 175-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 16. Права и обязанности владельцев оружия</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Владельцы оружия имеют право: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) собственности на приобретенное в установленном порядке оружие и патроны к нему; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) получения компенсации стоимости оружия в случае изъятия или добровольной его сдачи в установленном законодательством порядке; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) продавать, дарить, наследовать либо передавать оружие во временное пользование в порядке, определенном Правительством Республики Казахстан в соответствии с законодательством Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) на хранение и ношение холодного оружия при наличии разрешения на право хранения и ношения огнестрельного оружия. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Владельцы оружия обязаны: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) зарегистрировать и перерегистрировать в органах внутренних дел имеющееся в собственности оружие, за исключением перечисленного в абзаце 3 пункта 1 статьи 15; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) соблюдать установленный порядок перевозки оружия и патронов к нему; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) обеспечивать сохранность оружия и патронов к нему; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) обеспечивать беспрепятственный доступ сотрудников органов внутренних дел на территорию контролируемых объектов и в места хранения оружия, представлять им необходимую документацию для ознакомления в соответствии с законодательством; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) в случае смерти владельца гражданского оружия члены семьи обязаны в месячный срок перерегистрировать или сдать на комиссионную реализацию это оружие;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-1) пройти один раз в пять лет проверку знаний правил безопасного обращения с гражданским и служебным оружием в организациях, определяемых уполномоченным органом в сфере контроля за оборотом оружия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) при перемене места жительства снять оружие с учета органа внутренних дел и в десятидневный срок поставить его на соответствующий учет по новому постоянному месту жительства, а при перемене места жительства в пределах одного района либо города, не имеющего районного деления, - в пятидневный срок уведомить об этом территориальный орган внутренних дел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 16 с изменениями, внесенными законами РК от 29.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 05.07.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 13.10.2011); от 22.12.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 18.03.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 237-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 17. Права и обязанности пользователей оружием</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Пользователи оружием имеют право: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) на хранение, хранение и ношение оружия в соответствии с предоставленным им правом; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) использовать оружие в случаях и порядке, установленных  законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Пользователи оружием обязаны: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) использовать оружие в соответствии с целевым назначением; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) соблюдать установленный порядок перевозки оружия и патронов к нему; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) обеспечивать сохранность оружия и патронов к нему, находящихся в пользовании; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) соблюдать требования безопасности при пользовании оружием и патронами к нему. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Пользователи оружием – юридические лица обязаны:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z185" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) хранить оружие в специально оборудованных хранилищах (оружейных комнатах) в непригодном для стрельбы состоянии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z186" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) хранить основные (составные) части оружия, непосредственно участвующие в производстве выстрела, в отдельных сейфах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z187" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обеспечивать беспрепятственный доступ сотрудников органов внутренних дел на территорию контролируемых объектов и в места хранения оружия, представлять им необходимую документацию для ознакомления в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Пользователи оружием – физические лица в соответствии с законодательством Республики Казахстан обязаны:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) предъявлять по требованию сотрудников органов внутренних дел для осмотра имеющиеся оружие, патроны к нему и места их хранения, а также необходимую документацию с целью контроля за соблюдением правил безопасного обращения с гражданским и служебным оружием;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) пройти один раз в пять лет проверку знаний правил безопасного обращения с гражданским и служебным оружием в организациях, определяемых уполномоченным органом в сфере контроля за оборотом оружия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 17 с изменениями, внесенными законами РК от 29.12.2006 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 209</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 22.12.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 18.03.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 237-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); от 11.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 136-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 18. Право применения оружия</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Правом применения конкретного вида оружия обладают лица, имеющие разрешение на его хранение, хранение и ношение для защиты жизни, здоровья и собственности в случаях необходимой обороны, крайней необходимости и при задержании лица, совершившего преступление.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Сотрудники организаций с особыми уставными задачами вправе применять оружие при выполнении возложенных на них законодательством задач по охране природы, природных ресурсов, собственности, доставке корреспонденции и специальных отправлений, защиты жизни и здоровья людей и для самообороны. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Применению оружия должно предшествовать четко выраженное предупреждение об этом лица, против которого оно будет применено. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Запрещается применять оружие в отношении женщин, лиц с явными признаками инвалидности, несовершеннолетних, когда их возраст известен или очевиден, кроме случаев совершения ими группового и (или) вооруженного нападения (насилия). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Во всех случаях применения оружия необходимо принять меры для обеспечения безопасности окружающих граждан, оказания неотложной медицинской помощи пострадавшим, сообщить органам внутренних дел и прокуратуры. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Правила охоты с применением огнестрельного оружия утверждаются уполномоченным государственным органом в области охраны, воспроизводства и использования животного мира. Правила применения оружия при занятиях спортом и в учебных целях утверждаются уполномоченным органом в области физической культуры и спорта по согласованию с уполномоченным органом в сфере контроля за оборотом оружия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 18 с изменениями, внесенными законами РК от 23.04.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 200-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 11.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 136-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 19. Приостановление, возобновление и прекращение действия разрешений, а также отказ в их выдаче</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Разрешения первой и второй категорий в сфере оборота гражданского и служебного оружия органами внутренних дел приостанавливаются в случаях, если лицо:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) не имеет постоянного места жительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) не имеет надлежащих условий для хранения оружия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) является должником по исполнительному производству о выселении и сносе по внесенному представлению судебного исполнителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае привлечения лица к уголовной ответственности действие разрешения приостанавливается до принятия решения судом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Принятию решения о приостановлении действия разрешения по основаниям, предусмотренным настоящим Законом, должно предшествовать предварительное письменное предупреждение владельца разрешения органом внутренних дел, выдавшим разрешение. В предупреждении указывается, какие именно правовые нормы и правила нарушены или не исполнены, и назначается срок не более тридцати календарных дней для устранения допущенных нарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. При устранении нарушений, явившихся основанием для приостановления действия разрешения, владелец разрешения вправе до истечения срока приостановления действия разрешения подать в орган внутренних дел заявление об устранении нарушений с приложением копий подтверждающих документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Возобновление и инициирование прекращения действия разрешения осуществляются в порядке и по основаниям, установленным Законом Республики Казахстан "О разрешениях и уведомлениях".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В случае непредставления владельцем разрешения заявления об устранении нарушений, явившихся основанием для приостановления действия разрешения, до истечения срока приостановления орган внутренних дел инициирует процедуру прекращения действия разрешения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В процессе рассмотрения вопроса о прекращении действия разрешения владелец разрешения вправе доказывать факт устранения нарушения. В этом случае разрешительный орган должен руководствоваться пунктом 2 настоящей статьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Прекращение действия разрешений в сфере оборота гражданского и служебного оружия без предварительного приостановления производится органами внутренних дел в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) добровольного отказа от разрешения либо смерти собственника оружия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наличия не погашенной или не снятой в установленном законом порядке судимости за совершение преступления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) освобождения от уголовной ответственности по нереабилитирующим основаниям до истечения срока нижнего предела наказания в виде лишения свободы, предусмотренного соответствующей частью статьи </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Особенной части</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уголовного кодекса Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) совершения повторно в течение года административного правонарушения, предусмотренного статьями </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>127</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>128</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>131</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>382</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>434</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>437</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>438</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>440</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>443</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>444</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>448</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>462</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>481</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>482</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>484</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>485</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>485-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>486</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>487</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>489</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>490</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>492</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>493</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>506</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кодекса Республики Казахстан об административных правонарушениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) совершения уголовного проступка, предусмотренного статьями 108-1 (частью первой), 109-1, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>287</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (частью первой), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>288</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (частью четвертой), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>289</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>296</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (частями первой, второй и третьей), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>389</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (частями первой и второй) Уголовного кодекса Республики Казахстан, административного правонарушения, предусмотренного статьями </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>73</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 440-1, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>453</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>461</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>476</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>477</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>478</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>488</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кодекса Республики Казахстан об административных правонарушениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) возникновения обстоятельств, предусмотренных законодательством Республики Казахстан, исключающих возможность получения разрешений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) конструктивной переделки владельцем гражданского или служебного оружия, повлекшей за собой изменение баллистических и других технических характеристик указанного оружия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) несоответствия гражданского и служебного оружия техническому регламенту в сфере оборота гражданского и служебного оружия и патронов к нему, а также конструктивно сходных с оружием изделий и криминалистическим требованиям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-1) несдачи экзамена для проверки знаний правил безопасного обращения с гражданским и служебным оружием в течение двух месяцев со дня получения постановления о направлении владельца и (или) пользователя гражданского и служебного оружия на проверку знаний правил безопасного обращения с оружием;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) если лицо состоит на учете органов внутренних дел и (или) национальной безопасности по линии борьбы с экстремизмом, терроризмом или организованной преступностью; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z188" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) повторной утери зарегистрированного оружия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z189" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) прекращения гражданства Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z190" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) вынесения защитного предписания по факту совершения бытового насилия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 13) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) если имеются медицинские противопоказания к владению оружием. Информационное взаимодействие между уполномоченным органом в области здравоохранения и уполномоченным органом в сфере контроля за оборотом оружия, в том числе обмен сведениями о владельцах оружия, об оформленных медицинских заключениях, а также выявленных у владельца оружия заболеваниях, при наличии которых противопоказано владение оружием, осуществляется посредством интеграции соответствующих информационных систем государственных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Решение органа внутренних дел о прекращении действия разрешения в сфере оборота гражданского и служебного оружия может быть обжаловано в порядке, установленном законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае прекращения действия разрешения повторное обращение за его получением возможно по истечении трех лет со дня прекращения действия. В случае добровольного отказа от разрешения сроки для повторного обращения за его получением не устанавливаются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Органы внутренних дел отказывают в выдаче разрешений в сфере оборота гражданского и служебного оружия в случаях, предусмотренных пунктами 1 и 4 настоящей статьи, а равно лицам, имеющим снятую или погашенную судимость за совершение тяжкого, особо тяжкого преступлений, связанных с незаконным оборотом оружия, наркотических средств, психотропных веществ, их аналогов, прекурсоров, сильнодействующих веществ, а также за совершение террористических, экстремистских преступлений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Требования настоящей статьи распространяются на наградное оружие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 19 в редакции Закона РК от 16.05.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); с изменениями, внесенными законами РК от 05.07.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 236-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2015); от 22.12.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 18.03.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 237-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); от 29.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2021); от 31.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 100</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 11.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 136-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 02.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 150-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 20. Изъятие оружия и патронов к нему</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Изъятие оружия и патронов к нему производится: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) органами внутренних дел в случаях: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      отсутствия лицензий на разработку, производство и ремонт гражданского и служебного оружия и патронов к нему, торговлю ими, приобретение, коллекционирование или экспонирование, а также разрешений на хранение или хранение и ношение оружия или регистрации его за владельцем; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      приостановления действия или лишения указанных лицензий и разрешений в установленном порядке; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нарушения юридическими или физическими лицами установленных настоящим Законом и иными нормативными правовыми актами Республики Казахстан требований безопасности, правил передачи, приобретения, коллекционирования, экспонирования, регистрации, учета, хранения, ношения, перевозки и применения оружия до принятия окончательного решения в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      смерти собственника оружия до решения вопроса наследования имущества; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) органами, осуществляющими государственный надзор за соблюдением правил охоты, рыболовства, охраны природы и природных ресурсов, в случаях пресечения нарушений гражданами законодательства Республики Казахстан об охране окружающей среды в пределах их компетенции с последующей передачей оружия в органы внутренних дел; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) службой экономических расследований в случаях, предусмотренных законодательством Республики Казахстан, с последующей передачей оружия в органы внутренних дел;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) в других случаях, предусмотренных законодательством Республики Казахстан, с последующей передачей оружия в органы внутренних дел. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Наградное оружие изымается у граждан органами внутренних дел за допущенные нарушения правил хранения, перевозки и использования в соответствии с действующим законодательством. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Порядок изъятия оружия и патронов к нему определяется уполномоченным органом в сфере контроля за оборотом оружия. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Изъятое, добровольно сданное, а также конфискованное гражданское и служебное оружие и патроны к нему, технически пригодные для эксплуатации, подлежат в соответствии с законодательством Республики Казахстан утилизации либо реализации через юридических лиц, имеющих лицензии на торговлю гражданским и служебным оружием.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 20 с изменениями, внесенными законами РК от 29 декабря 2006 г. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 209</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статью 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 12 января 2007 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 222</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении 6 месяцев со дня его официального опубликования); от 10.01.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 383-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 21.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении тридцати календарных дней после его первого официального опубликования); от 23.04.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 200-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 16.05.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 07.11.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 11.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 136-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Оборот отдельных видов оружия</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 21. Производство оружия и патронов к нему </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Производство оружия, его основных (составных) частей, сборка, переделка или ремонт оружия с целью возврата ему утраченных поражающих свойств, а также патронов к нему подлежат лицензированию в соответствии с законодательством Республики Казахстан о разрешениях и уведомлениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Юридические лица, производящие оружие и патроны к нему, должны обеспечивать безопасность производства, контроль за ним, соответствующее качество выпускаемой продукции, ее учет и сохранность. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Каждая единица изготовленного оружия, за исключением механических распылителей, аэрозольных и других устройств, снаряженных слезоточивыми или раздражающими веществами, должна иметь индивидуальный номер. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Боевое ручное стрелковое оружие и патроны к нему изготавливаются только для поставок Вооруженным Силам, другим войскам и воинским формированиям, специальным государственным и правоохранительным органам, а также для поставок в другие государства в соответствии с правилами оборота вооружения и военной техники, утвержденными Правительством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 21 с изменениями, внесенными законами РК от 12 января 2007 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 222</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении 6 месяцев со дня его официального опубликования); от 23.04.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 200-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 16.05.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 18.03.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 237-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); от 11.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 136-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 22. Торговля гражданским и служебным оружием и патронами к нему</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Торговля гражданским и служебным оружием и патронами к нему осуществляется организациями, получившими в установленном законодательством порядке лицензии на данный вид деятельности. Лицензии на торговлю гражданским и служебным оружием и патронами к нему выдаются уполномоченным органом в сфере контроля за оборотом оружия только организациям, специально созданным для этих целей. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Организации, осуществляющие торговлю оружием и патронами к нему, обязаны: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) иметь сертификат соответствия на продаваемое оружие; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) обеспечивать учет приобретаемого и продаваемого оружия, а также хранение учетной документации в течение 10 лет; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) требовать от покупателя (юридического лица) предъявления лицензии на приобретение данного вида оружия, за исключением оружия, на приобретение которого лицензии не требуется; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) регистрировать в лицензии или разрешении покупателя продаваемое гражданское и служебное оружие, подлежащее регистрации, а также в удостоверении охотника - охотничье холодное оружие; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) представлять в органы внутренних дел ежемесячно сведения о проданном служебном и гражданском оружии и его покупателях в установленном уполномоченным органом в сфере контроля за оборотом оружия порядке; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) обеспечивать сохранность и безопасность их хранения; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) представлять в Государственную пулегильзотеку пули и гильзы, отстрелянные из продаваемого служебного и гражданского оружия; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) обеспечить знание персоналом законодательства об обороте оружия. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Запрещаются торговля оружием физическим и юридическим лицам, не представившим разрешение на приобретение данного вида оружия, а также продажа оружия без номера и клейма либо патронов без знака соответствия требованиям технических регламентов в сфере оборота гражданского и служебного оружия и патронов к нему.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Торговля гражданским и служебным оружием и патронами к нему должна быть приостановлена:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) по требованию Службы государственной охраны на срок, необходимый для проведения охранных мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в случаях, предусмотренных законодательными актами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Юридическое лицо, занимающееся торговлей гражданским и служебным оружием и патронами к нему, не вправе осуществлять иную предпринимательскую деятельность, за исключением деятельности по разработке, производству, ремонту, приобретению, экспонированию, ввозу и вывозу данных видов оружия, приобретению, ввозу, вывозу и торговле запасными частями к нему, спортивными товарами, охотничьими и рыболовными принадлежностями, гражданскими пиротехническими веществами и изделиями с их применением бытового назначения, а также открытию и функционированию стрелковых тиров (стрельбищ) и стендов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Юридическим лицам, имеющим лицензии на торговлю гражданским и служебным оружием и патронами к нему, запрещаются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) совмещение продажи в одном торговом зале оружия и иных видов товаров, за исключением спортивных, охотничьих и рыболовных принадлежностей и запасных частей к данному оружию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) размещение помещения для хранения оружия и патронов к нему и торговли ими в жилых домах (жилых зданиях), на территориях развлекательных заведений, торговых объектов, в которых осуществляется торговля иными видами товаров, организаций образования, здравоохранения и культуры, спортивных объектов, гостиниц, объектов общественного питания, вокзалов, станций, линий метрополитена, портов, аэропортов, аэродромов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) выставление оружия в торговом зале, в специально оборудованном хранилище (оружейных комнатах) в состоянии, позволяющем производство выстрела.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Лицензия на торговлю гражданским и служебным оружием и патронами к нему не дает права на открытие филиалов юридических лиц, созданных для торговли гражданским и служебным оружием и патронами к нему. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Юридические лица, имеющие лицензии на торговлю гражданским и служебным оружием и патронами к нему, имеют право приобретать их у субъектов, указанных в статье 12 настоящего Закона. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 22 с изменениями, внесенными законами РК от 29 декабря 2006 г. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 209</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статью 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); Законом РК от 27 июля 2007 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 318</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ст.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">); от 22.12.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 11.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 136-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 23. Продажа или передача оружия</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Субъекты, имеющие право на приобретение оружия в соответствии с настоящим Законом, могут продавать находящиеся у них на законных основаниях гражданское и служебное оружие и патроны к нему юридическим лицам, имеющим лицензии на торговлю гражданским и служебным оружием, с предварительным уведомлением об этом органов внутренних дел по месту учета оружия. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. Исключен Законом РК от 18.03.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 237-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Граждане Республики Казахстан имеют право отчуждать находящееся у них на законных основаниях на праве собственности оружие юридическим лицам, имеющим лицензии на торговлю гражданским и служебным оружием или на коллекционирование или экспонирование оружия, с предварительным уведомлением органов внутренних дел, выдавших им разрешения на хранение, хранение и ношение оружия, а также гражданам, имеющим разрешения на приобретение оружия, после перерегистрации оружия в органах внутренних дел по месту учета оружия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Юридические лица, указанные в подпунктах 2) – 8) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона, при реорганизации или ликвидации могут передавать гражданское и служебное оружие и патроны к нему субъектам, имеющим разрешения на их приобретение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 23 с изменениями, внесенными законами РК от 27.07.2007 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 318</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">); от 29.12.2010 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 372-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 05.07.2011 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 23.04.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 200-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.03.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 479-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); от 18.03.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 237-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 24. Награждение оружием</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Наградным является оружие, полученное гражданами Республики Казахстан на основании Указа Президента Республики Казахстан, постановления Правительства Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Граждане Республики Казахстан могут получить наградное оружие на основании наградных документов глав иностранных государств, глав и членов правительств иностранных государств. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Разрешение на хранение и ношение наградного оружия гражданами Республики Казахстан выдается уполномоченным органом в сфере контроля за оборотом оружия. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Наградным не может быть оружие, позволяющее вести огонь очередями с емкостью магазина (барабана) более 10 патронов, а также запрещенное настоящим Законом к обороту на территории Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В случае смерти собственника наградного оружия, указанное оружие сдается органам внутренних дел. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Наградное оружие может быть передано для хранения в музеи после соответствующей перерегистрации и переделки оружия органами внутренних дел. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 25. Ввоз на территорию Республики Казахстан и вывоз из Республики Казахстан оружия и патронов к нему </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Ввоз на территорию Республики Казахстан и вывоз из Республики Казахстан боевого ручного стрелкового и холодного оружия осуществляются в соответствии с законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z58" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ввоз на территорию Республики Казахстан и вывоз с территории Республики Казахстан гражданского и служебного оружия и патронов к нему осуществляются на основании заключения, выдаваемого уполномоченным органом в сфере контроля за оборотом оружия в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Транзит через территорию Республики Казахстан гражданского и служебного оружия и патронов к нему осуществляется на основании заключения уполномоченного органа в сфере контроля за оборотом оружия в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Ввоз на территорию Республики Казахстан, вывоз с территории Республики Казахстан, а также транзит через территорию Республики Казахстан единичных экземпляров гражданского и служебного оружия и патронов к нему производятся на основании заключений органов внутренних дел с учетом требований настоящего Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 25 с изменениями, внесенными законами РК от 21.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении тридцати календарных дней после его первого официального опубликования); от 29.03.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 479-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); от 18.03.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 237-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 26. Приобретение на территории Республики Казахстан, ввоз в Республику Казахстан и вывоз из Республики Казахстан гражданского оружия и патронов к нему, боевого ручного стрелкового оружия и патронов к нему иностранцами</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Иностранцы, зарегистрированные в органах внутренних дел в установленном порядке для проживания на территории Республики Казахстан на срок не менее одного года, имеют право на приобретение в Республике Казахстан газовых пистолетов и револьверов на общих основаниях по ходатайствам дипломатических представительств государств, гражданами которых они являются. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Иностранцы, зарегистрированные в органах внутренних дел в установленном порядке для проживания на территории Республики Казахстан, приобретают у юридических лиц-поставщиков механические распылители, аэрозольные и другие устройства, снаряженные слезоточивыми или раздражающими веществами, пневматическое оружие с дульной энергией не более 7,5 Дж и калибром до 4,5 мм без получения разрешения. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z103" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Иностранцы, прибывшие на территорию Республики Казахстан с целью туризма, по частным и служебным делам и зарегистрированные в органах внутренних дел в установленном порядке для проживания на территории Республики Казахстан, имеют право на приобретение гражданского оружия на общих основаниях по ходатайствам дипломатических представительств государств, гражданами которых они являются, при условии его вывоза из Республики Казахстан в течение семи дней со дня его приобретения. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z104" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Дипломатическому и административно-техническому персоналу посольств, аккредитованных в Республике Казахстан, разрешается ввозить, приобретать и вывозить гражданское оружие в случаях и в порядке, установленных межгосударственными договорами. При этом указанное оружие в обязательном порядке подлежит регистрации в уполномоченном органе в сфере контроля за оборотом оружия. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z105" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Гражданское оружие и патроны к нему могут ввозиться иностранцами на территорию Республики Казахстан при наличии контракта на охоту или приглашения для участия в спортивных мероприятиях и на основании соответствующего заключения уполномоченного органа в сфере контроля за оборотом оружия. Ввезенное оружие должно быть вывезено из Республики Казахстан в сроки, установленные контрактом или приглашением.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z106" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Ввоз на территорию Республики Казахстан, вывоз с территории Республики Казахстан, а также транзит через территорию Республики Казахстан боевого ручного стрелкового оружия и патронов к нему сотрудниками иностранных правоохранительных органов, специальных служб и военизированных организаций, прибывающими в Республику Казахстан по приглашению или в связи с выполнением ими служебного задания, осуществляются по заключению руководителей соответствующих органов в порядке, определяемом Правительством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z107" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Оружие, ввезенное на территорию Республики Казахстан, применяется в соответствии с законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z108" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Нарушение сроков вывоза иностранцами оружия и патронов к нему из Республики Казахстан влечет его изъятие до решения вопроса в установленном законом порядке. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z109" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. За выдачу заключения на ввоз на территорию Республики Казахстан и вывоз с территории Республики Казахстан гражданского и служебного оружия и патронов к нему взимается государственная пошлина в соответствии с налоговым законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z110" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. За иностранцами сохраняется право дарения или реализации ввезенного ими гражданского оружия в порядке, установленном законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 26 с изменениями, внесенными законами РК от 13.12.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2005); от 27.07.2007 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 318</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 21.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2014); от 23.04.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 200-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 34-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 27. Хранение, ношение, перевозка, коллекционирование, экспонирование и уничтожение гражданского и служебного оружия и патронов к нему</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок статьи 27 в редакции Закона РК от 21.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении тридцати календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Хранение гражданского и служебного оружия и патронов к нему разрешается юридическим и физическим лицам, получившим в органах внутренних дел разрешения на хранение, хранение и ношение оружия. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Юридическим и физическим лицам запрещаются хранение и использование найденного ими или переданного им с нарушением законодательства Республики Казахстан огнестрельного оружия, собственниками которого они не являются. Такое оружие подлежит немедленной сдаче в органы внутренних дел. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Коллекционированием и экспонированием гражданского и служебного оружия на территории Республики Казахстан имеют право заниматься юридические и физические лица, имеющие соответствующие лицензии органов внутренних дел. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Запрещается экспонирование гражданского и служебного оружия в состоянии, позволяющем производство выстрела.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Порядок учета, хранения, ношения, перевозки, коллекционирования, экспонирования и уничтожения гражданского и служебного оружия и патронов к нему определяется уполномоченным органом в сфере контроля за оборотом оружия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 27 с изменениями, внесенными законами РК от 29.12.2006 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 209</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 21.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении тридцати календарных дней после его первого официального опубликования); от 22.12.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 6. Полномочия Правительства Республики Казахстан, </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>органов внутренних дел в сфере оборота оружия</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 28. Компетенция Правительства Республики Казахстан в сфере оборота оружия</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z62" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Правительство Республики Казахстан в сфере оборота оружия: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) исключен Законом РК от 18.03.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 237-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) (исключен - от 12 января 2007 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 222</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) исключен Законом РК от 18.03.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 237-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z143" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3-1) устанавливает порядок формирования Государственной пулегильзотеки; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) исключен Законом РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) исключен Законом РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) исключен Законом РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) (исключен - от 12 января 2007 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 222</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) (исключен); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) исключен Законом РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) исключен Законом РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11) исключен Законом РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) выполняет иные функции, возложенные на него Конституцией, законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 28 с изменениями, внесенными законами РК от 13 декабря 2004 г. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 1 января 2005 г.); от 20 декабря 2004 г. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 1 января 2005 г.); от 29 декабря 2006 г. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 209</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 12 января 2007 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 222</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении 6 месяцев со дня его официального опубликования); от 27 июля 2007 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 318 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 05.07.2011 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 452-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 13.10.2011); от 16.05.2014 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 29.03.2016 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 13.10.2011); от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 18.03.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 237-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 29. Компетенция органов внутренних дел в сфере оборота гражданского и служебного оружия</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z64" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Уполномоченный орган в сфере контроля за оборотом оружия: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) исключен Законом РК от 18.03.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 237-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) организует и осуществляет государственный контроль за оборотом гражданского и служебного оружия и патронов к нему; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) выдает лицензии на:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      право разработки, производства, ремонта, торговли, коллекционирования, экспонирования гражданского и служебного оружия и патронов к нему;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z73" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      право разработки, производства, торговли, использования гражданских пиротехнических веществ и изделий с их применением;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) выдает заключения на ввоз на территорию Республики Казахстан, вывоз с территории Республики Казахстан, а также транзит через территорию Республики Казахстан гражданского и служебного оружия и патронов к нему;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-1) исключен Законом РК от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) (исключен) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) разрабатывает и утверждает Кадастр гражданского и служебного оружия и патронов к нему; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) разрабатывает и утверждает технические регламенты в сфере оборота гражданского и служебного оружия и патронов к нему; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) разрабатывает и утверждает криминалистические требования и методы испытания гражданского и служебного оружия и патронов к нему, а также конструктивно сходных с оружием изделий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z144" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-1) разрабатывает и утверждает:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      правила оборота гражданского и служебного оружия и патронов к нему;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      правила безопасного обращения с гражданским и служебным оружием;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      программы подготовки и переподготовки владельцев и пользователей гражданского и служебного оружия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      критерии для организаций, осуществляющих подготовку и переподготовку владельцев и пользователей гражданского и служебного оружия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8-2) исключен Законом РК от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-3) устанавливает порядок добровольной возмездной сдачи гражданами незаконно хранящихся огнестрельного оружия, боеприпасов и взрывчатых веществ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-4) определяет порядок разработки, издания и ведения Государственного кадастра гражданского и служебного оружия и патронов к нему;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8-5) исключен Законом РК от 18.03.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 237-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8-6) исключен Законом РК от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z280" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-7) разрабатывает и утверждает нормативные правовые акты в сфере оборота гражданского, служебного оружия и патронов к нему в соответствии с целями и задачами настоящего Закона и законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Полномочия территориальных органов внутренних дел и на транспорте, осуществляющих государственный контроль за оборотом гражданского и служебного оружия и патронов к нему, определяются настоящим Законом и иными нормативными правовыми актами Республики Казахстан, регламентирующими оборот оружия. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 29 с изменениями, внесенными законами РК от 22.02.2002 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 297</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 20.12.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2005); от 29.12.2006 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 209</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статью 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 12.01.2007 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 222</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(вводится в действие по истечении 6 месяцев со дня его официального опубликования); от 27.07.2007 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 318</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 05.07.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 13.10.2011); от 15.07.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 461-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводятся в действие с 30.01.2012); от 21.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении тридцати календарных дней после его первого официального опубликования); от 23.04.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 200-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.03.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 479-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); от 18.03.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 237-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); от 25.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 272-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 24.11.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 75-VII</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 11.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 136-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z65" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...443 lines deleted...]
-    <w:bookmarkEnd w:id="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 7. Заключительные положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 30. Государственный контроль за оборотом оружия</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z67" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственный контроль за оборотом гражданского и служебного оружия и патронов к нему на территории Республики Казахстан проводят органы внутренних дел в форме проверок.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z192" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Порядок проведения проверки осуществляется в соответствии со статьей 30-1 настоящего Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственный контроль за оборотом оружия, имеющегося на вооружении Вооруженных Сил, других войск и воинских формирований, специальных государственных и правоохранительных органов, осуществляется руководителями указанных органов в порядке, определяемом Правительством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z193" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1. Проверка осуществляется на основании:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z194" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) акта о назначении проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z195" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) контроля исполнения предписаний об устранении выявленных нарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z74" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Должностные лица органов внутренних дел, уполномоченных на проведение проверки, имеют право:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) беспрепятственного доступа на территорию и в помещения субъекта (объекта) контроля и надзора в соответствии с предметом проверки при предъявлении документов, указанных в подпунктах 1) и 2) части первой пункта 2 статьи 30-1 настоящего Закона;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z196" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) производить осмотр оружия на территории Республики Казахстан в местах его разработки, производства, ремонта, торговли, коллекционирования, экспонирования, хранения, использования и уничтожения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) безвозмездно изымать и уничтожать в установленном порядке оружие, запрещенное к обороту на территории Республики Казахстан в соответствии со статьей 7 настоящего Закона, за исключением оружия, приобретенного до вступления в силу настоящего Закона и находящегося у владельцев на законных основаниях;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 15 с изменениями, внесенными законами РК от 22.02.2002 </w:t>
-[...159 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 22.12.2016 </w:t>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 3) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) получать документы (сведения) на бумажных и электронных носителях либо их копии для приобщения к акту о результатах проверки и предписанию об устранении выявленных нарушений, а также доступ к автоматизированным базам данных (информационным системам) в соответствии с предметом проверки и соблюдением требований о государственных секретах и иной охраняемой законом Республики Казахстан тайне;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) при выявлении нарушений установленных правил давать обязательные для исполнения физическими и юридическими лицами предписания об устранении этих нарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) проводить проверки, носящие внезапный характер, в том числе во внеурочное время (ночное, выходные или праздничные дни), на предмет соблюдения требований по обеспечению сохранности оружия и патронов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) при выявлении нарушений требований условий хранения и технической укрепленности, установленных законодательством Республики Казахстан, изымать оружие и патроны и сдавать их на ответственное хранение в органы внутренних дел до устранения выявленных нарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z197" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-1) осуществлять аудио-, фото- и видеосъемку;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z198" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-2) привлекать специалистов, консультантов и экспертов государственных органов, подведомственных и иных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) принимать иные меры, предусмотренные законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z75" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Должностные лица органов, уполномоченных осуществлять государственный контроль за оборотом гражданского и служебного оружия и патронов к нему, обязаны осуществлять проверки юридических лиц не реже одного раза в квартал, владельцев гражданского оружия – не реже одного раза в год.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z76" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. При осуществлении государственного контроля за оборотом гражданского и служебного оружия и патронов к нему на территории Республики Казахстан не требуются распределение проверяемых субъектов (объектов) по группам на основе оценки степени риска, составление проверочных листов, регистрация актов о назначении проверок в уполномоченном органе по правовой статистике и специальным учетам, извещение проверяемого субъекта о начале проведения проверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z77" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Должностные лица органов, уполномоченных осуществлять государственный контроль за оборотом гражданского и служебного оружия и патронов к нему, ведут ведомственный учет составленных актов о назначении и результатах проверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z199" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Субъекты контроля либо их уполномоченные представители при проведении проверки вправе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z200" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) не допускать к проверке должностных лиц органов, уполномоченных осуществлять государственный контроль за оборотом гражданского и служебного оружия и патронов к нему, прибывших для проведения проверки, в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z201" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отсутствия документов, предусмотренных подпунктами 1) и 2) части первой пункта 2 статьи 30-1 настоящего Закона;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z202" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      превышения либо истечения указанных в акте о назначении проверки сроков, не соответствующих срокам, установленным статьей 30-1 настоящего Закона;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z203" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) привлекать третьих лиц к участию в проверке в целях представления своих интересов и прав, а также осуществления третьими лицами фиксирования процесса осуществления проверки, а также отдельных действий должностного лица органа, уполномоченного осуществлять государственный контроль, проводимых в рамках проверки, с помощью средств аудио- и видеотехники, не создавая препятствий деятельности должностного лица органа, уполномоченного осуществлять государственный контроль за оборотом гражданского и служебного оружия и патронов к нему.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z204" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обжаловать акт о результатах проверки в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z205" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Субъект контроля при проведении проверки обязан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z206" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечить беспрепятственный доступ должностных лиц органов, уполномоченных осуществлять государственный контроль за оборотом гражданского и служебного оружия и патронов к нему, на территорию и в помещения субъекта (объекта) контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z207" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) представлять должностному лицу органов, уполномоченных осуществлять государственный контроль за оборотом гражданского и служебного оружия и патронов к нему, документы (сведения) на бумажных и электронных носителях либо их копии для приобщения к акту о результатах проверки и предписанию об устранении выявленных нарушений с соблюдением требований о государственных секретах и иной охраняемой законом Республики Казахстан тайне;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z208" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сделать отметку о получении акта о результатах проверки и предписания об устранении выявленных нарушений в день окончания проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z209" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) не допускать внесения изменений и дополнений в проверяемые документы (сведения) субъектов (объектов) контроля и надзора в период проведения проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z210" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) обеспечить безопасность лиц, прибывших для проведения проверки, от вредных и опасных производственных факторов воздействия в соответствии с установленными для данного объекта нормативами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 30 - в редакции Закона РК от 22.12.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 28-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 18.03.2019 </w:t>
-[...119 lines deleted...]
-        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными Законом РК от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 16. Права и обязанности владельцев оружия</w:t>
-[...7796 lines deleted...]
-      3) сделать отметку о получении акта о результатах проверки и предписания об устранении выявленных нарушений в день окончания проверки;</w:t>
+        <w:t>Статья 30-1. Порядок проведения проверки</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z212" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Проверка осуществляется на основании акта о назначении проверки и с посещением субъекта (объекта) контроля. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z209" w:id="140"/>
-[...15 lines deleted...]
-      4) не допускать внесения изменений и дополнений в проверяемые документы (сведения) субъектов (объектов) контроля и надзора в период проведения проверки;</w:t>
+    <w:bookmarkStart w:name="z213" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Должностные лица органов внутренних дел, уполномоченные на проведение проверки, при проверке субъектов (объектов) контроля, осуществляющих деятельность в сфере оборота гражданского и служебного оружия и патронов к нему, представляют:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z210" w:id="141"/>
-[...15 lines deleted...]
-      5) обеспечить безопасность лиц, прибывших для проведения проверки, от вредных и опасных производственных факторов воздействия в соответствии с установленными для данного объекта нормативами.</w:t>
+    <w:bookmarkStart w:name="z214" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) акт о назначении проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
-    <w:p>
-[...114 lines deleted...]
-      1. Проверка осуществляется на основании акта о назначении проверки и с посещением субъекта (объекта) контроля. </w:t>
+    <w:bookmarkStart w:name="z215" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) служебное удостоверение.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z213" w:id="143"/>
-[...15 lines deleted...]
-      2. Должностные лица органов внутренних дел, уполномоченные на проведение проверки, при проверке субъектов (объектов) контроля, осуществляющих деятельность в сфере оборота гражданского и служебного оружия и патронов к нему, представляют:</w:t>
+    <w:bookmarkStart w:name="z216" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В акте о назначении проверки указываются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z214" w:id="144"/>
-[...15 lines deleted...]
-      1) акт о назначении проверки;</w:t>
+    <w:bookmarkStart w:name="z217" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) номер и дата акта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z215" w:id="145"/>
-[...15 lines deleted...]
-      2) служебное удостоверение.</w:t>
+    <w:bookmarkStart w:name="z218" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наименование государственного органа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z216" w:id="146"/>
-[...15 lines deleted...]
-      В акте о назначении проверки указываются:</w:t>
+    <w:bookmarkStart w:name="z219" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) и должность должностного лица органов внутренних дел, уполномоченного на проведение проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z217" w:id="147"/>
-[...15 lines deleted...]
-      1) номер и дата акта;</w:t>
+    <w:bookmarkStart w:name="z220" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сведения о специалистах, консультантах и экспертах государственных органов, подведомственных и иных организаций, привлекаемых для проведения проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z218" w:id="148"/>
+    <w:bookmarkStart w:name="z221" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) наименование субъекта контроля или фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) физического лица, в отношении которого назначено проведение проверки, его место нахождения, идентификационный номер, перечень объектов, участок территории;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z222" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) предмет назначенной проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z223" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) срок проведения проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z224" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) основания проведения проверки, в том числе нормативные правовые акты Республики Казахстан, обязательные требования которых подлежат проверке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z225" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) проверяемый период;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z226" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) права и обязанности субъекта контроля, предусмотренные пунктами 6 и 7 статьи 30 настоящего Закона;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z227" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) подпись должностного лица органов внутренних дел, уполномоченного подписывать акты, печать органа внутренних дел;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z228" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) подпись руководителя юридического лица либо его уполномоченного лица, физического лица о получении или об отказе от получения акта о назначении проверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z229" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Срок проведения проверки устанавливается с учетом объема предстоящих работ, поставленных задач и не должен превышать пять рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z230" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Срок проведения проверки может быть продлен только один раз руководителем органа внутренних дел Республики Казахстан либо лицом, его замещающим, только в случае необходимости проведения сложных и (или) длительных экспертиз, получения информации от иностранных государственных органов в рамках международных договоров и установления места нахождения лица, в отношении которого проводится проверка.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z231" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок продления проверки не должен превышать три рабочих дня со дня получения результатов экспертизы, информации от иностранных государственных органов и установления места нахождения лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z232" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Продление срока проведения проверки оформляется дополнительным актом о продлении срока проверки с уведомлением субъекта контроля, в котором указываются номер, дата регистрации предыдущего акта о назначении проверки и причина продления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z233" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уведомление о продлении сроков проверки вручается субъекту контроля уполномоченным органом за один рабочий день до продления с уведомлением о вручении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z234" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Началом проведения проверки считается дата вручения субъекту контроля либо его уполномоченному лицу акта о назначении проверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z235" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. В случаях отказа в принятии акта о назначении проверки либо воспрепятствования доступу должностного лица органа внутренних дел, уполномоченного осуществлять государственный контроль за оборотом гражданского и служебного оружия и патронов к нему, к объекту контроля, непредставления материалов и сведений, необходимых для проведения проверки, принимаются меры в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z236" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. По результатам проверки сотрудником (сотрудниками) органа внутренних дел, осуществляющим (осуществляющими) проверку, составляются акт о результатах проверки и предписание об устранении выявленных нарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z237" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Первый экземпляр акта о результатах проверки и предписания об устранении выявленных нарушений с копиями приложений, за исключением копий документов, имеющихся в оригинале у субъекта (объекта) контроля, на бумажном носителе под роспись или в электронной форме передается субъекту контроля (руководителю юридического лица либо его уполномоченному лицу) для ознакомления и принятия мер по устранению выявленных нарушений и других действий, второй экземпляр остается в органах внутренних дел.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z238" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В акте о результатах проверки указываются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z239" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) номер, дата, время и место составления акта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z240" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наименование государственного органа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-[...378 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z238" w:id="168"/>
-[...15 lines deleted...]
-      8. В акте о результатах проверки указываются:</w:t>
+    <w:bookmarkStart w:name="z241" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) дата и номер акта о назначении проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z239" w:id="169"/>
-[...15 lines deleted...]
-      1) номер, дата, время и место составления акта;</w:t>
+    <w:bookmarkStart w:name="z242" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) и должность должностного лица органа внутренних дел, проводившего проверку;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z240" w:id="170"/>
-[...15 lines deleted...]
-      2) наименование государственного органа;</w:t>
+    <w:bookmarkStart w:name="z243" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сведения о специалистах, консультантах и экспертах государственных органов, подведомственных и иных организаций, привлекаемых для проведения проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z241" w:id="171"/>
-[...15 lines deleted...]
-      3) дата и номер акта о назначении проверки;</w:t>
+    <w:bookmarkStart w:name="z244" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) наименование субъекта контроля или фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) физического лица, в отношении которого назначено проведение проверки, его место нахождения, идентификационный номер, перечень объектов, участок территории;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z242" w:id="172"/>
-[...15 lines deleted...]
-      4) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) и должность должностного лица органа внутренних дел, проводившего проверку;</w:t>
+    <w:bookmarkStart w:name="z245" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) дата, место и период проведения проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z243" w:id="173"/>
-[...15 lines deleted...]
-      5) сведения о специалистах, консультантах и экспертах государственных органов, подведомственных и иных организаций, привлекаемых для проведения проверки;</w:t>
+    <w:bookmarkStart w:name="z246" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) сведения о результатах проверки, в том числе о выявленных нарушениях, их характере;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z244" w:id="174"/>
-[...15 lines deleted...]
-      6) наименование субъекта контроля или фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) физического лица, в отношении которого назначено проведение проверки, его место нахождения, идентификационный номер, перечень объектов, участок территории;</w:t>
+    <w:bookmarkStart w:name="z247" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) сведения об ознакомлении или отказе в ознакомлении с актом о результатах проверки субъекта контроля или его уполномоченного лица, их подписи или отказ от подписи, а также отметка о наличии замечаний и (или) возражений по результатам проведенной проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z245" w:id="175"/>
-[...15 lines deleted...]
-      7) дата, место и период проведения проверки;</w:t>
+    <w:bookmarkStart w:name="z248" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) подпись должностного лица органа внутренних дел, проводившего проверку. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z246" w:id="176"/>
-[...15 lines deleted...]
-      8) сведения о результатах проверки, в том числе о выявленных нарушениях, их характере;</w:t>
+    <w:bookmarkStart w:name="z249" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. В случае отсутствия нарушения требований, установленных в сфере оборота гражданского и служебного оружия и патронов к нему, при проведении проверки в акте о результатах проверки производится соответствующая запись. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z247" w:id="177"/>
-[...15 lines deleted...]
-      9) сведения об ознакомлении или отказе в ознакомлении с актом о результатах проверки субъекта контроля или его уполномоченного лица, их подписи или отказ от подписи, а также отметка о наличии замечаний и (или) возражений по результатам проведенной проверки;</w:t>
+    <w:bookmarkStart w:name="z250" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. В случаях выявления по итогам проверки фактов неисполнения и (или) ненадлежащего исполнения субъектом контроля обязанностей, установленных в сфере оборота гражданского и служебного оружия и патронов к нему, должностное лицо органа внутренних дел, уполномоченного на проведение проверки, в пределах полномочий принимает предусмотренные законами Республики Казахстан меры по устранению выявленных нарушений, их предупреждению, предотвращению возможного причинения вреда жизни, здоровью людей и окружающей среде, правам и законным интересам физических и юридических лиц, а также меры по привлечению лиц, допустивших нарушения, к ответственности, установленной законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z248" w:id="178"/>
-[...15 lines deleted...]
-      10) подпись должностного лица органа внутренних дел, проводившего проверку. </w:t>
+    <w:bookmarkStart w:name="z251" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. В предписании об устранении выявленных нарушений указываются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z249" w:id="179"/>
-[...15 lines deleted...]
-      9. В случае отсутствия нарушения требований, установленных в сфере оборота гражданского и служебного оружия и патронов к нему, при проведении проверки в акте о результатах проверки производится соответствующая запись. </w:t>
+    <w:bookmarkStart w:name="z252" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дата, время и место составления предписания;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z250" w:id="180"/>
-[...15 lines deleted...]
-      10. В случаях выявления по итогам проверки фактов неисполнения и (или) ненадлежащего исполнения субъектом контроля обязанностей, установленных в сфере оборота гражданского и служебного оружия и патронов к нему, должностное лицо органа внутренних дел, уполномоченного на проведение проверки, в пределах полномочий принимает предусмотренные законами Республики Казахстан меры по устранению выявленных нарушений, их предупреждению, предотвращению возможного причинения вреда жизни, здоровью людей и окружающей среде, правам и законным интересам физических и юридических лиц, а также меры по привлечению лиц, допустивших нарушения, к ответственности, установленной законами Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z253" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) и должность должностного лица органа внутренних дел, проводившего проверку; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z251" w:id="181"/>
-[...15 lines deleted...]
-      11. В предписании об устранении выявленных нарушений указываются:</w:t>
+    <w:bookmarkStart w:name="z254" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) наименование субъекта контроля или фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) физического лица, в отношении которого назначено проведение проверки, должность представителя субъекта контроля, присутствовавшего при проведении проверки (при наличии);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z252" w:id="182"/>
-[...15 lines deleted...]
-      1) дата, время и место составления предписания;</w:t>
+    <w:bookmarkStart w:name="z255" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) объект контроля с указанием места нахождения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z253" w:id="183"/>
-[...15 lines deleted...]
-      2) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) и должность должностного лица органа внутренних дел, проводившего проверку; </w:t>
+    <w:bookmarkStart w:name="z256" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) номер и дата акта о результатах проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z254" w:id="184"/>
-[...15 lines deleted...]
-      3) наименование субъекта контроля или фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) физического лица, в отношении которого назначено проведение проверки, должность представителя субъекта контроля, присутствовавшего при проведении проверки (при наличии);</w:t>
+    <w:bookmarkStart w:name="z257" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) перечень выявленных нарушений и требования об устранении выявленных нарушений с указанием срока их устранения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z255" w:id="185"/>
-[...15 lines deleted...]
-      4) объект контроля с указанием места нахождения;</w:t>
+    <w:bookmarkStart w:name="z258" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) сведения об ознакомлении или отказе в ознакомлении с предписанием субъекта контроля или его уполномоченного представителя, их подписи или отказ от подписи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z256" w:id="186"/>
-[...15 lines deleted...]
-      5) номер и дата акта о результатах проверки;</w:t>
+    <w:bookmarkStart w:name="z259" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) подпись должностного лица органа внутренних дел, проводившего проверку.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z257" w:id="187"/>
-[...15 lines deleted...]
-      6) перечень выявленных нарушений и требования об устранении выявленных нарушений с указанием срока их устранения;</w:t>
+    <w:bookmarkStart w:name="z260" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В случае отказа в принятии акта о результатах проверки и предписания об устранении выявленных нарушений составляется акт, который подписывается должностным лицом органов внутренних дел, уполномоченным на проведение проверки, и субъектом контроля (руководителем юридического лица) либо его уполномоченным представителем. Субъект контроля либо его уполномоченный представитель вправе отказаться от подписания акта, дав письменное объяснение о причине отказа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z258" w:id="188"/>
-[...15 lines deleted...]
-      7) сведения об ознакомлении или отказе в ознакомлении с предписанием субъекта контроля или его уполномоченного представителя, их подписи или отказ от подписи;</w:t>
+    <w:bookmarkStart w:name="z261" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Завершением срока проверки считается день вручения субъекту контроля акта о результатах проверки не позднее срока окончания проверки, указанного в акте о назначении проверки или дополнительном акте о продлении сроков проверки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z259" w:id="189"/>
-[...15 lines deleted...]
-      8) подпись должностного лица органа внутренних дел, проводившего проверку.</w:t>
+    <w:bookmarkStart w:name="z262" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Сроки устранения выявленных нарушений, указанных в предписании об устранении выявленных нарушений, определяются с учетом обстоятельств, оказывающих влияние на реальную возможность его исполнения, но не более тридцати календарных дней со дня вручения предписания об устранении выявленных нарушений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z260" w:id="190"/>
-[...15 lines deleted...]
-      12. В случае отказа в принятии акта о результатах проверки и предписания об устранении выявленных нарушений составляется акт, который подписывается должностным лицом органов внутренних дел, уполномоченным на проведение проверки, и субъектом контроля (руководителем юридического лица) либо его уполномоченным представителем. Субъект контроля либо его уполномоченный представитель вправе отказаться от подписания акта, дав письменное объяснение о причине отказа.</w:t>
+    <w:bookmarkStart w:name="z263" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае непредоставления информации об устранении выявленных нарушений должностное лицо органа внутренних дел, уполномоченного осуществлять государственный контроль за оборотом гражданского и служебного оружия и патронов к нему, назначает повторную проверку.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z261" w:id="191"/>
-[...15 lines deleted...]
-      13. Завершением срока проверки считается день вручения субъекту контроля акта о результатах проверки не позднее срока окончания проверки, указанного в акте о назначении проверки или дополнительном акте о продлении сроков проверки.</w:t>
+    <w:bookmarkStart w:name="z264" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15. Если в результате проведения повторной проверки будут выявлены факты неисполнения и (или) ненадлежащего исполнения субъектом контроля обязанностей, установленных в сфере оборота гражданского и служебного оружия и патронов к нему, должностное лицо органа внутренних дел, уполномоченного на проведение проверки, в пределах полномочий принимает меры по привлечению субъекта контроля к ответственности, установленной законами Республики Казахстан. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z262" w:id="192"/>
-[...15 lines deleted...]
-      14. Сроки устранения выявленных нарушений, указанных в предписании об устранении выявленных нарушений, определяются с учетом обстоятельств, оказывающих влияние на реальную возможность его исполнения, но не более тридцати календарных дней со дня вручения предписания об устранении выявленных нарушений.</w:t>
+    <w:bookmarkStart w:name="z265" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. В случае наличия замечаний и (или) возражений по результатам проверки субъект контроля либо его представитель излагает их в письменном виде. Замечания и (или) возражения прилагаются к акту о результатах проверки или предписанию об устранении выявленных нарушений, о чем делается соответствующая отметка.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z263" w:id="193"/>
-[...15 lines deleted...]
-      В случае непредоставления информации об устранении выявленных нарушений должностное лицо органа внутренних дел, уполномоченного осуществлять государственный контроль за оборотом гражданского и служебного оружия и патронов к нему, назначает повторную проверку.</w:t>
+    <w:bookmarkStart w:name="z266" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Органы внутренних дел должны рассмотреть замечания и (или) возражения к акту о результатах проверки или предписанию об устранении выявленных нарушений, мерам административного воздействия и в течение пятнадцати рабочих дней дать мотивированный ответ о принятых мерах.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z264" w:id="194"/>
-[...15 lines deleted...]
-      15. Если в результате проведения повторной проверки будут выявлены факты неисполнения и (или) ненадлежащего исполнения субъектом контроля обязанностей, установленных в сфере оборота гражданского и служебного оружия и патронов к нему, должностное лицо органа внутренних дел, уполномоченного на проведение проверки, в пределах полномочий принимает меры по привлечению субъекта контроля к ответственности, установленной законами Республики Казахстан. </w:t>
+    <w:bookmarkStart w:name="z267" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17. Акт о результатах проверки и (или) предписание об устранении выявленных нарушений могут быть обжалованы в порядке, установленном законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z265" w:id="195"/>
-[...15 lines deleted...]
-      16. В случае наличия замечаний и (или) возражений по результатам проверки субъект контроля либо его представитель излагает их в письменном виде. Замечания и (или) возражения прилагаются к акту о результатах проверки или предписанию об устранении выявленных нарушений, о чем делается соответствующая отметка.</w:t>
+    <w:bookmarkStart w:name="z268" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Акт о результатах проверки и (или) предписание об устранении выявленных нарушений, признанные вышестоящим государственным органом либо судом недействительными, не могут являться доказательством нарушения субъектом контроля требований, установленных в сфере оборота гражданского и служебного оружия и патронов к нему.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z266" w:id="196"/>
-[...15 lines deleted...]
-      Органы внутренних дел должны рассмотреть замечания и (или) возражения к акту о результатах проверки или предписанию об устранении выявленных нарушений, мерам административного воздействия и в течение пятнадцати рабочих дней дать мотивированный ответ о принятых мерах.</w:t>
+    <w:bookmarkStart w:name="z269" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. К грубым нарушениям требований к организации и проведению проверок относятся:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z267" w:id="197"/>
-[...15 lines deleted...]
-      17. Акт о результатах проверки и (или) предписание об устранении выявленных нарушений могут быть обжалованы в порядке, установленном законодательством Республики Казахстан. </w:t>
+    <w:bookmarkStart w:name="z270" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) отсутствие оснований проведения проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z268" w:id="198"/>
-[...15 lines deleted...]
-      18. Акт о результатах проверки и (или) предписание об устранении выявленных нарушений, признанные вышестоящим государственным органом либо судом недействительными, не могут являться доказательством нарушения субъектом контроля требований, установленных в сфере оборота гражданского и служебного оружия и патронов к нему.</w:t>
+    <w:bookmarkStart w:name="z271" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) отсутствие акта о назначении проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z269" w:id="199"/>
-[...15 lines deleted...]
-      19. К грубым нарушениям требований к организации и проведению проверок относятся:</w:t>
+    <w:bookmarkStart w:name="z272" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) назначение проверки по вопросам, не входящим в компетенцию органа внутренних дел;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z270" w:id="200"/>
-[...15 lines deleted...]
-      1) отсутствие оснований проведения проверки;</w:t>
+    <w:bookmarkStart w:name="z273" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) нарушение срока проведения проверки, предусмотренного настоящей статьей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z271" w:id="201"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15809,55 +16071,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>