--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8c13fef" w14:textId="8c13fef">
+    <w:p w14:paraId="ad8df16" w14:textId="ad8df16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -303,86 +303,58 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
-[...34 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Сноска. По всему тексту слова "и финансированию терроризма" заменены соответственно словами "финансированию терроризма и финансированию распространения оружия массового уничтожения" в соответствии с Законом РК от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 219-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -828,51 +800,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) конфликт интересов – ситуация, при которой заинтересованность аудиторской организации может повлиять на ее мнение о достоверности финансовой отчетности аудируемого субъекта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z969" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16) аудит иной информации – проверка, осуществляемая в соответствии с законами Республики Казахстан "О банках и банковской деятельности в Республике Казахстан", "О страховой деятельности", "О рынке ценных бумаг", процессов и информации, не связанной с финансовой отчетностью, в отношении оценки системы управления рисками и внутреннего контроля, в том числе в отношении стратегии и бизнес-модели, оценки системы корпоративного управления, оценки системы управления рисками информационных технологий, оценки эффективности системы информационной безопасности, а также эффективности системы внутреннего контроля в сфере противодействия легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма;</w:t>
+      16) аудит иной информации – проверка, осуществляемая в соответствии с законами Республики Казахстан "О банках и банковской деятельности в Республике Казахстан", "О страховой деятельности", "О рынке ценных бумаг", процессов и информации, не связанной с финансовой отчетностью, в отношении оценки системы управления рисками и внутреннего контроля, в том числе в отношении стратегии и бизнес-модели, оценки системы корпоративного управления, оценки системы управления рисками информационных технологий, оценки эффективности системы информационной безопасности, а также эффективности системы внутреннего контроля в сфере противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z970" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) аудиторское заключение по аудиту иной информации – заключение, составленное по результатам аудита иной информации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z985" w:id="21"/>
     <w:p>
@@ -4431,51 +4403,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z10" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14-1) осуществляет контроль за соблюдением аудиторскими организациями законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма;</w:t>
+      14-1) осуществляет контроль за соблюдением аудиторскими организациями законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
     <w:bookmarkStart w:name="z14" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15) утверждает формы реестров аудиторских и профессиональных организаций; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
@@ -11367,51 +11339,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) предоставлять аудируемому субъекту информацию о выявленных нарушениях в ведении бухгалтерского учета, финансовой отчетности и прочей информации, связанной с финансовой отчетностью;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) сообщать руководителю аудиторской организации, участником которой он является, сведения в соответствии с законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма.</w:t>
+      4) сообщать руководителю аудиторской организации, участником которой он является, сведения в соответствии с законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1069" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) сообщать руководителю аудиторской организации, участником которой он является, сведения в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -11754,51 +11726,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1) при проведении аудита по налогам, аудита специального назначения субъектов квазигосударственного сектора запрашивать сведения в отношении аудируемого субъекта в государственных органах, местных исполнительных органах, банках, филиалах банков-нерезидентов Республики Казахстан и организациях, осуществляющих отдельные виды банковских операций, а также в иных организациях в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="220"/>
     <w:bookmarkStart w:name="z941" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2-2) запрашивать и проверять необходимую документацию по внутренней политике и процедурам, системе управления рисками и внутреннего контроля, системе управления рисками информационных технологий, системе информационной безопасности, системе корпоративного управления, а также системе внутреннего контроля в сфере противодействия легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма для выполнения условий договора на проведение аудита иной информации;</w:t>
+      2-2) запрашивать и проверять необходимую документацию по внутренней политике и процедурам, системе управления рисками и внутреннего контроля, системе управления рисками информационных технологий, системе информационной безопасности, системе корпоративного управления, а также системе внутреннего контроля в сфере противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения для выполнения условий договора на проведение аудита иной информации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="221"/>
     <w:bookmarkStart w:name="z34" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) привлекать на договорной основе к участию в проведении аудита специалистов различного профиля, за исключением лиц, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -12172,71 +12144,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) сообщать уполномоченному органу по финансовому мониторингу сведения в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма";</w:t>
+        <w:t xml:space="preserve"> Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="238"/>
     <w:bookmarkStart w:name="z979" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11) соблюдать требования, установленные законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма.</w:t>
+      11) соблюдать требования, установленные законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="239"/>
     <w:bookmarkStart w:name="z1070" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12) раскрывать (передавать) уполномоченному органу по возврату активов сведения в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>