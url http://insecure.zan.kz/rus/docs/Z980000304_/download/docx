--- v1 (2025-11-26)
+++ v2 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ad8df16" w14:textId="ad8df16">
+    <w:p w14:paraId="f1b67c1" w14:textId="f1b67c1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -544,668 +544,762 @@
         <w:t>
       4) аудит – проверка в целях выражения независимого мнения о финансовой отчетности и прочей информации, связанной с финансовой отчетностью, в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z958" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) аудитор – физическое лицо, аттестованное Квалификационной комиссией по аттестации кандидатов в аудиторы (далее – Квалификационная комиссия), получившее квалификационное свидетельство о присвоении квалификации "аудитор";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z959" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 6) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) аудиторский отчет – письменный официальный документ, являющийся результатом проведенного аудита;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z960" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) аудиторская деятельность – предпринимательская деятельность по проведению аудита финансовой отчетности и прочей информации, связанной с финансовой отчетностью, и предоставлению услуг в соответствии с настоящим Законом;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z960" w:id="8"/>
-[...15 lines deleted...]
-      7) аудиторская деятельность – предпринимательская деятельность по проведению аудита финансовой отчетности и прочей информации, связанной с финансовой отчетностью, и предоставлению услуг в соответствии с настоящим Законом;</w:t>
+    <w:bookmarkStart w:name="z983" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-1) профессиональный совет по аудиторской деятельности (далее – профессиональный совет) – не имеющая членства некоммерческая организация, учрежденная профессиональной организацией (профессиональными организациями);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z983" w:id="9"/>
-[...15 lines deleted...]
-      7-1) профессиональный совет по аудиторской деятельности (далее – профессиональный совет) – не имеющая членства некоммерческая организация, учрежденная профессиональной организацией (профессиональными организациями);</w:t>
+    <w:bookmarkStart w:name="z961" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) аудиторская организация – коммерческая организация, созданная для осуществления аудиторской деятельности и являющаяся членом профессиональной организации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z961" w:id="10"/>
-[...15 lines deleted...]
-      8) аудиторская организация – коммерческая организация, созданная для осуществления аудиторской деятельности и являющаяся членом профессиональной организации;</w:t>
+    <w:bookmarkStart w:name="z962" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) аудируемый субъект – юридическое лицо, филиалы и (или) представительства юридического лица, выступающие от его имени, индивидуальный предприниматель, в отношении которого проводится аудит, аудит по налогам, аудит иной информации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z962" w:id="11"/>
-[...15 lines deleted...]
-      9) аудируемый субъект – юридическое лицо, филиалы и (или) представительства юридического лица, выступающие от его имени, индивидуальный предприниматель, в отношении которого проводится аудит, аудит по налогам, аудит иной информации;</w:t>
+    <w:bookmarkStart w:name="z963" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) Кодекс этики – свод этических правил профессиональной деятельности аудиторов, аудиторских и профессиональных организаций, изданных Международной федерацией бухгалтеров и применяемых в Республике Казахстан в соответствии с законодательством Республики Казахстан о бухгалтерском учете и финансовой отчетности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z963" w:id="12"/>
-[...15 lines deleted...]
-      10) Кодекс этики – свод этических правил профессиональной деятельности аудиторов, аудиторских и профессиональных организаций, изданных Международной федерацией бухгалтеров и применяемых в Республике Казахстан в соответствии с законодательством Республики Казахстан о бухгалтерском учете и финансовой отчетности;</w:t>
+    <w:bookmarkStart w:name="z964" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) недостоверный аудиторский отчет – аудиторский отчет, составленный с нарушением законодательства Республики Казахстан об аудиторской деятельности, содержащий недостоверные и (или) неполные сведения о финансовой отчетности и об информации, предусмотренной стандартами аудита, вводящие пользователей в заблуждение;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z964" w:id="13"/>
-[...15 lines deleted...]
-      11) недостоверный аудиторский отчет – аудиторский отчет, составленный с нарушением законодательства Республики Казахстан об аудиторской деятельности, содержащий недостоверные и (или) неполные сведения о финансовой отчетности и об информации, предусмотренной стандартами аудита, вводящие пользователей в заблуждение;</w:t>
+    <w:bookmarkStart w:name="z965" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) аудит сведений о расходах недропользователя – аудит расходов недропользователя на операции по разведке и добыче полезных ископаемых;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z965" w:id="14"/>
-[...15 lines deleted...]
-      12) аудит сведений о расходах недропользователя – аудит расходов недропользователя на операции по разведке и добыче полезных ископаемых;</w:t>
+    <w:bookmarkStart w:name="z984" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-1) объекты внешнего контроля качества профессионального совета – аудиторские организации, которые проводят аудит эмитентов, ценные бумаги которых включены или планируются к включению в официальный список фондовых бирж, функционирующих на территории Республики Казахстан, а также финансовых организаций (за исключением юридических лиц, осуществляющих деятельность исключительно через обменные пункты на основании лицензии Национального Банка Республики Казахстан на обменные операции с наличной иностранной валютой, и юридических лиц, исключительной деятельностью которых является инкассация банкнот, монет и ценностей), национальных управляющих холдингов, национальных холдингов, национальных компаний, недропользователей (кроме добывающих общераспространенные полезные ископаемые);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z984" w:id="15"/>
-[...15 lines deleted...]
-      12-1) объекты внешнего контроля качества профессионального совета – аудиторские организации, которые проводят аудит эмитентов, ценные бумаги которых включены или планируются к включению в официальный список фондовых бирж, функционирующих на территории Республики Казахстан, а также финансовых организаций (за исключением юридических лиц, осуществляющих деятельность исключительно через обменные пункты на основании лицензии Национального Банка Республики Казахстан на обменные операции с наличной иностранной валютой, и юридических лиц, исключительной деятельностью которых является инкассация банкнот, монет и ценностей), национальных управляющих холдингов, национальных холдингов, национальных компаний, недропользователей (кроме добывающих общераспространенные полезные ископаемые);</w:t>
+    <w:bookmarkStart w:name="z966" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) аудит специального назначения субъектов квазигосударственного сектора – аудит по вопросу использования бюджетных средств;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z966" w:id="16"/>
-[...15 lines deleted...]
-      13) аудит специального назначения субъектов квазигосударственного сектора – аудит по вопросу использования бюджетных средств;</w:t>
+    <w:bookmarkStart w:name="z967" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) заведомо недостоверный аудиторский отчет – аудиторский отчет, составленный без проведения аудита или содержащий мнение, умышленно вводящее пользователей в заблуждение;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z967" w:id="17"/>
-[...15 lines deleted...]
-      14) заведомо недостоверный аудиторский отчет – аудиторский отчет, составленный без проведения аудита или содержащий мнение, умышленно вводящее пользователей в заблуждение;</w:t>
+    <w:bookmarkStart w:name="z968" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) конфликт интересов – ситуация, при которой заинтересованность аудиторской организации может повлиять на ее мнение о достоверности финансовой отчетности аудируемого субъекта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z968" w:id="18"/>
-[...15 lines deleted...]
-      15) конфликт интересов – ситуация, при которой заинтересованность аудиторской организации может повлиять на ее мнение о достоверности финансовой отчетности аудируемого субъекта;</w:t>
+    <w:bookmarkStart w:name="z969" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) аудит иной информации – проверка, осуществляемая в соответствии с законами Республики Казахстан "О банках и банковской деятельности в Республике Казахстан", "О страховой деятельности", "О рынке ценных бумаг", процессов и информации, не связанной с финансовой отчетностью, в отношении оценки системы управления рисками и внутреннего контроля, в том числе в отношении стратегии и бизнес-модели, оценки системы корпоративного управления, оценки системы управления рисками информационных технологий, оценки эффективности системы информационной безопасности, а также эффективности системы внутреннего контроля в сфере противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z969" w:id="19"/>
-[...15 lines deleted...]
-      16) аудит иной информации – проверка, осуществляемая в соответствии с законами Республики Казахстан "О банках и банковской деятельности в Республике Казахстан", "О страховой деятельности", "О рынке ценных бумаг", процессов и информации, не связанной с финансовой отчетностью, в отношении оценки системы управления рисками и внутреннего контроля, в том числе в отношении стратегии и бизнес-модели, оценки системы корпоративного управления, оценки системы управления рисками информационных технологий, оценки эффективности системы информационной безопасности, а также эффективности системы внутреннего контроля в сфере противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения;</w:t>
+    <w:bookmarkStart w:name="z970" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) аудиторское заключение по аудиту иной информации – заключение, составленное по результатам аудита иной информации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z970" w:id="20"/>
-[...15 lines deleted...]
-      17) аудиторское заключение по аудиту иной информации – заключение, составленное по результатам аудита иной информации;</w:t>
+    <w:bookmarkStart w:name="z985" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17-1) непрактикующий эксперт – физическое лицо, не являющееся учредителем (участником) или работником аудиторской организации и не состоящее в гражданско-правовых отношениях с ней не менее одного календарного года до назначения и в период работы в органах профессионального совета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z985" w:id="21"/>
-[...15 lines deleted...]
-      17-1) непрактикующий эксперт – физическое лицо, не являющееся учредителем (участником) или работником аудиторской организации и не состоящее в гражданско-правовых отношениях с ней не менее одного календарного года до назначения и в период работы в органах профессионального совета;</w:t>
+    <w:bookmarkStart w:name="z971" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) аудит по налогам – аудит по вопросу правильности исчисления и уплаты по всем видам налогов и других обязательных платежей в бюджет, полноты и своевременности исчисления, удержания и перечисления обязательных пенсионных взносов, обязательных профессиональных пенсионных взносов, полноты и своевременности исчисления и уплаты социальных отчислений, проводимый в порядке, определяемом уполномоченным государственным органом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z971" w:id="22"/>
-[...15 lines deleted...]
-      18) аудит по налогам – аудит по вопросу правильности исчисления и уплаты по всем видам налогов и других обязательных платежей в бюджет, полноты и своевременности исчисления, удержания и перечисления обязательных пенсионных взносов, обязательных профессиональных пенсионных взносов, полноты и своевременности исчисления и уплаты социальных отчислений, проводимый в порядке, определяемом уполномоченным государственным органом;</w:t>
+    <w:bookmarkStart w:name="z972" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) аудиторское заключение по налогам – заключение, составленное по результатам аудита по налогам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z972" w:id="23"/>
-[...15 lines deleted...]
-      19) аудиторское заключение по налогам – заключение, составленное по результатам аудита по налогам;</w:t>
+    <w:bookmarkStart w:name="z973" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) недостоверное аудиторское заключение по налогам – заключение, составленное аудиторской организацией с нарушением законодательства Республики Казахстан, содержащее недостоверные и (или) неполные сведения по вопросам правильности исчисления и уплаты налогов и других обязательных платежей в бюджет, полноты и своевременности исчисления, удержания и перечисления обязательных пенсионных взносов, обязательных профессиональных пенсионных взносов, полноты и своевременности исчисления и уплаты социальных отчислений, а также составленное без проведения аудита по налогам или содержащее мнение, умышленно вводящее в заблуждение;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z973" w:id="24"/>
-[...15 lines deleted...]
-      20) недостоверное аудиторское заключение по налогам – заключение, составленное аудиторской организацией с нарушением законодательства Республики Казахстан, содержащее недостоверные и (или) неполные сведения по вопросам правильности исчисления и уплаты налогов и других обязательных платежей в бюджет, полноты и своевременности исчисления, удержания и перечисления обязательных пенсионных взносов, обязательных профессиональных пенсионных взносов, полноты и своевременности исчисления и уплаты социальных отчислений, а также составленное без проведения аудита по налогам или содержащее мнение, умышленно вводящее в заблуждение;</w:t>
+    <w:bookmarkStart w:name="z974" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) уполномоченный государственный орган (далее – уполномоченный орган) – центральный исполнительный орган, осуществляющий регулирование в области аудиторской деятельности и государственный контроль в области аудиторской деятельности и деятельности профессиональных организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z974" w:id="25"/>
-[...15 lines deleted...]
-      21) уполномоченный государственный орган (далее – уполномоченный орган) – центральный исполнительный орган, осуществляющий регулирование в области аудиторской деятельности и государственный контроль в области аудиторской деятельности и деятельности профессиональных организаций;</w:t>
+    <w:bookmarkStart w:name="z975" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) стандарты организаций – внутренние документы аудиторской организации, которые устанавливают единые требования к порядку проведения аудита, не противоречащие законодательству Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z975" w:id="26"/>
-[...15 lines deleted...]
-      22) стандарты организаций – внутренние документы аудиторской организации, которые устанавливают единые требования к порядку проведения аудита, не противоречащие законодательству Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z976" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) международные стандарты аудита (далее – стандарты аудита) – стандарты и документы, изданные Международной федерацией бухгалтеров.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z976" w:id="27"/>
-[...15 lines deleted...]
-      23) международные стандарты аудита (далее – стандарты аудита) – стандарты и документы, изданные Международной федерацией бухгалтеров.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 1 в редакции Закона РК от 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 325-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); с изменениями, внесенными Законом РК от 03.07.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 358-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении одного года со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z103" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 2. Законодательство Республики Казахстан об аудиторской деятельности </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:p>
-[...99 lines deleted...]
-    <w:bookmarkStart w:name="z56" w:id="29"/>
+    <w:bookmarkStart w:name="z56" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Законодательство Республики Казахстан об аудиторской деятельности основывается на Конституции Республики Казахстан и состоит из настоящего Закона и иных нормативных правовых актов Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z57" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z57" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые содержит законодательство Республики Казахстан об аудиторской деятельности, то применяются правила международного договора. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z75" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 3. Аудиторская деятельность</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z75" w:id="31"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Статья 3. Аудиторская деятельность</w:t>
+    <w:bookmarkStart w:name="z58" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Правом на занятие аудиторской деятельностью обладают аудиторские организации, имеющие лицензию на осуществление аудиторской деятельности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z58" w:id="32"/>
-[...15 lines deleted...]
-      1. Правом на занятие аудиторской деятельностью обладают аудиторские организации, имеющие лицензию на осуществление аудиторской деятельности.</w:t>
+    <w:bookmarkStart w:name="z17" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Аудиторские организации могут оказывать также следующие услуги:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z17" w:id="33"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сопутствующие и другие услуги в соответствии со стандартами аудита;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1288,70 +1382,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-2) проведение аудита специального назначения субъектов квазигосударственного сектора;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-3) проведение аудита сведений о расходах недропользователя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z935" w:id="34"/>
+    <w:bookmarkStart w:name="z935" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-4) проведение аудита иной информации и составление аудиторского заключения по аудиту иной информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) формирование первичных статистических данных;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1554,549 +1648,549 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Если в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О разрешениях и уведомлениях" оказание отдельных видов услуг, предусмотренных настоящим пунктом, требует получения разрешений или направления уведомлений, аудиторские организации не вправе оказывать эти услуги без наличия разрешений или направления уведомлений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="35"/>
+    <w:bookmarkStart w:name="z59" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Аудиторским организациям запрещается заниматься иными видами предпринимательской деятельности. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 3 с изменениями, внесенными законами РК от 20.02.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 138-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 19.03.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 258-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 16.05.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 29.12.2014</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 269-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2015); от 12.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 393-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 27.12.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 126-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2019); от 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 325-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 3-1. Цели и задачи регулирования в области аудиторской деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1072" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Целями регулирования в области аудиторской деятельности являются развитие аудиторской деятельности в Республике Казахстан и создание условий для качества аудиторских услуг.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:p>
-[...278 lines deleted...]
-    <w:bookmarkStart w:name="z1073" w:id="37"/>
+    <w:bookmarkStart w:name="z1073" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Задачи регулирования в области аудиторской деятельности: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z1074" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) установление правовых основ аудиторской деятельности;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z1074" w:id="38"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z1075" w:id="39"/>
+    <w:bookmarkStart w:name="z1075" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) определение основных направлений осуществления аудиторской деятельности; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z1076" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) защита прав и законных интересов физических и юридических лиц, государства в области аудиторской деятельности;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z1076" w:id="40"/>
-[...15 lines deleted...]
-      3) защита прав и законных интересов физических и юридических лиц, государства в области аудиторской деятельности;</w:t>
+    <w:bookmarkStart w:name="z1077" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) создание условий для повышения профессиональных компетенций аудиторов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z1077" w:id="41"/>
-[...15 lines deleted...]
-      4) создание условий для повышения профессиональных компетенций аудиторов.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 3-1 в соответствии с Законом РК от 01.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z104" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 4. Основные принципы аудиторской деятельности и стандарты аудита</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:p>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z60" w:id="43"/>
+    <w:bookmarkStart w:name="z60" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Основными принципами аудиторской деятельности являются: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       независимость; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2161,626 +2255,626 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       честность; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       соблюдение стандартов организаций. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="44"/>
+    <w:bookmarkStart w:name="z61" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Аудит осуществляется в соответствии с настоящим Законом и стандартами аудита, не противоречащими законодательству Республики Казахстан. Стандарты аудита могут быть опубликованы на казахском и русском языках организацией, имеющей письменное разрешение на их официальный перевод и (или) публикацию в Республике Казахстан от Международной федерации бухгалтеров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z930" w:id="45"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z930" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При проведении аудита организаций, указанных в абзацах четвертом, пятом, шестом, восьмом и одиннадцатом части первой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 5 настоящего Закона, аудиторская организация осуществляет проверку информации, содержащейся в финансовой отчетности, на соответствие требованиям международных стандартов финансовой отчетности и нормативных правовых актов Национального Банка Республики Казахстан, уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций, разработанных в соответствии с международными стандартами финансовой отчетности. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z62" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Аудит по налогам осуществляется по инициативе аудируемого субъекта в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z62" w:id="46"/>
-[...15 lines deleted...]
-      3. Аудит по налогам осуществляется по инициативе аудируемого субъекта в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z63" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Аудит специального назначения субъектов квазигосударственного сектора осуществляется в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z63" w:id="47"/>
-[...15 lines deleted...]
-      4. Аудит специального назначения субъектов квазигосударственного сектора осуществляется в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z936" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Аудит иной информации осуществляется по требованию уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z936" w:id="48"/>
-[...15 lines deleted...]
-      5. Аудит иной информации осуществляется по требованию уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 4 с изменениями, внесенными законами РК от 20.02.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 138-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>); от 29.12.2014</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 269-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2015); от 12.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 393-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2020); от 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 325-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z77" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 5. Аудит и его виды</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:p>
-[...219 lines deleted...]
-    <w:bookmarkStart w:name="z11" w:id="50"/>
+    <w:bookmarkStart w:name="z11" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Видами аудита являются: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) обязательный; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) инициативный.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z121" w:id="51"/>
+    <w:bookmarkStart w:name="z121" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Обязательному аудиту подлежат:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z1082" w:id="52"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z1082" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       акционерные общества; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z1081" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      государственные предприятия на праве хозяйственного ведения с наблюдательным советом в сферах образования и здравоохранения;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z1081" w:id="53"/>
-[...15 lines deleted...]
-      государственные предприятия на праве хозяйственного ведения с наблюдательным советом в сферах образования и здравоохранения;</w:t>
+    <w:bookmarkStart w:name="z1080" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      страховые (перестраховочные) организации, страховые холдинги и организации, в которых страховая (перестраховочная) организация и (или) страховой холдинг являются крупными участниками, страховой брокер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z1080" w:id="54"/>
-[...15 lines deleted...]
-      страховые (перестраховочные) организации, страховые холдинги и организации, в которых страховая (перестраховочная) организация и (или) страховой холдинг являются крупными участниками, страховой брокер;</w:t>
+    <w:bookmarkStart w:name="z1079" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      фонды целевого капитала;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z1079" w:id="55"/>
-[...15 lines deleted...]
-      фонды целевого капитала;</w:t>
+    <w:bookmarkStart w:name="z1083" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      единый накопительный пенсионный фонд и профессиональные участники рынка ценных бумаг, созданные в организационно-правовой форме акционерного общества;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z1083" w:id="56"/>
-[...15 lines deleted...]
-      единый накопительный пенсионный фонд и профессиональные участники рынка ценных бумаг, созданные в организационно-правовой форме акционерного общества;</w:t>
+    <w:bookmarkStart w:name="z1084" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      крупные участники управляющего инвестиционным портфелем;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z1084" w:id="57"/>
-[...15 lines deleted...]
-      крупные участники управляющего инвестиционным портфелем;</w:t>
+    <w:bookmarkStart w:name="z1085" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в случаях, предусмотренных Кодексом Республики Казахстан "О недрах и недропользовании", юридические лица, обладающие правом недропользования на проведение операций по разведке и добыче углеводородов или разведке и добыче твердых полезных ископаемых;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z1085" w:id="58"/>
-[...15 lines deleted...]
-      в случаях, предусмотренных Кодексом Республики Казахстан "О недрах и недропользовании", юридические лица, обладающие правом недропользования на проведение операций по разведке и добыче углеводородов или разведке и добыче твердых полезных ископаемых;</w:t>
+    <w:bookmarkStart w:name="z1086" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      банки, организации, в которых банк является крупным участником, банковские холдинги;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z1086" w:id="59"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       организации гражданской авиации, за исключением авиакомпаний, осуществляющих авиационные работы по перечню, определяемому Правительством Республики Казахстан; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2845,70 +2939,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       юридические лица Республики Казахстан, заключившие контракт на осуществление инвестиций, предусматривающий инвестиционные преференции; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       специальные финансовые компании в соответствии с Законом Республики Казахстан "О проектном финансировании и секьюритизации";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z179" w:id="60"/>
+    <w:bookmarkStart w:name="z179" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       застройщики и уполномоченные компании в соответствии с Законом Республики Казахстан "О долевом участии в жилищном строительстве";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       расчетно-финансовый центр по поддержке возобновляемых источников энергии в соответствии с Законом Республики Казахстан "О поддержке использования возобновляемых источников энергии";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2937,1056 +3031,1150 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       уполномоченные экономические операторы в соответствии с Кодексом Республики Казахстан "О таможенном регулировании в Республике Казахстан";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       товарищества с ограниченной ответственностью при одновременном выполнении следующих условий: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z927" w:id="61"/>
+    <w:bookmarkStart w:name="z927" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) в его составе имеются участники (учредители), владеющие менее десяти процентами долей участия в уставном капитале; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) среднегодовая численность работников более двухсот пятидесяти человек и (или) среднегодовой доход свыше трехмиллионнократного месячного расчетного показателя, установленного законом о республиканском бюджете и действующего на 1 января соответствующего финансового года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аудит годовой финансовой отчетности для товарищества с ограниченной ответственностью, относящегося к субъекту среднего предпринимательства, проводится по требованию участника (учредителя), владеющего менее десяти процентами долей участия в уставном капитале товарищества с ограниченной ответственностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z180" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Организации, для которых аудит является обязательным и которые в соответствии с законодательством Республики Казахстан публикуют в средствах массовой информации годовую финансовую отчетность, обязаны публиковать вместе с годовой финансовой отчетностью и аудиторский отчет.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:p>
-[...51 lines deleted...]
-      Организации, для которых аудит является обязательным и которые в соответствии с законодательством Республики Казахстан публикуют в средствах массовой информации годовую финансовую отчетность, обязаны публиковать вместе с годовой финансовой отчетностью и аудиторский отчет.</w:t>
+    <w:bookmarkStart w:name="z931" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Требования настоящего пункта не распространяются на акционерные общества, признанные судом банкротом, а также на банки, страховые (перестраховочные) организации, лишенные уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций лицензии и (или) находящиеся в процессе принудительной ликвидации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z931" w:id="63"/>
-[...15 lines deleted...]
-      Требования настоящего пункта не распространяются на акционерные общества, признанные судом банкротом, а также на банки, страховые (перестраховочные) организации, лишенные уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций лицензии и (или) находящиеся в процессе принудительной ликвидации.</w:t>
+    <w:bookmarkStart w:name="z122" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Инициативный аудит проводится по инициативе аудируемого субъекта либо его участника с учетом конкретных задач, сроков и объемов аудита, предусмотренных договором на проведение аудита между инициатором и аудиторской организацией.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z122" w:id="64"/>
-[...15 lines deleted...]
-      3. Инициативный аудит проводится по инициативе аудируемого субъекта либо его участника с учетом конкретных задач, сроков и объемов аудита, предусмотренных договором на проведение аудита между инициатором и аудиторской организацией.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 5 с изменениями, внесенными законами РК от 20.02.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 138-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 11.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 183-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 15.07.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 338-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 01.03.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 414-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования); от 28.12.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 524-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 12.01.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 539-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 21.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 04.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 29.12.2014</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 269-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2015); от 05.05.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 312-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 16.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 406-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2017); от 07.04.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 487-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шести месяцев после дня его первого официального опубликования); от 27.02.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 26.12.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 124-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2018); от 27.12.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 126-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2020); от 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 325-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 05.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 409-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2022); от 12.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 138-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 12.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 194-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 200-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z78" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 6. Компетенция Правительства Республики Казахстан </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:p>
-[...618 lines deleted...]
-    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Статья 6 исключена Законом РК от 19.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="66"/>
+    <w:bookmarkStart w:name="z79" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 7. Компетенция уполномоченного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уполномоченный орган:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) формирует и реализует государственную политику в области аудиторской деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="67"/>
+    <w:bookmarkStart w:name="z3" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1-1) ведет реестр аудиторов; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z4" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-2) разрабатывает и утверждает минимальные требования к аудиторским организациям, которые проводят обязательный аудит, по согласованию с уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z4" w:id="68"/>
-[...15 lines deleted...]
-      1-2) разрабатывает и утверждает минимальные требования к аудиторским организациям, которые проводят обязательный аудит, по согласованию с уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-3) согласовывает перечень вопросов, подлежащих проверке в рамках аудита иной информации, требования к содержанию, срокам представления аудиторской организацией аудиторского заключения по аудиту иной информации, требования к аудиторам в составе аудиторской организации, привлекаемой к аудиту иной информации, определяемые нормативным правовым актом уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1078" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-4) разрабатывает и утверждает нормативные правовые акты Республики Казахстан в области аудиторской деятельности в соответствии с целями и задачами настоящего Закона и законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:p>
-[...33 lines deleted...]
-      1-4) разрабатывает и утверждает нормативные правовые акты Республики Казахстан в области аудиторской деятельности в соответствии с целями и задачами настоящего Закона и законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z126" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) разрабатывает и утверждает порядок аккредитации профессиональных организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z126" w:id="70"/>
-[...15 lines deleted...]
-      2) разрабатывает и утверждает порядок аккредитации профессиональных организаций;</w:t>
+    <w:bookmarkStart w:name="z5" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) проводит аккредитацию и ведет реестр профессиональных организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z5" w:id="71"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z123" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 4) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) разрабатывает, согласовывает с уполномоченным органом в сфере разрешений и уведомлений и уполномоченным органом в сфере информатизации и утверждает нормативный правовой акт об утверждении квалификационных требований при лицензировании аудиторской деятельности и перечня документов, подтверждающих соответствие им;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z6" w:id="73"/>
+    <w:bookmarkStart w:name="z6" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) осуществляет лицензирование аудиторской деятельности и ведение реестра аудиторских организаций; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z7" w:id="74"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z7" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) публикует в средствах массовой информации на казахском и русском языках сведения о выдаче, приостановлении, лишении и прекращении действия лицензии на осуществление аудиторской деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4015,462 +4203,462 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z125" w:id="75"/>
+    <w:bookmarkStart w:name="z125" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) утверждает Правила формирования и осуществления деятельности Квалификационной комиссии; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z8" w:id="76"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z8" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) обеспечивает условия для распространения стандартов аудита; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z986" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-1) делегирует представителя в состав правления профессионального совета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9-2) Исключен Законом РК от 01.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9-3) Исключен Законом РК от 01.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) - 12) исключены Законом РК от 17.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 188-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) разрабатывает и утверждает перечень, формы и периодичность представления отчетности профессиональными и аудиторскими организациями;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z986" w:id="77"/>
-[...15 lines deleted...]
-      9-1) делегирует представителя в состав правления профессионального совета;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14) исключен Законом РК от 17.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 188-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14-1) осуществляет контроль за соблюдением аудиторскими организациями законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:p>
-[...331 lines deleted...]
-    <w:bookmarkStart w:name="z14" w:id="80"/>
+    <w:bookmarkStart w:name="z14" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15) утверждает формы реестров аудиторских и профессиональных организаций; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4597,828 +4785,828 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18-1) определяет порядок проведения аудита по налогам и представления аудиторского заключения по налогам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1065" w:id="81"/>
+    <w:bookmarkStart w:name="z1065" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18-2) определяет перечень аудиторских организаций (аудиторов), а также аудиторскую организацию (аудитора) из перечня аудиторских организаций (аудиторов) с соблюдением принципов очередности и региональной представленности для участия в проверке и дачи заключения по соответствующим требованию или запросу органа прокуратуры, постановлению, вынесенному в рамках начатого досудебного расследования, а также определению суда в соответствии с Законом Республики Казахстан "О государственных закупках";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z1068" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-3) определяет организации с участием государства, для которых аудит обязателен, если иное не предусмотрено законодательными актами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 7 с изменениями, внесенными законами РК от 12.01.2007 N </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>222</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении 6 месяцев со дня его официального опубликования); от 20.02.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 138-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 17.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 188-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 28.08.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 192-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 08.03.2010); от 19.03.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 258-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 06.01.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 378-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 05.07.2011</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 13.10.2011); от 15.07.2011</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 461-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 30.01.2012); от 05.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 13.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 159-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 10.06.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 206-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.12.2014</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 269-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2015); от 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2020); от 03.07.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 358-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 24.11.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 75-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 01.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 7-1. Государственный контроль в области аудиторской деятельности и деятельности профессиональных организаций</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z1068" w:id="82"/>
-[...15 lines deleted...]
-      18-3) определяет организации с участием государства, для которых аудит обязателен, если иное не предусмотрено законодательными актами Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z977" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственный контроль в области аудиторской деятельности и деятельности профессиональных организаций осуществляется уполномоченным органом в пределах его компетенции, установленной законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z978" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственный контроль в области аудиторской деятельности и деятельности профессиональных организаций осуществляется в форме проверки и профилактического контроля с посещением субъекта (объекта) контроля в соответствии с Предпринимательским кодексом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 7 с изменениями, внесенными законами РК от 12.01.2007 N </w:t>
-[...469 lines deleted...]
-        <w:t>№ 107-VIII</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 7-1 в редакции Закона РК от 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 325-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); с изменением, внесенным Законом РК от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="83"/>
+    <w:bookmarkStart w:name="z80" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 7-1. Государственный контроль в области аудиторской деятельности и деятельности профессиональных организаций</w:t>
-[...19 lines deleted...]
-      1. Государственный контроль в области аудиторской деятельности и деятельности профессиональных организаций осуществляется уполномоченным органом в пределах его компетенции, установленной законодательством Республики Казахстан.</w:t>
+        <w:t xml:space="preserve"> Статья 8. Аудитор</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z978" w:id="85"/>
-[...119 lines deleted...]
-    <w:bookmarkStart w:name="z159" w:id="87"/>
+    <w:bookmarkStart w:name="z159" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Аудитор осуществляет свою деятельность в качестве аудитора только в составе одной аудиторской организации. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z160" w:id="88"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z160" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Аудитор может быть участником только одной аудиторской организации. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5457,282 +5645,282 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="89"/>
+    <w:bookmarkStart w:name="z81" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 9. Аудиторская организация</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z161" w:id="90"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z161" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Аудиторская организация создается в организационно-правовой форме товарищества с ограниченной ответственностью. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z162" w:id="91"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z162" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Иностранная организация признается аудиторской, если ее статус подтверждается профессиональной организацией страны, резидентом которой она является. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Профессиональная организация, подтверждающая статус иностранной аудиторской организации, должна являться членом Международной федерации бухгалтеров. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Иностранная организация также признается аудиторской, если ее статус подтверждается компетентным органом государства, резидентом которого она является. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z163" w:id="92"/>
+    <w:bookmarkStart w:name="z163" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Иностранные аудиторские организации могут осуществлять аудиторскую деятельность в Республике Казахстан только при образовании ими соответствующих аудиторских организаций - резидентов Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z18" w:id="93"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z18" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Численность аудиторов в составе аудиторской организации должна составлять не менее двух человек. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z19" w:id="94"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z19" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. В уставном капитале аудиторской организации доля, принадлежащая аудитору (аудиторам) и (или) иностранной (иностранным) аудиторским организациям, должна составлять сто процентов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z164" w:id="95"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z164" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Руководитель аудиторской организации обязан иметь квалификационное свидетельство "аудитор". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Аудитор, ранее возглавлявший аудиторскую организацию, которая в соответствии с законодательными актами Республики Казахстан была лишена лицензии, в течение года с даты вступления в законную силу решения суда о лишении лицензии не может быть руководителем другой аудиторской организации. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z165" w:id="96"/>
+    <w:bookmarkStart w:name="z165" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Аудиторская организация, осуществляющая аудиторскую деятельность на территории Республики Казахстан, не может быть участником другой аудиторской организации - резидента Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z166" w:id="97"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z166" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. В случае создания филиала на территории Республики Казахстан руководитель филиала обязан иметь квалификационное свидетельство "аудитор". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5791,148 +5979,232 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="98"/>
+    <w:bookmarkStart w:name="z82" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 10. Профессиональные организации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z167" w:id="99"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 1 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Аккредитация профессиональной организации подтверждается свидетельством об аккредитации по форме, утвержденной уполномоченным органом по согласованию с уполномоченным органом в сфере разрешений и уведомлений и уполномоченным органом в сфере информатизации. Свидетельство об аккредитации действительно на всей территории Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z168" w:id="100"/>
+    <w:bookmarkStart w:name="z168" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Профессиональные организации являются некоммерческими организациями и действуют на основании устава, принимаемого на общем собрании их членов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z169" w:id="101"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z169" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Структура и рабочие органы профессиональных организаций, соответствующие порядку аккредитации профессиональных организаций, определяются их уставами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z170" w:id="102"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z170" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Учредителями и участниками профессиональных организаций могут быть только аудиторы и аудиторские организации. Аудиторы и аудиторские организации выступают членами только одной профессиональной организации. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Аудиторы - члены профессиональной организации имеют право избирать и быть избранными в их органы управления. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -6093,88 +6365,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z83" w:id="103"/>
+    <w:bookmarkStart w:name="z83" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 11. Права и обязанности профессиональных организаций</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z64" w:id="104"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z64" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Профессиональные организации вправе: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6237,70 +6509,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении одного года со дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z989" w:id="105"/>
+    <w:bookmarkStart w:name="z989" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1) проводить курсы по обучению кандидатов в аудиторы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) анализировать, обобщать и распространять опыт работы аудиторов и аудиторских организаций; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6419,108 +6691,108 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) по итогам проведенного внешнего контроля качества исключать из профессиональной организации лиц, допустивших нарушения стандартов аудита и Кодекса этики; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) разрабатывать и утверждать учебные программы повышения квалификации аудиторов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="106"/>
+    <w:bookmarkStart w:name="z65" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Профессиональные организации обязаны: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) соблюдать законодательство Республики Казахстан об аудиторской деятельности, стандарты аудита, Кодекс этики; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z990" w:id="107"/>
+    <w:bookmarkStart w:name="z990" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1) осуществлять внешний контроль качества аудиторских организаций, не являющихся объектами внешнего контроля качества профессионального совета, в соответствии с настоящим Законом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6665,70 +6937,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4-1) способствовать развитию аудита, повышению его эффективности, организации и координации деятельности аудиторов и аудиторских организаций; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) обеспечивать соблюдение аудиторами и аудиторскими организациями требований стандартов аудита, Кодекса этики; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z991" w:id="108"/>
+    <w:bookmarkStart w:name="z991" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-1) обеспечивать прохождение курсов по повышению квалификации аудиторов, по окончании которых выдаются сертификаты о прохождении курсов, в порядке, определенном уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6931,70 +7203,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z182" w:id="109"/>
+    <w:bookmarkStart w:name="z182" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) предоставлять информацию о своей деятельности в уполномоченный орган в порядке, установленном законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7093,88 +7365,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z84" w:id="110"/>
+    <w:bookmarkStart w:name="z84" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 12. Лишение свидетельства об аккредитации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z66" w:id="111"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z66" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Профессиональная организация лишается свидетельства об аккредитации в случае, если: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7445,70 +7717,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении одного года со дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="112"/>
+    <w:bookmarkStart w:name="z67" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Профессиональные организации вправе обжаловать решение уполномоченного органа в порядке, установленном законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7647,1738 +7919,1910 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении одного года со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z85" w:id="113"/>
+    <w:bookmarkStart w:name="z85" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 13. Аттестация кандидатов на присвоение квалификации "аудитор"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z68" w:id="114"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z68" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. К аттестации допускаются лица, имеющие высшее образование и трудовой стаж не менее трех лет в экономической, финансовой, контрольно-ревизионной или в правовой сферах или в области научно-преподавательской деятельности по бухгалтерскому учету и аудиту в высших учебных заведениях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z69" w:id="115"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z69" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Лица, прошедшие аттестацию, получают квалификационное свидетельство о присвоении квалификации "аудитор" и личную печать аудитора (далее - личная печать) с указанием номера квалификационного свидетельства, фамилии, собственного имени, а также, по желанию, - отчества. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В ч.2 пункта 2 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Решение о присвоении квалификации "аудитор" публикуется на казахском и русском языках в средствах массовой информации, определяемых Квалификационной комиссией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z70" w:id="116"/>
+    <w:bookmarkStart w:name="z70" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Лица, не прошедшие экзамен по аттестации, допускаются к его повторному прохождению по истечении трех месяцев с момента принятия решения Квалификационной комиссией. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 13 с изменениями, внесенными законами РК от 20.02.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 138-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 325-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z992" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 13-1. Профессиональный совет</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z993" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Профессиональный совет действует согласно уставу, утвержденному его учредителями в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z994" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Имущество профессионального совета формируется за счет единовременных или регулярных поступлений от аудиторских организаций, которые проводят обязательный аудит, профессиональных организаций, а также за счет источников, предусмотренных законодательством Республики Казахстан и соответствующих целям деятельности профессионального совета.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:p>
-[...135 lines deleted...]
-        <w:t xml:space="preserve"> Статья 13-1. Профессиональный совет</w:t>
+    <w:bookmarkStart w:name="z995" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Имущество, переданное профессиональному совету его учредителями, является собственностью профессионального совета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z993" w:id="118"/>
-[...15 lines deleted...]
-      1. Профессиональный совет действует согласно уставу, утвержденному его учредителями в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z996" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Учредители профессионального совета не имеют имущественных прав на имущество профессионального совета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z994" w:id="119"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z997" w:id="122"/>
+    <w:bookmarkStart w:name="z997" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Высшим органом управления профессионального совета является правление профессионального совета (далее – правление), к ведению которого относится принятие решений по вопросам деятельности профессионального совета, определенным законами Республики Казахстан, уставом профессионального совета и внутренними документами профессионального совета. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z998" w:id="123"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z998" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. В состав правления входят следующие представители от: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z999" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) профессиональных организаций – в равном количестве;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z1000" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) уполномоченного органа (руководитель или его заместитель по вопросам, касающимся осуществления государственного регулирования в области аудиторской деятельности, являющийся председателем правления);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z1001" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) акционерного общества "Казахстанская фондовая биржа" – по вопросам, относящимся к аудиту;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z999" w:id="124"/>
-[...15 lines deleted...]
-      1) профессиональных организаций – в равном количестве;</w:t>
+    <w:bookmarkStart w:name="z1002" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Международного финансового центра "Астана";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z1000" w:id="125"/>
-[...15 lines deleted...]
-      2) уполномоченного органа (руководитель или его заместитель по вопросам, касающимся осуществления государственного регулирования в области аудиторской деятельности, являющийся председателем правления);</w:t>
+    <w:bookmarkStart w:name="z1003" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) высших учебных заведений и (или) научных организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z1001" w:id="126"/>
-[...15 lines deleted...]
-      3) акционерного общества "Казахстанская фондовая биржа" – по вопросам, относящимся к аудиту;</w:t>
+    <w:bookmarkStart w:name="z1004" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) а также независимый директор, имеющий квалификационное свидетельство "аудитор" и (или) один из международных сертификатов в области аудита, признанных Международной федерацией бухгалтеров.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z1002" w:id="127"/>
-[...15 lines deleted...]
-      4) Международного финансового центра "Астана";</w:t>
+    <w:bookmarkStart w:name="z1005" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Количество членов правления должно составлять нечетное число, при этом численность представителей профессиональных организаций должна составлять не более одной трети от общего числа членов правления. Правление возглавляется председателем.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z1003" w:id="128"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z1006" w:id="131"/>
+    <w:bookmarkStart w:name="z1006" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Представителям правления вознаграждение не выплачивается. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z1007" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. К исключительной компетенции правления относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z1008" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) утверждение внутренних документов профессионального совета, включая порядок формирования имущества профессионального совета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z1009" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) утверждение выдвинутых кандидатур в исполнительные органы профессионального совета;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z1007" w:id="132"/>
-[...15 lines deleted...]
-      8. К исключительной компетенции правления относятся:</w:t>
+    <w:bookmarkStart w:name="z1010" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществление контроля за соответствием деятельности профессионального совета уставным целям;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z1008" w:id="133"/>
-[...15 lines deleted...]
-      1) утверждение внутренних документов профессионального совета, включая порядок формирования имущества профессионального совета;</w:t>
+    <w:bookmarkStart w:name="z1011" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) определение направления деятельности профессионального совета в целях развития аудиторской деятельности и повышения качества аудиторских услуг;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z1009" w:id="134"/>
-[...15 lines deleted...]
-      2) утверждение выдвинутых кандидатур в исполнительные органы профессионального совета;</w:t>
+    <w:bookmarkStart w:name="z1012" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) согласование программы аттестации кандидатов в аудиторы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z1010" w:id="135"/>
-[...15 lines deleted...]
-      3) осуществление контроля за соответствием деятельности профессионального совета уставным целям;</w:t>
+    <w:bookmarkStart w:name="z1013" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) утверждение требований к объектам внешнего контроля качества профессионального совета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z1011" w:id="136"/>
-[...15 lines deleted...]
-      4) определение направления деятельности профессионального совета в целях развития аудиторской деятельности и повышения качества аудиторских услуг;</w:t>
+    <w:bookmarkStart w:name="z1014" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) согласование порядка проведения внешнего контроля качества аудиторских организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z1012" w:id="137"/>
-[...15 lines deleted...]
-      5) согласование программы аттестации кандидатов в аудиторы;</w:t>
+    <w:bookmarkStart w:name="z1015" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) рассмотрение и выдача рекомендаций по ходатайствам, представленным комитетом по контролю качества профессионального совета, об исключении аудиторской организации из членства в профессиональной организации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z1013" w:id="138"/>
-[...15 lines deleted...]
-      6) утверждение требований к объектам внешнего контроля качества профессионального совета;</w:t>
+    <w:bookmarkStart w:name="z1016" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) согласование результатов проведенного внешнего контроля качества деятельности объектов внешнего контроля качества профессионального совета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z1014" w:id="139"/>
-[...15 lines deleted...]
-      7) согласование порядка проведения внешнего контроля качества аудиторских организаций;</w:t>
+    <w:bookmarkStart w:name="z1017" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) рассмотрение обращений в отношении профессиональных организаций, аудиторских организаций и аудиторов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z1015" w:id="140"/>
-[...15 lines deleted...]
-      8) рассмотрение и выдача рекомендаций по ходатайствам, представленным комитетом по контролю качества профессионального совета, об исключении аудиторской организации из членства в профессиональной организации;</w:t>
+    <w:bookmarkStart w:name="z1018" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) утверждение годовой отчетности о деятельности профессионального совета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z1016" w:id="141"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z1019" w:id="144"/>
+    <w:bookmarkStart w:name="z1019" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12) утверждение правил осуществления деятельности апелляционной комиссии профессионального совета; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z1020" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) рассмотрение и согласование результатов контроля, осуществляемого путем проведения проверки аудиторских и профессиональных организаций на соответствие порядку проведения внешнего контроля качества аудиторских организаций, в случаях отсутствия возражений к ним и (или) наличия решения апелляционной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z1021" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Правление вправе принять к рассмотрению любой вопрос, связанный с деятельностью профессионального совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z1022" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Профессиональный совет не вправе создавать филиалы и представительства.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z1020" w:id="145"/>
-[...15 lines deleted...]
-      13) рассмотрение и согласование результатов контроля, осуществляемого путем проведения проверки аудиторских и профессиональных организаций на соответствие порядку проведения внешнего контроля качества аудиторских организаций, в случаях отсутствия возражений к ним и (или) наличия решения апелляционной комиссии.</w:t>
+    <w:bookmarkStart w:name="z1023" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Исполнительными органами профессионального совета являются комитет по контролю качества профессионального совета, Квалификационная комиссия, исполнительный коллегиальный орган, иные органы, утвержденные правлением.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z1021" w:id="146"/>
-[...15 lines deleted...]
-      Правление вправе принять к рассмотрению любой вопрос, связанный с деятельностью профессионального совета.</w:t>
+    <w:bookmarkStart w:name="z1024" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Профессиональный совет направляет в уполномоченный орган и уполномоченный орган по регулированию, контролю и надзору финансового рынка и финансовых организаций годовую отчетность о деятельности в срок не позднее тридцати календарных дней со дня ее утверждения правлением.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z1022" w:id="147"/>
-[...15 lines deleted...]
-      9. Профессиональный совет не вправе создавать филиалы и представительства.</w:t>
+    <w:bookmarkStart w:name="z1025" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Исполнительный коллегиальный орган, возглавляемый председателем, осуществляет текущее руководство деятельностью профессионального совета в соответствии с уставом профессионального совета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z1023" w:id="148"/>
-[...15 lines deleted...]
-      10. Исполнительными органами профессионального совета являются комитет по контролю качества профессионального совета, Квалификационная комиссия, исполнительный коллегиальный орган, иные органы, утвержденные правлением.</w:t>
+    <w:bookmarkStart w:name="z1026" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Сведения о деятельности профессионального совета и его исполнительных органов должны быть открытыми и общедоступными.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z1024" w:id="149"/>
-[...15 lines deleted...]
-      11. Профессиональный совет направляет в уполномоченный орган и уполномоченный орган по регулированию, контролю и надзору финансового рынка и финансовых организаций годовую отчетность о деятельности в срок не позднее тридцати календарных дней со дня ее утверждения правлением.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 13-1 в соответствии с Законом РК от 03.07.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 358-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении одного года со дня его первого официального опубликования); с изменениями, внесенными Законом РК от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1027" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 13-2. Комитет по контролю качества профессионального совета</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z1025" w:id="150"/>
-[...138 lines deleted...]
-    <w:bookmarkEnd w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 13-2 - в редакции Закона РК от 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1028" w:id="153"/>
+    <w:bookmarkStart w:name="z1028" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В состав комитета по контролю качества профессионального совета входят не менее двух непрактикующих экспертов на срок до трех лет, обладающих опытом работы в области проведения аудита не менее десяти лет, и (или) могут входить непрактикующие эксперты, обладающие опытом работы в области проведения аудита не менее пяти лет, имеющие квалификационное свидетельство "аудитор" и (или) один из международных сертификатов в области аудита, признанных Международной федерацией бухгалтеров, и не привлекавшиеся к ответственности за нарушение требований законодательства Республики Казахстан об аудиторской деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z1029" w:id="154"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z1029" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. К исключительной компетенции комитета по контролю качества профессионального совета относятся:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z1030" w:id="155"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z1030" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осуществление контроля путем проведения проверки объектов внешнего контроля качества профессионального совета на соответствие требованиям к объектам внешнего контроля качества профессионального совета, утвержденным правлением; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z1031" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) проведение внешнего контроля качества объектов внешнего контроля качества профессионального совета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z1032" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) представление в правление на согласование результатов проведенного внешнего контроля качества объектов внешнего контроля качества профессионального совета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z1033" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) разработка и утверждение по согласованию с правлением порядка проведения внешнего контроля качества аудиторских организаций в соответствии с типовыми правилами проведения внешнего контроля качества аудиторских организаций, в том числе критериями проверок аудиторских и профессиональных организаций, утвержденными уполномоченным органом;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z1031" w:id="156"/>
-[...15 lines deleted...]
-      2) проведение внешнего контроля качества объектов внешнего контроля качества профессионального совета;</w:t>
+    <w:bookmarkStart w:name="z1034" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) размещение результатов проведенного внешнего контроля качества объектов внешнего контроля качества профессионального совета на интернет-ресурсе профессионального совета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z1032" w:id="157"/>
-[...15 lines deleted...]
-      3) представление в правление на согласование результатов проведенного внешнего контроля качества объектов внешнего контроля качества профессионального совета;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) исключен Законом РК от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1036" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) представление в правление ходатайства об исключении аудиторской организации из членства в профессиональной организации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z1033" w:id="158"/>
-[...15 lines deleted...]
-      4) разработка и утверждение по согласованию с правлением порядка проведения внешнего контроля качества аудиторских организаций в соответствии с типовыми правилами проведения внешнего контроля качества аудиторских организаций, в том числе критериями проверок аудиторских и профессиональных организаций, утвержденными уполномоченным органом;</w:t>
+    <w:bookmarkStart w:name="z1037" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) осуществление контроля путем проведения проверки аудиторских и профессиональных организаций на соответствие порядку проведения внешнего контроля качества аудиторских организаций, за исключением случая, предусмотренного подпунктом 1) настоящего пункта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z1034" w:id="159"/>
-[...15 lines deleted...]
-      5) размещение результатов проведенного внешнего контроля качества объектов внешнего контроля качества профессионального совета на интернет-ресурсе профессионального совета;</w:t>
+    <w:bookmarkStart w:name="z1038" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Сведения, составляющие коммерческую тайну, полученные комитетом по контролю качества при проведении внешнего контроля качества аудиторских организаций, не подлежат разглашению, за исключением случаев, предусмотренных законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">6) исключен Законом РК от 06.04.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 13-2 в соответствии с Законом РК от 03.07.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 358-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); с изменениями, внесенными Законом от 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1036" w:id="160"/>
-[...15 lines deleted...]
-      7) представление в правление ходатайства об исключении аудиторской организации из членства в профессиональной организации;</w:t>
+    <w:bookmarkStart w:name="z86" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 14. Квалификационная комиссия</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z1037" w:id="161"/>
-[...15 lines deleted...]
-      8) осуществление контроля путем проведения проверки аудиторских и профессиональных организаций на соответствие порядку проведения внешнего контроля качества аудиторских организаций, за исключением случая, предусмотренного подпунктом 1) настоящего пункта.</w:t>
+    <w:bookmarkStart w:name="z1040" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В состав Квалификационной комиссии входят представитель уполномоченного органа и равное количество представителей от профессиональных организаций, при этом состав Квалификационной комиссии должен состоять из нечетного числа ее членов. В состав Квалификационной комиссии могут входить также непрактикующие эксперты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z1038" w:id="162"/>
-[...15 lines deleted...]
-      3. Сведения, составляющие коммерческую тайну, полученные комитетом по контролю качества при проведении внешнего контроля качества аудиторских организаций, не подлежат разглашению, за исключением случаев, предусмотренных законами Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1041" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Председателем Квалификационной комиссии избирается аудитор, обладающий опытом работы в области проведения аудита.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z1042" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Председатель Квалификационной комиссии избирается простым большинством голосов членов Квалификационной комиссии сроком на три года. Одно и то же лицо не может быть избрано председателем два раза подряд.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z1043" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Председателем Квалификационной комиссии не может быть избрано лицо, которое привлекалось к ответственности за совершение коррупционного правонарушения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z1044" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Квалификационная комиссия разрабатывает, утверждает и согласовывает с правлением программу аттестации кандидатов в аудиторы, которая должна соответствовать международным стандартам финансовой отчетности, выпущенным Фондом международных стандартов финансовой отчетности, стандартам аудита и законодательству Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z1045" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В случае нарушения порядка проведения аттестации кандидатов в аудиторы уполномоченный орган вправе обжаловать решение Квалификационной комиссии в суд.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 13-2 в соответствии с Законом РК от 03.07.2020 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 14 - в редакции Закона РК от 03.07.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 358-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие см. </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">); с изменениями, внесенными Законом от 06.04.2024 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении одного года со дня его первого официального опубликования); с изменением, внесенным Законом РК от 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z86" w:id="163"/>
+    <w:bookmarkStart w:name="z105" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 14. Квалификационная комиссия</w:t>
-[...79 lines deleted...]
-      3. Председателем Квалификационной комиссии не может быть избрано лицо, которое привлекалось к ответственности за совершение коррупционного правонарушения.</w:t>
+        <w:t xml:space="preserve"> Статья 15. Лишение квалификационного свидетельства "аудитор"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z1044" w:id="168"/>
-[...138 lines deleted...]
-    <w:bookmarkEnd w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Лишение квалификационного свидетельства "аудитор" осуществляется в порядке, установленном Кодексом Республики Казахстан об административных правонарушениях. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В ч.2 статьи 15 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Решение о лишении квалификационного свидетельства "аудитор" уполномоченным органом направляется профессиональным организациям и публикуется на казахском и русском языках в средствах массовой информации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -9469,206 +9913,206 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении одного года со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z88" w:id="171"/>
+    <w:bookmarkStart w:name="z88" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 16. Лицензирование аудиторской деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z131" w:id="172"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z131" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Аудиторская деятельность подлежит лицензированию в порядке, установленном законодательством Республики Казахстан о разрешениях и уведомлениях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z132" w:id="173"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z132" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Лицензия прекращает свое действие только в случаях, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О разрешениях и уведомлениях".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z133" w:id="174"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z133" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Приостановление действия и лишение лицензии осуществляются в порядке, установленном Кодексом Республики Казахстан об административных правонарушениях. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z134" w:id="175"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z134" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. В случае прекращения действия лицензии, в том числе ее лишения, аудиторские организации в течение десяти рабочих дней со дня принятия решения о прекращении действия лицензии, в том числе ее лишении, обязаны возвратить в уполномоченный орган лицензию, за исключением случаев оформления лицензии в электронной форме. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkEnd w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При лишении лицензии срок исчисляется со дня вступления в законную силу постановления суда. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z135" w:id="176"/>
+    <w:bookmarkStart w:name="z135" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Заявление на выдачу лицензии аудиторской организации, которая в соответствии с законодательными актами Республики Казахстан была лишена лицензии, рассматривается не ранее чем через год. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkEnd w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9747,235 +10191,235 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z89" w:id="177"/>
+    <w:bookmarkStart w:name="z89" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Статья 17. Договор на проведение аудита, аудита по налогам, аудита иной информации, сопутствующих и других услуг в соответствии со стандартами аудита</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkEnd w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 17 в редакции Закона РК от 13.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 325-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z136" w:id="178"/>
+    <w:bookmarkStart w:name="z136" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Отношения между аудиторскими организациями и аудируемыми субъектами строятся на основе договора в соответствии с законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z137" w:id="179"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z137" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В договоре на проведение аудита и (или) предоставление сопутствующих и других услуг в соответствии со стандартами аудита предусматриваются: предмет договора, сроки, размер и условия оплаты, права, обязанности и ответственность сторон, конфиденциальность полученной информации, а также членство в профессиональной организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z138" w:id="180"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z138" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Договор на проведение обязательного аудита, аудита по налогам, аудита иной информации и (или) сопутствующих и других услуг в соответствии со стандартами аудита аудируемого субъекта должен соответствовать требованиям, установленным законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z139" w:id="181"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z139" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Сведения, полученные аудитором и (или) аудиторской организацией при исполнении договора на проведение аудита, аудита по налогам, составляют коммерческую тайну, за исключением сведений, представляемых органам государственных доходов, а также сведений, раскрываемых (передаваемых) в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О возврате государству незаконно приобретенных активов" уполномоченному органу по возврату активов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z939" w:id="182"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z939" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения, полученные аудитором и (или) аудиторской организацией при исполнении договора на проведение аудита иной информации, составляют коммерческую тайну, за исключением сведений, предоставляемых с согласия клиентов аудиторской организации уполномоченному органу по регулированию, контролю и надзору финансового рынка и финансовых организаций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkEnd w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нарушение обязанности сохранения сведений, содержащих коммерческую тайну, влечет ответственность, установленную законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -10132,182 +10576,362 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="183"/>
+    <w:bookmarkStart w:name="z90" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 18. Аудиторский отчет</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z140" w:id="184"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z140" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Аудиторский отчет составляется по результатам проведенного аудита и должен соответствовать требованиям настоящего Закона и стандартам аудита. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkEnd w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Аудиторский отчет содержит независимое мнение аудитора - исполнителя и аудиторской организации о финансовой отчетности и прочей информации, связанной с финансовой отчетностью, аудируемого субъекта в соответствии с требованиями законодательства Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z141" w:id="185"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ч.1 пункта 2 предусматривается в редакции Закона РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Аудиторский отчет подписывается аудитором-исполнителем с указанием номера и даты выдачи квалификационного свидетельства, заверяется его личной печатью, утверждается подписью руководителя аудиторской организации и заверяется печатью аудиторской организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 2 предусматривается дополнить частью второй в соответствии с Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В аудиторском отчете также указываются номер и дата выдачи лицензии аудиторской организации. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       За ненадлежащее использование и хранение личной печати аудитор несет ответственность в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z142" w:id="186"/>
+    <w:bookmarkStart w:name="z142" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. В случае несоответствия аудиторского отчета законодательству Республики Казахстан или фактическим данным такой отчет признается недействительным по решению суда. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkEnd w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10346,862 +10970,862 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z127" w:id="187"/>
+    <w:bookmarkStart w:name="z127" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 18-1. Особенности проведения аудита финансовой организации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkEnd w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Статья 18-1 исключена Законом РК от 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="188"/>
+    <w:bookmarkStart w:name="z52" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 18-2. Аудиторское заключение по налогам</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z146" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Аудиторское заключение по налогам должно соответствовать требованиям, установленным настоящим Законом и иными нормативными правовыми актами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z147" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Аудиторское заключение по налогам подписывается аудитором-исполнителем с указанием номера и даты выдачи квалификационного свидетельства, заверяется его личной печатью, утверждается подписью руководителя аудиторской организации и заверяется печатью аудиторской организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Закон дополнен статьей 18-2 в соответствии с Законом РК от 29.12.2014</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 269-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2015).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z150" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 18-3. Особенности проведения аудита специального назначения субъектов квазигосударственного сектора</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z148" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Порядок проведения аудита специального назначения субъектов квазигосударственного сектора и представления аудиторского заключения по аудиту специального назначения субъектов квазигосударственного сектора определяется Высшей аудиторской палатой Республики Казахстан по согласованию с уполномоченными органами по внутреннему государственному аудиту, по управлению государственным имуществом и центральным уполномоченным органом по государственному планированию.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z146" w:id="189"/>
-[...15 lines deleted...]
-      1. Аудиторское заключение по налогам должно соответствовать требованиям, установленным настоящим Законом и иными нормативными правовыми актами.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аудиторское заключение по аудиту специального назначения субъектов квазигосударственного сектора размещается в единой базе данных по государственному аудиту и финансовому контролю.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z149" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Аудиторское заключение по аудиту специального назначения субъектов квазигосударственного сектора подписывается аудитором–исполнителем с указанием номера и даты выдачи квалификационного свидетельства, заверяется его личной печатью, утверждается подписью руководителя аудиторской организации и заверяется печатью аудиторской организации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z147" w:id="190"/>
-[...15 lines deleted...]
-      2. Аудиторское заключение по налогам подписывается аудитором-исполнителем с указанием номера и даты выдачи квалификационного свидетельства, заверяется его личной печатью, утверждается подписью руководителя аудиторской организации и заверяется печатью аудиторской организации.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 18-3 в соответствии с Законом РК от 12.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 393-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным Законом РК от 05.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 157-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 19. Контроль качества и его виды</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="190"/>
-    <w:p>
-[...75 lines deleted...]
-        <w:t xml:space="preserve"> Статья 18-3. Особенности проведения аудита специального назначения субъектов квазигосударственного сектора</w:t>
+    <w:bookmarkStart w:name="z1047" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Контроль качества направлен на соблюдение аудиторами и аудиторскими организациями требований стандартов аудита, Кодекса этики и законодательства Республики Казахстан об аудиторской деятельности и осуществляется на основе риск-ориентированного подхода.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z148" w:id="192"/>
-[...15 lines deleted...]
-      1. Порядок проведения аудита специального назначения субъектов квазигосударственного сектора и представления аудиторского заключения по аудиту специального назначения субъектов квазигосударственного сектора определяется Высшей аудиторской палатой Республики Казахстан по согласованию с уполномоченными органами по внутреннему государственному аудиту, по управлению государственным имуществом и центральным уполномоченным органом по государственному планированию.</w:t>
+    <w:bookmarkStart w:name="z1048" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Видами контроля качества являются внутренний и внешний контроль качества.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
-    <w:p>
-[...177 lines deleted...]
-    <w:bookmarkStart w:name="z1049" w:id="197"/>
+    <w:bookmarkStart w:name="z1049" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Внутренний контроль качества осуществляется аудиторской организацией самостоятельно в соответствии со стандартами аудита и стандартами организаций. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z1050" w:id="198"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z1050" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Внешний контроль качества осуществляется профессиональной организацией в отношении аудиторских организаций, которые не являются объектами внешнего контроля качества профессионального совета, не реже одного раза в три года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z1051" w:id="199"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z1051" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Внешний контроль качества осуществляется комитетом по контролю качества в отношении объектов внешнего контроля качества профессионального совета не реже одного раза в три года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z1052" w:id="200"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z1052" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом для аудиторских организаций, прошедших внешний контроль качества в комитете по контролю качества профессионального совета, прохождение внешнего контроля качества в рабочем органе профессиональной организации не требуется.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z1053" w:id="201"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z1053" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Внеплановый внешний контроль качества проводится: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z1054" w:id="202"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z1054" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в случае получения обращения на действия (бездействие) аудиторов, аудиторских организаций и профессиональных организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z1055" w:id="203"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z1055" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) в случае несогласия с результатами работы аудиторов и (или) аудиторских организаций; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z1056" w:id="204"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z1056" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) по инициативе объектов внешнего контроля качества профессионального совета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z1057" w:id="205"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z1057" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) по инициативе уполномоченного органа согласно поступившим обращениям, связанным с деятельностью аудиторов, аудиторских организаций и профессиональных организаций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z1058" w:id="206"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z1058" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Решение о необходимости проведения внепланового внешнего контроля качества по обращению на действия (бездействие) аудиторов, аудиторских организаций и профессиональных организаций выносится после рассмотрения фактических данных, изложенных в обращении.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z1059" w:id="207"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z1059" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Расходы по проводимому внеплановому внешнему контролю качества в соответствии с подпунктом 3) пункта 3 настоящей статьи оплачиваются проверяемой аудиторской организацией. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z1060" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Расходы по проводимому внеплановому внешнему контролю качества в соответствии с подпунктами 1), 2) и 4) пункта 3 настоящей статьи оплачиваются физическим или юридическим лицом, направившим обращение. Подача обращения в уполномоченный орган не освобождает лицо, направившее обращение, от оплаты расходов на проведение внешнего контроля качества. При этом в случае подтверждения фактов, изложенных в обращении, оплата расходов производится проверяемой аудиторской организацией, а лицу, направившему обращение, возвращается оплата.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z1061" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Профессиональные организации проводят внешний контроль качества аудиторских организаций в соответствии с порядком, утвержденным комитетом по контролю качества.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z1062" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Аудиторская организация вправе обжаловать результаты внешнего контроля качества в апелляционную комиссию профессионального совета и (или) в суд.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z1063" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Деятельность апелляционной комиссии профессионального совета осуществляется в соответствии с правилами, определяемыми правлением.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z1060" w:id="208"/>
-[...15 lines deleted...]
-      Расходы по проводимому внеплановому внешнему контролю качества в соответствии с подпунктами 1), 2) и 4) пункта 3 настоящей статьи оплачиваются физическим или юридическим лицом, направившим обращение. Подача обращения в уполномоченный орган не освобождает лицо, направившее обращение, от оплаты расходов на проведение внешнего контроля качества. При этом в случае подтверждения фактов, изложенных в обращении, оплата расходов производится проверяемой аудиторской организацией, а лицу, направившему обращение, возвращается оплата.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 19 - в редакции Закона РК от 03.07.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 358-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении одного года со дня его первого официального опубликования); с изменениями, внесенными Законом РК от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z92" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 20. Права и обязанности аудиторов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z1061" w:id="209"/>
-[...159 lines deleted...]
-    <w:bookmarkStart w:name="z151" w:id="213"/>
+    <w:bookmarkStart w:name="z151" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Аудиторы вправе: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkEnd w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) получать и проверять необходимую бухгалтерскую и иную финансово-хозяйственную документацию аудируемого субъекта для выполнения условий договора на проведение аудита, аудита по налогам, аудита специального назначения субъектов квазигосударственного сектора;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11230,108 +11854,108 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) получать у должностных лиц аудируемого субъекта разъяснения в устной и письменной формах по возникшим в ходе аудита вопросам; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) обжаловать решение профессиональных организаций в судебном порядке. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z171" w:id="214"/>
+    <w:bookmarkStart w:name="z171" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Аудиторы обязаны: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkEnd w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) соблюдать законодательство Республики Казахстан об аудиторской деятельности, стандарты аудита, Кодекс этики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1064" w:id="215"/>
+    <w:bookmarkStart w:name="z1064" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1) проходить курсы по повышению квалификации аудиторов в соответствии с требованиями правил повышения квалификации аудиторов и получать сертификат о прохождении курсов по повышению квалификации аудиторов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkEnd w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) не разглашать коммерческую тайну, за исключением случаев, предусмотренных законами Республики Казахстан; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11342,90 +11966,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) предоставлять аудируемому субъекту информацию о выявленных нарушениях в ведении бухгалтерского учета, финансовой отчетности и прочей информации, связанной с финансовой отчетностью;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сообщать руководителю аудиторской организации, участником которой он является, сведения в соответствии с законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1069" w:id="216"/>
+    <w:bookmarkStart w:name="z1069" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) сообщать руководителю аудиторской организации, участником которой он является, сведения в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О возврате государству незаконно приобретенных активов", включая сведения, составляющие коммерческую тайну.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkEnd w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11604,674 +12228,760 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z93" w:id="217"/>
+    <w:bookmarkStart w:name="z93" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 21. Права и обязанности аудиторских организаций</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkEnd w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Аудиторские организации вправе: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="218"/>
+    <w:bookmarkStart w:name="z32" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) самостоятельно определять методы проведения аудита; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z33" w:id="219"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z33" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) запрашивать и проверять необходимую бухгалтерскую и иную финансово-хозяйственную документацию для выполнения условий договора на проведение аудита, аудита по налогам, аудита специального назначения субъектов квазигосударственного сектора, аудита иной информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z152" w:id="220"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z152" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1) при проведении аудита по налогам, аудита специального назначения субъектов квазигосударственного сектора запрашивать сведения в отношении аудируемого субъекта в государственных органах, местных исполнительных органах, банках, филиалах банков-нерезидентов Республики Казахстан и организациях, осуществляющих отдельные виды банковских операций, а также в иных организациях в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z941" w:id="221"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z941" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-2) запрашивать и проверять необходимую документацию по внутренней политике и процедурам, системе управления рисками и внутреннего контроля, системе управления рисками информационных технологий, системе информационной безопасности, системе корпоративного управления, а также системе внутреннего контроля в сфере противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения для выполнения условий договора на проведение аудита иной информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z34" w:id="222"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z34" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) привлекать на договорной основе к участию в проведении аудита специалистов различного профиля, за исключением лиц, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статье 24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z35" w:id="223"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z35" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) отказаться от проведения аудита, аудита по налогам, аудита специального назначения субъектов квазигосударственного сектора, аудита иной информации либо выдачи аудиторского отчета или аудиторского заключения в случае нарушения аудируемым субъектом условий договора на проведение аудита, аудита по налогам, аудита специального назначения субъектов квазигосударственного сектора, аудита иной информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z36" w:id="224"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z36" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) проверять в полном объеме документацию, связанную с финансово-хозяйственной деятельностью аудируемого субъекта, а также фактическое наличие имущества, учтенного в этой документации. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z1067" w:id="225"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z1067" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) давать заключения органам прокуратуры, уголовного преследования и суду.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z37" w:id="226"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z37" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Аудиторские организации обязаны: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z38" w:id="227"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z38" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) соблюдать законодательство Республики Казахстан об аудиторской деятельности, стандарты аудита, Кодекс этики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z39" w:id="228"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z39" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) не препятствовать проведению внешнего контроля качества или проверкам, проводимым уполномоченным органом; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z40" w:id="229"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z40" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) в течение одного месяца со дня получения лицензии на осуществление аудиторской деятельности или добровольного выхода из профессиональной организации, или исключения из нее вступить в профессиональную организацию; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z41" w:id="230"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z41" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) при лишении аккредитации профессиональной организации, членами которой они являются, в течение трех месяцев вступить в другую профессиональную организацию; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z42" w:id="231"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z42" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">5) не разглашать коммерческую тайну, за исключением случаев, предусмотренных законами Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z43" w:id="232"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z43" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) предоставлять аудируемому субъекту информацию о выявленных нарушениях в ведении бухгалтерского учета, финансовой отчетности и прочей информации, связанной с финансовой отчетностью. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkEnd w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае проведения аудита в государственных учреждениях, государственных предприятиях, юридических лицах с участием государства, аудита специального назначения субъектов квазигосударственного сектора аудиторские организации обязаны также предоставлять аудируемым субъектам информацию о выявленных нарушениях законодательства Республики Казахстан при использовании бюджетных средств, кредитов, связанных грантов, активов государства и субъектов квазигосударственного сектора, государственных и гарантированных государством займов, а также займов, привлекаемых под поручительство государства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="233"/>
+    <w:bookmarkStart w:name="z44" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) сообщать уполномоченному органу по регулированию, контролю и надзору финансового рынка и финансовых организаций с уведомлением аудируемых субъектов о выявленных в результате аудита финансовых организаций, организаций, входящих в состав банковского конгломерата, организаций, входящих в страховую группу, для которых проведение аудита является обязательным, нарушениях законодательства Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z20" w:id="234"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z20" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) предоставлять отчетность в уполномоченный орган в соответствии с квалификационными требованиями, предъявляемыми при лицензировании, а также информацию по страхованию своей гражданско-правовой ответственности по форме, утвержденной уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z45" w:id="235"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 2 предусматривается дополнить подпунктом 8-1) в соответствии с Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9) представлять в уполномоченный орган по регулированию, контролю и надзору финансового рынка и финансовых организаций в установленные законодательством Республики Казахстан сроки аудиторское заключение по аудиту иной информации банка, страховой (перестраховочной) организации, филиала банка-нерезидента Республики Казахстан, филиала страховой (перестраховочной) организации-нерезидента Республики Казахстан, профессионального участника рынка ценных бумаг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z153" w:id="236"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z153" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9-1) представлять в орган государственных доходов по месту нахождения аудируемого субъекта аудиторское заключение по налогам в порядке, определяемом уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z154" w:id="237"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z154" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9-2) представлять в Высшую аудиторскую палату Республики Казахстан аудиторское заключение по аудиту специального назначения субъектов квазигосударственного сектора в порядке, определяемом Высшей аудиторской палатой Республики Казахстан по согласованию с уполномоченными органами по внутреннему государственному аудиту, по управлению государственным имуществом и центральным уполномоченным органом по государственному планированию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z46" w:id="238"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z46" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) сообщать уполномоченному органу по финансовому мониторингу сведения в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z979" w:id="239"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z979" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) соблюдать требования, установленные законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z1070" w:id="240"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z1070" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12) раскрывать (передавать) уполномоченному органу по возврату активов сведения в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О возврате государству незаконно приобретенных активов", включая сведения, составляющие коммерческую тайну.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z47" w:id="241"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z47" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Не допускается незаконное вмешательство государственных органов, аудируемых субъектов и любых третьих лиц в деятельность аудиторских организаций. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkEnd w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12690,525 +13400,525 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z94" w:id="242"/>
+    <w:bookmarkStart w:name="z94" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 22. Страхование аудиторской деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z172" w:id="243"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z172" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Аудиторские организации обязаны заключить договор страхования гражданско-правовой ответственности по обязательствам, возникающим вследствие причинения имущественного вреда при осуществлении аудита. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z48" w:id="244"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z48" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Страхование гражданско-правовой ответственности аудиторских организаций осуществляется в порядке, установленном законодательными актами Республики Казахстан. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z106" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 23. Ответственность аудиторов и аудиторских организаций </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      За нарушение законодательства Республики Казахстан об аудиторской деятельности, а также условий договора аудиторы и аудиторские организации несут ответственность в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 23 с изменениями, внесенными Законом РК от 20.02.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 138-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z96" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Статья 24. Ограничение права на проведение аудита, аудита по налогам, аудита специального назначения субъектов квазигосударственного сектора, аудита иной информации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сноска. Заголовок статьи 24 в редакции Закона РК от 29.12.2014</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 269-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2015); с изменениями, внесенными законами РК от 12.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 393-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2019).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z945" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Запрещается проведение аудита, аудита по налогам, аудита специального назначения субъектов квазигосударственного сектора, аудита иной информации аудиторской организацией:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z946" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заказчиков, чьим участником, кредитором являются данная аудиторская организация или ее работники, осуществляющие данный аудит, аудит по налогам, аудита специального назначения субъектов квазигосударственного сектора, аудит иной информации;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z106" w:id="245"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Статья 23. Ответственность аудиторов и аудиторских организаций </w:t>
+    <w:bookmarkStart w:name="z980" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организаций, с которыми за последние три года был заключен договор страхования гражданско-правовой ответственности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="245"/>
-    <w:p>
-[...264 lines deleted...]
-    <w:bookmarkStart w:name="z981" w:id="250"/>
+    <w:bookmarkStart w:name="z981" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       организаций, которым за последние три года были предоставлены услуги, указанные в подпунктах 2) и (или) 3) (в части бухгалтерского учета и (или) финансовой отчетности) части первой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 3 настоящего Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkEnd w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       исполнители которой состоят в трудовых отношениях или являются близкими родственниками или свойственниками должностных лиц аудируемого субъекта, а также акционера (участника), владеющего десятью и более процентами акций (или долями участия в уставном капитале) аудируемого субъекта; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       исполнители которой имеют личные имущественные интересы в аудируемом субъекте; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z947" w:id="251"/>
+    <w:bookmarkStart w:name="z947" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       если у нее имеются денежные обязательства перед аудируемым субъектом или у аудируемого субъекта перед нею, за исключением обязательств по проведению аудита, аудита по налогам, аудита специального назначения субъектов квазигосударственного сектора, аудита иной информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkEnd w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в случаях, влекущих возникновение конфликта интересов или создающих угрозу возникновения такого конфликта, за исключением обязательств, возникающих из заключенных публичных договоров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z178" w:id="252"/>
+    <w:bookmarkStart w:name="z178" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Запрещается проведение обязательного аудита аудиторской организацией, не соответствующей минимальным требованиям к аудиторским организациям, которые проводят обязательный аудит.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkEnd w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13327,108 +14037,108 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z97" w:id="253"/>
+    <w:bookmarkStart w:name="z97" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 25. Права и обязанности аудируемого субъекта</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z155" w:id="254"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z155" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Аудируемый субъект вправе: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z948" w:id="255"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z948" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) получать от аудиторской организации необходимую информацию о требованиях законодательства Республики Казахстан, касающихся проведения аудита, аудита по налогам, аудита специального назначения субъектов квазигосударственного сектора, аудита иной информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkEnd w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) знакомиться с нормативными правовыми актами, на которых основываются замечания и выводы аудиторской организации; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13439,168 +14149,168 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) получать от аудитора, аудиторской организации информацию о выявленных нарушениях в ведении бухгалтерского учета, финансовой отчетности и прочей информации, связанной с финансовой отчетностью; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) отказаться от услуг аудиторской организации в случае нарушения ею условий договора. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z156" w:id="256"/>
+    <w:bookmarkStart w:name="z156" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Аудируемый субъект обязан: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z949" w:id="257"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z949" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) создавать условия аудиторской организации для своевременного и качественного проведения аудита, аудита по налогам, аудита специального назначения субъектов квазигосударственного сектора, аудита иной информации, представлять необходимую документацию, в том числе сведения, составляющие коммерческую тайну, давать разъяснения и объяснения в устной или письменной форме;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z950" w:id="258"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z950" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) не вмешиваться в деятельность аудиторской организации в целях ограничения круга вопросов, подлежащих аудиту, аудиту по налогам, аудиту специального назначения субъектов квазигосударственного сектора, аудиту иной информации, если иное не предусмотрено договором;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkEnd w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) направлять по требованию аудиторской организации письменный запрос от своего имени в адрес третьих лиц для получения необходимой информации. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z157" w:id="259"/>
+    <w:bookmarkStart w:name="z157" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Аудируемые субъекты в лице государственных учреждений и государственных предприятий, юридических лиц с участием государства в месячный срок после проведенного аудита финансовой отчетности их деятельности, а также аудируемые субъекты квазигосударственного сектора в месячный срок после проведенного аудита специального назначения субъектов квазигосударственного сектора предоставляют в органы государственного аудита и финансового контроля информацию о выявленных нарушениях законодательства Республики Казахстан при использовании бюджетных средств, кредитов, связанных грантов, активов государства и субъектов квазигосударственного сектора, государственных и гарантированных государством займов, а также займов, привлекаемых под поручительство государства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z173" w:id="260"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z173" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Выполнение требований аудиторской организации, вытекающих из обязательств по договору, для аудируемого субъекта обязательно. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkEnd w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13699,68 +14409,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2019).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="261"/>
+    <w:bookmarkStart w:name="z98" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 26. Обязанности аудируемого субъекта</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkEnd w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Статья исключена Законом РК от 20.02.2009 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13775,148 +14485,148 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ст.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z99" w:id="262"/>
+    <w:bookmarkStart w:name="z99" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 27. Ответственность аудируемого субъекта</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z158" w:id="263"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z158" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1. Аудируемый субъект несет ответственность, установленную законами Республики Казахстан, за полноту и достоверность финансовой отчетности и прочей информации, связанной с финансовой отчетностью, а также иной информации, предоставленной аудиторской организации для проведения аудита, аудита по налогам, аудита специального назначения субъектов квазигосударственного сектора, аудита иной информации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z174" w:id="264"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z174" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Руководитель юридического лица, уклоняющийся от проведения обязательного аудита либо препятствующий его проведению, либо не обеспечивающий его проведение в соответствии с требованиями законодательства Республики Казахстан, несет ответственность в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z175" w:id="265"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z175" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3. Проведение аудита, аудита по налогам, аудита специального назначения субъектов квазигосударственного сектора, аудита иной информации не освобождает аудируемого субъекта от ответственности за несоответствие представляемой финансовой отчетности и иных документов требованиям законодательства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkEnd w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14015,162 +14725,162 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2019).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z100" w:id="266"/>
+    <w:bookmarkStart w:name="z100" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 28. Рассмотрение споров</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkEnd w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Споры, возникающие между аудиторами, аудиторскими организациями, а также между ними и аудируемыми субъектами, разрешаются в порядке, установленном законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z101" w:id="267"/>
+    <w:bookmarkStart w:name="z101" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 29. Переходные положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z176" w:id="268"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z176" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Аудиторы, являющиеся индивидуальными предпринимателями, могут осуществлять аудиторскую деятельность в течение шести месяцев со дня введения в действие настоящего Закона. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z177" w:id="269"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z177" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Лицензии аудиторских организаций, выданные уполномоченным органом, за исключением выданных уполномоченным органом по регулированию и надзору финансового рынка и финансовых организаций, и квалификационные свидетельства "аудитор", выданные до введения в действие настоящего Закона, действительны. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z102" w:id="270"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z102" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 30. Порядок введения в действие настоящего Закона</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkEnd w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Настоящий Закон вводится в действие со дня его официального опубликования, за исключением </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14429,55 +15139,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>