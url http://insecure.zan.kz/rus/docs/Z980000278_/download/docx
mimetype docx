--- v0 (2025-11-13)
+++ v1 (2026-03-05)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4015f07" w14:textId="4015f07">
+    <w:p w14:paraId="b04a381" w14:textId="b04a381">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -4358,91 +4358,185 @@
         <w:t>
       13) разрабатывает и утверждает правила ведения республиканского реестра племенных животных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
     <w:bookmarkStart w:name="z259" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13-1) осуществляет прием уведомлений от физических и юридических лиц о начале (прекращении) деятельности в области племенного животноводства в соответствии с Законом Республики Казахстан "О разрешениях и уведомлениях";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z260" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 13-2) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13-2) ведет государственный электронный реестр разрешений и уведомлений в области племенного животноводства, и вносит в него изменения и дополнения;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z129" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) разрабатывает и утверждает положение о порядке признания племенного свидетельства или эквивалентного ему документа, выданного на импортированную племенную продукцию (материал) компетентными органами стран-экспортеров;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z129" w:id="94"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z300" w:id="95"/>
+    <w:bookmarkStart w:name="z300" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14-1) исключен Законом РК от 27.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4457,91 +4551,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шести месяцев после дня его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z130" w:id="96"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z130" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15) исключен Законом РК от 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4570,51 +4664,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z132" w:id="97"/>
+    <w:bookmarkStart w:name="z132" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17) исключен Законом РК от 27.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4629,72 +4723,72 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шести месяцев после дня его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z133" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) утверждает по согласованию с уполномоченным органом в области государственной статистики формы, предназначенные для сбора административных данных в области племенного животноводства;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z133" w:id="98"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z134" w:id="99"/>
+    <w:bookmarkStart w:name="z134" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19) исключен Законом РК от 27.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4709,244 +4803,244 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шести месяцев после дня его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z135" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) осуществляет ведение республиканского реестра племенных животных и публикацию его на интернет-ресурсе уполномоченного органа;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z135" w:id="100"/>
-[...15 lines deleted...]
-      20) осуществляет ведение республиканского реестра племенных животных и публикацию его на интернет-ресурсе уполномоченного органа;</w:t>
+    <w:bookmarkStart w:name="z136" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) ведет и издает государственный реестр селекционных достижений в области животноводства, рекомендуемых к использованию в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z136" w:id="101"/>
-[...15 lines deleted...]
-      21) ведет и издает государственный реестр селекционных достижений в области животноводства, рекомендуемых к использованию в Республике Казахстан;</w:t>
+    <w:bookmarkStart w:name="z137" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) проводит испытание и апробацию селекционных достижений в области животноводства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z137" w:id="102"/>
-[...15 lines deleted...]
-      22) проводит испытание и апробацию селекционных достижений в области животноводства;</w:t>
+    <w:bookmarkStart w:name="z138" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) осуществляет контроль за достоверностью данных племенных свидетельств на реализуемую племенную продукцию (материал);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z138" w:id="103"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z139" w:id="104"/>
+    <w:bookmarkStart w:name="z139" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24) исключен Законом РК от 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z140" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) разрабатывает и утверждает правила ведения информационной базы селекционной и племенной работы;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z140" w:id="105"/>
-[...15 lines deleted...]
-      25) разрабатывает и утверждает правила ведения информационной базы селекционной и племенной работы;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25-1) определяет направления государственной поддержки в области племенного животноводства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z141" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) разрабатывает и утверждает:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      25-1) определяет направления государственной поддержки в области племенного животноводства;</w:t>
-[...36 lines deleted...]
-        <w:t>
       правила субсидирования развития племенного животноводства;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       формы учета племенной продукции (материала) по отраслям животноводства;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -4978,589 +5072,589 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       правила присвоения (приостановления, отмены) статуса племенной продукции (материала);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       форму и правила заполнения индивидуальной карточки племенного животного, а также карточки сельскохозяйственного животного, вовлеченного в селекционный процесс;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z142" w:id="107"/>
+    <w:bookmarkStart w:name="z142" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27) исключен Законом РК от 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z143" w:id="108"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z143" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28) исключен Законом РК от 10.07.2012 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 36-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z144" w:id="109"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z144" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29) исключен Законом РК от 29.12.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 269-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2015);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z145" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) осуществляет контроль за исполнением законодательства Республики Казахстан о племенном животноводстве;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z145" w:id="110"/>
-[...15 lines deleted...]
-      30) осуществляет контроль за исполнением законодательства Республики Казахстан о племенном животноводстве;</w:t>
+    <w:bookmarkStart w:name="z146" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) представляет Республику Казахстан в международных отношениях в области племенного животноводства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z146" w:id="111"/>
-[...15 lines deleted...]
-      31) представляет Республику Казахстан в международных отношениях в области племенного животноводства;</w:t>
+    <w:bookmarkStart w:name="z302" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31-1) разрабатывает и утверждает нормативные правовые акты в области племенного животноводства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z302" w:id="112"/>
-[...15 lines deleted...]
-      31-1) разрабатывает и утверждает нормативные правовые акты в области племенного животноводства;</w:t>
+    <w:bookmarkStart w:name="z147" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z147" w:id="113"/>
-[...15 lines deleted...]
-      32) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 13 с изменениями, внесенными законами РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 13.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 124-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 17.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 165-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 16.05.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.12.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 269-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2015); от 27.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 424-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шести месяцев после дня его первого официального опубликования); от 10.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 14. Компетенция местных исполнительных органов областей, городов республиканского значения, столицы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z149" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местные исполнительные органы областей, городов республиканского значения, столицы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:p>
-[...298 lines deleted...]
-    <w:bookmarkStart w:name="z150" w:id="115"/>
+    <w:bookmarkStart w:name="z150" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) исключен Законом РК от 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1) реализуют государственную политику в области племенного животноводства;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -5715,91 +5809,91 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z154" w:id="116"/>
+    <w:bookmarkStart w:name="z154" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) исключен Законом РК от 17.01.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 165-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z155" w:id="117"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z155" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) исключен Законом РК от 27.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5814,91 +5908,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шести месяцев после дня его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z156" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) осуществляют субсидирование мероприятий, направленных на сохранение и восстановление генофонда племенных животных, в том числе пород с ограниченным генофондом;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z156" w:id="118"/>
-[...15 lines deleted...]
-      7) осуществляют субсидирование мероприятий, направленных на сохранение и восстановление генофонда племенных животных, в том числе пород с ограниченным генофондом;</w:t>
+    <w:bookmarkStart w:name="z157" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) осуществляют в интересах местного государственного управления иные полномочия, возлагаемые на местные исполнительные органы законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z157" w:id="119"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6034,1628 +6128,1722 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 15. Компетенция местных исполнительных органов районов, городов областного значения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z159" w:id="120"/>
+    <w:bookmarkStart w:name="z159" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Статья 15 исключена Законом РК от 10.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 144-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 16. Государственный контроль в области племенного животноводства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z168" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственный контроль в области племенного животноводства – совокупность действий должностных лиц ведомства уполномоченного органа и его территориальных подразделений, направленных на обеспечение соблюдения физическими и юридическими лицами требований законодательства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:p>
-[...32 lines deleted...]
-      1. Государственный контроль в области племенного животноводства – совокупность действий должностных лиц ведомства уполномоченного органа и его территориальных подразделений, направленных на обеспечение соблюдения физическими и юридическими лицами требований законодательства Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z169" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственный контроль в области племенного животноводства осуществляется в форме проверки, профилактического контроля с посещением субъекта (объекта) контроля и профилактического контроля без посещения субъекта (объекта) контроля.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z169" w:id="122"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z399" w:id="123"/>
+    <w:bookmarkStart w:name="z399" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Проверка и профилактический контроль с посещением субъекта (объекта) контроля осуществляются в соответствии с Предпринимательским </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z400" w:id="124"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z400" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Профилактический контроль без посещения субъекта (объекта) контроля осуществляется в соответствии с Предпринимательским </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан и настоящим Законом.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z322" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1. Профилактический контроль без посещения субъекта (объекта) контроля проводится путем анализа, сопоставления данных и информации из:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z322" w:id="125"/>
-[...15 lines deleted...]
-      2-1. Профилактический контроль без посещения субъекта (объекта) контроля проводится путем анализа, сопоставления данных и информации из:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 1) предусматривается в редакции Закона РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) информационных систем;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z324" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) открытых источников, средств массовой информации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z323" w:id="126"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z325" w:id="128"/>
+    <w:bookmarkStart w:name="z325" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Субъектами (объектами) профилактического контроля без посещения являются племенные центры и дистрибьютерные центры, физические и юридические лица, получившие бюджетные субсидии, республиканские палаты. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z326" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Целями профилактического контроля без посещения субъекта (объекта) контроля являются своевременное пресечение и недопущение нарушений, предоставление субъектам контроля права самостоятельного устранения нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля, и снижение административной нагрузки на них.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z327" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае выявления нарушения по результатам профилактического контроля без посещения субъекта (объекта) контроля в действиях (бездействии) субъектов контроля ведомством уполномоченного органа или его территориальными подразделениями субъекту контроля направляется рекомендация об устранении нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля (далее – рекомендация), в срок не позднее трех рабочих дней со дня выявления нарушения. В рекомендации указывается срок ее исполнения, который должен составлять не менее пяти рабочих дней со дня, следующего за днем ее вручения (получения).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z326" w:id="129"/>
-[...15 lines deleted...]
-      Целями профилактического контроля без посещения субъекта (объекта) контроля являются своевременное пресечение и недопущение нарушений, предоставление субъектам контроля права самостоятельного устранения нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля, и снижение административной нагрузки на них.</w:t>
+    <w:bookmarkStart w:name="z328" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рекомендация должна быть вручена субъекту контроля лично под роспись или иным способом, подтверждающим факты ее отправки и получения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z327" w:id="130"/>
-[...15 lines deleted...]
-      В случае выявления нарушения по результатам профилактического контроля без посещения субъекта (объекта) контроля в действиях (бездействии) субъектов контроля ведомством уполномоченного органа или его территориальными подразделениями субъекту контроля направляется рекомендация об устранении нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля (далее – рекомендация), в срок не позднее трех рабочих дней со дня выявления нарушения. В рекомендации указывается срок ее исполнения, который должен составлять не менее пяти рабочих дней со дня, следующего за днем ее вручения (получения).</w:t>
+    <w:bookmarkStart w:name="z329" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рекомендация, направленная одним из нижеперечисленных способов, считается врученной (полученной) в следующих случаях:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z328" w:id="131"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z330" w:id="133"/>
+    <w:bookmarkStart w:name="z330" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) нарочно – с даты отметки в рекомендации о получении; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z331" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) почтой – с даты уведомления о получении почтового отправления заказным письмом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z332" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) электронным способом – с даты отправки на электронный адрес субъекта контроля, указанный в письме при запросе.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z331" w:id="134"/>
-[...15 lines deleted...]
-      2) почтой – с даты уведомления о получении почтового отправления заказным письмом;</w:t>
+    <w:bookmarkStart w:name="z333" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рекомендация должна быть исполнена в течение срока, указанного в рекомендации, следующего за днем ее вручения (получения).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z332" w:id="135"/>
-[...15 lines deleted...]
-      3) электронным способом – с даты отправки на электронный адрес субъекта контроля, указанный в письме при запросе.</w:t>
+    <w:bookmarkStart w:name="z334" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Субъект контроля письменно уведомляет ведомство уполномоченного органа или его территориальные подразделения об исполнении рекомендации в течение одного рабочего дня со дня устранения нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z333" w:id="136"/>
-[...15 lines deleted...]
-      Рекомендация должна быть исполнена в течение срока, указанного в рекомендации, следующего за днем ее вручения (получения).</w:t>
+    <w:bookmarkStart w:name="z335" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Субъект контроля в случае несогласия с нарушениями, указанными в рекомендации, вправе направить в ведомство уполномоченного органа или его территориальные подразделения, направившие рекомендацию, возражение в течение пяти рабочих дней со дня, следующего за днем вручения (получения) рекомендации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z334" w:id="137"/>
-[...15 lines deleted...]
-      Субъект контроля письменно уведомляет ведомство уполномоченного органа или его территориальные подразделения об исполнении рекомендации в течение одного рабочего дня со дня устранения нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля.</w:t>
+    <w:bookmarkStart w:name="z336" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Неисполнение в установленный срок рекомендации влечет назначение профилактического контроля с посещением субъекта (объекта) контроля путем включения в полугодовой список проведения профилактического контроля с посещением субъекта (объекта) контроля.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z335" w:id="138"/>
-[...15 lines deleted...]
-      Субъект контроля в случае несогласия с нарушениями, указанными в рекомендации, вправе направить в ведомство уполномоченного органа или его территориальные подразделения, направившие рекомендацию, возражение в течение пяти рабочих дней со дня, следующего за днем вручения (получения) рекомендации.</w:t>
+    <w:bookmarkStart w:name="z337" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кратность профилактического контроля без посещения субъекта (объекта) контроля определяется по мере поступления данных и информации, но не чаще одного раза в месяц.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z336" w:id="139"/>
-[...15 lines deleted...]
-      Неисполнение в установленный срок рекомендации влечет назначение профилактического контроля с посещением субъекта (объекта) контроля путем включения в полугодовой список проведения профилактического контроля с посещением субъекта (объекта) контроля.</w:t>
+    <w:bookmarkStart w:name="z338" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Результаты профилактического контроля без посещения субъекта (объекта) контроля подлежат учету ведомством уполномоченного органа или его территориальным подразделением в специальном журнале регистрации профилактического контроля без посещения субъекта (объекта) контроля, который должен быть пронумерован, прошнурован и скреплен печатью ведомства уполномоченного органа или его территориального подразделения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z337" w:id="140"/>
-[...15 lines deleted...]
-      Кратность профилактического контроля без посещения субъекта (объекта) контроля определяется по мере поступления данных и информации, но не чаще одного раза в месяц.</w:t>
+    <w:bookmarkStart w:name="z170" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Государственные инспекторы по племенному животноводству вправе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z338" w:id="141"/>
-[...15 lines deleted...]
-      Результаты профилактического контроля без посещения субъекта (объекта) контроля подлежат учету ведомством уполномоченного органа или его территориальным подразделением в специальном журнале регистрации профилактического контроля без посещения субъекта (объекта) контроля, который должен быть пронумерован, прошнурован и скреплен печатью ведомства уполномоченного органа или его территориального подразделения.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществлять государственный контроль за ведением учета и отчетности у субъектов в области племенного животноводства, физических и юридических лиц, получивших бюджетные субсидии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) исключен Законом РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) исключен Законом РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) проверять достоверность данных, указанных в племенных свидетельствах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) Исключен Законом РК от 10.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) рассматривать дела об административных правонарушениях в области племенного животноводства и налагать административные взыскания в порядке, предусмотренном Кодексом Республики Казахстан об административных правонарушениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) выдавать и контролировать исполнение предписаний;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z339" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-1) выдавать рекомендации об устранении нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля, и контролировать их исполнение;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z170" w:id="142"/>
-[...15 lines deleted...]
-      3. Государственные инспекторы по племенному животноводству вправе:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8) Исключен Законом РК от 10.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z178" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Акты государственных инспекторов по племенному животноводству в пределах их компетенции обязательны для исполнения субъектами в области племенного животноводства, физическими и юридическими лицами, получившими бюджетные субсидии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z179" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Действия (бездействие) государственных инспекторов по племенному животноводству могут быть обжалованы в порядке, установленном законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      2) исключен Законом РК от 24.05.2018 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 16 с изменениями, внесенными законами РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 124-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 16.05.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 376-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 27.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 424-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шести месяцев после дня его первого официального опубликования); от 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2021); от 10.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...258 lines deleted...]
-      4. Акты государственных инспекторов по племенному животноводству в пределах их компетенции обязательны для исполнения субъектами в области племенного животноводства, физическими и юридическими лицами, получившими бюджетные субсидии.</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 16-1. Государственное регулирование в области племенного животноводства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z181" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственное регулирование в области племенного животноводства осуществляется посредством:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z179" w:id="145"/>
-[...318 lines deleted...]
-    <w:bookmarkStart w:name="z182" w:id="147"/>
+    <w:bookmarkStart w:name="z182" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) исключен Законом РК от 10.07.2012 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 36-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z183" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) проведения государственного контроля в области племенного животноводства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z184" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) проведения научных исследований фундаментального и прикладного характера в области племенного животноводства и селекции по сохранению, развитию и использованию генофонда животных в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z183" w:id="148"/>
-[...15 lines deleted...]
-      2) проведения государственного контроля в области племенного животноводства;</w:t>
+    <w:bookmarkStart w:name="z185" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) субсидирования мероприятий, направленных на сохранение и восстановление генофонда племенных животных, в том числе пород с ограниченным генофондом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z184" w:id="149"/>
-[...15 lines deleted...]
-      3) проведения научных исследований фундаментального и прикладного характера в области племенного животноводства и селекции по сохранению, развитию и использованию генофонда животных в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z186" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) субсидирования мероприятий, направленных на обеспечение доступности племенной продукции (материала) для казахстанских сельскохозяйственных товаропроизводителей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z185" w:id="150"/>
-[...15 lines deleted...]
-      4) субсидирования мероприятий, направленных на сохранение и восстановление генофонда племенных животных, в том числе пород с ограниченным генофондом;</w:t>
+    <w:bookmarkStart w:name="z187" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) субсидирования мероприятий по ведению селекционной и племенной работы казахстанскими сельскохозяйственными товаропроизводителями;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z186" w:id="151"/>
-[...15 lines deleted...]
-      5) субсидирования мероприятий, направленных на обеспечение доступности племенной продукции (материала) для казахстанских сельскохозяйственных товаропроизводителей;</w:t>
+    <w:bookmarkStart w:name="z188" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) проведения испытания и апробации селекционных достижений в области животноводства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z187" w:id="152"/>
-[...15 lines deleted...]
-      6) субсидирования мероприятий по ведению селекционной и племенной работы казахстанскими сельскохозяйственными товаропроизводителями;</w:t>
+    <w:bookmarkStart w:name="z189" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) ведения республиканского реестра племенных животных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z188" w:id="153"/>
-[...15 lines deleted...]
-      7) проведения испытания и апробации селекционных достижений в области животноводства;</w:t>
+    <w:bookmarkStart w:name="z190" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) ведения государственного реестра селекционных достижений в области животноводства, рекомендуемых к использованию в Республике Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z189" w:id="154"/>
-[...15 lines deleted...]
-      8) ведения республиканского реестра племенных животных;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 16-1 с изменениями, внесенными законами РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 17.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 165-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 10.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 19.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 16-2. Уведомления о начале деятельности в области племенного животноводства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z192" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Физические и юридические лица, указанные в настоящей статье, до начала деятельности в области племенного животноводства обязаны уведомить об этом уполномоченный орган в порядке, установленном Законом Республики Казахстан "О разрешениях и уведомлениях".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z190" w:id="155"/>
-[...198 lines deleted...]
-    <w:bookmarkStart w:name="z193" w:id="157"/>
+    <w:bookmarkStart w:name="z193" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Исключен Законом РК от 27.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7670,52 +7858,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z200" w:id="158"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z200" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Исключен Законом РК от 27.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7730,191 +7918,485 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z266" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Юридическое лицо, уведомившее уполномоченный орган о начале деятельности в качестве племенного центра, обязано:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z267" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) владеть на праве собственности или аренды (не менее трех лет), или лизинга материально-технической базой (помещение для содержания племенных животных-производителей, лаборатория для низкотемпературного замораживания и хранения семени племенных животных-производителей, ветеринарно-санитарный пропускник, карантинное помещение, изолятор, лабораторное и криогенное оборудование);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z266" w:id="159"/>
-[...15 lines deleted...]
-      4. Юридическое лицо, уведомившее уполномоченный орган о начале деятельности в качестве племенного центра, обязано:</w:t>
+    <w:bookmarkStart w:name="z268" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) проводить бонитировку и (или) индексную оценку;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z267" w:id="160"/>
-[...15 lines deleted...]
-      1) владеть на праве собственности или аренды (не менее трех лет), или лизинга материально-технической базой (помещение для содержания племенных животных-производителей, лаборатория для низкотемпературного замораживания и хранения семени племенных животных-производителей, ветеринарно-санитарный пропускник, карантинное помещение, изолятор, лабораторное и криогенное оборудование);</w:t>
+    <w:bookmarkStart w:name="z269" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) проводить оценку племенных животных – производителей по качеству потомства и (или) геномную оценку;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z268" w:id="161"/>
-[...15 lines deleted...]
-      2) проводить бонитировку и (или) индексную оценку;</w:t>
+    <w:bookmarkStart w:name="z270" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) иметь в штате работников по соответствующим специальностям.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z269" w:id="162"/>
-[...15 lines deleted...]
-      3) проводить оценку племенных животных – производителей по качеству потомства и (или) геномную оценку;</w:t>
+    <w:bookmarkStart w:name="z340" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) проводить оценку (испытания) племенных животных по собственной продуктивности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z270" w:id="163"/>
-[...15 lines deleted...]
-      4) иметь в штате работников по соответствующим специальностям.</w:t>
+    <w:bookmarkStart w:name="z272" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К уведомлению прилагаются следующие документы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z340" w:id="164"/>
-[...15 lines deleted...]
-      5) проводить оценку (испытания) племенных животных по собственной продуктивности.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) справка о государственной регистрации (перерегистрации) юридического лица (для юридического лица);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) копии ветеринарно-санитарного заключения на объект и подтверждения о присвоении учетного номера;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) исключен Законом РК от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) копии племенных свидетельств, подтверждающих наличие племенных животных-производителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) копии правоустанавливающих документов, подтверждающих наличие комплекса производственных помещений (помещения для содержания племенных животных – производителей, лаборатории для низкотемпературного замораживания и хранения семени племенных животных – производителей, ветеринарно-санитарного пропускника, карантинного помещения, изолятора, лабораторного и криогенного оборудования (сосуда Дьюара), термостата-оттаивателя, водяной бани, микроскопов, нагревательного столика, замораживателя, оборудований для фасовки и маркировки племенного материала) на праве собственности, или договора аренды (не менее трех лет), или договора лизинга;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ветеринарные паспорта, подтверждающие проведение идентификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) Исключен Законом РК от 10.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z276" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Юридическое лицо, уведомившее уполномоченный орган о начале деятельности в качестве дистрибьютерного центра, обязано:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z272" w:id="165"/>
+    <w:bookmarkStart w:name="z277" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) владеть на праве собственности или аренды (не менее трех лет), или лизинга материально-технической базой (производственные помещения со стационарными биохранилищами, лабораторное и криогенное оборудование);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z278" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) иметь в штате работников по соответствующим специальностям.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z279" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К уведомлению прилагаются следующие документы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkEnd w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) справка о государственной регистрации (перерегистрации) юридического лица (для юридического лица);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7984,833 +8466,607 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) копии племенных свидетельств, подтверждающих наличие племенных животных-производителей;</w:t>
-[...37 lines deleted...]
-    </w:p>
+      4) копии правоустанавливающих документов, подтверждающих наличие материально-технической базы, включая производственные помещения со стационарными биохранилищами, лабораторное и криогенное оборудование (сосуды Дьюара), термостат-оттаиватель, водяная баня, микроскопы, нагревательный столик), на праве собственности, или договора аренды (не менее трех лет), или договора лизинга.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z280" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Физическое лицо, уведомившее уполномоченный орган о начале</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      деятельности в качестве бонитера (классификатора) по определенному</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      виду и направлению продуктивности животных, к уведомлению прилагает</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      копии:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z281" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) удостоверения личности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z282" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) диплома об образовании по направлению "сельское хозяйство и биоресурсы" или "ветеринария";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z283" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) документа о прохождении курсов обучения бонитеров (классификаторов) по соответствующему виду животного.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z284" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Физическое лицо, уведомившее уполномоченный орган о начале деятельности в качестве техника-осеменатора, к уведомлению прилагает копии:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z285" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) удостоверения личности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z286" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) диплома об образовании по направлению "сельское хозяйство и биоресурсы", "ветеринария" или документа о прохождении курсов обучения техника-осеменатора, или документа, подтверждающего стаж работы по данному профилю не менее шести месяцев;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      7) Исключен Законом РК от 10.10.2022 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) Исключен Законом РК от 10.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 144-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z276" w:id="166"/>
-[...114 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z288" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) правоустанавливающих документов, подтверждающих наличие материально-технической базы (лабораторного помещения, контрольно-измерительных приборов, инструментария, криогенного оборудования (сосуда Дьюара), термостата-оттаивателя, водяной бани, микроскопа, нагревательного столика, шприца-катетера) на праве собственности, или договора аренды (не менее года), или договора лизинга.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z289" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Физическое лицо, уведомившее уполномоченный орган о начале деятельности в качестве специалиста по трансплантации (пересадке) эмбрионов, к уведомлению прилагает копии:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z290" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) удостоверения личности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z291" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) диплома об образовании по направлению "сельское хозяйство и биоресурсы" или "ветеринария";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z292" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) документа о прохождении курсов обучения специалиста по трансплантации (пересадке) эмбрионов животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z293" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) правоустанавливающих документов, подтверждающих наличие материально-технической базы (лабораторного помещения, контрольно-измерительных приборов, инструментария, криогенного и технологического оборудования (сосуда Дьюара), термостата-оттаивателя, нагревательного столика, микроскопа, шприцов) на праве собственности, или договора аренды (не менее года), или договора лизинга.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      3) исключен Законом РК от 06.04.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 71-VIII</w:t>
+        <w:t xml:space="preserve">      9. Исключен Законом РК от 10.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...217 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">      В пункт 10 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z288" w:id="177"/>
-[...95 lines deleted...]
-      3) документа о прохождении курсов обучения специалиста по трансплантации (пересадке) эмбрионов животных;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Представление документов, предусмотренных настоящей статьей, не требуется при наличии возможности получения информации, содержащейся в них из государственных информационных систем и (или) из формы сведений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z296" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При подаче документов через веб-портал "электронного правительства" или Государственную корпорацию "Правительство для граждан" документы представляются в электронной форме.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z293" w:id="182"/>
-[...118 lines deleted...]
-    <w:bookmarkEnd w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9122,978 +9378,978 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Племенная продукция (материал) подлежит учету в информационной базе селекционной и племенной работы и (или) на бумажных носителях в порядке, определенном уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z203" w:id="184"/>
+    <w:bookmarkStart w:name="z203" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В республиканский реестр племенных животных вносятся данные о племенных животных в порядке, определенном уполномоченным органом.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z204" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Данные о наиболее ценных по происхождению, продуктивности и иным качествам племенных животных вносятся в племенную книгу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z205" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Данные, внесенные в племенную книгу и республиканский реестр племенных животных, являются доступными для заинтересованных лиц.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z204" w:id="185"/>
-[...15 lines deleted...]
-      Данные о наиболее ценных по происхождению, продуктивности и иным качествам племенных животных вносятся в племенную книгу.</w:t>
+    <w:bookmarkStart w:name="z206" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В целях подтверждения происхождения, продуктивных и иных качеств животного физические и юридические лица ведут учет в порядке и по формам, которые утверждены уполномоченным органом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z205" w:id="186"/>
-[...15 lines deleted...]
-      Данные, внесенные в племенную книгу и республиканский реестр племенных животных, являются доступными для заинтересованных лиц.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 16-3 в редакции Закона РК от 27.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 424-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шести месяцев после дня его первого официального опубликования); с изменением, внесенным Законом РК от 10.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 16-4. Государственная поддержка племенного животноводства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z210" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственная поддержка племенного животноводства осуществляется за счет бюджетных средств.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z206" w:id="187"/>
-[...15 lines deleted...]
-      В целях подтверждения происхождения, продуктивных и иных качеств животного физические и юридические лица ведут учет в порядке и по формам, которые утверждены уполномоченным органом.</w:t>
+    <w:bookmarkStart w:name="z211" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Основной формой государственной поддержки является субсидирование мероприятий, направленных на:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z212" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сохранение, развитие и восстановление генофонда племенных животных, в том числе пород с ограниченным генофондом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z213" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечение доступности племенной продукции (материала) для казахстанских сельскохозяйственных товаропроизводителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z214" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ведение селекционной и племенной работы казахстанскими сельскохозяйственными товаропроизводителями.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z401" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) возмещение затрат на содержание племенного поголовья пород лошадей верхового и верхово-упряжного направлений, выведенных на территории Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z215" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Направления государственной поддержки племенного животноводства, осуществляемые за счет бюджетных средств, определяются уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z216" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Финансирование программ научных исследований в области племенного животноводства осуществляется за счет бюджетных средств в порядке, установленном законодательством Республики Казахстан, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 16-3 в редакции Закона РК от 27.11.2015 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 16-4 с изменениями, внесенными законами РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 124-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 10.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 09.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 123-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 19.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 16-5. Научные исследования в области племенного животноводства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z218" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Научные исследования в области племенного животноводства осуществляют научные организации Республики Казахстан сельскохозяйственного профиля. Указанные организации совместно с уполномоченным органом осуществляют разработку:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z219" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственных научно-технических программ в области племенного животноводства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z220" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) инструкции по бонитировке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z221" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) методик и технических средств для оценки и генетического контроля племенной продукции (материала);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z222" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) систем информационного обеспечения в области племенного животноводства, в том числе в селекционной и племенной работе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z341" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) правил проведения индексной оценки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z342" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) правил проведения молекулярной генетической экспертизы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z343" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) правил проведения оценки племенных животных – производителей по качеству потомства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z344" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) правил проведения оценки (испытаний) племенных животных по собственной продуктивности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z345" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) правил проведения геномной оценки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 16-5 с изменениями, внесенными законамиРК от 27.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 424-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> в действие по истечении шести месяцев после дня его первого официального опубликования); с изменением, внесенным Законом РК от 10.10.2022 </w:t>
+        <w:t xml:space="preserve"> в действие по истечении шести месяцев после дня его первого официального опубликования); от 10.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 144-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z18" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...309 lines deleted...]
-        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. ГОСУДАРСТВЕННОЕ РЕГУЛИРОВАНИЕ ПЛЕМЕННОГО</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...180 lines deleted...]
-      8) правил проведения оценки (испытаний) племенных животных по собственной продуктивности;</w:t>
+        </w:rPr>
+        <w:t>ЖИВОТНОВОДСТВА</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z345" w:id="205"/>
-[...151 lines deleted...]
-    <w:bookmarkStart w:name="z19" w:id="207"/>
+    <w:bookmarkStart w:name="z19" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Глава 3 исключена Законом РК от 12.01.2012 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 540-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z90" w:id="208"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z90" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. ПРИЗНАНИЕ И ИСПОЛЬЗОВАНИЕ ПЛЕМЕННОЙ ПРОДУКЦИИ (МАТЕРИАЛА) </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkEnd w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок с изменениями, внесенными законами РК от 12.01.2012 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10165,1434 +10421,1434 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 17. Признание племенной продукции (материала)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="209"/>
+    <w:bookmarkStart w:name="z20" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Продукция (материал) признается племенной республиканской палатой в порядке, определенном уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z223" w:id="210"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z223" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Импортированная племенная продукция (материал) признается племенной при соответствии требованиям части третьей </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 17 в редакции Закона РК от 12.01.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 540-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); с изменениями, внесенными законами РК от 27.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 424-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шести месяцев после дня его первого официального опубликования); от 10.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 18. Использование и реализация племенной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> продукции (материала)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z346" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Использование и реализация племенной продукции (материала) осуществляются в порядке, определенном уполномоченным органом, если иное не предусмотрено настоящей статьей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z347" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Семя используется и реализуется при одновременном соответствии следующим условиям:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="210"/>
-    <w:p>
-[...164 lines deleted...]
-      1. Использование и реализация племенной продукции (материала) осуществляются в порядке, определенном уполномоченным органом, если иное не предусмотрено настоящей статьей.</w:t>
+    <w:bookmarkStart w:name="z348" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) получено от племенного животного – производителя, оцененного по качеству потомства и (или) геномной оценке;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z347" w:id="212"/>
-[...15 lines deleted...]
-      2. Семя используется и реализуется при одновременном соответствии следующим условиям:</w:t>
+    <w:bookmarkStart w:name="z349" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) имеет соответствующие морфофункциональные показатели;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z348" w:id="213"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z350" w:id="215"/>
+    <w:bookmarkStart w:name="z350" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) отсутствуют генетически детерминированные заболевания; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z351" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) имеет маркировку, позволяющую его идентифицировать.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z352" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Эмбрион используется и реализуется при одновременном соответствии следующим условиям:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z351" w:id="216"/>
-[...15 lines deleted...]
-      4) имеет маркировку, позволяющую его идентифицировать.</w:t>
+    <w:bookmarkStart w:name="z353" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) получен от племенных животных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z352" w:id="217"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z354" w:id="219"/>
+    <w:bookmarkStart w:name="z354" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) отсутствуют генетически детерминированные заболевания; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z355" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) имеет племенное свидетельство;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z356" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) имеет маркировку, позволяющую его идентифицировать.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z355" w:id="220"/>
-[...15 lines deleted...]
-      3) имеет племенное свидетельство;</w:t>
+    <w:bookmarkStart w:name="z357" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Не допускается реализация племенной продукции (материала), не имеющей (не имеющего) мечения (маркировки). При реализации племенного животного на племенные цели племенное животное должно иметь также племенное свидетельство.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z356" w:id="221"/>
-[...15 lines deleted...]
-      4) имеет маркировку, позволяющую его идентифицировать.</w:t>
+    <w:bookmarkStart w:name="z358" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Для воспроизводства породы используются только племенные животные, соответствующие требованиям, предусмотренным статьями 19 и 20 настоящего Закона.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z357" w:id="222"/>
-[...15 lines deleted...]
-      4. Не допускается реализация племенной продукции (материала), не имеющей (не имеющего) мечения (маркировки). При реализации племенного животного на племенные цели племенное животное должно иметь также племенное свидетельство.</w:t>
+    <w:bookmarkStart w:name="z359" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. В целях сохранения данных о хозяйствах, где были получены племенные животные, сведения о заводчиках указываются в племенных свидетельствах.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z358" w:id="223"/>
-[...15 lines deleted...]
-      5. Для воспроизводства породы используются только племенные животные, соответствующие требованиям, предусмотренным статьями 19 и 20 настоящего Закона.</w:t>
+    <w:bookmarkStart w:name="z360" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В целях улучшения породных и продуктивных качеств животных сельскохозяйственный товаропроизводитель вправе использовать:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z359" w:id="224"/>
-[...15 lines deleted...]
-      6. В целях сохранения данных о хозяйствах, где были получены племенные животные, сведения о заводчиках указываются в племенных свидетельствах.</w:t>
+    <w:bookmarkStart w:name="z361" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) свежеполученное семя, соответствующее требованиям, установленным подпунктами 1) и 2) пункта 2 настоящей статьи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z360" w:id="225"/>
-[...15 lines deleted...]
-      7. В целях улучшения породных и продуктивных качеств животных сельскохозяйственный товаропроизводитель вправе использовать:</w:t>
+    <w:bookmarkStart w:name="z362" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) свежеполученный эмбрион, соответствующий требованию, установленному подпунктом 1) пункта 3 настоящей статьи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z361" w:id="226"/>
-[...15 lines deleted...]
-      1) свежеполученное семя, соответствующее требованиям, установленным подпунктами 1) и 2) пункта 2 настоящей статьи;</w:t>
+    <w:bookmarkStart w:name="z363" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Требование подпункта 1) части первой настоящего пункта распространяется на сельскохозяйственного товаропроизводителя, владеющего на праве собственности или на ином законном основании племенным животным – производителем.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z362" w:id="227"/>
-[...15 lines deleted...]
-      2) свежеполученный эмбрион, соответствующий требованию, установленному подпунктом 1) пункта 3 настоящей статьи.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 18 - в редакции Закона РК от 10.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 19. Бонитировка и индексная оценка племенных животных</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z364" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Племенные животные подлежат бонитировке и (или) индексной оценке, если иное не предусмотрено законодательством Республики Казахстан в области племенного животноводства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z363" w:id="228"/>
-[...15 lines deleted...]
-      Требование подпункта 1) части первой настоящего пункта распространяется на сельскохозяйственного товаропроизводителя, владеющего на праве собственности или на ином законном основании племенным животным – производителем.</w:t>
+    <w:bookmarkStart w:name="z365" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Не допускаются к реализации на племенные цели племенные животные, не прошедшие бонитировку и (или) индексную оценку.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 18 - в редакции Закона РК от 10.10.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 19 - в редакции Закона РК от 10.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 144-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 19. Бонитировка и индексная оценка племенных животных</w:t>
-[...18 lines deleted...]
-      Племенные животные подлежат бонитировке и (или) индексной оценке, если иное не предусмотрено законодательством Республики Казахстан в области племенного животноводства.</w:t>
+        <w:t xml:space="preserve">Статья 20. Оценка племенных животных – производителей, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>содержащихся в племенных центрах</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z366" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Племенные животные – производители, содержащиеся в племенных центрах, семя которых используют для получения чистопородных и племенных животных, подлежат:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z365" w:id="230"/>
-[...15 lines deleted...]
-      Не допускаются к реализации на племенные цели племенные животные, не прошедшие бонитировку и (или) индексную оценку.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бонитировке и (или) индексной оценке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оценке по качеству потомства и (или) геномной оценке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оценке (испытаниям) племенных животных по собственной продуктивности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 20 - в редакции Закона РК от 10.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 20-1. Молекулярная генетическая экспертиза</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z371" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Молекулярная генетическая экспертиза осуществляется в специализированных лабораториях, которые вносят ее результаты в информационную базу селекционной и племенной работы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="230"/>
-    <w:p>
-[...104 lines deleted...]
-      Племенные животные – производители, содержащиеся в племенных центрах, семя которых используют для получения чистопородных и племенных животных, подлежат:</w:t>
+    <w:bookmarkStart w:name="z372" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заказчиками молекулярной генетической экспертизы являются физические или юридические лица, осуществляющие деятельность в области племенного животноводства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="231"/>
-    <w:p>
-[...202 lines deleted...]
-      1. Молекулярная генетическая экспертиза осуществляется в специализированных лабораториях, которые вносят ее результаты в информационную базу селекционной и племенной работы.</w:t>
+    <w:bookmarkStart w:name="z373" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Получение отрицательного заключения молекулярной генетической экспертизы не лишает заказчика права повторного обращения для проведения молекулярной генетической экспертизы в другие специализированные лаборатории.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z372" w:id="233"/>
-[...15 lines deleted...]
-      Заказчиками молекулярной генетической экспертизы являются физические или юридические лица, осуществляющие деятельность в области племенного животноводства.</w:t>
+    <w:bookmarkStart w:name="z374" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Заказчик имеет право:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z373" w:id="234"/>
-[...15 lines deleted...]
-      2. Получение отрицательного заключения молекулярной генетической экспертизы не лишает заказчика права повторного обращения для проведения молекулярной генетической экспертизы в другие специализированные лаборатории.</w:t>
+    <w:bookmarkStart w:name="z375" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) отозвать заявку на любом этапе проведения молекулярной генетической экспертизы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z374" w:id="235"/>
-[...15 lines deleted...]
-      3. Заказчик имеет право:</w:t>
+    <w:bookmarkStart w:name="z376" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) принимать участие в рассмотрении вопросов, возникающих в ходе проведения молекулярной генетической экспертизы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z375" w:id="236"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z377" w:id="238"/>
+    <w:bookmarkStart w:name="z377" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Заказчик обязан: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z378" w:id="239"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z378" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) отобрать и доставить в специализированную лабораторию образцы биологических материалов животного;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z379" w:id="240"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z379" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) контролировать сбор образцов биологических материалов животного, предоставляемых в специализированную лабораторию для проведения молекулярной генетической экспертизы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z380" w:id="241"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z380" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обеспечить исключение случаев неосторожной или умышленной подмены образцов биологических материалов животного, отобранных для проведения молекулярной генетической экспертизы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z381" w:id="242"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z381" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) оформить надлежащим образом и представить в специализированную лабораторию сопроводительную документацию; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z382" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) гарантировать соответствие надписей и идентификаторов на упаковках и всех представляемых сопроводительных документов реальным животным с указанными идентификаторами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z383" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) оплатить стоимость проведения молекулярной генетической экспертизы, в том числе и в случае получения отрицательного заключения молекулярной генетической экспертизы.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z382" w:id="243"/>
-[...15 lines deleted...]
-      5) гарантировать соответствие надписей и идентификаторов на упаковках и всех представляемых сопроводительных документов реальным животным с указанными идентификаторами;</w:t>
+    <w:bookmarkStart w:name="z384" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Специализированная лаборатория имеет право отказать в предоставлении услуг в полном объеме либо частично в случае неисполнения заказчиком обязанностей, предусмотренных подпунктами 1) – 5) пункта 4 настоящей статьи и договором на проведение молекулярной генетической экспертизы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z383" w:id="244"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z385" w:id="246"/>
+    <w:bookmarkStart w:name="z385" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Специализированная лаборатория обязана: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z386" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) оказать услуги в полном объеме в срок, установленный договором на проведение молекулярной генетической экспертизы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z387" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) не передавать свои обязательства по договору на проведение молекулярной генетической экспертизы третьим лицам;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z386" w:id="247"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z388" w:id="249"/>
+    <w:bookmarkStart w:name="z388" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) сообщать заказчику по его требованию все сведения о ходе проведения молекулярной генетической экспертизы; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z389" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) незамедлительно информировать заказчика в случае, если невозможно качественно и в срок исполнить обязательства, предусмотренные договором на проведение молекулярной генетической экспертизы, и это требует принятия необходимых мер со стороны заказчика.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z390" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Заказчик молекулярной генетической экспертизы и специализированная лаборатория имеют иные права и обязанности, предусмотренные законодательством Республики Казахстан и договором на проведение молекулярной генетической экспертизы.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z389" w:id="250"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11666,522 +11922,522 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Статья 21 исключена Законом РК от 10.01.2006 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2006).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="252"/>
+    <w:bookmarkStart w:name="z39" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. ОРГАНИЗАЦИЯ ДЕЯТЕЛЬНОСТИ СУБЪЕКТОВ В ОБЛАСТИ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ПЛЕМЕННОГО ЖИВОТНОВОДСТВА</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z40" w:id="253"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z40" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. В заголовок главы 5 внесены изменения - Законом РК от 14 декабря 2001 г. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 269</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkEnd w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 22. Субъекты в области племенного животноводства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="254"/>
+    <w:bookmarkStart w:name="z42" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Деятельность в области племенного животноводства осуществляется физическими и юридическими лицами. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z391" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Субъекты в области племенного животноводства ведут учет данных в соответствии с частью первой статьи 16-3 настоящего Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z392" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Племенные центры, дистрибьютерные центры и республиканские палаты представляют отчетность в порядке, определенном уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z391" w:id="255"/>
-[...15 lines deleted...]
-      Субъекты в области племенного животноводства ведут учет данных в соответствии с частью первой статьи 16-3 настоящего Закона.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 22 с изменениями, внесенными законами РК от 14.12.2001 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 269</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 20.12.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2005); от 10.01.2006 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. ст.2 Закона </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 12.01.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 540-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 10.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 23. Виды субъектов в области племенного животноводства</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К субъектам в области племенного животноводства относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) племенные центры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) дистрибьютерные центры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) бонитеры (классификаторы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) техники-осеменаторы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) специалисты по трансплантации (пересадке) эмбрионов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) республиканские палаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z393" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) физические и юридические лица, осуществляющие деятельность в области племенного животноводства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z392" w:id="256"/>
-[...343 lines deleted...]
-    <w:bookmarkEnd w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13002,309 +13258,309 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 27. Основные направления деятельности дистрибьютерных центров</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z234" w:id="258"/>
+    <w:bookmarkStart w:name="z234" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Основными направлениями деятельности дистрибьютерных центров являются приобретение, хранение и реализация семени племенных животных – производителей, эмбрионов и их регистрация в информационной базе селекционной и племенной работы.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z394" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Приобретение, хранение и реализация семени племенных животных – производителей, эмбрионов осуществляются дистрибьютерными центрами в соответствии с требованиями настоящего Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 27 в редакции Закона РК от 12.01.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 540-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); с изменениями, внесенными законами РК от 27.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 424-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шести месяцев после дня его первого официального опубликования); от 10.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 28. Основные направления деятельности бонитеров (классификаторов), техников-осеменаторов и специалистов по трансплантации (пересадке)эмбрионов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z235" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Основным направлением деятельности бонитеров (классификаторов) является проведение бонитировки.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z394" w:id="259"/>
-[...15 lines deleted...]
-      Приобретение, хранение и реализация семени племенных животных – производителей, эмбрионов осуществляются дистрибьютерными центрами в соответствии с требованиями настоящего Закона.</w:t>
+    <w:bookmarkStart w:name="z236" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Основным направлением деятельности техников-осеменаторов является оказание услуг по искусственному осеменению животных.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="259"/>
-    <w:p>
-[...154 lines deleted...]
-      1. Основным направлением деятельности бонитеров (классификаторов) является проведение бонитировки.</w:t>
+    <w:bookmarkStart w:name="z237" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Основными направлениями деятельности специалистов по трансплантации (пересадке) эмбрионов является оказание услуг по получению, криоконсервации и трансплантации (пересадке) эмбрионов племенных животных.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z236" w:id="261"/>
-[...15 lines deleted...]
-      2. Основным направлением деятельности техников-осеменаторов является оказание услуг по искусственному осеменению животных.</w:t>
+    <w:bookmarkStart w:name="z395" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Бонитер (классификатор), техник-осеменатор и специалист по трансплантации (пересадке) эмбрионов проходят курсы повышения квалификации и получают сертификат о прохождении курсов повышения квалификации в соответствии с порядком, определенным уполномоченным органом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z237" w:id="262"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13515,745 +13771,745 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 28-2. Республиканская палата</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z244" w:id="264"/>
+    <w:bookmarkStart w:name="z244" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Республиканская палата является некоммерческой, самофинансируемой организацией, создаваемой и действующей для представления и защиты интересов физических и юридических лиц, осуществляющих разведение и (или) воспроизводство племенных животных.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z245" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Республиканская палата является юридическим лицом и регистрируется в органах юстиции в порядке, предусмотренном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z246" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Республиканские палаты вправе создавать свои структурные подразделения (филиалы и представительства) на территории областей, городов республиканского значения, столицы.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z245" w:id="265"/>
-[...15 lines deleted...]
-      2. Республиканская палата является юридическим лицом и регистрируется в органах юстиции в порядке, предусмотренном законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z247" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Деятельность республиканской палаты регулируется законами Республики Казахстан и уставом, принятым коллегиальным органом палаты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z246" w:id="266"/>
-[...15 lines deleted...]
-      3. Республиканские палаты вправе создавать свои структурные подразделения (филиалы и представительства) на территории областей, городов республиканского значения, столицы.</w:t>
+    <w:bookmarkStart w:name="z248" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. На территории Республики Казахстан по каждой породе крупного рогатого скота создается и действует одна республиканская палата по соответствующей породе крупного рогатого скота.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z247" w:id="267"/>
-[...15 lines deleted...]
-      4. Деятельность республиканской палаты регулируется законами Республики Казахстан и уставом, принятым коллегиальным органом палаты.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Республиканские палаты овцеводства и коневодства на территории Республики Казахстан создаются по одному на каждое направление продуктивности овец и лошадей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Республиканская палата птицеводства на территории Республики Казахстан создается одна на все виды и направления продуктивности птиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Республиканские палаты верблюдоводства, свиноводства, козоводства, мараловодства (оленеводства), кролиководства, звероводства, пчеловодства, рыбоводства на территории Республики Казахстан создаются по одному на каждый вид животного.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. В случае, если интересы физических и юридических лиц, осуществляющих разведение племенных животных одной породы крупного рогатого скота или по направлениям продуктивности овец и лошадей, представлены в республиканской палате по направлениям продуктивности крупного рогатого скота или по направлениям продуктивности овец и лошадей, создание отдельной республиканской палаты осуществляется путем реорганизации (в форме разделения, выделения) действующей республиканской палаты по направлениям продуктивности крупного рогатого скота или по направлениям продуктивности овец и лошадей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z248" w:id="268"/>
-[...15 lines deleted...]
-      5. На территории Республики Казахстан по каждой породе крупного рогатого скота создается и действует одна республиканская палата по соответствующей породе крупного рогатого скота.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Основанием для реорганизации (в форме разделения, выделения) республиканской палаты по направлениям продуктивности крупного рогатого скота или по направлениям продуктивности овец и лошадей является совместное решение не менее трех членов республиканской палаты, представляющих интересы физических и юридических лиц, осуществляющих разведение племенных животных одной породы крупного рогатого скота или по направлениям продуктивности овец и лошадей, и не менее одного члена совета республиканской палаты, вынесенное на общее собрание членов республиканской палаты и получившее не менее пятидесяти процентов голосов членов республиканской палаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Источниками формирования дохода (имущества) республиканской палаты являются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Республиканские палаты овцеводства и коневодства на территории Республики Казахстан создаются по одному на каждое направление продуктивности овец и лошадей.</w:t>
-[...54 lines deleted...]
-      6. В случае, если интересы физических и юридических лиц, осуществляющих разведение племенных животных одной породы крупного рогатого скота или по направлениям продуктивности овец и лошадей, представлены в республиканской палате по направлениям продуктивности крупного рогатого скота или по направлениям продуктивности овец и лошадей, создание отдельной республиканской палаты осуществляется путем реорганизации (в форме разделения, выделения) действующей республиканской палаты по направлениям продуктивности крупного рогатого скота или по направлениям продуктивности овец и лошадей.</w:t>
+      1) поступления взносов от членов республиканской палаты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) доходы от услуг по выдаче племенных свидетельств (стоимость бланка);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) добровольные имущественные взносы и пожертвования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) другие источники, не запрещенные законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 5 дополнена статьей 28-2 в соответствии с Законом РК от 12.01.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 540-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); в редакции Закона РК от 27.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 424-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шести месяцев после дня его первого официального опубликования); от 10.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 28-3. Структура и полномочия республиканской палаты</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z250" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Структура республиканской палаты состоит из коллегиального органа, совета республиканской палаты и исполнительного органа, которые совместно отвечают за ведение и координацию селекционной и племенной работы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="269"/>
-    <w:p>
-[...33 lines deleted...]
-      7. Источниками формирования дохода (имущества) республиканской палаты являются:</w:t>
+    <w:bookmarkStart w:name="z251" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Коллегиальный орган – собрание членов республиканской палаты, который является высшим органом управления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="270"/>
-    <w:p>
-[...249 lines deleted...]
-    <w:bookmarkEnd w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Коллегиальный орган определяет и принимает решения по стратегическим направлениям развития республиканской палаты. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Коллегиальный орган созывается не реже одного раза в год. Внеочередное собрание коллегиального органа может быть созвано по требованию не менее двух третей от общего числа членов республиканской палаты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z252" w:id="273"/>
+    <w:bookmarkStart w:name="z252" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Совет республиканской палаты избирается коллегиальным органом сроком на три года в соответствии с уставом республиканской палаты и представляет интересы членов республиканской палаты. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Состав совета республиканской палаты может быть переизбран по решению коллегиального органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z294" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Состав совета республиканской палаты ежегодно обновляется на одну треть, председатель совета республиканской палаты избирается один раз в три года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z295" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При формировании состава совета республиканской палаты обеспечивается равная региональная представленность.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="273"/>
-    <w:p>
-[...57 lines deleted...]
-    <w:bookmarkStart w:name="z253" w:id="276"/>
+    <w:bookmarkStart w:name="z253" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Совет республиканской палаты осуществляет общее руководство и управление деятельностью республиканской палаты в соответствии с компетенцией, установленной законами Республики Казахстан и уставом республиканской палаты. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z254" w:id="277"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z254" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В состав совета республиканской палаты входят представители научных организаций Республики Казахстан сельскохозяйственного профиля и члены республиканской палаты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z255" w:id="278"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z255" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Председатель совета республиканской палаты избирается из числа членов совета республиканской палаты и утверждается коллегиальным органом. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Одно и то же лицо не может быть избрано председателем совета республиканской палаты более двух раз подряд.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z256" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Заседание совета республиканской палаты назначается в соответствии с уставом республиканской палаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z257" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Совет республиканской палаты:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="278"/>
-    <w:p>
-[...56 lines deleted...]
-    <w:bookmarkEnd w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) определяет регламент работы и осуществляет контроль за финансово-хозяйственной деятельностью исполнительного органа;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14300,568 +14556,568 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) рекомендует коллегиальному органу кандидатуру исполнительного директора на утверждение;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) осуществляет иные полномочия, не противоречащие законодательству Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z301" w:id="281"/>
+    <w:bookmarkStart w:name="z301" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Исполнительный орган:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) организует учет племенного поголовья в зависимости от выбранного направления племенного животноводства путем присвоения (приостановления, отмены) статуса племенной продукции (материала) в порядке, утвержденном уполномоченным органом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z396" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) организует учет племенного крупного рогатого скота мясного направления первой категории и племенного крупного рогатого скота мясного направления второй категории путем присвоения (приостановления, отмены) статуса племенной продукции (материала) в порядке, определенном уполномоченным органом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществляет мероприятия по определению племенной ценности племенных животных, в том числе племенных животных – производителей, согласно инструкции по бонитировке и (или) правилам проведения индексной оценки, и (или) правилам проведения оценки племенных животных – производителей по качеству потомства, и (или) правилам проведения геномной оценки, и (или) правилам проведения оценки (испытаний) племенных животных по собственной продуктивности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществляет выдачу (аннулирование) племенных свидетельств на племенную продукцию (материал) в порядке, утвержденном уполномоченным органом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществляет признание племенного свидетельства или эквивалентного ему документа, выданного на импортированную племенную продукцию (материал) компетентными органами стран-экспортеров, в порядке, утвержденном уполномоченным органом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) Исключен Законом РК от 10.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ведет и издает племенные книги раздельно по чистокровным и чистопородным животным;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) осуществляет мониторинг данных бонитировки, индексной оценки, оценки племенных животных – производителей по качеству потомства, геномной оценки, оценки (испытаний) племенных животных по собственной продуктивности, а также информирует заинтересованных лиц о его результатах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) утверждает стандарт породы по согласованию с коллегиальным органом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z397" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-1) ведет реестр племенных животных и представляет его данные уполномоченному органу по форме, утвержденной уполномоченным органом, для включения в республиканский реестр племенных животных;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) организует учет племенного поголовья в зависимости от выбранного направления племенного животноводства путем присвоения (приостановления, отмены) статуса племенной продукции (материала) в порядке, утвержденном уполномоченным органом;</w:t>
-[...18 lines deleted...]
-      1-1) организует учет племенного крупного рогатого скота мясного направления первой категории и племенного крупного рогатого скота мясного направления второй категории путем присвоения (приостановления, отмены) статуса племенной продукции (материала) в порядке, определенном уполномоченным органом;</w:t>
+      9) осуществляет иные полномочия, не противоречащие законодательству Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Присвоение статуса и выдача племенного свидетельства на племенную продукцию (материал) осуществляются республиканской палатой на основании заявления физического и (или) юридического лица вне зависимости от их членства в республиканской палате.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...52 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      5) Исключен Законом РК от 10.10.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 5 дополнена статьей 28-3 в соответствии с Законом РК от 12.01.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 540-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); в редакции Закона РК от 27.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 424-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шести месяцев после дня его первого официального опубликования); с изменениями, внесенными Законом РК от 10.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 144-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...69 lines deleted...]
-      8-1) ведет реестр племенных животных и представляет его данные уполномоченному органу по форме, утвержденной уполномоченным органом, для включения в республиканский реестр племенных животных;</w:t>
+    <w:bookmarkStart w:name="z95" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 6. ИСКУССТВЕННОЕ ОСЕМЕНЕНИЕ СЕЛЬСКОХОЗЯЙСТВЕННЫХ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ЖИВОТНЫХ И ТРАНСПЛАНТАЦИЯ ЭМБРИОНОВ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="283"/>
-    <w:p>
-[...188 lines deleted...]
-    <w:bookmarkEnd w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Глава 6 исключена - Законом РК от 14 декабря 2001 г. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 269</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z96" w:id="286"/>
+    <w:bookmarkStart w:name="z96" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 7. РАЗРЕШЕНИЕ СПОРОВ И ОТВЕТСТВЕННОСТЬ ПРИ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ОСУЩЕСТВЛЕНИИ ДЕЯТЕЛЬНОСТИ В ОБЛАСТИ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ПЛЕМЕННОГО ЖИВОТНОВОДСТВА</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkEnd w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 30. Разрешение споров при осуществлении деятельности в области племенного животноводства </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -15028,92 +15284,92 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z99" w:id="287"/>
+    <w:bookmarkStart w:name="z99" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 8. МЕЖДУНАРОДНОЕ СОТРУДНИЧЕСТВО РЕСПУБЛИКИ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>КАЗАХСТАН В ОБЛАСТИ ПЛЕМЕННОГО</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ЖИВОТНОВОДСТВА</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkEnd w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 32. Международное сотрудничество Республики Казахстан в области племенного животноводства </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -15122,70 +15378,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Республика Казахстан содействует развитию международного сотрудничества в области животноводства. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 33. Право на сотрудничество с иностранным участием в области племенного животноводства </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="288"/>
+    <w:bookmarkStart w:name="z52" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Физические и юридические лица Республики Казахстан, принимающие участие в осуществлении проектов с иностранным участием в области племенного животноводства, заключают договоры с иностранцами и (или) иностранными юридическими лицами в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkEnd w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15762,31 +16018,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>