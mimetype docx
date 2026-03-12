--- v0 (2025-11-15)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="715f067" w14:textId="715f067">
+    <w:p w14:paraId="76b60f7" w14:textId="76b60f7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -107,131 +107,237 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон Республики Казахстан от 30 июня 1998 года № 254.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
-[...21 lines deleted...]
-      Для удобства пользования РЦПИ создано </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Вниманию пользователей!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Для удобства пользования РЦПИ создано </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>оглавление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. По всему тексту слова "центром по недвижимости", "центров по недвижимости", "центрами по недвижимости", "центр по недвижимости", "центры по недвижимости", "центра по недвижимости", "центру по недвижимости" заменены соответственно словами "центром по недвижимости и его филиалами", "центров по недвижимости и их филиалов", "центрами по недвижимости и их филиалами", "центр по недвижимости и его филиалы", "центры по недвижимости и их филиалы", "центра по недвижимости и его филиалов", "центру по недвижимости и его филиалам" Законом РК от 29.09.2014 </w:t>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. По всему тексту слова "центром по недвижимости", "центров по недвижимости", "центрами по недвижимости", "центр по недвижимости", "центры по недвижимости", "центра по недвижимости", "центру по недвижимости" заменены соответственно словами "центром по недвижимости и его филиалами", "центров по недвижимости и их филиалов", "центрами по недвижимости и их филиалами", "центр по недвижимости и его филиалы", "центры по недвижимости и их филиалы", "центра по недвижимости и его филиалов", "центру по недвижимости и его филиалам" Законом РК от 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      по всему тексту слова "информационная система", "информационных систем", "информационным системам", "информационных системах", "информационную систему" предусматриваются заменить соответственно словами "цифровая система", "цифровых систем", "цифровым системам", "цифровых системах", "цифровую систему" в соответствии с Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Настоящий Закон устанавливает правила регистрации залога движимого имущества в целях реализации и защиты прав физических и юридических лиц, имеющих законные права на данное имущество. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2610,222 +2716,316 @@
         <w:t>
       8) указание о том, у какой стороны находится заложенное имущество, допустимость его использования и сведения о перезалоге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
     <w:bookmarkStart w:name="z79" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) адрес электронной почты заявителя (при наличии).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z80" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В ч. 2 пункта 2 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К заявлению должен быть приложен документ, подтверждающий уплату в бюджет сбора за государственную регистрацию залога движимого имущества, за исключением уплаты через платежный шлюз "электронного правительства" в случае направления заявления в электронном виде посредством единого реестра залога движимого имущества.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z81" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При подаче заявления в регистрирующий орган и (или) Государственную корпорацию заявитель обязан представить документ, удостоверяющий личность, а представитель лица – документ, подтверждающий его полномочия, а также документ, удостоверяющий личность.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z81" w:id="57"/>
-[...15 lines deleted...]
-      При подаче заявления в регистрирующий орган и (или) Государственную корпорацию заявитель обязан представить документ, удостоверяющий личность, а представитель лица – документ, подтверждающий его полномочия, а также документ, удостоверяющий личность.</w:t>
+    <w:bookmarkStart w:name="z142" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. При подаче заявления в регистрирующий орган и (или) Государственную корпорацию и при направлении заявления в электронной форме посредством единого реестра залога движимого имущества заявление, подписанное сторонами сделки, подается в форме уведомления с указанием сведений об условии залога, а также сведений согласно пункту 2 настоящей статьи без представления договора о залоге или иного документа, содержащего условия залога.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z142" w:id="58"/>
-[...15 lines deleted...]
-      3. При подаче заявления в регистрирующий орган и (или) Государственную корпорацию и при направлении заявления в электронной форме посредством единого реестра залога движимого имущества заявление, подписанное сторонами сделки, подается в форме уведомления с указанием сведений об условии залога, а также сведений согласно пункту 2 настоящей статьи без представления договора о залоге или иного документа, содержащего условия залога.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3-1. Исключен Законом РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z143" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Требование каких-либо иных документов и сведений, кроме предусмотренных настоящим Законом, не допускается.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:p>
-[...87 lines deleted...]
-      4. Требование каких-либо иных документов и сведений, кроме предусмотренных настоящим Законом, не допускается.</w:t>
+    <w:bookmarkStart w:name="z144" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Проверка сведений, содержащихся в заявлении, и регистрация залога движимого имущества осуществляются регистрирующим органом и (или) Государственной корпорацией в течение двух рабочих дней с момента поступления заявления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z144" w:id="60"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3273,90 +3473,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 9-3 в редакции Закона РК от 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z146" w:id="61"/>
+    <w:bookmarkStart w:name="z146" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В случае подачи заполненного бланка заявления в регистрирующий орган и (или) Государственную корпорацию не позднее одного рабочего дня, следующего за днем поступления заявления, регистрирующий орган и (или) Государственная корпорация вносят сведения о залоге в единый реестр залога движимого имущества на основании заявления, по результатам выдается свидетельство о регистрации залога движимого имущества либо мотивированный ответ об отказе в регистрации.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z149" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Информация о проведенной регистрации хранится в информационных системах банка второго уровня и регистрирующего органа и не требует документального подтверждения.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z149" w:id="62"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3470,90 +3670,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 9-4 в редакции Закона РК от 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z900" w:id="63"/>
+    <w:bookmarkStart w:name="z900" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В случае направления заявления в электронной форме посредством единого реестра залога движимого имущества на электронную регистрацию залога движимого имущества не позднее одного рабочего дня, следующего за днем поступления в единый реестр залога движимого имущества подтверждения об уплате сбора за регистрацию залога движимого имущества или освобождении от уплаты сбора, регистрирующий орган и (или) Государственная корпорация вносят сведения о залоге в единый реестр залога движимого имущества на основании заявления, по результатам выдается свидетельство о регистрации залога движимого имущества либо мотивированный ответ об отказе в регистрации в электронной форме, удостоверенные электронной цифровой подписью регистрирующего органа и (или) Государственной корпорации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z901" w:id="64"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z901" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Регистрирующий орган и (или) Государственная корпорация в течение одного рабочего дня после получения заявления направляют в информационную систему залогодержателя и единый реестр залога движимого имущества свидетельство о регистрации залога движимого имущества в форме электронного документа либо мотивированный ответ об отказе в регистрации в форме электронного документа, удостоверенные электронной цифровой подписью регистрирующего органа и (или) Государственной корпорации. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Информация о проведенной электронной регистрации хранится в информационных системах залогодержателя, регистрирующего органа и (или) Государственной корпорации и не требует документального подтверждения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3665,244 +3865,150 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 10 в редакции Закона РК от 27.02.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 49-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z921" w:id="65"/>
+    <w:bookmarkStart w:name="z921" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. С момента получения необходимых документов регистрирующий орган и (или) Государственная корпорация обязаны:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z82" w:id="66"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z82" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) выдать заявителю расписку, подтверждающую получение представленных документов, с указанием даты, времени (часы, минуты); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z83" w:id="67"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z83" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) внести в реестр залога движимого имущества (в том числе в компьютерную базу данных) данные из заявления о регистрации залога; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z84" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) выдать свидетельство о регистрации залога движимого имущества лицу, представившему заявление;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z84" w:id="68"/>
-[...15 lines deleted...]
-      3) выдать свидетельство о регистрации залога движимого имущества лицу, представившему заявление;</w:t>
+    <w:bookmarkStart w:name="z85" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сообщать уполномоченному органу по финансовому мониторингу сведения в соответствии с Законом Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:p>
-[...112 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z86" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Регистрация залога движимого имущества должна быть произведена в течение двух рабочих дней с момента принятия заявления, за исключением случаев, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -4384,51 +4490,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 02.04.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 241-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -5879,90 +6005,184 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 16. Порядок регистрации изменений, дополнений и прекращения зарегистрированного залога</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z27" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заявитель регистрирует изменения и дополнения (в том числе переход права собственности другому лицу, уступку права требования) и прекращение действия зарегистрированного залога путем подачи заявления или направления заявления в электронной форме посредством единого реестра залога движимого имущества в регистрирующий орган и (или) Государственную корпорацию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z931" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В ч. 2 статьи 16 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Действие части первой настоящей статьи не распространяется на случаи, предусмотренные частью первой пункта 3-2 статьи 34 Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан", частью первой подпункта 11-2) пункта 2 статьи 7 Закона Республики Казахстан "О микрофинансовой деятельности", частью второй пункта 2 статьи 6-1 Закона Республики Казахстан "О коллекторской деятельности".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z115" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Порядок регистрации изменений и дополнений устанавливается законодательством.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z115" w:id="115"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6078,468 +6298,468 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 17. Заявление о регистрации изменений, дополнений и о прекращении зарегистрированного залога</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="116"/>
+    <w:bookmarkStart w:name="z29" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. В заявлении о регистрации изменений, дополнений и о прекращении зарегистрированного залога движимого имущества должно содержаться указание на первоначально зарегистрированный залог, описание изменений и дополнений к договору о залоге (переход права собственности другому лицу, уступка права требования и т.д.), основания прекращения зарегистрированного залога. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z924" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1. При подаче заявления о прекращении зарегистрированного залога залогодателем посредством единого реестра залога движимого имущества регистрация прекращения залога осуществляется на основании заявления залогодержателя, подтверждающего исполнение залогодателем обязательств, обеспеченных залогом. При этом залогодержатель обязан направить данное заявление посредством единого реестра залога движимого имущества не позднее двух рабочих дней с момента подачи залогодателем заявления о прекращении зарегистрированного залога.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z924" w:id="117"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z116" w:id="118"/>
+    <w:bookmarkStart w:name="z116" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Заявление о регистрации внесения изменений и дополнений, помимо сведений, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, должно содержать:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z117" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дату подписания договора о внесении изменений и дополнений в условия залога либо договора об уступке прав (требований) по залогу (в том числе договора об одновременной передаче активов и обязательств);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z117" w:id="119"/>
-[...15 lines deleted...]
-      1) дату подписания договора о внесении изменений и дополнений в условия залога либо договора об уступке прав (требований) по залогу (в том числе договора об одновременной передаче активов и обязательств);</w:t>
+    <w:bookmarkStart w:name="z118" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) регистрационный номер залога движимого имущества, присвоенный регистрирующим органом или Государственной корпорацией, за исключением случаев регистрации изменений и дополнений на основании договора об одновременной передаче активов и обязательств;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z118" w:id="120"/>
-[...15 lines deleted...]
-      2) регистрационный номер залога движимого имущества, присвоенный регистрирующим органом или Государственной корпорацией, за исключением случаев регистрации изменений и дополнений на основании договора об одновременной передаче активов и обязательств;</w:t>
+    <w:bookmarkStart w:name="z119" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) описание вносимых изменений и дополнений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z119" w:id="121"/>
-[...15 lines deleted...]
-      3) описание вносимых изменений и дополнений;</w:t>
+    <w:bookmarkStart w:name="z120" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) подписи залогодателя и залогодержателя (их представителей), а при уступке прав (требований) по договорам залога – только подпись нового залогодержателя, а также согласие, подписанное залогодержателем, уступившим права (требования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z120" w:id="122"/>
-[...15 lines deleted...]
-      4) подписи залогодателя и залогодержателя (их представителей), а при уступке прав (требований) по договорам залога – только подпись нового залогодержателя, а также согласие, подписанное залогодержателем, уступившим права (требования).</w:t>
+    <w:bookmarkStart w:name="z121" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В заявлении должны содержаться сведения о внесении изменений и дополнений в соответствии с пунктом 2 настоящей статьи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z121" w:id="123"/>
-[...15 lines deleted...]
-      3. В заявлении должны содержаться сведения о внесении изменений и дополнений в соответствии с пунктом 2 настоящей статьи.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 17 с изменениями, внесенными законами РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 34-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования); от 27.04.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 311-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 408-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.03.2016); от 27.02.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 02.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 18. Доступность сведений о регистрации залога движимого имущества</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Сведения о регистрации залога движимого имущества являются доступными для всех юридических и физических лиц, если иное не предусмотрено законодательными актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...217 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Предоставление информации осуществляется с соблюдением норм, установленных Законом Республики Казахстан "О персональных данных и их защите".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z122" w:id="125"/>
+    <w:bookmarkStart w:name="z122" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. По заявлению любого участника отношений, возникающих при регистрации залога движимого имущества, указанного в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6554,994 +6774,994 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, регистрирующий орган и (или) Государственная корпорация обязаны предоставить информацию в форме выписки из реестра залога движимого имущества с учетом </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 10 настоящего Закона, которая должна:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) содержать указание на то, что сведения о залоге представлены на конец рабочего дня, предшествующего дню выдачи выписки;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) быть подписана уполномоченным должностным лицом регистрирующего органа и заверена печатью регистрирующего органа и (или) Государственной корпорации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z125" w:id="126"/>
+    <w:bookmarkStart w:name="z125" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. В случае отсутствия каких-либо записей о залоге в отношении того или иного движимого имущества выписка должна содержать соответствующее указание на это. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. (исключен) </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5. (исключен) </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 18 с изменениями, внесенными законами РК от 13.12.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2005); от 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 34-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования); от 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 408-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.03.2016); от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 02.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 19. Прекращение регистрации залога на основании решения суда</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заинтересованное лицо на основании решения суда о признании недействительным залога или его регистрации имеет право подать заявление в регистрирующий орган или Государственную корпорацию об аннулировании регистрации залога.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 19 в редакции Закона РК от 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 408-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.03.2016).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Разрешение споров и ответственность за</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>нарушение порядка регистрации</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...208 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 19. Прекращение регистрации залога на основании решения суда</w:t>
-[...145 lines deleted...]
-        </w:rPr>
         <w:t>Статья 20. Порядок разрешения споров</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="128"/>
+    <w:bookmarkStart w:name="z35" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Споры, связанные с регистрацией и предоставлением информации о регистрации залога движимого имущества, разрешаются в порядке, установленном законами Республики Казахстан. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 20 - в редакции в соответствии с Законом РК от 29.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2021).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 21. Ответственность за нарушение порядка регистрации и выдачи информации о регистрации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z151" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Регистрирующий орган или Государственная корпорация несут ответственность, установленную законами Республики Казахстан, за:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:p>
-[...94 lines deleted...]
-      1. Регистрирующий орган или Государственная корпорация несут ответственность, установленную законами Республики Казахстан, за:</w:t>
+    <w:bookmarkStart w:name="z126" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) несоблюдение правил регистрации залога движимого имущества;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z126" w:id="130"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z127" w:id="131"/>
+    <w:bookmarkStart w:name="z127" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) неточность, неполноту внесения сведений и искажение информации о залоге движимого имущества, предоставленной ему для регистрации и внесения в реестр залога движимого имущества; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z128" w:id="132"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z128" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) неправомерный отказ в предоставлении выписки из реестра залога движимого имущества по запросу заинтересованных лиц; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z129" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) нарушение порядка хранения представленных для регистрации документов и информации, а также информации, внесенной в реестр залога движимого имущества;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z129" w:id="133"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z130" w:id="134"/>
+    <w:bookmarkStart w:name="z130" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) разглашение информации, составляющей коммерческую тайну; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z131" w:id="135"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z131" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) полноту взимания сбора за государственную регистрацию залога движимого имущества и ипотеки судна или строящегося судна. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z132" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Убытки, причиненные нарушением порядка регистрации, выдачи информации, искажением содержания информации, подлежат возмещению регистрирующим органом и (или) Государственной корпорацией. Умышленное искажение сведений и иные действия, способствующие сокрытию информации, которая по закону может и должна быть предоставлена, преследуются в установленном законом порядке.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z132" w:id="136"/>
-[...15 lines deleted...]
-      2. Убытки, причиненные нарушением порядка регистрации, выдачи информации, искажением содержания информации, подлежат возмещению регистрирующим органом и (или) Государственной корпорацией. Умышленное искажение сведений и иные действия, способствующие сокрытию информации, которая по закону может и должна быть предоставлена, преследуются в установленном законом порядке.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 21 с изменениями, внесенными законами РК от 13.12.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2005); от 11.12.2006 N </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2007); от 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 34-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования); от 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 408-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.03.2016).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Заключительные и переходные положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...142 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Глава 4. Заключительные и переходные положения</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 22. Введение Закона в действие</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящий Закон вводится в действие со дня официального опубликования и применяется к правоотношениям, возникшим после введения его в действие с учетом положений статьи 23 настоящего Закона.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 22. Введение Закона в действие</w:t>
-[...35 lines deleted...]
-        </w:rPr>
         <w:t>Статья 23. Переходные положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="139"/>
+    <w:bookmarkStart w:name="z41" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. В течение 60 дней после введения настоящего Закона в действие приоритетность в отношении одного и того же предмета залога движимого имущества, не подлежащего обязательной государственной регистрации, при его регистрации имеют только те залогодержатели, которые заключили договор о залоге до введения настоящего Закона в действие. Регистрация таких залогов осуществляется в соответствии с положениями настоящего Закона. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z133" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Приоритетность залогов, зарегистрированных в соответствии с настоящей статьей, определяется датой договора о залоге.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z133" w:id="140"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="140"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12000"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12000" w:type="dxa"/>
             <w:tcBorders/>
@@ -7682,55 +7902,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>