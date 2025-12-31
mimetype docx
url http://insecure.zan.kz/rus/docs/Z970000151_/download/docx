--- v0 (2025-10-01)
+++ v1 (2025-12-31)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2d0a5cb" w14:textId="2d0a5cb">
+    <w:p w14:paraId="f7521ef" w14:textId="f7521ef">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -5318,104 +5318,324 @@
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) выдача заключений по наименованию, переименованию сел, поселков, сельских округов, а также уточнению и изменению транскрипции их наименований после согласования с Республиканской ономастической комиссией;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 2 предусматривается дополнить подпунктом 1-1) в соответствии с Законом РК от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 236-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) выдача заключений по наименованию, переименованию составных частей городов районного значения, поселка, села, сельского округа, а также уточнению и изменению транскрипции их наименований после согласования с Республиканской ономастической комиссией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z74" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 3 предусматривается изменение Законом РК от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 236-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. К компетенции ономастических комиссий городов республиканского значения, столицы относится выдача заключений по наименованию, переименованию районов в городе, составных частей городов республиканского значения, столицы, а также уточнению и изменению транскрипции их наименований после согласования с Республиканской ономастической комиссией.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z75" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Местными представительными и исполнительными органами решение по наименованию, переименованию, а также уточнению и изменению транскрипции наименований административно-территориальных единиц, составных частей населенных пунктов принимается только при наличии положительного заключения соответствующих ономастических комиссий.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z75" w:id="92"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6745,71 +6965,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 25-6. Порядок проведения государственного контроля в сфере развития языков</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z100" w:id="93"/>
+    <w:bookmarkStart w:name="z100" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственный контроль в форме проверок проводят уполномоченный орган в сфере развития языков и местный исполнительный орган области, города республиканского значения и столицы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z101" w:id="94"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z101" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Субъектами государственного контроля в сфере развития языков являются государственные органы, указанные в подпункте 3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6824,1891 +7044,1891 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и подпункте 2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 25-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона (далее – проверяемые субъекты). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z102" w:id="95"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z102" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Проверка в отношении Национального Банка Республики Казахстан осуществляется при соблюдении требований, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О Национальном Банке Республики Казахстан".  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z103" w:id="96"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z103" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Проверки делятся на периодические и внеплановые. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z104" w:id="97"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z104" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Проверки проводятся с посещением проверяемого субъекта. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z105" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Основанием для включения проверяемого субъекта в полугодовой план проведения периодической проверки является критерий, утвержденный уполномоченным органом в сфере развития языков, а также следующие источники информации:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z105" w:id="98"/>
-[...15 lines deleted...]
-      2. Основанием для включения проверяемого субъекта в полугодовой план проведения периодической проверки является критерий, утвержденный уполномоченным органом в сфере развития языков, а также следующие источники информации:</w:t>
+    <w:bookmarkStart w:name="z106" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) результаты предыдущих проверок;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z106" w:id="99"/>
-[...15 lines deleted...]
-      1) результаты предыдущих проверок;</w:t>
+    <w:bookmarkStart w:name="z107" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) результаты мониторинга отчетности и сведений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z107" w:id="100"/>
-[...15 lines deleted...]
-      2) результаты мониторинга отчетности и сведений;</w:t>
+    <w:bookmarkStart w:name="z108" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) результаты анализа интернет-ресурсов государственных органов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z108" w:id="101"/>
-[...15 lines deleted...]
-      3) результаты анализа интернет-ресурсов государственных органов.</w:t>
+    <w:bookmarkStart w:name="z109" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Периодические проверки проводятся не чаще одного раза в год в соответствии с полугодовым планом проведения периодических проверок, утвержденным первым руководителем уполномоченного органа в сфере развития языков и акимом области, города республиканского значения и столицы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z109" w:id="102"/>
-[...15 lines deleted...]
-      Периодические проверки проводятся не чаще одного раза в год в соответствии с полугодовым планом проведения периодических проверок, утвержденным первым руководителем уполномоченного органа в сфере развития языков и акимом области, города республиканского значения и столицы.</w:t>
+    <w:bookmarkStart w:name="z110" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Полугодовой план проведения периодических проверок утверждается не позднее 1 декабря года, предшествующего году проведения периодической проверки, и не позднее 1 июня текущего календарного года и размещается на интернет-ресурсах в срок до 20 декабря года, предшествующего году проведения периодической проверки, и до 20 июня текущего календарного года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z110" w:id="103"/>
-[...15 lines deleted...]
-      Полугодовой план проведения периодических проверок утверждается не позднее 1 декабря года, предшествующего году проведения периодической проверки, и не позднее 1 июня текущего календарного года и размещается на интернет-ресурсах в срок до 20 декабря года, предшествующего году проведения периодической проверки, и до 20 июня текущего календарного года.</w:t>
+    <w:bookmarkStart w:name="z111" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Полугодовой план проведения периодической проверки включает:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z111" w:id="104"/>
-[...15 lines deleted...]
-      Полугодовой план проведения периодической проверки включает:</w:t>
+    <w:bookmarkStart w:name="z112" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) номер и дату утверждения плана;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z112" w:id="105"/>
-[...15 lines deleted...]
-      1) номер и дату утверждения плана;</w:t>
+    <w:bookmarkStart w:name="z113" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наименование государственного органа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z113" w:id="106"/>
-[...15 lines deleted...]
-      2) наименование государственного органа;</w:t>
+    <w:bookmarkStart w:name="z114" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) наименование проверяемого субъекта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z114" w:id="107"/>
-[...15 lines deleted...]
-      3) наименование проверяемого субъекта;</w:t>
+    <w:bookmarkStart w:name="z115" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) место нахождения проверяемого субъекта (объекта);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z115" w:id="108"/>
-[...15 lines deleted...]
-      4) место нахождения проверяемого субъекта (объекта);</w:t>
+    <w:bookmarkStart w:name="z116" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сроки проведения проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z116" w:id="109"/>
-[...15 lines deleted...]
-      5) сроки проведения проверки;</w:t>
+    <w:bookmarkStart w:name="z117" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) подпись лица, уполномоченного подписывать план.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z117" w:id="110"/>
-[...15 lines deleted...]
-      6) подпись лица, уполномоченного подписывать план.</w:t>
+    <w:bookmarkStart w:name="z118" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Внесение изменений и дополнений в полугодовой план проведения периодических проверок осуществляется в случаях ликвидации, реорганизации субъекта контроля, изменения его наименования или перераспределения полномочий между субъектами контроля, а также в случае возникновения чрезвычайной ситуации природного и техногенного характера, введения режима чрезвычайного положения в случаях возникновения или угрозы возникновения распространения эпидемии, очагов карантинных объектов и особо опасных вредных организмов, инфекционных, паразитарных заболеваний, отравлений, радиационных аварий и связанных с ними ограничений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z118" w:id="111"/>
-[...15 lines deleted...]
-      Внесение изменений и дополнений в полугодовой план проведения периодических проверок осуществляется в случаях ликвидации, реорганизации субъекта контроля, изменения его наименования или перераспределения полномочий между субъектами контроля, а также в случае возникновения чрезвычайной ситуации природного и техногенного характера, введения режима чрезвычайного положения в случаях возникновения или угрозы возникновения распространения эпидемии, очагов карантинных объектов и особо опасных вредных организмов, инфекционных, паразитарных заболеваний, отравлений, радиационных аварий и связанных с ними ограничений.</w:t>
+    <w:bookmarkStart w:name="z119" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При наступлении случаев, указанных в части пятой настоящего пункта, периодическая проверка может быть продлена либо приостановлена.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z119" w:id="112"/>
-[...15 lines deleted...]
-      При наступлении случаев, указанных в части пятой настоящего пункта, периодическая проверка может быть продлена либо приостановлена.</w:t>
+    <w:bookmarkStart w:name="z120" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Внеплановая проверка проводится:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z120" w:id="113"/>
-[...15 lines deleted...]
-      3. Внеплановая проверка проводится:</w:t>
+    <w:bookmarkStart w:name="z121" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) при наличии подтвержденных обращений, поступивших от физических и юридических лиц, о нарушении требований законодательства Республики Казахстан о языках;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z121" w:id="114"/>
-[...15 lines deleted...]
-      1) при наличии подтвержденных обращений, поступивших от физических и юридических лиц, о нарушении требований законодательства Республики Казахстан о языках;</w:t>
+    <w:bookmarkStart w:name="z122" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в целях проведения контроля исполнения требований об устранении выявленных нарушений, указанных в акте о результатах проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z122" w:id="115"/>
-[...15 lines deleted...]
-      2) в целях проведения контроля исполнения требований об устранении выявленных нарушений, указанных в акте о результатах проверки;</w:t>
+    <w:bookmarkStart w:name="z123" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) по поручению прокурора.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z123" w:id="116"/>
-[...15 lines deleted...]
-      3) по поручению прокурора.</w:t>
+    <w:bookmarkStart w:name="z124" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Внеплановые проверки не проводятся в случаях анонимных обращений. Внеплановой проверке подлежат факты и обстоятельства, выявленные в отношении проверяемых субъектов и послужившие основанием для назначения внеплановой проверки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z124" w:id="117"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z125" w:id="118"/>
+    <w:bookmarkStart w:name="z125" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Должностное лицо уполномоченного органа в сфере развития языков и местного исполнительного органа области, города республиканского значения и столицы при проведении проверки имеет право: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z126" w:id="119"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z126" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) беспрепятственного доступа на территорию и в помещения проверяемого субъекта (объекта) в соответствии с предметом проверки при предъявлении документов, указанных в пункте 8 настоящей статьи; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z127" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) получать документы (сведения) на бумажных и электронных носителях либо их копии для приобщения к акту о результатах проверки, а также доступ к автоматизированным базам данных (информационным системам) в соответствии с предметом проверки;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z127" w:id="120"/>
-[...15 lines deleted...]
-      2) получать документы (сведения) на бумажных и электронных носителях либо их копии для приобщения к акту о результатах проверки, а также доступ к автоматизированным базам данных (информационным системам) в соответствии с предметом проверки;</w:t>
+    <w:bookmarkStart w:name="z128" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществлять аудио-, фото- и видеосъемку;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z128" w:id="121"/>
-[...15 lines deleted...]
-      3) осуществлять аудио-, фото- и видеосъемку;</w:t>
+    <w:bookmarkStart w:name="z129" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) привлекать специалистов, консультантов и экспертов государственных органов и подведомственных организаций и иных организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z129" w:id="122"/>
-[...15 lines deleted...]
-      4) привлекать специалистов, консультантов и экспертов государственных органов и подведомственных организаций и иных организаций.</w:t>
+    <w:bookmarkStart w:name="z130" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Проверяемые субъекты либо их уполномоченные представители при проведении проверки вправе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z130" w:id="123"/>
-[...15 lines deleted...]
-      5. Проверяемые субъекты либо их уполномоченные представители при проведении проверки вправе:</w:t>
+    <w:bookmarkStart w:name="z131" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) не допускать к проверке должностное лицо уполномоченного органа в сфере развития языков и местного исполнительного органа области, города республиканского значения и столицы, прибывшее для проведения проверки, в случаях:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z131" w:id="124"/>
-[...15 lines deleted...]
-      1) не допускать к проверке должностное лицо уполномоченного органа в сфере развития языков и местного исполнительного органа области, города республиканского значения и столицы, прибывшее для проведения проверки, в случаях:</w:t>
+    <w:bookmarkStart w:name="z132" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      превышения либо истечения указанных в акте о назначении проверки (дополнительном акте о продлении срока при его наличии) сроков, не соответствующих срокам, установленным настоящей статьей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z132" w:id="125"/>
-[...15 lines deleted...]
-      превышения либо истечения указанных в акте о назначении проверки (дополнительном акте о продлении срока при его наличии) сроков, не соответствующих срокам, установленным настоящей статьей;</w:t>
+    <w:bookmarkStart w:name="z133" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отсутствия документов, предусмотренных пунктом 8 настоящей статьи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z133" w:id="126"/>
-[...15 lines deleted...]
-      отсутствия документов, предусмотренных пунктом 8 настоящей статьи;</w:t>
+    <w:bookmarkStart w:name="z134" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обжаловать акт о результатах проверки в порядке, установленном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z134" w:id="127"/>
-[...15 lines deleted...]
-      2) обжаловать акт о результатах проверки в порядке, установленном законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z135" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Проверяемые субъекты либо их уполномоченные представители при проведении проверки обязаны:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z135" w:id="128"/>
-[...15 lines deleted...]
-      6. Проверяемые субъекты либо их уполномоченные представители при проведении проверки обязаны:</w:t>
+    <w:bookmarkStart w:name="z136" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечить беспрепятственный доступ должностного лица уполномоченного органа в сфере развития языков и местного исполнительного органа области, города республиканского значения, столицы на территорию и в помещения проверяемого субъекта (объекта);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z136" w:id="129"/>
-[...15 lines deleted...]
-      1) обеспечить беспрепятственный доступ должностного лица уполномоченного органа в сфере развития языков и местного исполнительного органа области, города республиканского значения, столицы на территорию и в помещения проверяемого субъекта (объекта);</w:t>
+    <w:bookmarkStart w:name="z137" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) представлять должностному лицу уполномоченного органа в сфере развития языков и местного исполнительного органа области, города республиканского значения, столицы документы (сведения) на бумажных и электронных носителях либо их копии для приобщения к акту о результатах проверки, а также доступ к автоматизированным базам данных (информационным системам) в соответствии с предметом проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z137" w:id="130"/>
-[...15 lines deleted...]
-      2) представлять должностному лицу уполномоченного органа в сфере развития языков и местного исполнительного органа области, города республиканского значения, столицы документы (сведения) на бумажных и электронных носителях либо их копии для приобщения к акту о результатах проверки, а также доступ к автоматизированным базам данных (информационным системам) в соответствии с предметом проверки;</w:t>
+    <w:bookmarkStart w:name="z138" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сделать отметку о получении акта о назначении проверки, о результатах проверки в день окончания проверки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z138" w:id="131"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z139" w:id="132"/>
+    <w:bookmarkStart w:name="z139" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Проверка проводится на основании акта о назначении проверки. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z140" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В акте о назначении проверки указываются:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z140" w:id="133"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z141" w:id="134"/>
+    <w:bookmarkStart w:name="z141" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) дата и номер акта; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z142" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наименование государственного органа;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z142" w:id="135"/>
+    <w:bookmarkStart w:name="z143" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) фамилии, имена, отчества (если они указаны в документах, удостоверяющих личность) и должности лиц, уполномоченных на проведение проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z144" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сведения о специалистах, консультантах и экспертах государственных органов, подведомственных и иных организаций, привлекаемых для проведения проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z145" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) наименование проверяемого субъекта, его место нахождения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z146" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) предмет проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z147" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) вид проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z148" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) срок проведения проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z149" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) основания проведения проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z150" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) проверяемый период;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z151" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) подпись руководителя проверяемого субъекта либо его уполномоченного лица о получении или об отказе от получения акта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z152" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) подпись лица, уполномоченного подписывать акт.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z153" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При проведении проверки уполномоченный орган в сфере развития языков и местный исполнительный орган области, города республиканского значения, столицы обязаны известить проверяемого субъекта о начале проведения проверки не менее чем за сутки до ее начала с указанием предмета проведения проверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z154" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Началом проведения проверки считается дата вручения проверяемому субъекту акта о назначении проверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z155" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Должностные лица уполномоченного органа в сфере развития языков и местного исполнительного органа области, города республиканского значения, столицы, прибывшие на проверку, обязаны предъявить проверяемому субъекту:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z156" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) акт о назначении проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z157" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) служебное удостоверение (идентификационную карту);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z158" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) при необходимости – разрешение компетентного органа на посещение режимных объектов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z159" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Срок проведения проверки устанавливается с учетом предмета проверки, а также объема предстоящих работ и не должен превышать десять рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z160" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок проведения проверки может быть продлен только один раз не более чем на пятнадцать рабочих дней. Продление осуществляется решением руководства уполномоченного органа в сфере развития языков или местного исполнительного органа области, города республиканского значения, столицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z161" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Продление сроков проведения проверки оформляется дополнительным актом о продлении сроков проверки с уведомлением проверяемого субъекта, в котором указываются дата и номер предыдущего акта о назначении проверки и причины продления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z162" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уведомление о продлении сроков проверки вручается проверяемому субъекту за один рабочий день до продления с уведомлением о вручении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z163" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. По результатам проверки должностными лицами, осуществляющими проверку, составляется акт о результатах проверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z164" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Первый экземпляр акта о результатах проверки в электронной форме направляется в государственный орган, осуществляющий в пределах своей компетенции деятельность в области государственной правовой статистики и специальных учетов, второй экземпляр на бумажном носителе под роспись или в электронной форме вручается проверяемому субъекту (руководителю либо его уполномоченному лицу) для ознакомления и принятия мер по устранению выявленных нарушений и других действий, третий экземпляр остается у уполномоченного органа в сфере развития языков или местного исполнительного органа области, города республиканского значения, столицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z165" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. В акте о результатах проверки указываются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z166" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дата, время и место составления акта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z167" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наименование государственного органа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-[...478 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z167" w:id="160"/>
-[...15 lines deleted...]
-      2) наименование государственного органа;</w:t>
+    <w:bookmarkStart w:name="z168" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) номер и дата акта о назначении проверки (дополнительного акта о продлении срока при его наличии), на основании которого проведена проверка;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z168" w:id="161"/>
-[...15 lines deleted...]
-      3) номер и дата акта о назначении проверки (дополнительного акта о продлении срока при его наличии), на основании которого проведена проверка;</w:t>
+    <w:bookmarkStart w:name="z169" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) и должность лица, проводившего проверку;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z169" w:id="162"/>
-[...15 lines deleted...]
-      4) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) и должность лица, проводившего проверку;</w:t>
+    <w:bookmarkStart w:name="z170" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сведения о специалистах, консультантах и экспертах государственных органов, подведомственных и иных организаций, привлекаемых для проведения проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z170" w:id="163"/>
-[...15 lines deleted...]
-      5) сведения о специалистах, консультантах и экспертах государственных органов, подведомственных и иных организаций, привлекаемых для проведения проверки;</w:t>
+    <w:bookmarkStart w:name="z171" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) наименование проверяемого субъекта, его место нахождения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z171" w:id="164"/>
-[...15 lines deleted...]
-      6) наименование проверяемого субъекта, его место нахождения;</w:t>
+    <w:bookmarkStart w:name="z172" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) срок и период проведения проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z172" w:id="165"/>
-[...15 lines deleted...]
-      7) срок и период проведения проверки;</w:t>
+    <w:bookmarkStart w:name="z173" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) вид и предмет проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z173" w:id="166"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z174" w:id="167"/>
+    <w:bookmarkStart w:name="z174" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) сведения о результатах проверки, в том числе о выявленных нарушениях и их характере; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z175" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) рекомендации об устранении выявленных нарушений требований законодательства Республики Казахстан о языках;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z175" w:id="168"/>
-[...15 lines deleted...]
-      10) рекомендации об устранении выявленных нарушений требований законодательства Республики Казахстан о языках;</w:t>
+    <w:bookmarkStart w:name="z176" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) сведения об ознакомлении или отказе в ознакомлении с актом, а также о лицах, присутствовавших при проведении проверки, их подписи или запись об отказе от подписи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z176" w:id="169"/>
-[...15 lines deleted...]
-      11) сведения об ознакомлении или отказе в ознакомлении с актом, а также о лицах, присутствовавших при проведении проверки, их подписи или запись об отказе от подписи;</w:t>
+    <w:bookmarkStart w:name="z177" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) подпись должностного лица, проводившего проверку.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z177" w:id="170"/>
-[...15 lines deleted...]
-      12) подпись должностного лица, проводившего проверку.</w:t>
+    <w:bookmarkStart w:name="z178" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К акту о результатах проверки прилагаются при их наличии документы, связанные с результатами проверки, и их копии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z178" w:id="171"/>
-[...15 lines deleted...]
-      К акту о результатах проверки прилагаются при их наличии документы, связанные с результатами проверки, и их копии.</w:t>
+    <w:bookmarkStart w:name="z179" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В случае наличия замечаний и (или) возражений по результатам проверки проверяемый субъект излагает их в письменном виде в течение трех рабочих дней со дня получения акта о результатах проверки. Замечания и (или) возражения прилагаются к акту о результатах проверки, о чем делается соответствующая отметка.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z179" w:id="172"/>
-[...15 lines deleted...]
-      12. В случае наличия замечаний и (или) возражений по результатам проверки проверяемый субъект излагает их в письменном виде в течение трех рабочих дней со дня получения акта о результатах проверки. Замечания и (или) возражения прилагаются к акту о результатах проверки, о чем делается соответствующая отметка.</w:t>
+    <w:bookmarkStart w:name="z180" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган в сфере развития языков или местный исполнительный орган области, города республиканского значения, столицы должен рассмотреть замечания и (или) возражения проверяемого субъекта о результатах проверки и в течение пятнадцати рабочих дней дать мотивированный ответ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z180" w:id="173"/>
-[...15 lines deleted...]
-      Уполномоченный орган в сфере развития языков или местный исполнительный орган области, города республиканского значения, столицы должен рассмотреть замечания и (или) возражения проверяемого субъекта о результатах проверки и в течение пятнадцати рабочих дней дать мотивированный ответ.</w:t>
+    <w:bookmarkStart w:name="z181" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае отказа в принятии акта о результатах проверки составляется акт, который подписывается должностным лицом, осуществляющим проверку, и руководителем проверяемого субъекта либо его уполномоченным представителем.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z181" w:id="174"/>
-[...15 lines deleted...]
-      В случае отказа в принятии акта о результатах проверки составляется акт, который подписывается должностным лицом, осуществляющим проверку, и руководителем проверяемого субъекта либо его уполномоченным представителем.</w:t>
+    <w:bookmarkStart w:name="z182" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Проверяемый субъект вправе отказаться от подписания акта, дав письменное объяснение о причине отказа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z182" w:id="175"/>
-[...15 lines deleted...]
-      Проверяемый субъект вправе отказаться от подписания акта, дав письменное объяснение о причине отказа.</w:t>
+    <w:bookmarkStart w:name="z183" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Завершением срока проведения проверки считается день вручения проверяемому субъекту акта о результатах проверки не позднее срока окончания проверки, указанного в акте о назначении проверки (дополнительном акте о продлении срока при его наличии).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z183" w:id="176"/>
-[...15 lines deleted...]
-      13. Завершением срока проведения проверки считается день вручения проверяемому субъекту акта о результатах проверки не позднее срока окончания проверки, указанного в акте о назначении проверки (дополнительном акте о продлении срока при его наличии).</w:t>
+    <w:bookmarkStart w:name="z184" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Сроки исполнения акта о результатах проверки определяются с учетом обстоятельств, оказывающих влияние на реальную возможность его исполнения, но не более тридцати календарных дней со дня вручения акта о результатах проверки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z184" w:id="177"/>
-[...15 lines deleted...]
-      14. Сроки исполнения акта о результатах проверки определяются с учетом обстоятельств, оказывающих влияние на реальную возможность его исполнения, но не более тридцати календарных дней со дня вручения акта о результатах проверки.</w:t>
+    <w:bookmarkStart w:name="z185" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. При определении сроков исполнения акта о результатах проверки указываются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z185" w:id="178"/>
-[...15 lines deleted...]
-      15. При определении сроков исполнения акта о результатах проверки указываются:</w:t>
+    <w:bookmarkStart w:name="z186" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наличие у проверяемого субъекта организационных, технических возможностей по устранению нарушений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z186" w:id="179"/>
-[...15 lines deleted...]
-      1) наличие у проверяемого субъекта организационных, технических возможностей по устранению нарушений;</w:t>
+    <w:bookmarkStart w:name="z187" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сроки получения в государственных органах обязательных заключений, согласований и других документов, установленных законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z187" w:id="180"/>
-[...15 lines deleted...]
-      2) сроки получения в государственных органах обязательных заключений, согласований и других документов, установленных законами Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z188" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. По истечении срока устранения нарушений, установленного в акте о результатах проверки, проверяемый субъект в течение срока, установленного в акте о результатах проверки, обязан предоставить информацию об устранении выявленных нарушений в уполномоченный орган в сфере развития языков или местный исполнительный орган области, города республиканского значения, столицы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z188" w:id="181"/>
-[...15 lines deleted...]
-      16. По истечении срока устранения нарушений, установленного в акте о результатах проверки, проверяемый субъект в течение срока, установленного в акте о результатах проверки, обязан предоставить информацию об устранении выявленных нарушений в уполномоченный орган в сфере развития языков или местный исполнительный орган области, города республиканского значения, столицы.</w:t>
+    <w:bookmarkStart w:name="z189" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае непредоставления или неполного предоставления информации об устранении выявленных нарушений уполномоченный орган в сфере развития языков или местный исполнительный орган области, города республиканского значения, столицы назначает внеплановую проверку в соответствии с подпунктом 2) пункта 3 настоящей статьи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z189" w:id="182"/>
-[...15 lines deleted...]
-      В случае непредоставления или неполного предоставления информации об устранении выявленных нарушений уполномоченный орган в сфере развития языков или местный исполнительный орган области, города республиканского значения, столицы назначает внеплановую проверку в соответствии с подпунктом 2) пункта 3 настоящей статьи.</w:t>
+    <w:bookmarkStart w:name="z190" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К предоставленной информации об устранении выявленных нарушений проверяемый субъект прилагает материалы, доказывающие факт устранения нарушения (если указано в акте о результатах проверки о предоставлении материала). В этом случае проведение внеплановой проверки не требуется.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z190" w:id="183"/>
-[...15 lines deleted...]
-      К предоставленной информации об устранении выявленных нарушений проверяемый субъект прилагает материалы, доказывающие факт устранения нарушения (если указано в акте о результатах проверки о предоставлении материала). В этом случае проведение внеплановой проверки не требуется.</w:t>
+    <w:bookmarkStart w:name="z191" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. В случае нарушения прав и законных интересов проверяемого субъекта при осуществлении проверки проверяемый субъект вправе обжаловать решения, действия (бездействие) должностных лиц уполномоченного органа в сфере развития языков или местного исполнительного органа области, города республиканского значения, столицы вышестоящему должностному лицу либо в суд в порядке, установленном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z191" w:id="184"/>
-[...15 lines deleted...]
-      17. В случае нарушения прав и законных интересов проверяемого субъекта при осуществлении проверки проверяемый субъект вправе обжаловать решения, действия (бездействие) должностных лиц уполномоченного органа в сфере развития языков или местного исполнительного органа области, города республиканского значения, столицы вышестоящему должностному лицу либо в суд в порядке, установленном законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z192" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Если в результате проведения проверки будет выявлен факт нарушения проверяемым субъектом требований, установленных законодательством Республики Казахстан о языках, при наличии достаточных данных, указывающих на признаки состава административного правонарушения, должностные лица уполномоченного органа в сфере развития языков или местного исполнительного органа области, города республиканского значения, столицы в пределах полномочий принимают меры по привлечению лиц, допустивших нарушения, к ответственности, установленной законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z192" w:id="185"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8839,70 +9059,70 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. ИСПОЛЬЗОВАНИЕ ЯЗЫКОВ В ОТНОШЕНИЯХ С ЗАРУБЕЖНЫМИ СТРАНАМИ И МЕЖДУНАРОДНЫМИ ОРГАНИЗАЦИЯМИ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 27. Язык в международной деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="186"/>
+    <w:bookmarkStart w:name="z60" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Деятельность дипломатических представительств Республики Казахстан и представительств Республики Казахстан при международных организациях осуществляется на государственном языке с использованием, при необходимости, других языков. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkEnd w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Двусторонние международные договоры Республики Казахстан с иностранными государствами заключаются на государственном языке Республики Казахстан и иных языках по согласию сторон.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>