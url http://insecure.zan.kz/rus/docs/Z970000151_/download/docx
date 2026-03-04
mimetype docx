--- v1 (2025-12-31)
+++ v2 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f7521ef" w14:textId="f7521ef">
+    <w:p w14:paraId="2286bc9" w14:textId="2286bc9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3603,709 +3603,881 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В заголовок статьи 22 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 22. Язык в области связи и информатизации</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z48" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>В области связи в пределах Республики Казахстан обеспечивается функционирование государственного и русского языков. Почтово-телеграфные отправления за пределы Республики Казахстан производятся согласно установленным международным правилам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z98" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В ч.2 статьи 22 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Собственники объектов информатизации обязаны создавать и выпускать в обращение на территории Республики Казахстан объекты информатизации государственных органов и квазигосударственного сектора, предназначенные для формирования государственных электронных информационных ресурсов, выполнения государственных функций и оказания государственных услуг, на государственном, русском языках и при необходимости на других языках.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 22 - в редакции Закона РК от 14.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. ПРАВОВАЯ ЗАЩИТА ЯЗЫКОВ</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...62 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...15 lines deleted...]
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 23. Государственная защита языков</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="65"/>
+    <w:bookmarkStart w:name="z51" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Государственный и все другие языки в Республике Казахстан находятся под защитой государства. Государственные органы создают необходимые условия для функционирования и развития этих языков. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Развитие языков обеспечивается документами Системы государственного планирования Республики Казахстан, предусматривающими приоритетность государственного языка и поэтапный переход делопроизводства на казахский язык.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перечень профессий, специальностей и должностей, для которых необходимо знание государственного языка в определенном объеме и в соответствии с квалификационными требованиями, устанавливается законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 23 с изменениями, внесенными законами РК от 20.12.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2005); от 21.01.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 72-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении трех месяцев после его первого официального опубликования); от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 124-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 24. Ответственность за нарушение законодательства Республики Казахстан о языках</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z77" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Первые руководители государственных органов либо руководители аппаратов, а также физические и юридические лица, виновные в нарушении законодательства Республики Казахстан о языках, несут ответственность в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Развитие языков обеспечивается документами Системы государственного планирования Республики Казахстан, предусматривающими приоритетность государственного языка и поэтапный переход делопроизводства на казахский язык.</w:t>
-[...17 lines deleted...]
-      Перечень профессий, специальностей и должностей, для которых необходимо знание государственного языка в определенном объеме и в соответствии с квалификационными требованиями, устанавливается законами Республики Казахстан.</w:t>
+      Отказ должностного лица в принятии обращений физических и юридических лиц, мотивированный незнанием государственного языка, любое препятствование употреблению государственного и других языков в сфере их функционирования, а также нарушение требований по размещению реквизитов и визуальной информации влекут ответственность, предусмотренную законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 23 с изменениями, внесенными законами РК от 20.12.2004 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2005); от 21.01.2013 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 24 в редакции Закона РК от 21.01.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 72-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении трех месяцев после его первого официального опубликования); от 03.07.2013 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении трех месяцев после его первого официального опубликования); с изменениями, внесенными Законом РК от 30.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 393-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 24. Ответственность за нарушение законодательства Республики Казахстан о языках</w:t>
-[...135 lines deleted...]
-        </w:rPr>
         <w:t>Статья 24-1. Компетенция Правительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="67"/>
+    <w:bookmarkStart w:name="z58" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Статья 24-1 исключена Законом РК от 24.11.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 75-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 24-2. Компетенция уполномоченного органа в области ономастики</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган в области ономастики:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z81" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечивает деятельность республиканской ономастической комиссии;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:p>
-[...57 lines deleted...]
-      1) обеспечивает деятельность республиканской ономастической комиссии;</w:t>
+    <w:bookmarkStart w:name="z82" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) координирует деятельность ономастических комиссий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z82" w:id="69"/>
-[...15 lines deleted...]
-      2) координирует деятельность ономастических комиссий;</w:t>
+    <w:bookmarkStart w:name="z84" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) разрабатывает и утверждает типовое положение об областных ономастических комиссиях и ономастических комиссиях городов республиканского значения, столицы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z84" w:id="70"/>
-[...15 lines deleted...]
-      2-1) разрабатывает и утверждает типовое положение об областных ономастических комиссиях и ономастических комиссиях городов республиканского значения, столицы;</w:t>
+    <w:bookmarkStart w:name="z222" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-2) разрабатывает и утверждает нормативные правовые акты в области ономастики в соответствии с целью и задачами настоящего Закона и законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z222" w:id="71"/>
-[...15 lines deleted...]
-      2-2) разрабатывает и утверждает нормативные правовые акты в области ономастики в соответствии с целью и задачами настоящего Закона и законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z83" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z83" w:id="72"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4455,394 +4627,394 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уполномоченный орган в сфере развития языков:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z224" w:id="73"/>
+    <w:bookmarkStart w:name="z224" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) на основе и во исполнение основных направлений внутренней и внешней политики государства, определенных Президентом Республики Казахстан, и основных направлений социально-экономической политики государства, его обороноспособности, безопасности, обеспечения общественного порядка, разработанных Правительством Республики Казахстан, формирует и реализует государственную политику в сфере развития языков в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z225" w:id="74"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z225" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) исключен Законом РК от 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z226" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществляет государственный контроль за соблюдением законодательства Республики Казахстан о языках в центральных государственных органах и их ведомствах, местных исполнительных органах областей, городов республиканского значения, столицы;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z226" w:id="75"/>
-[...15 lines deleted...]
-      3) осуществляет государственный контроль за соблюдением законодательства Республики Казахстан о языках в центральных государственных органах и их ведомствах, местных исполнительных органах областей, городов республиканского значения, столицы;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) исключен Законом РК от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z228" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) организует информационное, методическое обеспечение деятельности по реализации единой государственной политики в сфере развития языков;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z229" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-1) обеспечивает деятельность республиканской терминологической комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">4) исключен Законом РК от 06.04.2024 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования). </w:t>
+        <w:t xml:space="preserve">6) исключен Законом РК от 30.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 34-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z228" w:id="76"/>
-[...111 lines deleted...]
-    <w:bookmarkStart w:name="z231" w:id="78"/>
+    <w:bookmarkStart w:name="z231" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) исключен Законом РК от 29.12.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 269-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2015);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z232" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-1) разрабатывает и утверждает нормативные правовые акты в сфере развития языков в соответствии с целью и задачами настоящего Закона и законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z232" w:id="79"/>
-[...15 lines deleted...]
-      7-1) разрабатывает и утверждает нормативные правовые акты в сфере развития языков в соответствии с целью и задачами настоящего Закона и законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z233" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z233" w:id="80"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5096,546 +5268,546 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок – в редакции Закона РК от 24.11.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 75-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="81"/>
+    <w:bookmarkStart w:name="z72" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. При уполномоченном органе образуется Республиканская ономастическая комиссия, при местных исполнительных органах областей, городов республиканского значения, столицы образуются соответственно ономастические комиссии областей, городов республиканского значения, столицы.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z85" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1. К компетенции Республиканской ономастической комиссии относятся:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z85" w:id="82"/>
-[...15 lines deleted...]
-      1-1. К компетенции Республиканской ономастической комиссии относятся:</w:t>
+    <w:bookmarkStart w:name="z86" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) разработка рекомендаций и предложений по вопросам ономастики;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z86" w:id="83"/>
-[...15 lines deleted...]
-      1) разработка рекомендаций и предложений по вопросам ономастики;</w:t>
+    <w:bookmarkStart w:name="z87" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выдача заключений по наименованию, переименованию областей, районов и городов, а также уточнению и изменению транскрипции их наименований;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z87" w:id="84"/>
-[...15 lines deleted...]
-      2) выдача заключений по наименованию, переименованию областей, районов и городов, а также уточнению и изменению транскрипции их наименований;</w:t>
+    <w:bookmarkStart w:name="z88" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) выдача заключений по присвоению наименования аэропортам, портам, железнодорожным вокзалам, железнодорожным станциям, станциям метрополитена, автовокзалам, автостанциям, физико-географическим и другим объектам государственной собственности на территории Республики Казахстан, а также переименованию, уточнению и изменению транскрипции их наименований и присвоению собственных имен лиц государственным юридическим лицам, юридическим лицам с участием государства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z88" w:id="85"/>
-[...15 lines deleted...]
-      3) выдача заключений по присвоению наименования аэропортам, портам, железнодорожным вокзалам, железнодорожным станциям, станциям метрополитена, автовокзалам, автостанциям, физико-географическим и другим объектам государственной собственности на территории Республики Казахстан, а также переименованию, уточнению и изменению транскрипции их наименований и присвоению собственных имен лиц государственным юридическим лицам, юридическим лицам с участием государства;</w:t>
+    <w:bookmarkStart w:name="z89" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) выдача заключений по наименованию, переименованию районов в городе, составных частей городов областного значения, а также уточнению и изменению транскрипции их наименований;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z89" w:id="86"/>
-[...15 lines deleted...]
-      4) выдача заключений по наименованию, переименованию районов в городе, составных частей городов областного значения, а также уточнению и изменению транскрипции их наименований;</w:t>
+    <w:bookmarkStart w:name="z90" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) согласование заключений ономастических комиссий городов республиканского значения, столицы по наименованию, переименованию районов в городе, составных частей городов республиканского значения, столицы, а также уточнению и изменению транскрипции их наименований;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z90" w:id="87"/>
-[...15 lines deleted...]
-      5) согласование заключений ономастических комиссий городов республиканского значения, столицы по наименованию, переименованию районов в городе, составных частей городов республиканского значения, столицы, а также уточнению и изменению транскрипции их наименований;</w:t>
+    <w:bookmarkStart w:name="z193" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) согласование заключений областных ономастических комиссий по наименованию, переименованию сел, поселков, сельских округов, а также уточнению и изменению транскрипции их наименований;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z193" w:id="88"/>
-[...15 lines deleted...]
-      6) согласование заключений областных ономастических комиссий по наименованию, переименованию сел, поселков, сельских округов, а также уточнению и изменению транскрипции их наименований;</w:t>
+    <w:bookmarkStart w:name="z194" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) согласование заключений областных ономастических комиссий по наименованию, переименованию составных частей городов районного значения, а также уточнению и изменению транскрипции их наименований.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z194" w:id="89"/>
-[...15 lines deleted...]
-      7) согласование заключений областных ономастических комиссий по наименованию, переименованию составных частей городов районного значения, а также уточнению и изменению транскрипции их наименований.</w:t>
+    <w:bookmarkStart w:name="z73" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. К компетенции областных ономастических комиссий относятся:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z73" w:id="90"/>
-[...15 lines deleted...]
-      2. К компетенции областных ономастических комиссий относятся:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выдача заключений по наименованию, переименованию сел, поселков, сельских округов, а также уточнению и изменению транскрипции их наименований после согласования с Республиканской ономастической комиссией;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 2 предусматривается дополнить подпунктом 1-1) в соответствии с Законом РК от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 236-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выдача заключений по наименованию, переименованию составных частей городов районного значения, поселка, села, сельского округа, а также уточнению и изменению транскрипции их наименований после согласования с Республиканской ономастической комиссией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 3 предусматривается изменение Законом РК от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 236-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. К компетенции ономастических комиссий городов республиканского значения, столицы относится выдача заключений по наименованию, переименованию районов в городе, составных частей городов республиканского значения, столицы, а также уточнению и изменению транскрипции их наименований после согласования с Республиканской ономастической комиссией.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z75" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Местными представительными и исполнительными органами решение по наименованию, переименованию, а также уточнению и изменению транскрипции наименований административно-территориальных единиц, составных частей населенных пунктов принимается только при наличии положительного заключения соответствующих ономастических комиссий.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:p>
-[...294 lines deleted...]
-    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6965,71 +7137,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 25-6. Порядок проведения государственного контроля в сфере развития языков</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z100" w:id="92"/>
+    <w:bookmarkStart w:name="z100" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственный контроль в форме проверок проводят уполномоченный орган в сфере развития языков и местный исполнительный орган области, города республиканского значения и столицы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z101" w:id="93"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z101" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Субъектами государственного контроля в сфере развития языков являются государственные органы, указанные в подпункте 3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7044,1948 +7216,2112 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и подпункте 2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 25-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона (далее – проверяемые субъекты). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z102" w:id="94"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z102" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Проверка в отношении Национального Банка Республики Казахстан осуществляется при соблюдении требований, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О Национальном Банке Республики Казахстан".  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z103" w:id="95"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z103" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Проверки делятся на периодические и внеплановые. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z104" w:id="96"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z104" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Проверки проводятся с посещением проверяемого субъекта. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z105" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Основанием для включения проверяемого субъекта в полугодовой план проведения периодической проверки является критерий, утвержденный уполномоченным органом в сфере развития языков, а также следующие источники информации:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z105" w:id="97"/>
-[...15 lines deleted...]
-      2. Основанием для включения проверяемого субъекта в полугодовой план проведения периодической проверки является критерий, утвержденный уполномоченным органом в сфере развития языков, а также следующие источники информации:</w:t>
+    <w:bookmarkStart w:name="z106" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) результаты предыдущих проверок;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z106" w:id="98"/>
-[...15 lines deleted...]
-      1) результаты предыдущих проверок;</w:t>
+    <w:bookmarkStart w:name="z107" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) результаты мониторинга отчетности и сведений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z107" w:id="99"/>
-[...15 lines deleted...]
-      2) результаты мониторинга отчетности и сведений;</w:t>
+    <w:bookmarkStart w:name="z108" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) результаты анализа интернет-ресурсов государственных органов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z108" w:id="100"/>
-[...15 lines deleted...]
-      3) результаты анализа интернет-ресурсов государственных органов.</w:t>
+    <w:bookmarkStart w:name="z109" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Периодические проверки проводятся не чаще одного раза в год в соответствии с полугодовым планом проведения периодических проверок, утвержденным первым руководителем уполномоченного органа в сфере развития языков и акимом области, города республиканского значения и столицы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z109" w:id="101"/>
-[...15 lines deleted...]
-      Периодические проверки проводятся не чаще одного раза в год в соответствии с полугодовым планом проведения периодических проверок, утвержденным первым руководителем уполномоченного органа в сфере развития языков и акимом области, города республиканского значения и столицы.</w:t>
+    <w:bookmarkStart w:name="z110" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Полугодовой план проведения периодических проверок утверждается не позднее 1 декабря года, предшествующего году проведения периодической проверки, и не позднее 1 июня текущего календарного года и размещается на интернет-ресурсах в срок до 20 декабря года, предшествующего году проведения периодической проверки, и до 20 июня текущего календарного года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z110" w:id="102"/>
-[...15 lines deleted...]
-      Полугодовой план проведения периодических проверок утверждается не позднее 1 декабря года, предшествующего году проведения периодической проверки, и не позднее 1 июня текущего календарного года и размещается на интернет-ресурсах в срок до 20 декабря года, предшествующего году проведения периодической проверки, и до 20 июня текущего календарного года.</w:t>
+    <w:bookmarkStart w:name="z111" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Полугодовой план проведения периодической проверки включает:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z111" w:id="103"/>
-[...15 lines deleted...]
-      Полугодовой план проведения периодической проверки включает:</w:t>
+    <w:bookmarkStart w:name="z112" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) номер и дату утверждения плана;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z112" w:id="104"/>
-[...15 lines deleted...]
-      1) номер и дату утверждения плана;</w:t>
+    <w:bookmarkStart w:name="z113" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наименование государственного органа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z113" w:id="105"/>
-[...15 lines deleted...]
-      2) наименование государственного органа;</w:t>
+    <w:bookmarkStart w:name="z114" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) наименование проверяемого субъекта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z114" w:id="106"/>
-[...15 lines deleted...]
-      3) наименование проверяемого субъекта;</w:t>
+    <w:bookmarkStart w:name="z115" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) место нахождения проверяемого субъекта (объекта);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z115" w:id="107"/>
-[...15 lines deleted...]
-      4) место нахождения проверяемого субъекта (объекта);</w:t>
+    <w:bookmarkStart w:name="z116" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сроки проведения проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z116" w:id="108"/>
-[...15 lines deleted...]
-      5) сроки проведения проверки;</w:t>
+    <w:bookmarkStart w:name="z117" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) подпись лица, уполномоченного подписывать план.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z117" w:id="109"/>
-[...15 lines deleted...]
-      6) подпись лица, уполномоченного подписывать план.</w:t>
+    <w:bookmarkStart w:name="z118" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Внесение изменений и дополнений в полугодовой план проведения периодических проверок осуществляется в случаях ликвидации, реорганизации субъекта контроля, изменения его наименования или перераспределения полномочий между субъектами контроля, а также в случае возникновения чрезвычайной ситуации природного и техногенного характера, введения режима чрезвычайного положения в случаях возникновения или угрозы возникновения распространения эпидемии, очагов карантинных объектов и особо опасных вредных организмов, инфекционных, паразитарных заболеваний, отравлений, радиационных аварий и связанных с ними ограничений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z118" w:id="110"/>
-[...15 lines deleted...]
-      Внесение изменений и дополнений в полугодовой план проведения периодических проверок осуществляется в случаях ликвидации, реорганизации субъекта контроля, изменения его наименования или перераспределения полномочий между субъектами контроля, а также в случае возникновения чрезвычайной ситуации природного и техногенного характера, введения режима чрезвычайного положения в случаях возникновения или угрозы возникновения распространения эпидемии, очагов карантинных объектов и особо опасных вредных организмов, инфекционных, паразитарных заболеваний, отравлений, радиационных аварий и связанных с ними ограничений.</w:t>
+    <w:bookmarkStart w:name="z119" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При наступлении случаев, указанных в части пятой настоящего пункта, периодическая проверка может быть продлена либо приостановлена.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z119" w:id="111"/>
-[...15 lines deleted...]
-      При наступлении случаев, указанных в части пятой настоящего пункта, периодическая проверка может быть продлена либо приостановлена.</w:t>
+    <w:bookmarkStart w:name="z120" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Внеплановая проверка проводится:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z120" w:id="112"/>
-[...15 lines deleted...]
-      3. Внеплановая проверка проводится:</w:t>
+    <w:bookmarkStart w:name="z121" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) при наличии подтвержденных обращений, поступивших от физических и юридических лиц, о нарушении требований законодательства Республики Казахстан о языках;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z121" w:id="113"/>
-[...15 lines deleted...]
-      1) при наличии подтвержденных обращений, поступивших от физических и юридических лиц, о нарушении требований законодательства Республики Казахстан о языках;</w:t>
+    <w:bookmarkStart w:name="z122" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в целях проведения контроля исполнения требований об устранении выявленных нарушений, указанных в акте о результатах проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z122" w:id="114"/>
-[...15 lines deleted...]
-      2) в целях проведения контроля исполнения требований об устранении выявленных нарушений, указанных в акте о результатах проверки;</w:t>
+    <w:bookmarkStart w:name="z123" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) по поручению прокурора.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z123" w:id="115"/>
-[...15 lines deleted...]
-      3) по поручению прокурора.</w:t>
+    <w:bookmarkStart w:name="z124" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Внеплановые проверки не проводятся в случаях анонимных обращений. Внеплановой проверке подлежат факты и обстоятельства, выявленные в отношении проверяемых субъектов и послужившие основанием для назначения внеплановой проверки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z124" w:id="116"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z125" w:id="117"/>
+    <w:bookmarkStart w:name="z125" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Должностное лицо уполномоченного органа в сфере развития языков и местного исполнительного органа области, города республиканского значения и столицы при проведении проверки имеет право: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z126" w:id="118"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z126" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) беспрепятственного доступа на территорию и в помещения проверяемого субъекта (объекта) в соответствии с предметом проверки при предъявлении документов, указанных в пункте 8 настоящей статьи; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 2) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) получать документы (сведения) на бумажных и электронных носителях либо их копии для приобщения к акту о результатах проверки, а также доступ к автоматизированным базам данных (информационным системам) в соответствии с предметом проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z128" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществлять аудио-, фото- и видеосъемку;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z127" w:id="119"/>
-[...15 lines deleted...]
-      2) получать документы (сведения) на бумажных и электронных носителях либо их копии для приобщения к акту о результатах проверки, а также доступ к автоматизированным базам данных (информационным системам) в соответствии с предметом проверки;</w:t>
+    <w:bookmarkStart w:name="z129" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) привлекать специалистов, консультантов и экспертов государственных органов и подведомственных организаций и иных организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z128" w:id="120"/>
-[...15 lines deleted...]
-      3) осуществлять аудио-, фото- и видеосъемку;</w:t>
+    <w:bookmarkStart w:name="z130" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Проверяемые субъекты либо их уполномоченные представители при проведении проверки вправе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z129" w:id="121"/>
-[...15 lines deleted...]
-      4) привлекать специалистов, консультантов и экспертов государственных органов и подведомственных организаций и иных организаций.</w:t>
+    <w:bookmarkStart w:name="z131" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) не допускать к проверке должностное лицо уполномоченного органа в сфере развития языков и местного исполнительного органа области, города республиканского значения и столицы, прибывшее для проведения проверки, в случаях:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z130" w:id="122"/>
-[...15 lines deleted...]
-      5. Проверяемые субъекты либо их уполномоченные представители при проведении проверки вправе:</w:t>
+    <w:bookmarkStart w:name="z132" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      превышения либо истечения указанных в акте о назначении проверки (дополнительном акте о продлении срока при его наличии) сроков, не соответствующих срокам, установленным настоящей статьей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z131" w:id="123"/>
-[...15 lines deleted...]
-      1) не допускать к проверке должностное лицо уполномоченного органа в сфере развития языков и местного исполнительного органа области, города республиканского значения и столицы, прибывшее для проведения проверки, в случаях:</w:t>
+    <w:bookmarkStart w:name="z133" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отсутствия документов, предусмотренных пунктом 8 настоящей статьи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z132" w:id="124"/>
-[...15 lines deleted...]
-      превышения либо истечения указанных в акте о назначении проверки (дополнительном акте о продлении срока при его наличии) сроков, не соответствующих срокам, установленным настоящей статьей;</w:t>
+    <w:bookmarkStart w:name="z134" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обжаловать акт о результатах проверки в порядке, установленном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z133" w:id="125"/>
-[...15 lines deleted...]
-      отсутствия документов, предусмотренных пунктом 8 настоящей статьи;</w:t>
+    <w:bookmarkStart w:name="z135" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Проверяемые субъекты либо их уполномоченные представители при проведении проверки обязаны:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z134" w:id="126"/>
-[...15 lines deleted...]
-      2) обжаловать акт о результатах проверки в порядке, установленном законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z136" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечить беспрепятственный доступ должностного лица уполномоченного органа в сфере развития языков и местного исполнительного органа области, города республиканского значения, столицы на территорию и в помещения проверяемого субъекта (объекта);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z135" w:id="127"/>
-[...15 lines deleted...]
-      6. Проверяемые субъекты либо их уполномоченные представители при проведении проверки обязаны:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 2) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) представлять должностному лицу уполномоченного органа в сфере развития языков и местного исполнительного органа области, города республиканского значения, столицы документы (сведения) на бумажных и электронных носителях либо их копии для приобщения к акту о результатах проверки, а также доступ к автоматизированным базам данных (информационным системам) в соответствии с предметом проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z138" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сделать отметку о получении акта о назначении проверки, о результатах проверки в день окончания проверки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z136" w:id="128"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z139" w:id="131"/>
+    <w:bookmarkStart w:name="z139" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Проверка проводится на основании акта о назначении проверки. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z140" w:id="132"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z140" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В акте о назначении проверки указываются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z141" w:id="133"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z141" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) дата и номер акта; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z142" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наименование государственного органа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z143" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) фамилии, имена, отчества (если они указаны в документах, удостоверяющих личность) и должности лиц, уполномоченных на проведение проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z144" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сведения о специалистах, консультантах и экспертах государственных органов, подведомственных и иных организаций, привлекаемых для проведения проверки;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z142" w:id="134"/>
+    <w:bookmarkStart w:name="z145" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) наименование проверяемого субъекта, его место нахождения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z146" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) предмет проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z147" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) вид проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z148" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) срок проведения проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z149" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) основания проведения проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z150" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) проверяемый период;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z151" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) подпись руководителя проверяемого субъекта либо его уполномоченного лица о получении или об отказе от получения акта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z152" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) подпись лица, уполномоченного подписывать акт.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z153" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При проведении проверки уполномоченный орган в сфере развития языков и местный исполнительный орган области, города республиканского значения, столицы обязаны известить проверяемого субъекта о начале проведения проверки не менее чем за сутки до ее начала с указанием предмета проведения проверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z154" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Началом проведения проверки считается дата вручения проверяемому субъекту акта о назначении проверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z155" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Должностные лица уполномоченного органа в сфере развития языков и местного исполнительного органа области, города республиканского значения, столицы, прибывшие на проверку, обязаны предъявить проверяемому субъекту:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z156" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) акт о назначении проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z157" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) служебное удостоверение (идентификационную карту);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z158" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) при необходимости – разрешение компетентного органа на посещение режимных объектов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z159" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Срок проведения проверки устанавливается с учетом предмета проверки, а также объема предстоящих работ и не должен превышать десять рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z160" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок проведения проверки может быть продлен только один раз не более чем на пятнадцать рабочих дней. Продление осуществляется решением руководства уполномоченного органа в сфере развития языков или местного исполнительного органа области, города республиканского значения, столицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z161" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Продление сроков проведения проверки оформляется дополнительным актом о продлении сроков проверки с уведомлением проверяемого субъекта, в котором указываются дата и номер предыдущего акта о назначении проверки и причины продления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z162" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уведомление о продлении сроков проверки вручается проверяемому субъекту за один рабочий день до продления с уведомлением о вручении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z163" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. По результатам проверки должностными лицами, осуществляющими проверку, составляется акт о результатах проверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z164" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Первый экземпляр акта о результатах проверки в электронной форме направляется в государственный орган, осуществляющий в пределах своей компетенции деятельность в области государственной правовой статистики и специальных учетов, второй экземпляр на бумажном носителе под роспись или в электронной форме вручается проверяемому субъекту (руководителю либо его уполномоченному лицу) для ознакомления и принятия мер по устранению выявленных нарушений и других действий, третий экземпляр остается у уполномоченного органа в сфере развития языков или местного исполнительного органа области, города республиканского значения, столицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z165" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. В акте о результатах проверки указываются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z166" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дата, время и место составления акта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z167" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наименование государственного органа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-[...438 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z165" w:id="157"/>
-[...15 lines deleted...]
-      11. В акте о результатах проверки указываются:</w:t>
+    <w:bookmarkStart w:name="z168" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) номер и дата акта о назначении проверки (дополнительного акта о продлении срока при его наличии), на основании которого проведена проверка;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z166" w:id="158"/>
-[...15 lines deleted...]
-      1) дата, время и место составления акта;</w:t>
+    <w:bookmarkStart w:name="z169" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) и должность лица, проводившего проверку;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z167" w:id="159"/>
-[...15 lines deleted...]
-      2) наименование государственного органа;</w:t>
+    <w:bookmarkStart w:name="z170" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сведения о специалистах, консультантах и экспертах государственных органов, подведомственных и иных организаций, привлекаемых для проведения проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z168" w:id="160"/>
-[...15 lines deleted...]
-      3) номер и дата акта о назначении проверки (дополнительного акта о продлении срока при его наличии), на основании которого проведена проверка;</w:t>
+    <w:bookmarkStart w:name="z171" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) наименование проверяемого субъекта, его место нахождения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z169" w:id="161"/>
-[...15 lines deleted...]
-      4) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) и должность лица, проводившего проверку;</w:t>
+    <w:bookmarkStart w:name="z172" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) срок и период проведения проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z170" w:id="162"/>
-[...15 lines deleted...]
-      5) сведения о специалистах, консультантах и экспертах государственных органов, подведомственных и иных организаций, привлекаемых для проведения проверки;</w:t>
+    <w:bookmarkStart w:name="z173" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) вид и предмет проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z171" w:id="163"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z174" w:id="166"/>
+    <w:bookmarkStart w:name="z174" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) сведения о результатах проверки, в том числе о выявленных нарушениях и их характере; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z175" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) рекомендации об устранении выявленных нарушений требований законодательства Республики Казахстан о языках;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z176" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) сведения об ознакомлении или отказе в ознакомлении с актом, а также о лицах, присутствовавших при проведении проверки, их подписи или запись об отказе от подписи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z177" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) подпись должностного лица, проводившего проверку.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z175" w:id="167"/>
-[...15 lines deleted...]
-      10) рекомендации об устранении выявленных нарушений требований законодательства Республики Казахстан о языках;</w:t>
+    <w:bookmarkStart w:name="z178" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К акту о результатах проверки прилагаются при их наличии документы, связанные с результатами проверки, и их копии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z176" w:id="168"/>
-[...15 lines deleted...]
-      11) сведения об ознакомлении или отказе в ознакомлении с актом, а также о лицах, присутствовавших при проведении проверки, их подписи или запись об отказе от подписи;</w:t>
+    <w:bookmarkStart w:name="z179" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В случае наличия замечаний и (или) возражений по результатам проверки проверяемый субъект излагает их в письменном виде в течение трех рабочих дней со дня получения акта о результатах проверки. Замечания и (или) возражения прилагаются к акту о результатах проверки, о чем делается соответствующая отметка.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z177" w:id="169"/>
-[...15 lines deleted...]
-      12) подпись должностного лица, проводившего проверку.</w:t>
+    <w:bookmarkStart w:name="z180" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган в сфере развития языков или местный исполнительный орган области, города республиканского значения, столицы должен рассмотреть замечания и (или) возражения проверяемого субъекта о результатах проверки и в течение пятнадцати рабочих дней дать мотивированный ответ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z178" w:id="170"/>
-[...15 lines deleted...]
-      К акту о результатах проверки прилагаются при их наличии документы, связанные с результатами проверки, и их копии.</w:t>
+    <w:bookmarkStart w:name="z181" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае отказа в принятии акта о результатах проверки составляется акт, который подписывается должностным лицом, осуществляющим проверку, и руководителем проверяемого субъекта либо его уполномоченным представителем.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z179" w:id="171"/>
-[...15 lines deleted...]
-      12. В случае наличия замечаний и (или) возражений по результатам проверки проверяемый субъект излагает их в письменном виде в течение трех рабочих дней со дня получения акта о результатах проверки. Замечания и (или) возражения прилагаются к акту о результатах проверки, о чем делается соответствующая отметка.</w:t>
+    <w:bookmarkStart w:name="z182" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Проверяемый субъект вправе отказаться от подписания акта, дав письменное объяснение о причине отказа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z180" w:id="172"/>
-[...15 lines deleted...]
-      Уполномоченный орган в сфере развития языков или местный исполнительный орган области, города республиканского значения, столицы должен рассмотреть замечания и (или) возражения проверяемого субъекта о результатах проверки и в течение пятнадцати рабочих дней дать мотивированный ответ.</w:t>
+    <w:bookmarkStart w:name="z183" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Завершением срока проведения проверки считается день вручения проверяемому субъекту акта о результатах проверки не позднее срока окончания проверки, указанного в акте о назначении проверки (дополнительном акте о продлении срока при его наличии).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z181" w:id="173"/>
-[...15 lines deleted...]
-      В случае отказа в принятии акта о результатах проверки составляется акт, который подписывается должностным лицом, осуществляющим проверку, и руководителем проверяемого субъекта либо его уполномоченным представителем.</w:t>
+    <w:bookmarkStart w:name="z184" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Сроки исполнения акта о результатах проверки определяются с учетом обстоятельств, оказывающих влияние на реальную возможность его исполнения, но не более тридцати календарных дней со дня вручения акта о результатах проверки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z182" w:id="174"/>
-[...15 lines deleted...]
-      Проверяемый субъект вправе отказаться от подписания акта, дав письменное объяснение о причине отказа.</w:t>
+    <w:bookmarkStart w:name="z185" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. При определении сроков исполнения акта о результатах проверки указываются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z183" w:id="175"/>
-[...15 lines deleted...]
-      13. Завершением срока проведения проверки считается день вручения проверяемому субъекту акта о результатах проверки не позднее срока окончания проверки, указанного в акте о назначении проверки (дополнительном акте о продлении срока при его наличии).</w:t>
+    <w:bookmarkStart w:name="z186" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наличие у проверяемого субъекта организационных, технических возможностей по устранению нарушений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z184" w:id="176"/>
-[...15 lines deleted...]
-      14. Сроки исполнения акта о результатах проверки определяются с учетом обстоятельств, оказывающих влияние на реальную возможность его исполнения, но не более тридцати календарных дней со дня вручения акта о результатах проверки.</w:t>
+    <w:bookmarkStart w:name="z187" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сроки получения в государственных органах обязательных заключений, согласований и других документов, установленных законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z185" w:id="177"/>
-[...15 lines deleted...]
-      15. При определении сроков исполнения акта о результатах проверки указываются:</w:t>
+    <w:bookmarkStart w:name="z188" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. По истечении срока устранения нарушений, установленного в акте о результатах проверки, проверяемый субъект в течение срока, установленного в акте о результатах проверки, обязан предоставить информацию об устранении выявленных нарушений в уполномоченный орган в сфере развития языков или местный исполнительный орган области, города республиканского значения, столицы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z186" w:id="178"/>
-[...15 lines deleted...]
-      1) наличие у проверяемого субъекта организационных, технических возможностей по устранению нарушений;</w:t>
+    <w:bookmarkStart w:name="z189" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае непредоставления или неполного предоставления информации об устранении выявленных нарушений уполномоченный орган в сфере развития языков или местный исполнительный орган области, города республиканского значения, столицы назначает внеплановую проверку в соответствии с подпунктом 2) пункта 3 настоящей статьи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z187" w:id="179"/>
-[...15 lines deleted...]
-      2) сроки получения в государственных органах обязательных заключений, согласований и других документов, установленных законами Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z190" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К предоставленной информации об устранении выявленных нарушений проверяемый субъект прилагает материалы, доказывающие факт устранения нарушения (если указано в акте о результатах проверки о предоставлении материала). В этом случае проведение внеплановой проверки не требуется.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z188" w:id="180"/>
-[...15 lines deleted...]
-      16. По истечении срока устранения нарушений, установленного в акте о результатах проверки, проверяемый субъект в течение срока, установленного в акте о результатах проверки, обязан предоставить информацию об устранении выявленных нарушений в уполномоченный орган в сфере развития языков или местный исполнительный орган области, города республиканского значения, столицы.</w:t>
+    <w:bookmarkStart w:name="z191" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. В случае нарушения прав и законных интересов проверяемого субъекта при осуществлении проверки проверяемый субъект вправе обжаловать решения, действия (бездействие) должностных лиц уполномоченного органа в сфере развития языков или местного исполнительного органа области, города республиканского значения, столицы вышестоящему должностному лицу либо в суд в порядке, установленном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z189" w:id="181"/>
-[...15 lines deleted...]
-      В случае непредоставления или неполного предоставления информации об устранении выявленных нарушений уполномоченный орган в сфере развития языков или местный исполнительный орган области, города республиканского значения, столицы назначает внеплановую проверку в соответствии с подпунктом 2) пункта 3 настоящей статьи.</w:t>
+    <w:bookmarkStart w:name="z192" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Если в результате проведения проверки будет выявлен факт нарушения проверяемым субъектом требований, установленных законодательством Республики Казахстан о языках, при наличии достаточных данных, указывающих на признаки состава административного правонарушения, должностные лица уполномоченного органа в сфере развития языков или местного исполнительного органа области, города республиканского значения, столицы в пределах полномочий принимают меры по привлечению лиц, допустивших нарушения, к ответственности, установленной законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z190" w:id="182"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
-[...30 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Сноска. Глава 5 дополнена статьей 25-6 в соответствии с Законом РК от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9059,70 +9395,70 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. ИСПОЛЬЗОВАНИЕ ЯЗЫКОВ В ОТНОШЕНИЯХ С ЗАРУБЕЖНЫМИ СТРАНАМИ И МЕЖДУНАРОДНЫМИ ОРГАНИЗАЦИЯМИ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 27. Язык в международной деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="185"/>
+    <w:bookmarkStart w:name="z60" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Деятельность дипломатических представительств Республики Казахстан и представительств Республики Казахстан при международных организациях осуществляется на государственном языке с использованием, при необходимости, других языков. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkEnd w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Двусторонние международные договоры Республики Казахстан с иностранными государствами заключаются на государственном языке Республики Казахстан и иных языках по согласию сторон.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>