--- v0 (2025-11-13)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e6110a1" w14:textId="e6110a1">
+    <w:p w14:paraId="3470b1a" w14:textId="3470b1a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -177,50 +177,114 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Сноска. По всему тексту слова "организаций, управляющих имущественными правами на коллективной основе", "Организация, управляющая имущественными правами на коллективной основе", "организации, управляющие имущественными правами на коллективной основе", "Организация, управляющая имущественными правами на коллективной основе,", "Организации, управляющие имущественными правами на коллективной основе", "организациям, управляющим имущественными правами на коллективной основе", "организаций, управляющих имущественными правами на коллективной основе,", "организации, управляющей имущественными правами на коллективной основе", "организация, управляющая имущественными правами на коллективной основе", "организации, управляющей имущественными правами на коллективной основе,", "организацией, управляющей имущественными правами на коллективной основе", "организациями, управляющими имущественными правами на коллективной основе" предусматриваются заменить соответственно словами "организаций по коллективному управлению правами", "Организация по коллективному управлению правами", "организации по коллективному управлению правами", "Организация по коллективному управлению правами", "Организации по коллективному управлению правами", "организациям по коллективному управлению правами", "организаций по коллективному управлению правами", "организации по коллективному управлению правами", "организация по коллективному управлению правами", "организации по коллективному управлению правами", "организацией по коллективному управлению правами", "организациями по коллективному управлению правами", в соответствии с Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>      Сноска. По всему тексту слова "Глава I", "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Глава II</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>", "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -536,51 +600,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) исключительное право – имущественное право автора и (или) иного правообладателя осуществлять, разрешать и запрещать использование произведения и (или) объекта смежных прав любым способом в течение установленного срока;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z64" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) аккредитация - процедура официального признания уполномоченным органом правомочий организаций, управляющих имущественными правами на коллективной основе в сферах коллективного управления, установленных настоящим Законом;</w:t>
+      8) аккредитация - процедура официального признания уполномоченным органом правомочий организаций по коллективному управлению правами в сферах коллективного управления, установленных настоящим Законом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z152" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8-1) исключен Законом РК от 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -616,51 +680,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие с 01.01.2016);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z65" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      9) база данных - совокупность данных (статей, расчетов, фактов и других), представляющих по подбору и (или) расположению материалов результат творческого труда, систематизированных таким образом, чтобы эти данные могли быть найдены и обработаны с помощью электронно-вычислительной машины (далее - ЭВМ). Понятие базы данных не распространяется на программу для ЭВМ, с помощью которой может осуществляться электронный доступ к материалам базы данных; </w:t>
+      9) база данных - совокупность данных (статей, расчетов, фактов и других), представляющих по подбору и (или) расположению материалов результат творческого труда, систематизированных таким образом, чтобы эти данные могли быть найдены и обработаны с помощью электронно-вычислительной машины (далее - ЭВМ). Понятие базы данных не распространяется на компьютерную программу (программное обеспечение), с помощью которой может осуществляться доступ к материалам базы данных; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z66" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) аудиовизуальное произведение - произведение, состоящее из зафиксированной серии связанных между собой кадров или изображений (с сопровождением или без сопровождения их звуком), предназначенное для зрительного и слухового (в случае сопровождения звуком) восприятия с помощью соответствующих технических устройств. Аудиовизуальные произведения включают кинематографические произведения и все произведения, выраженные средствами, аналогичными кинематографическим (теле- и видеофильмы, диафильмы и слайдофильмы и тому подобные произведения), независимо от способа их первоначальной или последующей фиксации; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z67" w:id="11"/>
     <w:p>
@@ -720,730 +784,1372 @@
         <w:t xml:space="preserve">
       13) доведение до всеобщего сведения - сообщение объектов авторского права и (или) смежных прав по проводам или средствами беспроволочной связи, при котором публика может осуществлять доступ к ним из любого места и в любое время по ее собственному выбору (в интерактивном режиме); </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z70" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) опубликование - предложение публике с согласия автора либо иного правообладателя на объекты авторского или смежных прав экземпляров произведения, записи исполнения или фонограммы в количестве, удовлетворяющем разумные потребности публики;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z153" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 14-1) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14-1) интернет-ресурс – электронный информационный ресурс, отображаемый в текстовом, графическом, аудиовизуальном или ином виде, размещаемый на аппаратно-программном комплексе, имеющий уникальный сетевой адрес и (или) доменное имя и функционирующий в Интернете;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z71" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) сообщение для всеобщего сведения по кабелю - сообщение произведения, фонограммы, исполнения, передачи организаций эфирного или кабельного вещания для всеобщего сведения посредством кабеля, провода, оптического волокна или с помощью аналогичных средств;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z71" w:id="16"/>
-[...15 lines deleted...]
-      15) сообщение для всеобщего сведения по кабелю - сообщение произведения, фонограммы, исполнения, передачи организаций эфирного или кабельного вещания для всеобщего сведения посредством кабеля, провода, оптического волокна или с помощью аналогичных средств; </w:t>
+    <w:bookmarkStart w:name="z334" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15-1) компьютерная программа (программное обеспечение) – набор команд, выраженный в виде слов, схем или в любой иной форме выражения, при записи которого на машиночитаемый материальный носитель обеспечивается выполнение или достижение ЭВМ определенной задачи или результата, включая подготовительные материалы, природа которых такова, что компьютерная программа (программное обеспечение) является их результатом на более поздней стадии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z72" w:id="17"/>
+    <w:bookmarkStart w:name="z335" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15-2) декомпилирование компьютерной программы (программного обеспечения) – технический прием, включающий преобразование объектного кода в исходный текст в целях изучения структуры и кодирования компьютерной программы (программного обеспечения);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z336" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15-3) адаптация компьютерной программы (программного обеспечения) или базы данных – внесение изменений в компьютерные программы (программное обеспечение) или базы данных, осуществляемое исключительно в целях обеспечения функционирования компьютерной программы (программного обеспечения) или базы данных на конкретных технических средствах пользователя или под управлением конкретных программ пользователя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z337" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15-4) модификация (переработка) компьютерной программы (программного обеспечения) или базы данных – любые изменения компьютерной программы (программного обеспечения) или базы данных, не являющиеся адаптацией;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z72" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16) публичное исполнение - исполнение произведения посредством декламации, игры, танца или каким-либо иным образом, в том числе с помощью технических средств, в местах, где присутствуют или могут присутствовать лица, не являющиеся членами семьи; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z73" w:id="18"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z73" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17) публичный показ - показ оригинала или экземпляра произведения непосредственно или в виде слайда, кино-, телекадра на экране с помощью любого другого технического средства или любым иным способом (в отношении аудиовизуального произведения - показ отдельных кадров вне их последовательности) в местах, где присутствуют или могут присутствовать лица, не являющиеся членами семьи; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z74" w:id="19"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z74" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) репродуцирование (репрографическое воспроизведение) – факсимильное воспроизведение произведений с помощью любых технических средств, осуществляемое не в целях издания. Репродуцирование не включает воспроизведение произведения или хранение его копий в электронной (в том числе цифровой), оптической или иной машиночитаемой форме, кроме случаев создания с помощью технических средств временных копий, предназначенных для осуществления репродуцирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z75" w:id="20"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z75" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) воспроизведение – изготовление одного или более постоянных или временных экземпляров произведений или объектов смежных прав любым способом и в любой форме, полностью или частично, непосредственно или косвенно. Видами воспроизведения являются изготовление звуко- или видеозаписи, изготовление одного или более экземпляров двухмерного или трехмерного произведения, репродуцирование (репрографическое воспроизведение), а также любое постоянное или временное хранение произведений или объектов смежных прав в любой материальной форме, в том числе в открытой информационно-коммуникационной сети;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z76" w:id="21"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z76" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20) правообладатель - автор (его наследники) в отношении авторских прав, исполнитель (его наследники), производитель фонограмм, организация эфирного или кабельного вещания в отношении смежных прав, а также иные физические или юридические лица, получившие исключительное право на использование произведения и (или) объекта смежных прав по договору или иному основанию, предусмотренному настоящим Законом; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z78" w:id="23"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z77" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) информация об управлении правами - информация, которая идентифицирует произведение, автора произведения, исполнителя, исполнение исполнителя, производителя фонограммы, фонограмму, обладателя какого-либо права на произведение, исполнение или фонограмму либо информацию об условиях использования произведения, исполнения или фонограммы. Под информацией об управлении правами также понимаются любые цифры или коды, в которых предоставлена такая информация, когда любой из этих элементов информации приложен к экземпляру произведения, записанного исполнения или фонограммы либо появляется в связи с сообщением произведения или сообщением и (или) доведением записанного исполнения или фонограммы для всеобщего сведения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 21-1) статьи 2 до введения в действие Цифрового кодекса РК действует в следующей редакции в соответствии с Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Статью 2 предусматривается дополнить подпунктом 21-1) в соответствии с Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие со дня введения в действие Цифрового кодекса РК).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z338" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21-1) единая цифровая платформа в сфере коллективного управления правами (далее – единая цифровая платформа) – информационная система экспертной организации, предоставляющая единую точку доступа к ее использованию в сфере коллективного управления правами в соответствии с настоящим Законом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z339" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21-2) субъект единой цифровой платформы в сфере коллективного управления правами – правообладатель, организация по коллективному управлению правами, пользователь, экспертная организация;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z78" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22) составное произведение - сборник (энциклопедия, антология, база данных) произведений и других материалов, представляющих собой по подбору и (или) расположению материалов результат творческой деятельности; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z79" w:id="24"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z79" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23) исполнение - представление произведения, фонограммы, исполнения, постановки посредством игры, пения, танца в живом исполнении или с помощью каких-либо технических средств (телерадиовещание, кабельное телевидение и другое), а также показ кадров аудиовизуального произведения в их последовательности с сопровождением или без сопровождения звуком; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z80" w:id="25"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z80" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24) исполнитель - актер, певец, музыкант, танцор или иное лицо, которое играет роль, поет, читает, декламирует, играет на музыкальном инструменте, интерпретирует или иным образом исполняет произведения литературы и (или) искусства (в том числе эстрадный, цирковой или кукольный номер) или произведения народного творчества, а также режиссер-постановщик спектакля и дирижер; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z81" w:id="26"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z81" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25) пользователь - физическое или юридическое лицо, осуществляющее или организующее использование объектов авторского права и смежных прав; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z82" w:id="27"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z82" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26) сдача в прокат (внаем) - предоставление экземпляра произведения или фонограммы во временное пользование в целях извлечения прямой или косвенной коммерческой выгоды; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z83" w:id="28"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z83" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27) смежные права - имущественные права исполнителя, производителя фонограммы, организации эфирного и кабельного вещания и личные неимущественные права исполнителя; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z84" w:id="29"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z84" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28) произведение декоративно-прикладного искусства - двухмерное или трехмерное произведение искусства, перенесенное на предметы практического пользования, включая произведение художественного промысла или произведение, изготовленное промышленным способом; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z85" w:id="30"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z85" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29) режиссер-постановщик спектакля - лицо, осуществившее постановку театрального, циркового, кукольного, эстрадного или иного спектакля (представления); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z86" w:id="31"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z86" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30) перевод произведения - выражение произведения на языке, отличном от языка оригинального произведения. При этом перевод должен быть достоверным и не искажающим ни содержание, ни стиль оригинального произведения; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z87" w:id="32"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z87" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) экземпляр произведения – копия произведения, изготовленная в любой материальной форме, в том числе содержащаяся в открытой информационно-коммуникационной сети;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z88" w:id="33"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z88" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32) обнародование произведения - осуществление с согласия автора действия, которое впервые делает произведение доступным публике посредством его опубликования, публичного показа, публичного исполнения, доведения до всеобщего сведения и иными способами; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z89" w:id="34"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z89" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33) переработка произведения - изменение оригинального произведения из одного жанра в другой. При этом видами переработки произведения являются инсценировка, постановка и аранжировка оригинального произведения; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z90" w:id="35"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z90" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34) производное произведение - произведение, которое создано в результате творческой переработки другого произведения; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z91" w:id="36"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z91" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35) уполномоченный орган - государственный орган, определяемый Правительством Республики Казахстан и осуществляющий государственное регулирование в области авторского права и смежных прав; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z92" w:id="37"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z92" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       36) фонограмма - звуковая запись исполнений или иных звуков, а также представление звуков в любой форме, за исключением записи, включенной в аудиовизуальное произведение; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z93" w:id="38"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z93" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37) экземпляр фонограммы – копия фонограммы на любом материальном носителе, в том числе содержащаяся в открытых информационно-коммуникационных сетях, изготовленная непосредственно или косвенно с фонограммы и включающая все звуки или часть звуков, зафиксированных в этой фонограмме;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z94" w:id="39"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z94" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       38) производитель фонограммы - физическое или юридическое лицо, взявшее на себя инициативу и ответственность за первую звуковую запись какого-либо исполнения или иных звуков; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z95" w:id="40"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z95" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       39) произведение народного творчества - произведение, включающее характерные элементы традиционного художественного наследия (народные сказки, народная поэзия, народные песни, инструментальная народная музыка, народные танцы и пьесы, художественные формы народных обрядов и другое); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-[...80 lines deleted...]
-    <w:bookmarkStart w:name="z100" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">40) исключен Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">41) исключен Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">42) исключен Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">43) исключен Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z100" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       44) передача в эфир - сообщение произведений, исполнений, постановок, фонограмм, передач организаций эфирного или кабельного вещания для всеобщего сведения (включая показ или исполнение) посредством их передачи по радио или телевидению (за исключением кабельного телевидения). При передаче произведений, исполнений, постановок, фонограмм, передач организаций эфирного или кабельного вещания в эфир через спутник под передачей в эфир понимаются прием сигналов с наземной станции на спутник и передача сигналов со спутника, посредством которых произведения, исполнения, постановки, фонограммы, передачи организаций эфирного или кабельного вещания могут быть доведены до всеобщего сведения независимо от фактического приема их публикой. Передача кодированных сигналов является передачей в эфир, если средства декодирования предоставляются публике организацией эфирного вещания или с ее согласия; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z230" w:id="47"/>
-[...15 lines deleted...]
-      45-1) организации эфирного и кабельного вещания - физические и юридические лица, осуществляющие сообщение в эфир и (или) по кабелю теле-, радиоканалов, теле-, радиопрограмм (теле-, радиопередач), включающих произведения, исполнения, постановки, фонограммы. Сообщение в эфир и (или) по кабелю осуществляется посредством аналогового эфирного, многоканального вещания (цифрового эфирного, спутникового, кабельного телерадиовещания);</w:t>
+    <w:bookmarkStart w:name="z101" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45) последующая передача в эфир (включая ретрансляцию) - передача ранее переданных в эфир или сообщенных для всеобщего сведения по кабелю произведений или объектов смежных прав;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z102" w:id="48"/>
+    <w:bookmarkStart w:name="z230" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45-1) организации эфирного и кабельного вещания - физические и юридические лица, осуществляющие сообщение в эфир (включая ретрансляцию) и (или) по кабелю теле-, радиоканалов, теле-, радиопрограмм (теле-, радиопередач), включающих произведения, исполнения, постановки, фонограммы. Сообщение в эфир (включая ретрансляцию) и (или) по кабелю осуществляется посредством аналогового эфирного, многоканального вещания (цифрового эфирного, спутникового, кабельного телерадиовещания);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z102" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       46) передача организации эфирного или кабельного вещания - передача, созданная самой организацией эфирного или кабельного вещания, а также по ее заказу за счет ее средств другой организацией. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1585,15860 +2291,20327 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие с 01.01.2016); от 20.06.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 161-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 3. Законодательство Республики Казахстан об авторском праве и смежных правах</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Законодательство Республики Казахстан об авторском праве и смежных правах состоит из Гражданского кодекса Республики Казахстан, настоящего Закона и издаваемых в соответствии с ним других нормативных актов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 4. Международные договоры</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем содержащиеся в настоящем Законе, то применяются правила международного договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Авторское право</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 5. Сфера действия авторского права</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z151" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. В соответствии с настоящим Законом авторское право распространяется: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) на произведения, обнародованные на территории Республики Казахстан либо необнародованные, но находящиеся в какой-либо объективной форме на территории Республики Казахстан, независимо от гражданства авторов и их правопреемников; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) на произведения, обнародованные за пределами Республики Казахстан либо необнародованные, но находящиеся в какой-либо объективной форме за пределами Республики Казахстан, и признается за авторами - гражданами Республики Казахстан и их правопреемниками; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) на произведения, обнародованные за пределами Республики Казахстан либо необнародованные, но находящиеся в какой-либо объективной форме за пределами Республики Казахстан, и признается за авторами (их правопреемниками) - иностранцами, лицами без гражданства в соответствии с международными договорами, ратифицированными Республикой Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Произведение считается опубликованным в Республике Казахстан, если в течение тридцати дней после даты первого опубликования за пределами Республики Казахстан оно было опубликовано на территории Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. При предоставлении на территории Республики Казахстан охраны произведению в соответствии с международными договорами, автор произведения определяется по закону государства, где имело место действие или обстоятельство, послужившее основанием для обладания авторскими правами. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Охрана произведению в соответствии с международными договорами, ратифицированными Республикой Казахстан, предоставляется, если оно не перешло в общественное достояние в стране происхождения произведения, определяемой по правилам соответствующего международного договора, ратифицированного Республикой Казахстан, вследствие истечения установленного в такой стране срока действия авторского права и не перешло в общественное достояние в Республике Казахстан вследствие истечения срока действия авторского права. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 5 с изменениями, внесенными Законом РК от 09.07.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 6. Объект авторского права. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Авторское право распространяется на произведения науки, литературы и искусства, являющиеся результатом творческой деятельности, независимо от их назначения, содержания и достоинства, а также от способа и формы их выражения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Авторское право распространяется как на обнародованные (опубликованные, выпущенные в свет, изданные, публично исполненные, публично показанные), так и на необнародованные произведения, существующие в какой-либо объективной форме: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) письменной (рукопись, машинопись, нотная запись и тому подобное); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) устной (публичное произнесение, публичное исполнение и тому подобное); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) звуко- или видеозаписи (механической, цифровой, магнитной, оптической и тому подобной); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) изображения (рисунок, эскиз, картина, план, чертеж, кино, теле-, видео- или фотокадр и тому подобное); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) объемно-пространственной (скульптура, модель, макет, сооружение и тому подобное); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) иных формах. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Часть произведения (включая его название, наименования персонажей), которая обладает признаками, указанными в пункте 1 настоящей статьи Закона, и может использоваться самостоятельно, является объектом авторского права. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Авторское право не распространяется на собственно идеи, концепции, принципы, методы, системы, процессы, открытия, факты. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Авторское право на произведение не связано с правом собственности на материальный объект, в котором произведение выражено. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Передача права собственности или права владения каким-либо материальным объектом не влечет передачи авторского права на произведение, выраженное в этом объекте, за исключением случаев, указанных в настоящем Законе. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 5 с изменениями, внесенными законами РК от 09.07.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 22.11.2005 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 90</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 7. Произведения, являющиеся объектами авторского права</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z257" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Объектами авторского права являются: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) литературные произведения; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) драматические и музыкально-драматические произведения; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) сценарные произведения; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) произведения хореографии и пантомимы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) музыкальные произведения с текстом или без текста; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) аудиовизуальные произведения; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) произведения живописи, скульптуры, графики и другие произведения изобразительного искусства; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) произведения декоративно-прикладного искусства; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) произведения архитектуры, градостроительства, дизайна и садово-паркового искусства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) фотографические произведения и произведения, полученные способами, аналогичными фотографии; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) карты, планы, эскизы, иллюстрации и трехмерные произведения, относящиеся к географии, топографии и к другим наукам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) компьютерные программы (программное обеспечение);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13) иные произведения. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z258" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Охрана компьютерных программ (программного обеспечения) распространяется на все виды компьютерных программ (программного обеспечения), в том числе на операционные системы, которые могут быть выражены на любом языке и в любой форме, включая исходный текст и объектный код.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z259" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. К объектам авторского права также относятся: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) производные произведения (переводы, обработки, аннотации, рефераты, резюме, обзоры, инсценировки, музыкальные аранжировки и другие переработки произведений науки, литературы и искусства); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) сборники (энциклопедии, антологии, базы данных) и другие составные произведения, представляющие собой по подбору и (или) расположению материалов результат творческого труда. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Производные и составные произведения охраняются авторским правом независимо от того, являются ли объектами авторского права произведения, на которых они основаны или которые они включают. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 7 с изменениями, внесенными законами РК от 09.07.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 22.11.2005 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 90</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона); от 07.04.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 300-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 8. Произведения, не являющиеся объектами авторского права</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Не являются объектами авторского права: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) официальные документы (законы, судебные решения, иные тексты законодательного, административного, судебного и дипломатического характера), а также их официальные переводы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) государственные символы и знаки (флаги, гербы, ордена, денежные знаки и иные государственные символы и знаки); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) произведения народного творчества; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сообщения о событиях и фактах, имеющие информационный характер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Статью 8 предусматривается дополнить подпунктом 5) в соответствии с Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 9. Возникновение авторского права. Презумпция авторства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z260" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Авторское право на произведение науки, литературы и искусства возникает в силу факта его создания. Для возникновения и осуществления авторского права не требуются регистрация произведения, иное специальное оформление произведения или соблюдение каких-либо формальностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Для оповещения о своих исключительных имущественных правах автор и (или) правообладатель вправе использовать знак охраны авторского права, который помещается на каждом экземпляре произведения и обязательно состоит из трех элементов: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) латинской буквы "С" в окружности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) имени (наименования) обладателя исключительных авторских прав;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) года первого опубликования произведения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Часть 3 пункта 1 предусматривается в редакции Закона РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Автор для свидетельства личных неимущественных прав на необнародованное произведение в любое время в течение срока охраны авторского права вправе внести необходимые сведения в Государственный реестр прав на объекты, охраняемые авторским правом (далее – Реестр), в соответствии с настоящим Законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 1 предусматривается дополнить частью четвертой в соответствии с Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1-1. Исключен Законом РК от 12.01.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 537-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z231" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. При отсутствии иного доказательства автором произведения считается лицо, указанное в качестве автора на оригинале или экземпляре произведения, – презумпция авторства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Презумпция авторства действует исключительно в отношении самого автора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z232" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. При опубликовании произведения анонимно или под псевдонимом (за исключением случая, когда псевдоним автора не оставляет сомнения в его личности) издатель, имя или наименование которого обозначено на произведении, при отсутствии доказательств иного считается представителем автора в соответствии с настоящим Законом и в этом качестве имеет право защищать права автора и обеспечивать их осуществление. Это положение действует до тех пор, пока автор такого произведения не раскроет свою личность и не заявит о своем авторстве. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Исключен Законом РК от 20.06.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 161-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении трех месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 9 с изменениями, внесенными законами РК от 09.07.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 22.11.2005 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 90</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона); от 12.01.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 537-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 07.04.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 300-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 20.06.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 161-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении трех месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Статью 9-1 предусматривается исключить Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 9-1. Внесение сведений в Реестр</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z292" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Внесение сведений и их изменений в Реестр производится в порядке, определяемом уполномоченным органом, в течение одного рабочего дня, следующего за днем получения заявления автора, или на основании вступившего в законную силу решения суда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z293" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В Реестре могут быть исправлены ошибки технического характера, не изменяющие принадлежность, характер или содержание внесенных сведений, в течение одного рабочего дня с даты получения заявления автора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z294" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. К заявлению о внесении сведений в Реестр прилагаются экземпляр произведения и копия документа, подтверждающего оплату данной услуги, и, в случае необходимости, копия документа, подтверждающего основания для уменьшения размера оплаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z295" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Вместо экземпляра произведения к заявлению могут прилагаться эскизы, чертежи, рисунки или фотографии, а в отношении программ для ЭВМ или баз данных – реферат, включающий название программы или базы данных, фамилию, имя, отчество (если оно указано в документе, удостоверяющем личность) автора, дату создания, область применения, назначение, функциональные возможности, основные технические характеристики, язык программирования, тип реализующей ЭВМ, а также исходный код (исходный текст).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z296" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В отношении произведений религиозного содержания дополнительно представляется копия положительного заключения религиоведческой экспертизы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z297" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В отношении составного или производного произведения дополнительно представляется копия авторского договора, заключенного с автором или правообладателем оригинального произведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z298" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Сведения об авторских правах на произведения, созданные в раздельном соавторстве, могут быть внесены в Реестр раздельно в случае указания на это любым из соавторов в своем заявлении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z299" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В Реестр не вносятся сведения о правах на произведения, служащие (предназначенные) для отличия товаров (услуг) одних физических или юридических лиц от однородных товаров (услуг) других физических или юридических лиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z300" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В случае представления автором неполного пакета документов экспертная организация отказывает в приеме заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z301" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Экспертная организация отказывает в оказании услуги при несоблюдении требований настоящей статьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z302" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Подтверждением внесения в Реестр соответствующих сведений является выдача свидетельства по форме, утвержденной уполномоченным органом. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z303" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Аннулирование сведений из Реестра производится по заявлению автора, а также на основании вступившего в законную силу решения суда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z304" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Копии документов, экземпляр соответствующего произведения и (или) его описание представляются третьим лицам с согласия автора, за исключением случаев, установленных законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 9-1 в соответствии с Законом РК от 12.01.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 537-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); в редакции Закона РК от 20.06.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 161-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении трех месяцев после дня его первого официального опубликования); с изменением, внесенным Законом РК от 20.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 9-2. Экспертная организация</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z306" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Экспертная организация, созданная по решению Правительства Республики Казахстан в организационно-правовой форме республиканского государственного предприятия на праве хозяйственного ведения, подведомственная в своей деятельности уполномоченному органу:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z307" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) вносит сведения, изменения и аннулирование в Государственный реестр прав на объекты, охраняемые авторским правом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z308" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) взаимодействует с государственными органами и иными организациями в рамках своей деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z309" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ведет Государственный реестр прав на объекты, охраняемые авторским правом, и обеспечивает к нему доступ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) формирует и ведет реестры в сфере коллективного управления правами, предусмотренные настоящим Законом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z341" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) осуществляет внедрение единой цифровой платформы, а также обеспечивает размещение организациями по коллективному управлению правами и пользователями сведений в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьями 44</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>46</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>47</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z342" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществляет информационное наполнение, развитие, сопровождение и системно-техническое обслуживание единой цифровой платформы в соответствии с требованиями настоящего Закона;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 7) статьи 9-2 до введения в действие Цифрового кодекса РК действует в следующей редакции в соответствии с Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 1 предусматривается дополнить подпунктом 7) в соответствии с Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие со дня введения в действие Цифрового кодекса РК).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z340" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) осуществляет мониторинг единой цифровой платформы, а также обеспечивает взаимодействие единой цифровой платформы с информационными системами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z343" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) оказывает консультационную помощь субъекту единой цифровой платформы по вопросам функционирования единой цифровой платформы на безвозмездной основе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 9) статьи 9-2 до введения в действие Цифрового кодекса РК действует в следующей редакции в соответствии с Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 1 предусматривается дополнить подпунктом 9) в соответствии с Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие со дня введения в действие Цифрового кодекса РК).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z344" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) обеспечивает информационную безопасность данных, размещенных на единой цифровой платформе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z345" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) осуществляет управление правами в сфере осуществления прав авторов, исполнителей, производителей фонограмм и аудиовизуальных произведений на получение вознаграждения за воспроизведение фонограмм и аудиовизуальных произведений в личных целях и без получения дохода;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z346" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) осуществляет иные виды деятельности, не запрещенные законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z311" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Экспертная организация при оплате услуги за внесение сведений в Государственный реестр прав на объекты, охраняемые авторским правом, предоставляет льготы для:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участников Великой Отечественной войны, лиц, приравненных по льготам к участникам Великой Отечественной войны, и ветеранов боевых действий на территории других государств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z313" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лиц, награжденных орденами и медалями бывшего Союза ССР за самоотверженный труд и безупречную воинскую службу в тылу в годы Великой Отечественной войны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z314" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лиц, проработавших (прослуживших) не менее шести месяцев с 22 июня 1941 года по 9 мая 1945 года и не награжденных орденами и медалями бывшего Союза ССР за самоотверженный труд и безупречную воинскую службу в тылу в годы Великой Отечественной войны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z315" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лиц с инвалидностью, а также одного из родителей лица с инвалидностью с детства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z316" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кандасов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z317" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      несовершеннолетних.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z318" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Льготы предоставляются в размере 95 процентов от цены за услугу по внесению сведений в Государственный реестр прав на объекты, охраняемые авторским правом, при условии представления подтверждающих документов о принадлежности к любой из вышеперечисленных категорий лиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z319" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Экспертной организацией по согласованию с уполномоченным органом утверждаются цены за оказываемые услуги при условии обеспечения полного возмещения понесенных данной организацией затрат на их оказание, безубыточности ее деятельности и финансирования за счет собственных доходов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 9-2 в соответствии с Законом РК от 20.06.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 161-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении трех месяцев после дня его первого официального опубликования); с изменениями, внесенными законами РК от 06.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 323-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); Закона РК от 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 327-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2021); от 27.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 129-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 10. Соавторство</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Авторское право на произведение, созданное совместным творческим трудом двух или более лиц (соавторство), принадлежит соавторам совместно, независимо от того, образует ли такое произведение одно неразрывное целое или состоит из частей, каждая из которых имеет также и самостоятельное значение. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Часть произведения признается имеющей самостоятельное значение, если она может быть использована независимо от других частей этого произведения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Каждый из соавторов вправе использовать созданную им часть произведения, имеющую самостоятельное значение, по своему усмотрению, если иное не предусмотрено соглашением между ними. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Право на использование произведения в целом принадлежит соавторам совместно. Взаимоотношения соавторов могут определяться соглашением между ними. Если произведение соавторов образует неразрывное целое, то ни один из соавторов не вправе без достаточных к тому оснований запретить использование произведения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Каждый из соавторов вправе от своего имени, в том числе и без получения разрешения других соавторов, принимать предусмотренные настоящим Законом и иными законодательными актами Республики Казахстан меры, связанные с защитой его пpaв, если иное не предусмотрено соглашением между ними. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В статью 10 внесены изменения - Законом РК от 9 июля 2004 г. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 11. Авторское право на составные произведения </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Автору сборника и других составных произведений (составителю) принадлежит авторское право на осуществленные им подбор и (или) расположение материалов, представляющие результат творческого труда (составительство). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Составитель пользуется авторским правом при условии соблюдения им прав авторов каждого из произведений, включенных в составное произведение. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Авторы произведений, включенных в составное произведение, вправе использовать свои произведения независимо от составного произведения, если иное не предусмотрено авторским договором. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Авторское право составителя не препятствует другим лицам осуществлять самостоятельный подбор и (или) расположение тех же материалов для создания составных произведений. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Издателю, выпускающему в свет энциклопедии, энциклопедические словари, периодические и продолжающиеся сборники научных трудов, газеты, журналы и другие периодические издания, принадлежат исключительные права на использование таких изданий в целом. Издатель вправе при любом использовании таких изданий указывать свое наименование либо требовать такого указания. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Авторы произведений, включенных в такие издания, сохраняют исключительные права на использование своих произведений независимо от издания в целом. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В статью 11 внесены изменения - Законом РК от 9 июля 2004 г. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 12. Авторское право на производные произведения </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Переводчикам и авторам других производных произведений принадлежит авторское право на осуществленный ими перевод, переделку, аранжировку или другую переработку. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Переводчик и автор другого производного произведения пользуется авторским правом на созданное им произведение при условии соблюдения им прав автора произведения, подвергшегося переводу, переделке, аранжировке или другой переработке. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Авторское право переводчиков и авторов других производных произведений не препятствует иным лицам осуществлять свои переводы и переработки тех же произведений. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В статью 12 внесены изменения - Законом РК от 9 июля 2004 г. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 13. Авторское право на аудиовизуальные произведения </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Авторами (соавторами) аудиовизуального произведения являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) автор сценария; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) автор музыкального произведения (с текстом или без текста), специально созданного для этого аудиовизуального произведения (композитор); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) режиссер-постановщик; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) оператор-постановщик; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) художник-постановщик. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Автор ранее созданного произведения, переработанного или включенного составной частью в аудиовизуальное произведение, также считается соавтором аудиовизуального произведения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Заключение авторского договора на создание аудиовизуального произведения (или на передачу прав на ранее созданные произведения) за исключением случая, предусмотренного пунктом 3 настоящей статьи, влечет за собой передачу авторами этого произведения (или авторами и иными обладателями авторских прав на ранее созданные произведения) производителю аудиовизуального произведения исключительных прав на использование аудиовизуального произведения, если иное не предусмотрено авторским договором. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Производитель аудиовизуального произведения вправе при любом использовании этого произведения указывать свое имя или наименование либо требовать такого указания. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Автор музыкального произведения (с текстом или без текста), созданного специально для аудиовизуального произведения, сохраняет право на получение вознаграждения за использование этого музыкального произведения при каждом публичном исполнении аудиовизуального произведения, его публичном сообщении, а также сдаче в прокат (внаем) экземпляров аудиовизуального произведения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Авторы произведений, вошедших составной частью в аудиовизуальное произведение, как существовавших ранее (автор романа, положенного в основу сценария, и другие), так и созданных в процессе работы над ним (оператор-постановщик, художник-постановщик и другие), пользуются авторским правом каждый на свое произведение. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В статью 13 внесены изменения - Законом РК от 9 июля 2004 г. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 22 ноября 2005 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 90</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 14. Авторское право на служебные произведения </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Личное неимущественное право автора на произведение, созданное в порядке выполнения служебных обязанностей или служебного задания работодателя (служебное произведение), принадлежит автору служебного произведения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Имущественные (исключительные) права на служебное произведение принадлежат работодателю, если иное не предусмотрено в договоре между ним и автором. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Работодатель вправе при любом использовании служебного произведения указывать свое наименование либо требовать такого указания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Исключен - Законом РК от 10.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 179-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. На создание в порядке выполнения служебных обязанностей или служебного задания работодателя энциклопедий, энциклопедических словарей, периодических и продолжающихся сборников научных трудов, газет, журналов и других периодических изданий (пункт 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона) положения настоящей статьи не распространяются. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 14 с изменениями, внесенными Законом РК от 10.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 179-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 15. Личные неимущественные права</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z261" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Автору в отношении его произведения принадлежат следующие личные неимущественные права: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) право признаваться автором произведения и требовать такого признания, в том числе путем указания имени автора надлежащим образом на экземплярах произведения и при любом его публичном использовании, если это практически возможно (право авторства); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) право указывать и требовать указание на экземплярах произведения и при любом его публичном использовании вместо подлинного имени автора его вымышленное имя (псевдоним) или отказаться от указания имени, то есть анонимно (право на имя); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) право на неприкосновенность произведения, включая его название, право противодействовать любому извращению, искажению или иному изменению произведения, а также любому другому посягательству, способному нанести ущерб чести или репутации автора (право на защиту репутации автора); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) право на открытие доступа к произведению неопределенному кругу лиц (право на обнародование), за исключением произведений, созданных в порядке выполнения служебных обязанностей или служебного задания работодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z262" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Автор имеет право отказаться от ранее принятого решения об обнародовании произведения (право на отзыв) при условии возмещения пользователю причиненных таким решением убытков, включая упущенную выгоду. Если произведение уже было обнародовано, автор обязан публично оповестить о его отзыве. При этом он вправе изъять за свой счет из обращения ранее изготовленные экземпляры произведения. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При создании служебных произведений положения настоящего пункта не применяются. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z263" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Личные неимущественные права принадлежат автору, независимо от его имущественных прав, и сохраняются за ним в случае уступки исключительных прав на использование произведения. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z264" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Личные неимущественные права автора, предусмотренные настоящей статьей, являются неотчуждаемыми. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z265" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Осуществление личных неимущественных прав после смерти автора производится в порядке, установленном в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 15 с изменениями, внесенными законами РК от 09.07.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 12.01.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 537-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 07.04.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 300-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 3. Законодательство Республики Казахстан об авторском праве и смежных правах</w:t>
-[...17 lines deleted...]
-      Законодательство Республики Казахстан об авторском праве и смежных правах состоит из Гражданского кодекса Республики Казахстан, настоящего Закона и издаваемых в соответствии с ним других нормативных актов. </w:t>
+        <w:t>Статья 16. Имущественные права</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z282" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Автору или иному правообладателю принадлежат имущественные (исключительные) права на использование этого произведения в любой форме и любым способом. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z283" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Исключительные права автора на использование произведения означают право осуществлять, разрешать или запрещать осуществление следующих действий: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) воспроизводить произведение (право на воспроизведение); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) распространять оригинал или экземпляры произведения любым способом: продавать, менять, сдавать в прокат (внаем), совершать иные операции, в том числе в открытой сети телекоммуникаций (право на распространение);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) импортировать экземпляры произведения в целях распространения, включая экземпляры, изготовленные с разрешения автора или иного обладателя авторских прав (право на импорт); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) публично показывать произведение (право на публичный показ);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) публично исполнять произведение (право на публичное исполнение); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) публично сообщать произведение (сообщать произведение для всеобщего сведения), включая сообщение в эфир или по кабелю (право на публичное сообщение); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) сообщать произведение в эфир, включая первое и (или) последующее сообщение в эфир для всеобщего сведения (право на сообщение в эфир); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) сообщать произведение по кабелю, включая первое и (или) последующее сообщение по кабелю для всеобщего сведения (право на сообщение по кабелю); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) переводить произведение (право на перевод); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) переделывать, аранжировать или другим образом перерабатывать произведение (право на переработку); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10-1) доводить произведение до всеобщего сведения (право на доведение до всеобщего сведения); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11) осуществлять иные действия, не противоречащие законодательным актам Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Если экземпляры правомерно опубликованного произведения введены в гражданский оборот посредством их продажи, то допускается их дальнейшее распространение без согласия автора и без выплаты вознаграждения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Право на распространение оригинала или экземпляров произведения путем сдачи их внаем (и публичный прокат), независимо от права собственности на эти экземпляры, принадлежит автору или обладателю авторского права на: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) музыкальное произведение в виде нотного текста; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) произведение, зафиксированное в фонограмме; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) аудиовизуальное произведение; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) базу данных; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) компьютерную программу (программное обеспечение). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Исключительные права на использование архитектурного, градостроительного и садово-паркового проектов включают также практическую реализацию таких проектов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Автор или иной правообладатель имеет право на вознаграждение за каждый вид использования произведения, размер и порядок исчисления которого устанавливаются авторским договором, а также договорами, заключаемыми организациями по коллективному управлению правами авторов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Ограничения имущественных прав, предусмотренных пунктом 2 настоящей статьи, устанавливаются </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьями 18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона при условии, что такие ограничения не наносят ущерба нормальному использованию произведения и не ущемляют необоснованным образом законные интересы автора или иного правообладателя. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 16 с изменениями, внесенными законами РК от 09.07.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 22.11.2005 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 90</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона); от 10.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 179-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 12.01.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 537-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 419-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2016); от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 4. Международные договоры</w:t>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z4" w:id="49"/>
+        <w:t>Статья 16-1. Минимальные ставки авторского вознаграждения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z330" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Уполномоченным органом по согласованию с заинтересованными уполномоченными органами в сферах культуры, развития и поддержки частного предпринимательства устанавливаются минимальные ставки авторского вознаграждения в случаях, когда практическое осуществление имущественных (исключительных) прав в индивидуальном порядке невозможно в связи с характером произведения или особенностями его использования (публичным исполнением, в том числе на радио и телевидении, воспроизведением произведения посредством механической, магнитной или иной записи, репродуцированием и другими случаями, за исключением случаев, установленных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z331" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Организация по коллективному управлению правами при заключении договоров с пользователями не вправе устанавливать размеры ставок авторского вознаграждения ниже минимальных ставок вознаграждения, установленных уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Дополнен статьей 16-1 в соответствии с Законом РК от 09.07.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; в редакции Закона РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:bookmarkEnd w:id="49"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 17. Право доступа к произведениям изобразительного искусства. Право следования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Автор произведения изобразительного искусства вправе требовать от собственника произведения предоставления возможности осуществления права на воспроизведение своего произведения (право доступа). При этом от собственника произведения нельзя требовать доставки произведения автору. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В каждом случае публичной (через аукцион, галерею изобразительного искусства, художественный салон, магазин и так далее) перепродажи оригинала произведения изобразительного искусства после первого отчуждения права собственности на такое произведение изобразительного искусства автор или его наследники имеют право на получение от продавца вознаграждения в размере пяти процентов от перепродажной цены (право следования). Указанное право является неотчуждаемым при жизни автора и переходит исключительно к наследникам автора по закону или завещанию на срок действия авторского права. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Переход права собственности на произведение изобразительного искусства (возмездно или безвозмездно) от автора к другому лицу означает первое отчуждение этого произведения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В статью 17 внесены изменения - Законом РК от 9 июля 2004 г. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 5. Сфера действия авторского права</w:t>
-[...127 lines deleted...]
-      4. Охрана произведению в соответствии с международными договорами, ратифицированными Республикой Казахстан, предоставляется, если оно не перешло в общественное достояние в стране происхождения произведения, определяемой по правилам соответствующего международного договора, ратифицированного Республикой Казахстан, вследствие истечения установленного в такой стране срока действия авторского права и не перешло в общественное достояние в Республике Казахстан вследствие истечения срока действия авторского права. </w:t>
+        <w:t xml:space="preserve">Статья 18. Воспроизведение произведения в личных целях без согласия автора или иного правообладателя и без выплаты авторского вознаграждения </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок статьи 18 с изменениями, внесенными Законом РК от 10.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 179-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Допускается без согласия автора или иного правообладателя и без выплаты авторского вознаграждения воспроизведение физическим лицом в единичном экземпляре правомерно обнародованного произведения исключительно в личных целях и без получения дохода, за исключением случаев, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Положение пункта 1 настоящей статьи не применяется в отношении:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) воспроизведения произведений архитектуры в форме зданий и аналогичных сооружений; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) воспроизведения баз данных или существенных частей из них; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) воспроизведения компьютерной программы (программного обеспечения) за исключением случаев, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) репродуцирования (репрографического воспроизведения) книг (полностью) и нотных текстов. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 5 с изменениями, внесенными Законом РК от 09.07.2004 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 18 с изменениями, внесенными законами РК от 09.07.2004 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 586</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">; от 22.11.2005 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 90</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 10.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 179-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 19. Использование произведения без согласия автора или иного правообладателя и без выплаты авторского вознаграждения </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок статьи 19 с изменениями, внесенными Законом РК от 10.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 179-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Допускается без согласия автора или иного правообладателя и без выплаты авторского вознаграждения, но с обязательным указанием имени автора, произведение которого используется, и источника заимствования: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) цитирование в оригинале и в переводе в научных, исследовательских, полемических, критических и информационных целях из правомерно обнародованных произведений в объеме, оправданном целью цитирования, включая воспроизведение отрывков из газетных и журнальных статей в форме обзоров печати; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) использование без получения дохода правомерно обнародованных произведений и отрывков из них в качестве иллюстраций в изданиях, в радио- и телепередачах, звуко-, видеозаписях учебного характера в объеме, оправданном поставленной целью; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) воспроизведение в газетах, передача в эфир или сообщение по кабелю для всеобщего сведения правомерно опубликованных в газетах или журналах статей по текущим экономическим, политическим, социальным и религиозным вопросам или переданных в эфир произведений такого же характера в случаях, когда такое воспроизведение, передача в эфир или сообщение по кабелю не были специально запрещены автором; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) воспроизведение в газетах, передача в эфир или сообщение по кабелю для всеобщего сведения публично произнесенных политических речей, обращений, докладов и других аналогичных произведений в объеме, оправданном информационной целью. При этом за автором сохраняется право на опубликование таких произведений в сборниках; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) воспроизведение или сообщение для всеобщего сведения в обзорах текущих событий средствами фотографии или кинематографии, путем передачи в эфир или сообщения для всеобщего сведения по кабелю произведений, которые становятся увиденными или услышанными в ходе таких событий, в объеме, оправданном информационной целью. При этом за автором сохраняется право на опубликование таких произведений в сборниках; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) воспроизведение, распространение, доведение до всеобщего сведения, публичное исполнение правомерно обнародованных произведений без извлечения прибыли рельефно-точечным шрифтом или другими специальными способами для слепых, кроме произведений, специально созданных для таких способов воспроизведения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) воспроизведение библиотеками и архивами правомерно обнародованных произведений без извлечения прибыли в единичном экземпляре произведения с перенесением его в цифровой формат в целях замены утраченных или испорченных экземпляров произведения, а также предоставление экземпляров произведения другим библиотекам, утратившим по каким-либо причинам произведение из своих фондов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z320" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) воспроизведение без получения дохода организациями образования независимо от форм собственности отдельных статей и малообъемных произведений, правомерно опубликованных в сборниках, газетах и других периодических печатных изданиях, коротких отрывков из иных правомерно опубликованных письменных произведений (с иллюстрациями или без иллюстраций) и предоставление их копий обучающимся и педагогам для проведения экзаменов, аудиторных занятий и самостоятельной подготовки в необходимых для этого количествах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 19 с изменениями, внесенными законами РК от 09.07.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 10.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 179-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 07.04.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 300-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 20.06.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 161-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 20.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 20. Использование произведений путем репродуцирования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Допускается без согласия автора или иного правообладателя и без выплаты авторского вознаграждения, но с обязательным указанием имени автора, произведение которого используется, и источника заимствования репродуцирование в единичном экземпляре без извлечения прибыли: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) правомерно опубликованного произведения библиотеками и архивами для восстановления, замены утраченных или испорченных экземпляров, предоставления экземпляров произведения другим библиотекам, утратившим по каким-либо причинам произведение из своих фондов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) отдельных статей и малообъемных произведений, правомерно опубликованных в сборниках, газетах и других периодических изданиях, коротких отрывков из правомерно опубликованных письменных произведений (с иллюстрациями или без иллюстрации) библиотеками и архивами по запросам физических лиц в учебных и исследовательских целях; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) отдельных статей и малообъемных произведений, правомерно опубликованных в сборниках, газетах и других периодических изданиях, коротких отрывков из правомерно опубликованных письменных произведений (с иллюстрациями или без иллюстраций) организациями образования для аудиторных занятий. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В статью 20 внесены изменения - Законом РК от 9 июля 2004 г. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 27 июля 2007 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 320</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 21. Свободное использование произведений, постоянно расположенных в местах, открытых для свободного посещения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Допускаются без согласия автора или иного правообладателя и без выплаты авторского вознаграждения воспроизведение, передача в эфир и (или) сообщение для всеобщего сведения по кабелю произведений архитектуры, фотографий, изобразительного искусства, которые постоянно расположены в месте, открытом для свободного посещения, за исключением случаев, когда изображение произведения является основным объектом такого воспроизведения, передачи в эфир и (или) сообщения для всеобщего сведения по кабелю или когда изображение произведения используется для коммерческих целей. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 21 в редакции Закона РК от 09.07.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; с изменениями, внесенными Законом РК от 10.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 179-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 22. Публичное исполнение произведений во время официальных и иных церемоний</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Допускается без согласия автора или иного правообладателя и без выплаты авторского вознаграждения публичное исполнение правомерно опубликованных музыкальных произведений во время официальных и религиозных церемоний, а также похорон в объеме, оправданном характером таких церемоний. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В статью 22 внесены изменения - Законом РК от 9 июля 2004 г. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 23. Воспроизведение произведений для судебных и административных целей</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Допускается без согласия автора или иного правообладателя и без выплаты авторского вознаграждения воспроизведение произведений для судебного и административного производства в объеме, определенном такой целью. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В статью 23 внесены изменения - Законом РК от 9 июля 2004 г. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 24. Свободное воспроизведение компьютерных программ (программного обеспечения) и баз данных. Декомпилирование компьютерных программ (программного обеспечения)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Лицо, правомерно владеющее экземпляром компьютерной программы (программного обеспечения) или базы данных, вправе без получения разрешения автора или иного обладателя исключительных прав на использование произведения и без выплаты дополнительного вознаграждения: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) внести в компьютерную программу (программное обеспечение) или базу данных изменения, осуществляемые исключительно в целях ее функционирования на технических средствах пользователя, осуществлять любые действия, необходимые для функционирования компьютерной программы (программного обеспечения) или базы данных в соответствии с ее назначением, в том числе запись и хранение в памяти ЭВМ (одной ЭВМ или одного пользователя сети), а также исправление явных ошибок, если иное не предусмотрено договором с автором; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) изготовить или поручить изготовить копию компьютерной программы (программного обеспечения) или базы данных при условии, что эта копия предназначена только для архивных целей и для замены правомерно приобретенного экземпляра в случаях, когда оригинал компьютерной программы (программного обеспечения) или базы данных утерян, уничтожен или стал непригоден для использования. При этом копия компьютерной программы (программного обеспечения) или базы данных не может быть использована для иных целей, чем указано в подпункте 1) настоящего пункта, и должна быть уничтожена в случае, если владение экземпляром этой компьютерной программы (программного обеспечения) или базы данных перестает быть правомерным. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Лицо, правомерно владеющее экземпляром компьютерной программы (программного обеспечения), вправе без согласия автора или иного обладателя исключительных прав и без выплаты дополнительного вознаграждения воспроизвести и преобразовать объектный код в исходный текст (декомпилировать компьютерную программу (программное обеспечение)) или поручить иным лицам осуществить эти действия, если они необходимы для достижения способности к взаимодействию независимо разработанной этим лицом компьютерной программы (программного обеспечения) с другими программами, которые могут взаимодействовать с декомпилируемой программой, при соблюдении следующих условий: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) информация, необходимая для достижения способности к взаимодействию, ранее не была доступна этому лицу из других источников; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) указанные действия осуществляются в отношении только тех частей декомпилируемой компьютерной программы (программного обеспечения), которые необходимы для достижения способности к взаимодействию; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) информация, полученная в результате декомпилирования, может использоваться лишь для достижения способности к взаимодействию независимо разработанной компьютерной программы (программного обеспечения) с другими программами, не может передаваться иным лицам, за исключением случаев, когда это необходимо для достижения способности к взаимодействию независимо разработанной компьютерной программы (программного обеспечения) с другими программами, а также не может использоваться для разработки компьютерной программы (программного обеспечения), по своему виду существенно схожей с декомпилируемой компьютерной программой (программным обеспечением), или для осуществления любого другого действия, нарушающего авторское право. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Применение положений настоящей статьи не должно наносить неоправданного ущерба нормальному использованию компьютерной программы (программного обеспечения) или базы данных и не должно ущемлять необоснованным образом законные интересы автора или иного обладателя исключительных прав на компьютерную программу (программное обеспечение) или базу данных. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 24 с изменениями, внесенными законами РК от 9 июля 2004 г. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 25. Записи краткосрочного пользования произведений, осуществляемые организациями эфирного вещания</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Организация эфирного вещания вправе без согласия автора или иного правообладателя и без выплаты дополнительного вознаграждения осуществлять запись краткосрочного пользования того произведения, в отношении которого эта организация получила право на передачу в эфир, при следующих условиях: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) изготовления записи организацией эфирного вещания с помощью ее собственного оборудования и для ее собственной передачи; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) уничтожения такой записи в течение шести месяцев после ее изготовления, если более продолжительный срок не был согласован с автором или иным правообладателем записанного произведения. Такая запись может быть сохранена без согласия автора или иного правообладателя произведения в официальных архивах, если запись носит исключительно документальный характер. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 25 с изменениями, внесенными законами РК от 09.07.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 10.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 179-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 26. Воспроизведение произведения в личных целях без согласия автора с выплатой авторского вознаграждения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Допускается без согласия автора произведения, исполнителя, производителя аудиовизуального произведения и производителя фонограммы, но с выплатой им вознаграждения воспроизведение аудиовизуального произведения или звукозаписи произведения в личных целях и без получения дохода. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Вознаграждение за воспроизведение, указанное в пункте 1 настоящей статьи, выплачивается лицами, изготавливающими или импортирующими оборудование и материальные носители, используемые для такого воспроизведения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перечень такого оборудования и материальных носителей утверждается уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Сбор, распределение и выплата вознаграждения, предусмотренного подпунктом 4) части второй </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 43 настоящего Закона, осуществляются экспертной организацией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Указанное вознаграждение распределяется экспертной организацией между организациями по коллективному управлению правами в соответствии с настоящим Законом в следующей пропорции: сорок процентов – авторам, тридцать процентов – исполнителям, тридцать процентов – производителям фонограммы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 5 предусматривается в редакции Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Размер, порядок сбора, распределения и выплаты вознаграждения устанавливаются уполномоченным органом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Вознаграждение не выплачивается применительно к оборудованию и материальным носителям, указанным в пункте 2 настоящей статьи, которые являются предметом экспорта, а также к профессиональному оборудованию, не предназначенному для использования в домашних условиях. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 26 с изменениями, внесенными законами РК от 9 июля 2004 г. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 22 ноября 2005 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 90</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона); от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 27. Вывоз произведений за границу в личных целях</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Допускается без согласия автора или иного обладателя авторского права и без выплаты вознаграждения вывоз экземпляра произведения за границу физическим лицом исключительно для личных целей, кроме произведений, вывоз которых нанесет ущерб национальным интересам республики, перечень которых определяется в установленном порядке. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 28. Срок действия авторского права</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Авторское право действует в течение всей жизни автора и семидесяти лет после его смерти. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Право авторства, право на имя и право на защиту репутации автора охраняются бессрочно. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Исключен Законом РК от 10.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 179-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Авторское право на произведение, обнародованное анонимно или под псевдонимом, действует в течение семидесяти лет после даты его правомерного обнародования. Если в течение указанного срока автор произведения, выпущенного анонимно или под псевдонимом, раскроет свою личность или его личность не будет далее оставлять сомнений, то применяется положение пункта 1 настоящей статьи. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Авторское право на произведение, созданное в соавторстве, действует в течение всей жизни и семидесяти лет после смерти последнего автора, пережившего других соавторов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Авторское право на произведение, впервые выпущенное в свет в течение тридцати лет после смерти автора, действует в течение семидесяти лет после его выпуска в свет, считая с первого января года, следующего за выпуском произведения в свет. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. В случае, если автор был репрессирован и реабилитирован посмертно, то срок охраны прав, предусмотренный настоящей статьей, начинает действовать с первого января года, следующего за годом реабилитации. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Исчисление сроков, предусмотренных настоящей статьей, начинается с первого января года, следующего за годом, в котором имел место юридический факт, являющийся основанием для начала течения срока. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. При предоставлении охраны произведению в соответствии с международными договорами, ратифицированными Республикой Казахстан, срок действия авторского права не может превышать срок, установленный в стране происхождения произведения, согласно пункту 4 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сроки, предусмотренные настоящей статьей, применяются во всех случаях, когда юридический факт, являющийся основанием для начала течения срока, имел место не ранее чем за семьдесят лет до введения в действие настоящего Закона. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 28 с изменениями, внесенными законами РК от 09.07.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 22.11.2005 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 90</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона); от 10.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 179-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 6. Объект авторского права. Общие положения</w:t>
-[...215 lines deleted...]
-      Передача права собственности или права владения каким-либо материальным объектом не влечет передачи авторского права на произведение, выраженное в этом объекте, за исключением случаев, указанных в настоящем Законе. </w:t>
+        <w:t>Статья 29. Переход произведений в общественное достояние</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Истечение срока действия авторского права на произведения означает их переход в общественное достояние. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 5 с изменениями, внесенными законами РК от 09.07.2004 </w:t>
+        <w:t xml:space="preserve">      2. (исключен) </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Произведения, перешедшие в общественное достояние, могут свободно использоваться любым лицом без выплаты авторского вознаграждения. При этом должно соблюдаться право авторства, право на имя и право на защиту репутации автора. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Использователи произведений, перешедших в общественное достояние, в целях содействия творческой деятельности авторов, улучшения их материально-бытовых условий вправе производить отчисления в профессиональные фонды авторов или организациям по коллективному управлению правами авторов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В статью 29 с изменениями, внесенными законами РК от 9 июля 2004 г. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 586</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">; от 22.11.2005 </w:t>
+        <w:t xml:space="preserve">; от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 30. Переход авторских прав</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Авторские права передаются по авторским договорам и в порядке наследования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Авторское право переходит в порядке наследования по закону или по завещанию. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Личные неимущественные права автора, предусмотренные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона, по наследству не переходят. Наследники автора вправе осуществлять охрану личных неимущественных прав. Указанные правомочия наследников сроком не ограничиваются. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Автор вправе в том же порядке, в каком назначается исполнитель завещания, указать лицо, на которое он возлагает охрану личных неимущественных прав. Такое лицо осуществляет свои полномочия пожизненно. При отсутствии такого указания автора охрана личных неимущественных прав автора после его смерти осуществляется его наследниками или уполномоченным органом Республики Казахстан, который осуществляет такую охрану, если наследников не имеется или их авторское право прекратилось. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 31. Передача имущественных прав. Авторский договор </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Имущественные права автора, указанные в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона, могут быть уступлены полностью или частично, а также могут быть переданы для использования по авторскому договору о передаче исключительных прав или по авторскому договору о передаче неисключительных прав. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Любая уступка имущественных прав должна оформляться письменным договором, подписываемым автором и лицом, которому уступлены имущественные права. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Авторский договор о передаче исключительных прав разрешает использование произведения определенным способом и в установленных договором пределах только лицу, которому эти права передаются, и дает такому лицу право запрещать подобное использование произведения другим лицам. Право запрещать использование произведения другим лицам может осуществляться автором произведения, если лицо, которому переданы исключительные права, не осуществляет защиту этого права. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Авторский договор о передаче неисключительных прав разрешает пользователю использование произведения наравне с обладателем исключительных прав, передавшим такие права, и (или) другим лицам, получившим разрешение на использование этого произведения таким же способом. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Права, передаваемые по авторскому договору, считаются неисключительными, если в договоре прямо не предусмотрено иное. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В статью 31 внесены изменения - Законом РК от 9 июля 2004 г. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 32. Условия и форма авторского договора</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок статьи 32 в редакции Закона РК от 07.04.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 300-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z266" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Авторский договор должен предусматривать: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) способы использования произведения (конкретные права, передаваемые по данному договору); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) срок и территорию, на которые передается право; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) размер вознаграждения и (или) порядок определения размера вознаграждения за каждый способ использования произведения, порядок и сроки его выплаты, а также другие условия, которые стороны сочтут существенными для данного договора. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z267" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. При отсутствии в авторском договоре условия о сроке, на который передается право, договор может быть расторгнут автором по истечении одного года с даты его заключения, если пользователь будет письменно уведомлен об этом за три месяца до расторжения договора. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z268" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. При отсутствии в авторском договоре условия о территории, на которую передается право, действие передаваемого по договору права ограничивается территорией Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z269" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Права на использование произведения, прямо не переданные по авторскому договору, считаются не переданными. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z270" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Предметом авторского договора не могут быть права на использование произведения, не известные на момент заключения договора. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z271" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Вознаграждение определяется в авторском договоре в виде процента от дохода за соответствующий способ использования произведения или, если это невозможно осуществить в связи с характером произведения или особенностями его использования, в виде зафиксированной в договоре суммы либо иным образом. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z272" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Права, переданные по авторскому договору, могут передаваться полностью или частично другим лицам лишь в том случае, если это прямо предусмотрено договором. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z273" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Предметом авторского договора не могут быть права на использование произведений, которые автор может создать в будущем, за исключением случаев, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьями 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и 33 настоящего Закона. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z274" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Условие авторского договора, ограничивающее автора в создании в будущем произведений на данную тему или в данной области, является ничтожным.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z275" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Условия авторского договора, противоречащие положениям настоящего Закона, являются ничтожными.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z276" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. Авторский договор должен быть заключен в письменной форме. Авторский договор об использовании произведения в периодической печати может быть заключен в устной форме. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 12 предусматривается изменение Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие со дня введения в действие Цифрового кодекса РК).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. При продаже экземпляров произведений, выраженных в электронной форме, в том числе компьютерной программы (программного обеспечения) и базы данных, а также при предоставлении массовым пользователям доступа к ним возможно применение иных форм договоров и порядка их заключения, установленных законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z278" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. Сторона, не исполнившая или ненадлежащим образом исполнившая обязательства по авторскому договору, обязана возместить убытки, причиненные другой стороне, включая упущенную выгоду. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 32 с изменениями, внесенными законами РК от 09.07.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 07.04.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 300-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 20.06.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 161-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 33. Авторский договор заказа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z279" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. По авторскому договору заказа автор обязуется создать произведение в соответствии с условиями договора и передать его заказчику.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Авторский договор заказа должен предусматривать срок, в течение которого произведение должно быть передано заказчику, а также передачу имущественных прав на использование произведения. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z280" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Авторским договором заказа может быть предусмотрена выплата заказчиком автору аванса. Размер, порядок и сроки выплаты аванса устанавливаются в договоре по соглашению сторон. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z281" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Автор, не представивший заказное произведение в соответствии с условиями договора заказа, обязан возместить реальный ущерб, причиненный заказчику.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 33 с изменениями, внесенными законами РК от 07.04.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 300-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Смежные права</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 34. Объекты смежных прав</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Смежные права распространяются на постановки, исполнения, фонограммы, передачи организаций эфирного и кабельного вещания независимо от их назначения, содержания и достоинства, а также от способа и формы их выражения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 35. Субъекты смежных прав</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Субъектами смежных прав являются исполнители, производители фонограмм и организации эфирного и кабельного вещания. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Производитель фонограммы, организации эфирного и кабельного вещания осуществляют права, предусмотренные настоящей главой, в пределах прав, полученных по договору с исполнителем, а также автором записанного на фонограмме либо передаваемого в эфир или по кабелю произведения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Исполнитель осуществляет права, предусмотренные настоящей главой, при условии соблюдения прав авторов исполняемого произведения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Для возникновения и осуществления смежных прав не требуется соблюдения каких-либо формальностей. Производитель фонограммы и (или) исполнитель для оповещения о своих правах вправе использовать знак охраны смежных прав, который помещается на каждом экземпляре фонограммы и (или) на каждом содержащем ее футляре и состоит из трех элементов: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) латинской буквы "Р" в окружности: Р; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) имени (наименования) обладателя исключительных смежных прав; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) года первого опубликования фонограммы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Если не доказано иное, производителем фонограммы признается физическое или юридическое лицо, имя или наименование которого обозначено на фонограмме и (или) содержащем ее футляре. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 35 с изменениями, внесенными законами РК от 22.11.2005 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ст.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Закона); от 10.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 179-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 7. Произведения, являющиеся объектами авторского права</w:t>
-[...347 lines deleted...]
-      Производные и составные произведения охраняются авторским правом независимо от того, являются ли объектами авторского права произведения, на которых они основаны или которые они включают. </w:t>
+        <w:t>Статья 36. Сфера действия смежных прав</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Права исполнителя признаются за ним в соответствии с настоящим Законом в случаях, если: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) исполнитель является гражданином Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) исполнение, постановка впервые имели место на территории Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) исполнение, постановка записаны на фонограмму, охраняемую в соответствии с положениями пункта 2 настоящей статьи; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) исполнение, постановка, не записанные на фонограмму, включены в передачу организации эфирного или кабельного вещания, охраняемую в соответствии с положениями пункта 3 настоящей статьи. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Права производителя фонограммы признаются за ним в соответствии с настоящим Законом в случаях, если: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) производитель фонограммы является гражданином Республики Казахстан или юридическим лицом, имеющим официальное местонахождение на территории Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) фонограмма впервые опубликована на территории Республики Казахстан. Фонограмма также считается впервые опубликованной на территории Республики Казахстан, если в течение тридцати дней после даты опубликования за пределами Республики Казахстан она была опубликована на территории Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Права организации эфирного или кабельного вещания признаются за ней в соответствии с настоящим Законом в случае, если организация имеет официальное местонахождение на территории Республики Казахстан и осуществляет передачи с помощью передатчиков, расположенных на территории Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Смежные права иностранных физических и юридических лиц признаются на территории Республики Казахстан в соответствии с международными договорами, ратифицированными Республикой Казахстан, если соответствующие исполнение, фонограмма, передача организации эфирного или кабельного вещания не перешли в общественное достояние в стране их происхождения, определяемой по правилам соответствующего международного договора, ратифицированного Республикой Казахстан, вследствие истечения установленного в такой стране срока действия смежных прав и не перешли в общественное достояние в Республике Казахстан вследствие истечения срока действия смежных прав. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 7 с изменениями, внесенными законами РК от 09.07.2004 </w:t>
+        <w:t xml:space="preserve">      Сноска. В статью 36 внесены изменения - Законом РК от 9 июля 2004 г. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 586</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">; от 22.11.2005 </w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 37. Права исполнителя</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Исполнителю исполнения кроме предусмотренных настоящим Законом случаев, принадлежат следующие личные неимущественные и имущественные права: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) право на имя; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) право на защиту исполнения или постановки от всякого искажения или иного посягательства, способного нанести ущерб чести и достоинству исполнителя (право на защиту репутации); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) право на использование исполнения или постановки в любой форме, включая право на получение вознаграждения за каждый вид использования исполнения или постановки. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1-1. Личные неимущественные права принадлежат исполнителю независимо от его имущественных прав и сохраняются за ним в случае уступки исключительных имущественных прав на использование исполнения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Исключительные права исполнителя на использование исполнения или постановки означают право разрешать или запрещать осуществление следующих действий: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) записывать ранее незаписанное исполнение или постановку; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) воспроизводить непосредственно или косвенно запись исполнения или постановки в любой форме; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) передавать в эфир, сообщать для всеобщего сведения по кабелю или доводить до всеобщего сведения исполнение или постановку без использования записи исполнения или постановки; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) передавать в эфир, сообщать для всеобщего сведения по кабелю или доводить до всеобщего сведения запись исполнения или постановки, за исключением случаев, предусмотренных пунктом 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 39</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) сдавать в прокат (внаем) опубликованную в коммерческих целях фонограмму, на которой записано исполнение или постановка с участием исполнителя. Это право при заключении договора на запись исполнения на фонограмму переходит к производителю фонограммы. При этом исполнитель сохраняет право на вознаграждение за сдачу в прокат (внаем) экземпляров такой фонограммы.     </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Исключительное право исполнителя, предусмотренное подпунктом 2) пункта 2 настоящей статьи, не распространяется на случаи, когда: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) первоначальная запись исполнения или постановки была произведена с согласия исполнителя; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) воспроизведение исполнения или постановки осуществляется в тех же целях, для которых было получено согласие исполнителя при записи исполнения или постановки; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) воспроизведение исполнения или постановки осуществляется в тех же целях, для которых была произведена запись в соответствии с положениями </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 41</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Разрешения, указанные в пункте 2 настоящей статьи, выдаются исполнителем, а при исполнении коллективом исполнителей руководителем такого коллектива посредством заключения письменного договора с пользователем. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Разрешения, указанные в подпунктах 1), 2) и 3) пункта 2 настоящей статьи, на последующие передачи исполнения или постановки, осуществление записи для передачи и воспроизведение такой записи организациями эфирного или кабельного вещания не требуются, если они предусмотрены договором исполнителя с организацией эфирного или кабельного вещания. Размер вознаграждения исполнителю за такое использование также устанавливается в этом договоре. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Заключение договора между исполнителем и производителем аудиовизуального произведения влечет за собой предоставление исполнителем прав, указанных в подпунктах 1), 2), 3), 4) пункта 2 настоящей статьи. Предоставление исполнителем таких прав ограничивается использованием аудиовизуального произведения и, если в договоре не установлено иное, не включает прав на отдельное использование звука или изображения, зафиксированных в аудиовизуальном произведении. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Исключительные права исполнителя, предусмотренные пунктом 2 настоящей статьи, могут передаваться по договору другим лицам. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В статью 37 внесены изменения - Законом РК от 9 июля 2004 г. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 22 ноября 2005 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ст.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Закона); от 07.04.2015 </w:t>
+        <w:t xml:space="preserve"> Закона). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 38. Права производителя фонограмм </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Производителю фонограммы в отношении его фонограммы, кроме предусмотренных настоящим Законом, принадлежат исключительные права на использование фонограммы в любой форме, включая право на получение вознаграждения за каждый вид использования фонограммы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Исключительные права на использование фонограммы означают право осуществлять, разрешать или запрещать осуществление следующих действий: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) воспроизводить фонограмму в прямом и косвенном порядке и в любой форме; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) распространять оригинал и экземпляры фонограммы, в том числе и импорт, посредством продажи или иной передачи права собственности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) сдавать фонограмму в прокат (внаем) даже после ее распространения, осуществляемого производителем фонограммы или по его разрешению; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) переделывать или любым способом перерабатывать фонограмму; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) доводить фонограмму до всеобщего сведения.    </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Если экземпляры правомерно опубликованной фонограммы введены в гражданский оборот посредством их продажи, то допускается их дальнейшее распространение без согласия производителя фонограммы и без выплаты вознаграждения. Право на распространение экземпляров фонограммы путем сдачи их в прокат (внаем) принадлежит производителю фонограммы независимо от права собственности на эти экземпляры. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Исключительные права производителя фонограммы, предусмотренные пунктом 2 настоящей статьи, могут передаваться по договору другим лицам. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В статью 38 с изменением, внесенным Законом РК от 9 июля 2004 г. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 22 ноября 2005 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 90</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 39. Использование фонограммы, опубликованной в коммерческих целях, без согласия производителя фонограммы и исполнителя </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Допускается без согласия производителя фонограммы, опубликованной в коммерческих целях, и исполнителя, исполнение которого записано на такой фонограмме, но с выплатой вознаграждения: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) публичное исполнение фонограммы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) передача фонограммы в эфир; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) сообщение фонограммы для всеобщего сведения по кабелю. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Сбор, распределение и выплата вознаграждения, предусмотренного пунктом 1 настоящей статьи, осуществляются одной из организаций по коллективному управлению правами производителей фонограмм и исполнителей (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статья 43</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона) в соответствии с соглашением между этими организациями. Если этим соглашением не предусмотрено иное, указанное вознаграждение распределяется между производителем фонограммы и исполнителем поровну. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. Исключен Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Пользователи фонограмм должны предоставлять организации, указанной в пункте 2 настоящей статьи, программы, содержащие точные сведения о количестве использований фонограмм, а также иные сведения и документы, необходимые для сбора и распределения вознаграждения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 39 с изменением, внесенным Законом от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 40. Права организации эфирного и кабельного вещания </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Кроме предусмотренных настоящим Законом случаев, организации эфирного и (или) кабельного вещания в отношении ее передачи принадлежат исключительные права использовать в любой форме и давать разрешения на использование передачи, включая право на получение вознаграждения за предоставление такого разрешения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Исключительные права на использование передачи означают право осуществлять, разрешать или запрещать осуществление следующих действий: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) сообщать в эфир передачу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) сообщать передачу для всеобщего сведения по кабелю или передавать передачу в эфир, в том числе путем ретрансляции своих передач; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) записывать передачу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) воспроизводить запись передачи; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) сообщать передачу для всеобщего сведения в местах с платным входом; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) доводить передачу до всеобщего сведения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Исключительное право организации эфирного и (или) кабельного вещания, предусмотренное подпунктом 4) пункта 2 настоящей статьи, не распространяется на случаи, когда: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) запись передачи была произведена с согласия организации эфирного или кабельного вещания; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) воспроизведение передачи осуществляется в тех же целях, в которых была произведена ее запись в соответствии с положениями </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 41</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 40 с изменениями, внесенными законами РК от 9 июля 2004 г. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 22 ноября 2005 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 90</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона); от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 40-1. Передача исключительных прав. Лицензионный договор</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Исключительные права, перечисленные в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьях 37</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 38, 40 настоящего Закона, могут быть уступлены полностью или частично, а также могут быть переданы для использования по лицензионному договору о передаче исключительных или неисключительных прав. На такой договор распространяются требования, установленные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Исключен Законом РК от 10.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 179-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Дополнен статьей 40-1 - Законом РК от 9 июля 2004 г. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; с изменениями, внесенными Законом РК от 10.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 179-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 40-2. Минимальные ставки вознаграждения исполнителям и производителям фонограмм</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z332" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченным органом по согласованию с заинтересованными уполномоченными органами в сферах культуры, развития и поддержки частного предпринимательства устанавливаются минимальные ставки вознаграждения исполнителям и производителям фонограмм в случаях, когда практическое осуществление имущественных (исключительных) прав в индивидуальном порядке невозможно в связи с характером использования исполнений или фонограмм (публичным исполнением, в том числе на радио и телевидении, воспроизведением произведения посредством механической, магнитной или иной записи, репродуцированием и другими случаями, за исключением случаев, установленных статьей 26 настоящего Закона).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z333" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Организация по коллективному управлению правами при заключении договоров с пользователями не вправе устанавливать размеры ставок вознаграждения исполнителям и производителям фонограмм ниже минимальных ставок вознаграждения, установленных уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 3 дополнена статьей 40-2 в соответствии с Законом РК от 10.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 179-IV </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); в редакции Закона РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 41. Ограничения прав исполнителя, производителя фонограммы, организации эфирного или кабельного вещания </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Допускаются без согласия исполнителя, производителя фонограммы, организации эфирного или кабельного вещания и без выплаты вознаграждения использование исполнения, постановки, передач организаций эфирного или кабельного вещания и их записей, а также воспроизведение фонограммы: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) для включения в обзор о текущих событиях небольших отрывков из исполнения, постановки, фонограммы, передачи организации эфирного или кабельного вещания; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) исключительно в целях обучения или научного исследования; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) для цитирования в форме небольших отрывков из исполнения, постановки, фонограммы, передачи организации эфирного или кабельного вещания при условии, что такое цитирование осуществляется в информационных целях. При этом любое использование организацией эфирного или кабельного вещания экземпляров фонограммы, опубликованной в коммерческих целях, для передачи в эфир, сообщения для всеобщего сведения по кабелю или доведения до всеобщего сведения возможно при условии соблюдения положений </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 39</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) в иных случаях, установленных положениями </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статей 18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона, в отношении ограничения имущественных прав автора произведений науки, литературы и искусства. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В изъятие из положений </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статей 37</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>40</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона допускаются без согласия исполнителя, производителя фонограммы, организации эфирного или кабельного вещания использование передачи организации эфирного или кабельного вещания и ее записи, а также воспроизведение фонограммы исключительно в личных целях. Воспроизведение фонограммы допускается при условии выплаты вознаграждения в соответствии со статьей 26 настоящего Закона. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Не применяются положения статей 37, 38, 40 настоящего Закона в отношении получения разрешения исполнителя, производителя фонограммы и организации эфирного или кабельного вещания на осуществление записей краткосрочного пользования исполнения, постановки или передачи, на воспроизведение таких записей и на воспроизведение фонограммы, опубликованных в коммерческих целях, если запись краткосрочного пользования или воспроизведение осуществляются организацией эфирного вещания с помощью ее собственного оборудования и для ее собственной передачи при условии: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) предварительного получения организацией эфирного вещания разрешения на передачу в эфир самой постановки, исполнения или передачи, в отношении которых в соответствии с положениями настоящего пункта осуществляется запись краткосрочного пользования или воспроизведение такой записи; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) ее уничтожения в пределах срока, который устанавливается в отношении записи краткосрочного пользования произведений науки, литературы и искусства, производимой организацией эфирного вещания в соответствии с положениями </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона, за исключением записи, которая может быть сохранена в архивах на основании ее исключительно документального характера. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Ограничения, предусмотренные настоящей статьей, применяются без ущерба нормальному использованию фонограммы, исполнения, постановки, передачи организации эфирного или кабельного вещания и их записей, а также включенных в них произведений науки, литературы и искусства, и без ущемления законных интересов исполнителя, производителя фонограммы, организации эфирного или кабельного вещания и авторов указанных произведений. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В статью 41 внесены изменения - Законом РК от 9 июля 2004 г. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 22 ноября 2005 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 90</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 42. Срок действия смежных прав </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Права, предусмотренные настоящей главой в отношении исполнителя, действуют в течение семидесяти лет после первого исполнения или постановки. Права исполнителя на имя и на защиту исполнения или постановки от всякого искажения или иного посягательства, способного нанести ущерб чести и достоинству исполнителя, установленные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 37</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона, охраняются бессрочно. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Права, предусмотренные настоящей главой в отношении производителя фонограммы, действуют в течение семидесяти лет после первого опубликования фонограммы либо в течение семидесяти лет после ее первой записи, если фонограмма не была опубликована в течение этого срока. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Права, предусмотренные настоящей главой в отношении организации эфирного вещания, действуют в течение семидесяти лет после осуществления такой организацией первой передачи в эфир. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Права, предусмотренные настоящей главой в отношении организации кабельного вещания, действуют в течение семидесяти лет после осуществления такой организацией первого сообщения для всеобщего сведения по кабелю. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Радио и телепередачи (передачи в эфир), в отношении которых не истек семидесятилетний срок с момента правомерного обнародования или создания, если они не были обнародованы, с даты введения в действие настоящего Закона охраняются в течение оставшегося срока как объекты смежных прав. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Исчисление сроков, предусмотренных пунктами 1, 2, 3, 4 настоящей статьи, начинается с первого января года, следующего за годом, в котором имел место юридический факт, являющийся основанием для начала течения срока. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. В случае, если исполнитель был репрессирован и реабилитирован посмертно, то срок охраны прав, предусмотренный настоящей статьей, начинает действовать с первого января года, следующего за годом реабилитации. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. К наследникам (в отношении юридических лиц - правопреемникам) исполнителя, производителя фонограммы, организации эфирного или кабельного вещания переходит право разрешать использование исполнения, постановки, фонограммы, передачи организаций эфирного или кабельного вещания и на получение вознаграждения в пределах оставшейся части сроков, указанных в пунктах 1, 2, 3, 4 настоящей статьи. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. Истечение срока действия смежных прав на исполнения, постановки, фонограммы, передачи организаций эфирного или кабельного вещания означает их переход в общественное достояние. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В отношении объектов смежных прав, перешедших в общественное достояние, применяются положения </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона с учетом положений </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статей 34</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-42 настоящего Закона. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В статью 42 внесены изменения - Законом РК от 9 июля 2004 г. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 22 ноября 2005 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 90</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Коллективное управление имущественными правами</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 43. Цели и сферы коллективного управления имущественными правами </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z104" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Авторы произведений науки, литературы и искусства, исполнители, производители фонограмм или иные обладатели авторских и смежных прав в целях практического осуществления их имущественных прав вправе создавать организации по коллективному управлению правами. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z105" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Организация по коллективному управлению правами не вправе заниматься коммерческой деятельностью, а также осуществлять использование произведений и объектов смежных прав, полученных для управления на коллективной основе. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z106" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Допускается создание отдельных организаций по различным правам и различным категориям обладателей прав, либо организаций, управляющих разными правами в интересах одной категории обладателей прав, либо организаций, управляющих одним видом прав в интересах разных категорий обладателей прав. Такие организации создаются непосредственно обладателями авторских и смежных прав и действуют в пределах полномочий, полученных от них, на основе устава. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Организации по коллективному управлению правами, могут создаваться, в частности, в следующих сферах коллективного управления: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z107" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) управление исключительными правами на обнародованные музыкальные произведения (с текстом или без текста) и отрывки музыкально-драматических произведений в отношении их публичного исполнения, сообщения для всеобщего сведения по кабелю или передачи в эфир, в том числе путем ретрансляции, а также доведения до всеобщего сведения; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z108" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) осуществление прав композиторов, являющихся авторами музыкальных произведений (с текстом или без текста), использованных в аудиовизуальном произведении, на получение вознаграждения за публичное исполнение или сообщение для всеобщего сведения по кабелю или передачу в эфир, а также доведение до всеобщего сведения такого аудиовизуального произведения; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z109" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) управление правом следования в отношении произведения изобразительного искусства; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z110" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) осуществление прав авторов, исполнителей, производителей фонограмм и аудиовизуальных произведений на получение вознаграждения за воспроизведение фонограмм и аудиовизуальных произведений в личных целях и без получения дохода; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z111" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) осуществление прав исполнителей и производителей фонограмм на получение вознаграждения за публичное исполнение, сообщение для всеобщего сведения по кабелю или передачу в эфир, а также доведение до всеобщего сведения фонограмм, опубликованных в коммерческих целях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) исключен Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z113" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) управление правами на репродуцирование (репрографическое воспроизведение) обнародованных произведений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) исключен Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В ч.1 пункта 4 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Полномочия на коллективное управление имущественными правами передаются непосредственно обладателями авторских и смежных прав добровольно на основании письменных договоров, а также по соответствующим договорам с иностранными организациями, управляющими аналогичными правами, с учетом положений пункта 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 46-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z321" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом обладатели авторских и смежных прав могут передать такие полномочия только одной организации по коллективному управлению правами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z115" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Уставы организаций по коллективному управлению правами должны содержать положения, отвечающие требованиям настоящего Закона. Отказ в регистрации организации по коллективному управлению правами допускается в случаях нарушения требования настоящего Закона, а также законодательства, устанавливающего порядок регистрации некоммерческих организаций. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z116" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Руководство деятельностью указанной организации осуществляют обладатели авторских и смежных прав, имущественными правами которых она управляет. Принятие решения относительно размера вознаграждения и условия заключения лицензионного договора с пользователями, способа распределения и выплаты собранного вознаграждения и иных принципиальных вопросов деятельности такой организации осуществляется исключительно обладателями авторских и смежных прав коллегиально на общем собрании. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 43 в редакции Закона РК от 10.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 179-IV </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); с изменениями, внесенными законами РК от 12.01.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 537-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 20.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 44. Деятельность организаций по коллективному управлению правами </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z236" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Любой автор, его наследник или иной обладатель авторских и смежных прав, охраняемых в соответствии с главами 2 и 3 настоящего Закона, вправе передать осуществление своих имущественных прав организации по коллективному управлению правами а организация обязана принять на себя осуществление этих прав на коллективной основе, если управление такой категорией прав относится к уставной деятельности этой организации. Указанные организации не вправе осуществлять использование произведений и объектов смежных прав, полученных для управления на коллективной основе. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z237" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. На основе полномочий, полученных в соответствии с пунктом 3 статьи 43 настоящего Закона, организация по коллективному управлению правами заключает лицензионные договоры с пользователями на соответствующие способы использования произведений и объектов смежных прав. Условия таких лицензионных договоров должны быть одинаковыми для всех пользователей одной категории. Указанные организации не вправе отказать в заключении лицензионных договоров пользователю без достаточных на то оснований.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 2-1 предусматривается изменение Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие со дня введения в действие Цифрового кодекса РК).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1. Пользователи обязаны посредством единой цифровой платформы заключать договор и представлять отчет организации по коллективному управлению правами об использовании объектов авторских и смежных прав, а также иные сведения и документы, необходимые для сбора и распределения вознаграждения, перечень и сроки представления которых определяются в лицензионном договоре, в письменном виде либо в форме электронного документа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Исключен Законом РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z238" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Все возможные имущественные претензии обладателей авторских и смежных прав к пользователям, связанные с использованием их произведений и объектов смежных прав по таким лицензионным договорам, должны быть урегулированы организацией, заключающей лицензионные договоры. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z235" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Организация по коллективному управлению правами обязана принимать меры для распределения и выплаты собранного вознаграждения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В ч.2 пункта 5 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае невозможности распределения и идентификации собранного вознаграждения в связи с непредставлением отчетов пользователей об использовании объектов авторских и смежных прав организация по коллективному управлению правами обязана сохранять такое нераспределенное вознаграждение, а по истечении трех лет с даты его поступления на счет организации включить его в распределяемые суммы в порядке, определяемом общим собранием обладателей авторских и смежных прав.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ч.3 пункта 5 предусматривается в редакции Закона РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Суммы собранного вознаграждения, распределенные и начисленные конкретным обладателям авторских и смежных прав, должны сохраняться на счете организации по коллективному управлению правами и быть выплачены соответствующему автору и (или) правообладателю по мере нахождения или обращения таких лиц вне зависимости от срока хранения таких сумм на счете организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 44 с изменениями, внесенными законами РК от 09.07.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 10.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 179-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 07.04.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 300-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 20.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 45. Функции организаций по коллективному управлению правами</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Организация по коллективному управлению правами должна выполнять от имени представляемых ею обладателей авторских и смежных прав и на основе полученных от них полномочий следующие функции: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 1) предусматривается изменение Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие со дня введения в действие Цифрового кодекса РК).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) заключать лицензионные договоры с пользователями на использование прав, управлением которых занимается такая организация, в письменном виде либо в форме электронного документа; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) согласовывать с пользователями размер вознаграждения и другие условия, на которых заключаются лицензионные договоры; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) согласовывать с пользователями размер вознаграждения в тех случаях, когда эта организация занимается сбором такого вознаграждения без заключения лицензионного договора (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статья 26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и пункт 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 39</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) собирать предусмотренное лицензионным договором вознаграждение и (или) вознаграждение, предусмотренное подпунктом 3) настоящей статьи, с соблюдением требований </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 166 Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) распределять и выплачивать собранное в соответствии с подпунктом 4) настоящей статьи вознаграждение представляемым ею обладателям авторских и смежных прав; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) совершать любые юридические действия, необходимые для защиты прав, управлением которых занимается такая организация. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 45 с изменениями, внесенными законами РК от 10.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 179-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 20.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 45-1. Единая цифровая платформа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z348" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Экспертная организация осуществляет управление единой цифровой платформой и предоставляет единую точку доступа к ее использованию в сфере коллективного управления правами в порядке, определенном уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z349" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Для обеспечения функционирования единой цифровой платформы экспертная организация осуществляет формирование и ведение следующих реестров в сфере управления имущественными правами на коллективной основе (далее – реестры):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z350" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) реестра произведений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z351" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) реестра авторов и правообладателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z352" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) реестра организаций по коллективному управлению правами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z353" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) реестра пользователей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z354" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) реестра договоров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z355" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) иных реестров, необходимых для функционирования единой цифровой платформы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z356" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Формирование и ведение реестров осуществляются в порядке, определенном уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 4 дополнена статьей 45-1 в соответствии с Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 46. Обязанности организаций по коллективному управлению правами</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z117" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Деятельность организации по коллективному управлению правами осуществляется в интересах обладателей авторских и смежных прав, представляемых такой организацией. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В этих целях организация обязана: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z118" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) одновременно с выплатой вознаграждения представлять через личный кабинет на интернет-ресурсе организации и единой цифровой платформе обладателям авторских и смежных прав отчеты, содержащие сведения об использовании их прав, в том числе о размере собранного вознаграждения и об удержанных из него суммах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z357" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) использовать единую цифровую платформу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 2) предусматриваются изменения законами РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2029); от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) использовать собранное в соответствии с положениями подпункта 4) статьи 45 настоящего Закона вознаграждение для распределения и выплаты обладателям авторских и смежных прав. Распределение и выплата вознаграждения должны осуществляться справедливо, без дискриминации по признаку гражданства, страны проживания, категории правообладателя и иным основаниям. При этом организация вправе вычитать из собранного вознаграждения суммы на покрытие своих фактических расходов по сбору, распределению и выплате такого вознаграждения, а также суммы, которые направляются в специальные фонды, создаваемые этой организацией с согласия и в интересах представляемых ею обладателей авторских и смежных прав. Суммы на покрытие своих фактических расходов по сбору, распределению и выплате вознаграждения, а также направляемые в специальные фонды, не должны превышать тридцать процентов от общей суммы собранного вознаграждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z358" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом суммы на покрытие своих фактических расходов по сбору, распределению и выплате вознаграждения должны производиться пропорционально каждой сумме, причитающейся каждому правообладателю;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z359" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) вносить в единую цифровую платформу сведения о собранном, распределенном, выплаченном вознаграждении, а также вознаграждении, направленном на покрытие расходов организации по коллективному управлению правами, в порядке и по форме, которые определены уполномоченным органом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z120" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) распределять и не менее одного раза в квартал выплачивать собранные суммы вознаграждения казахстанским обладателям авторских и смежных прав и не менее одного раза в год – иностранным организациям, управляющим аналогичными правами, за вычетом сумм, указанных в подпункте 2) настоящего пункта, пропорционально фактическому использованию произведений и объектов смежных прав. При этом организация обязана принимать меры по установлению правообладателей, имеющих право на получение вознаграждения в соответствии с заключенными этой организацией лицензионными договорами и договорами о выплате вознаграждения, в том числе использовать для этой цели информацию, полученную от других организаций по коллективному управлению правами средств массовой информации, распространяемых на всей территории Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z121" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) формировать реестры, содержащие сведения о правообладателях, о правах, переданных ей в управление, а также об объектах авторских и смежных прав. Сведения, содержащиеся в таких реестрах, представляются всем заинтересованным лицам, за исключением сведений, которые в соответствии с законом не могут разглашаться без согласия правообладателя; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z122" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) создать интернет-ресурс в целях информирования о деятельности организации по коллективному управлению правами обеспечить доступность интернет-ресурса в круглосуточном режиме, открытость информации, размещаемой на нем, а также предоставление такой информации на безвозмездной основе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 6) предусматривается в редакции Закона РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) размещать на интернет-ресурсе и единой цифровой платформе информацию о правах, переданных ей в управление, включая наименование объекта авторских или смежных прав, имя автора или иного правообладателя, а в случае передачи прав по договорам о взаимном представительстве интересов с организацией по коллективному управлению правами, – наименование такой организации, ставках вознаграждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z124" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) размещать на своем интернет-ресурсе и единой цифровой платформе информацию о представителях организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z239" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) обнародовать отчеты, направляемые в уполномоченный орган, в средствах массовой информации, распространяемых на всей территории Республики Казахстан, на своем интернет-ресурсе и единой цифровой платформе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z240" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) размещать на своем интернет-ресурсе и единой цифровой платформе информацию о договорах, заключенных с пользователями, включая наименование пользователя и его место нахождения, а также дату заключения такого договора;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z322" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) заключать договоры о взаимном представительстве интересов с организациями по коллективному управлению правами на территории Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 11) предусматривается изменение Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие со дня введения в действие Цифрового кодекса РК).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) уведомить в письменном виде или в форме электронного документа уполномоченный орган о времени и месте проведения общего собрания не позднее чем за десять рабочих дней до даты проведения общего собрания, а также обеспечить доступ к нему.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z360" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) не позднее десяти рабочих дней размещать на единой цифровой платформе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z361" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      изменения, внесенные в устав и иные учредительные документы такой организации, зарегистрированные в органах юстиции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z362" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      копии заключенных двусторонних и многосторонних договоров о взаимном представительстве интересов с иностранными организациями, управляющими аналогичными правами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z363" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      копии решений общего собрания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z324" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1. Организация по коллективному управлению правами обязана не реже одного раза в два года привлекать независимую аудиторскую организацию для проведения аудита ее бухгалтерской (финансовой) отчетности, а также проверки ведения и документального оформления операций с деньгами при осуществлении сбора, распределения и выплаты вознаграждения, соответствия распределения собранного вознаграждения требованиям, предусмотренным утвержденной такой организацией методикой, учета целевых поступлений и выплат, осуществленных из специальных фондов, соблюдения иных требований, предъявляемых к деятельности такой организации и установленных настоящей статьей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z325" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Организация по коллективному управлению правами обязана опубликовывать на своем интернет-ресурсе и единой цифровой платформе в месячный срок с даты утверждения (подписания) аудиторское заключение и результаты проверки вместе с соответствующей бухгалтерской (финансовой) отчетностью, которые должны находиться в открытом доступе для правообладателей в течение пяти лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z326" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бухгалтерская (финансовая) отчетность и иная информация, предусмотренная частью первой настоящего пункта, подлежащие аудиту и проверке, не могут быть отнесены к информации, содержащей сведения конфиденциального характера, коммерческой или иной охраняемой законом тайне.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z327" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Расходы на проведение аудита и проверки включаются в состав расходов организации по коллективному управлению правами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z125" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Обладатели авторских и смежных прав, не предоставившие полномочий организации по коллективному управлению правами в отношении сбора вознаграждения, предусмотренного в подпункте 4) статьи 45 настоящего Закона, вправе потребовать от нее выплатить причитающееся им вознаграждение в соответствии с произведенным распределением, а также исключить свои произведения и объекты смежных прав из разрешений, предоставляемых этой организацией пользователям.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По истечении трех месяцев со дня получения от обладателя авторских и (или) смежных прав соответствующего уведомления организация по коллективному управлению правами обязана исключить указанные ими права и (или) объекты из лицензионных договоров со всеми пользователями и разместить информацию об этом в средствах массовой информации, распространяемых на всей территории Республики Казахстан, на своем интернет-ресурсе и единой цифровой платформе. Организация по коллективному управлению правами обязана уплатить обладателю авторских и (или) смежных прав причитающееся ему вознаграждение, полученное от пользователей в соответствии с ранее заключенными лицензионными договорами, и представить ему отчет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Организация по коллективному управлению правами из репертуара которой обладателями авторских и смежных прав были исключены произведения и объекты смежных прав, не вправе по истечении срока, указанного в части второй настоящего пункта, предоставлять пользователям разрешение на их использование.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Статью 46 предусматривается дополнить пунктами 3 и 4 в соответствии с Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 46 в редакции Закона РК от 10.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 179-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); с изменениями, внесенными законами РК от 12.01.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 537-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 07.04.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 300-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 20.06.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 161-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 20.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 46-1. Аккредитация организаций по коллективному управлению правами </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z128" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Организация по коллективному управлению правами вправе получить свидетельство об аккредитации в уполномоченном органе на осуществление деятельности в сферах коллективного управления, предусмотренных пунктом 3 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 43</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z129" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Аккредитация проводится по каждой из сфер, предусмотренных пунктом 3 статьи 43 настоящего Закона, отдельно. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Организация по коллективному управлению правами может получить свидетельство об аккредитации на осуществление деятельности в одной, двух и более сферах коллективного управления, указанных в пункте 3 статьи 43 настоящего Закона. Форма свидетельства об аккредитации организации по коллективному управлению правами устанавливается уполномоченным органом. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Организация по коллективному управлению правами получившая свидетельство об аккредитации, вправе наряду с управлением правами тех правообладателей, с которыми она заключила договоры об управлении правами, осуществлять сбор вознаграждения для тех правообладателей, с которыми такие договоры не заключены. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 4 дополнена статьей 46-1 в соответствии с Законом РК от 10.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 179-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 46-2. Порядок проведения аккредитации организаций по коллективному управлению правами </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z130" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Аккредитация организаций по коллективному управлению правами является добровольной и осуществляется уполномоченным органом на основании заявления организации по коллективному управлению правами в соответствии с заключением комиссии по аккредитации организаций по коллективному управлению правами (далее – комиссия по аккредитации). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z131" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Состав и положение о комиссии по аккредитации, правила проведения аккредитации, квалификационные требования к организациям по коллективному управлению правами утверждаются уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z365" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Информация о дате проведения заседания комиссии по аккредитации размещается уполномоченным органом в периодических печатных изданиях, распространяемых на всей территории Республики Казахстан, и на его интернет-ресурсе не позднее чем за тридцать рабочих дней до даты проведения заседания комиссии по аккредитации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Исключен Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Исключен Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Исключен Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Исключен Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Исключен Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z139" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Решение об отказе в аккредитации организации по коллективному управлению правами может быть обжаловано в порядке, установленном законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z140" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. Информация об аккредитованных организациях размещается уполномоченным органом на его интернет-ресурсе. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. Исключен Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. Исключен Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 4 дополнена статьей 46-2 в соответствии с Законом РК от 10.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 179-IV </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); с изменениями, внесенными законами РК от 12.01.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 537-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 07.04.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 300-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 20.06.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 161-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 20.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 47. Контроль за деятельностью организаций по коллективному управлению правами</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 1 предусматривается в редакции Закона РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Организация по коллективному управлению правами авторов, исполнителей, производителей фонограмм или иных обладателей авторских и (или) смежных прав обязана ежегодно не позднее 15 апреля года, следующего за отчетным, предоставлять уполномоченному органу посредством единой цифровой платформы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) исключен Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) исключен Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) исключен Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z288" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) годовой баланс, годовой отчет, включая сведения о собранных, распределенных, нераспределенных, выплаченных, невыплаченных, невостребованных вознаграждениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z289" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) информацию о филиалах и представительствах на местах, осуществляющих функции по сбору, распределению и выплате вознаграждения за использование объектов авторского права или смежных прав.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z290" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Организация по коллективному управлению правами не реже одного раза в два года также представляет в уполномоченный орган в срок не позднее 15 апреля аудиторский отчет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z252" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Уполномоченный орган вправе затребовать от организаций по коллективному управлению правами дополнительную информацию и документы, необходимые для проверки соответствия деятельности организации настоящему Закону, законодательству Республики Казахстан о некоммерческих организациях или иному законодательству, а также уставу такой организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 47 с изменениями, внесенными законами РК от 10.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 179-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 12.01.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 537-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 07.04.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 300-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 20.06.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 161-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 47-1. Отзыв свидетельства об аккредитации организаций по коллективному управлению правами </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z225" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Свидетельство об аккредитации организаций по коллективному управлению правами отзывается уполномоченным органом в случаях: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z226" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) выявления недостоверных сведений в документах, послуживших основанием для принятия решения об аккредитации; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) исключен Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) исключен Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z229" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществления коммерческой деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z222" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) невыполнения обязанностей, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 46</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) исключен Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) исключен Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z253" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) привлечения к административной ответственности за воспрепятствование должностным лицам органов государственного контроля и надзора в выполнении ими служебных обязанностей, а также невыполнение постановлений, предписаний и иных требований;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z329" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) применения ставок вознаграждения авторам, исполнителям и производителям фонограмм ниже минимальных ставок вознаграждения, установленных уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 4 дополнена статьей 47-1 в соответствии с Законом РК от 10.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 179-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); с изменениями, внесенными законами РК от 12.01.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 537-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 07.04.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 300-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 20.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 47-2. Прекращение действия свидетельства об аккредитации организаций по коллективному управлению правами </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Свидетельство об аккредитации организаций по коллективному управлению правами прекращает свое действие в случаях: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) истечения срока, на который выдано свидетельство об аккредитации; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) принятия решения о добровольном возврате свидетельства об аккредитации уполномоченному органу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) отзыва свидетельства об аккредитации; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) ликвидации организации по коллективному управлению правами. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Информация о прекращении действия свидетельства об аккредитации организаций по коллективному управлению правами размещается на интернет-ресурсе уполномоченного органа и единой цифровой платформе в месячный срок со дня наступления случаев, указанных в пункте 1 настоящей статьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 4 дополнена статьей 47-2 в соответствии с Законом РК от 10.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 179-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); с изменением, внесенным Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 47-3. Приостановление действия свидетельства об аккредитации организаций по коллективному управлению правами</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z367" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Действие свидетельства об аккредитации организаций по коллективному управлению правами приостанавливается уполномоченным органом на три месяца в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z368" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) непредставления в уполномоченный орган в установленный срок ежегодного отчета о деятельности аккредитованной организации; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z369" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) представления в уполномоченный орган ежегодного отчета о деятельности аккредитованной организации, содержащего заведомо ложные сведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z370" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Информация о приостановлении действия свидетельства об аккредитации организаций по коллективному управлению правами размещается на интернет-ресурсе уполномоченного органа и единой цифровой платформе в однодневный срок со дня наступления случаев, указанных в пункте 1 настоящей статьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 4 дополнена статьей 47-3 в соответствии с Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Защита авторских и смежных прав</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 48. Нарушение авторских и смежных прав</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z145" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. За нарушение предусмотренных настоящим Законом авторских и (или) смежных прав наступает ответственность в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z146" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В отношении произведений или объектов смежных прав не допускаются: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z147" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) осуществление без разрешения автора или иного правообладателя действий, направленных на снятие ограничений использования произведений или объектов смежных прав, установленных путем применения технических средств защиты авторского права и смежных прав; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z148" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) изготовление, распространение, сдача в прокат, предоставление во временное пользование, импорт, реклама любого устройства или его компонентов, их использование в целях получения дохода либо оказание услуг в случаях, если в результате таких действий становится невозможным использование технических средств защиты авторского права и смежных прав либо эти технические средства не могут обеспечить надлежащую защиту указанных прав; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z149" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) удаление или изменение без разрешения автора или иного правообладателя информации об управлении правами; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z150" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) воспроизведение, распространение, импорт в целях распространения, публичное исполнение, сообщение для всеобщего сведения в эфир (в том числе ретрансляция) или по кабелю, доведение до всеобщего сведения произведений или объектов смежных прав, в отношении которых без разрешения автора или иного правообладателя была удалена или изменена информация об управлении имущественными правами. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 48 в редакции Закона РК от 10.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 179-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); с изменениями, внесенными законами РК от 12.01.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 537-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 22.11.2005 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 90</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 48-1. Контроль за деятельностью физических и юридических лиц, использующих объекты авторского права и смежных прав</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Глава 5 дополнена статьей 48-1 в соответствии с Законом РК от 09.07.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; исключена Законом РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 48-2. Контроль за деятельностью физических и юридических лиц, использующих объекты авторского права и смежных прав</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z372" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Контроль за деятельностью физических и юридических лиц, использующих объекты авторского права и смежных прав, осуществляет уполномоченный орган.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z373" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Лица, указанные в пункте 1 настоящей статьи, обязаны по запросу уполномоченного органа представлять сведения об использованных произведениях или объектах смежных прав, доходах, полученных в результате использования объектов авторского права или смежных прав, а также сведения и документы, касающиеся выплат авторского вознаграждения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 5 дополнена статьей 48-2 в соответствии с Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 8. Произведения, не являющиеся объектами авторского права</w:t>
-[...314 lines deleted...]
-    <w:bookmarkEnd w:id="56"/>
+        <w:t>Статья 49. Защита авторских и смежных прав</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z254" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Защита авторских и смежных прав осуществляется судом путем: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) признания прав; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) восстановления положения, существовавшего до нарушения права; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) пресечения действий, нарушающих право или создающих угрозу его нарушения; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) возмещения убытков, включая упущенную выгоду; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) взыскания дохода, полученного нарушителем вследствие нарушения авторских и (или) смежных прав;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) выплаты компенсации в сумме от ста месячных расчетных показателей до пятнадцати тысяч месячных расчетных показателей, определяемой по усмотрению суда, или в двукратном размере стоимости экземпляров произведения или в двукратном размере стоимости права использования произведения, определяемой исходя из цены, которая при сравнимых обстоятельствах обычно взимается за правомерное использование произведения. Размер компенсации определяется судом вместо возмещения убытков или взыскания дохода;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) принятия иных предусмотренных законодательными актами мер, связанных с защитой их прав. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Указанные в подпунктах 4), 5) и 6) настоящего пункта меры применяются по выбору правообладателя.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">4. Исключен Законом РК от 20.06.2018 </w:t>
+        <w:t xml:space="preserve">1-1. Исключен Законом РК от 20.06.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 161-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении трех месяцев после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...13623 lines deleted...]
-        <w:t xml:space="preserve"> Глава 5. Защита авторских и смежных прав</w:t>
+    </w:p>
+    <w:bookmarkStart w:name="z255" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. До рассмотрения дела судья единолично вправе вынести определение о запрещении ответчику изготовления, воспроизведения, реализации, использования экземпляров объектов авторского права и (или) смежных прав, в отношении которых предполагается, что они являются контрафактными. Судья также вправе вынести определение о наложении ареста и изъятии всех экземпляров объектов авторского права и (или) смежных прав, в отношении которых предполагается, что они являются контрафактными, а также материалов и оборудования, предназначенных для их изготовления и воспроизведения. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="196"/>
-    <w:p>
-[...32 lines deleted...]
-      1. За нарушение предусмотренных настоящим Законом авторских и (или) смежных прав наступает ответственность в соответствии с законами Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z256" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Суд вправе вынести решение о конфискации контрафактных экземпляров объектов авторского права и (или) смежных прав, а также материалов и оборудования, используемых для их воспроизведения. Контрафактные экземпляры объектов авторского права и (или) смежных прав могут быть переданы обладателю авторских или смежных прав по его требованию либо по решению суда подлежат уничтожению. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z146" w:id="198"/>
-[...608 lines deleted...]
-    <w:bookmarkEnd w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Материалы и оборудование, используемые для их воспроизведения, подлежат по решению суда уничтожению либо передаче в доход государства. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -17819,55 +22992,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>