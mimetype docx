--- v0 (2025-10-07)
+++ v1 (2025-12-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="acec056" w14:textId="acec056">
+    <w:p w14:paraId="d0de687" w14:textId="d0de687">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -4285,826 +4285,752 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) исполнять письменные требования прокурора, связанные с осуществлением им надзорных функций;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z35" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) представлять по запросу уполномоченного органа по финансовому мониторингу сведения из собственных информационных систем в соответствии с законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22-1) осуществлять меры по защите и продвижению национальных интересов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) осуществлять иные функции, предусмотренные настоящим Законом, иными законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...40 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Сноска. Статья 12 с изменениями, внесенными законами РК от 16.05.1997 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 110</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 09.12.1998 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 307</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 21.03.2002 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 309</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 09.08.2002 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 346</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 28.08.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 192-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 08.03.2010); от 27.05.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 279-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 05.07.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 13.10.2011); от 13.02.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 553-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 08.01.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 63-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 16.01.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 13.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 159-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 10.06.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 206-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.07.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 227-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2015); от 23.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 417-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 419-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2016); от 22.12.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 28.12.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двух месяцев после дня его первого официального опубликования); от 30.12.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 41-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2021); от 13.06.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 69-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 11.07.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2020); от 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 325-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 16.11.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 375-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 14.03.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 206-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 23.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 51-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 202-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 219-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
-      </w:r>
-[...694 lines deleted...]
-        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -5644,70 +5570,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае необходимости использования иными субъектами внешней разведки и специальными государственными органами в целях, предусмотренных настоящим подпунктом, документов государственных органов, требующих регистрации в государственных органах, в том числе выдаваемых ими документов, по заявке органов национальной безопасности соответствующие государственные органы на безвозмездной основе изготавливают и (или) оформляют их в порядке, определенном совместными нормативными правовыми актами;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18) создавать в установленном законодательством Республики Казахстан порядке организации и подразделения, необходимые для выполнения обязанностей, возложенных на органы национальной безопасности, и обеспечения деятельности указанных органов; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="20"/>
+    <w:bookmarkStart w:name="z33" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) разрабатывать, создавать, приобретать и использовать средства специальной связи, вооружения и оснащения, включая специальные технические и иные средства, при этом разработка, производство и принятие на вооружение государственных шифровальных средств и их специальной защиты (от технических средств разведки) осуществляются в порядке, установленном законодательством Республики Казахстан. Заключать в этих целях договоры, контракты с государственными органами и организациями Республики Казахстан, специальными службами и организациями иностранных государств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) проводить научные исследования по проблемам обеспечения безопасности Республики Казахстан, разрабатывать и создавать информационные системы и системы специальных видов связи;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -5974,196 +5900,264 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21-1) использовать видеокамеры и иные виды электронного оборудования государственных органов и иных организаций в порядке, определенном совместными нормативными правовыми актами или соглашениями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="21"/>
+    <w:bookmarkStart w:name="z67" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21-2) осуществлять межведомственную координацию по вопросам функционирования единого шлюза доступа к Интернету и единого шлюза электронной почты "электронного правительства";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z68" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z68" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21-3) осуществлять развитие единого шлюза доступа к Интернету и единого шлюза электронной почты "электронного правительства";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z69" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z69" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21-4) осуществлять государственный контроль за применением сертификата безопасности операторами связи; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z70" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z70" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21-5) осуществлять государственный контроль за порядком присоединения сетей операторов связи к точкам обмена интернет-трафиком и пропуска интернет-трафика;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z71" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z71" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21-6) определять порядок присоединения сетей операторов связи к точкам обмена интернет-трафиком и пропуска интернет-трафика;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z72" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z72" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21-7) определять порядок выдачи и применения сертификата безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z73" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z73" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21-8) определять удостоверяющий центр информационной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Статью 13 предусматривается дополнить подпунктом 21-9) в соответствии с Законом РК от 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      22) (исключен);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -7015,68 +7009,68 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Статья 145 исключена Законом РК от 23.12.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="28"/>
+    <w:bookmarkStart w:name="z5" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3-1. ПРИМЕНЕНИЕ СОТРУДНИКАМИ И ВОЕННОСЛУЖАЩИМИ ОРГАНОВ НАЦИОНАЛЬНОЙ БЕЗОПАСНОСТИ ФИЗИЧЕСКОЙ СИЛЫ, СПЕЦИАЛЬНЫХ СРЕДСТВ, ОРУЖИЯ И ВОЕННОЙ ТЕХНИКИ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Закон дополнен главой 3-1 в соответствии с Законом РК от 13.02.2012 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7588,70 +7582,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) для остановки транспортного средства, водитель которого не выполнил требование сотрудника или военнослужащего органов национальной безопасности остановиться, если другими способами невозможно предотвратить реальную угрозу для охраняемых лиц;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) в случаях необходимой обороны и крайней необходимости;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="29"/>
+    <w:bookmarkStart w:name="z90" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) для пресечения нарушения воздушного пространства беспилотными воздушными судами над территорией объектов органов национальной безопасности Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Запрещается применять специальные средства в сторону охраняемого лица, а также в отношении женщин с видимыми признаками беременности, лиц с явными признаками инвалидности и малолетних, кроме случаев совершения ими нападения на сотрудников или военнослужащих органов национальной безопасности, граждан и охраняемых лиц, угрожающего их жизни и здоровью, группового нападения либо оказания вооруженного сопротивления.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7979,70 +7973,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) для подачи сигнала тревоги или вызова помощи;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) в случаях необходимой обороны и крайней необходимости;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z91" w:id="30"/>
+    <w:bookmarkStart w:name="z91" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) для пресечения нарушения воздушного пространства беспилотными воздушными судами над территорией объектов органов национальной безопасности Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Запрещается применять оружие в сторону охраняемых лиц, а также в отношении женщин, лиц с явными признаками инвалидности и несовершеннолетних, за исключением случаев наличия реальной угрозы здоровью и жизни граждан, сотрудников или военнослужащих органов национальной безопасности, а также совершения ими вооруженного нападения, оказания ими вооруженного сопротивления, группового нападения, захвата заложников, объектов, транспортных средств, в том числе воздушных судов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8173,80 +8167,80 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="31"/>
+    <w:bookmarkStart w:name="z36" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Кадры органов национальной безопасности и их правовое положение</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 16. Состав кадров органов национальной безопасности</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -8371,150 +8365,150 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 17. Сотрудники и военнослужащие органов национальной безопасности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="32"/>
+    <w:bookmarkStart w:name="z22" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Исключен Законом РК от 23.12.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z24" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z24" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Органы военной контрразведки могут комплектоваться военнослужащими, перемещенными из Вооруженных Сил, других войск и воинских формирований Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z26" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z26" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Для решения задач по обеспечению безопасности государства сотрудники и военнослужащие органов национальной безопасности могут быть прикомандированы к государственным органам, а также организациям с согласия их руководителей в установленном порядке с оставлением на службе в специальных государственных органах и действительной воинской службе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z29" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z29" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Сотрудники состоят на специальном учете в органах национальной безопасности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Офицерский состав и военнослужащие, проходящие воинскую службу по контракту на должностях солдат, матросов, сержантов и старшин органов национальной безопасности, состоят в кадрах, действующем резерве или запасе органов национальной безопасности.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -8561,70 +8555,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z93" w:id="36"/>
+    <w:bookmarkStart w:name="z93" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Сотрудники органов национальной безопасности могут переходить в категорию военнослужащих органов национальной безопасности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9228,110 +9222,110 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Сотрудники и военнослужащие органов национальной безопасности и члены их семей пользуются медицинским и санаторно-курортным обслуживанием в порядке, установленном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. В случае гибели сотрудника или военнослужащего органов национальной безопасности при исполнении служебных обязанностей или профессионального долга семья погибшего имеет право на получение не позднее одного года со дня его гибели жилища из государственного жилищного фонда на условиях и в порядке, установленных жилищным законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z75" w:id="37"/>
+    <w:bookmarkStart w:name="z75" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Официальные представители органов национальной безопасности в загранучреждениях Республики Казахстан и их помощники, направленные в загранучреждения Республики Казахстан, приравниваются к соответствующим должностям сотрудников дипломатической службы Республики Казахстан в вопросах дипломатических привилегий и иммунитета, оплаты и условий труда, а также социального и медицинского обеспечения, в том числе членов их семей, предусмотренных законодательством Республики Казахстан о дипломатической службе. При этом за официальными представителями органов национальной безопасности в загранучреждениях Республики Казахстан и их помощниками сохраняются оклад по специальному или воинскому званию, надбавки за особые условия прохождения службы и другие надбавки, а также права, гарантии, льготы, компенсации, установленные законодательством Республики Казахстан для сотрудников и военнослужащих специальных государственных органов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z76" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z76" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Финансирование деятельности официальных представителей органов национальной безопасности в загранучреждениях Республики Казахстан и их помощников, направленных в загранучреждения Республики Казахстан, осуществляется в объеме и порядке, установленных законодательством Республики Казахстан о дипломатической службе, по приравненным должностям за счет бюджетных средств, выделенных для Комитета национальной безопасности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z77" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z77" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Приравнивание должностей официальных представителей органов национальной безопасности в загранучреждениях Республики Казахстан и их помощников к сотрудникам дипломатической службы Республики Казахстан загранучреждений Республики Казахстан осуществляется согласно совместному решению Председателя Комитета национальной безопасности и Министра иностранных дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9660,80 +9654,80 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="40"/>
+    <w:bookmarkStart w:name="z50" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Заключительные и переходные положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 23. Обеспечение органов национальной безопасности</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -10201,70 +10195,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 27. Порядок вступления в силу настоящего Закона </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящий Закон вступает в силу с 1 января 1996 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z97" w:id="41"/>
+    <w:bookmarkStart w:name="z97" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Приостановить до 1 января 2024 года действие подпунктов 13-1) и 13-2) статьи 12 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>