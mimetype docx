--- v1 (2025-12-17)
+++ v2 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d0de687" w14:textId="d0de687">
+    <w:p w14:paraId="4fed9ee" w14:textId="4fed9ee">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -544,91 +544,167 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двух месяцев после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z81" w:id="8"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 3) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) противодействие техническим разведкам – деятельность в сфере информационной безопасности, направленная на предотвращение утечки по техническим каналам сведений, составляющих государственные секреты, преднамеренного воздействия на них техническими средствами, включая программные и аппаратно-программные;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z74" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) официальный представитель органов национальной безопасности в загранучреждении Республики Казахстан, его помощники – сотрудники, военнослужащие, состоящие в штате органов национальной безопасности и направленные в загранучреждения Республики Казахстан для выполнения задач по обеспечению национальной безопасности.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z74" w:id="9"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -846,70 +922,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О внешней разведке";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осуществление контрразведывательной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="10"/>
+    <w:bookmarkStart w:name="z66" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-1) координация и осуществление деятельности по противодействию техническим разведкам в отношении сведений, составляющих государственные секреты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) выявление, предупреждение и пресечение терроризма и иной деятельности, направленной на насильственное изменение конституционного строя, нарушение целостности и подрыв безопасности Республики Казахстан; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1645,70 +1721,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Права и свободы человека и гражданина могут быть ограничены исключительно в случаях и порядке, прямо предусмотренных законом. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. В пределах, установленных законодательством, органы национальной безопасности обязаны обеспечить каждому гражданину возможность ознакомиться с затрагивающими его права и интересы документами, и решениями. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="11"/>
+    <w:bookmarkStart w:name="z98" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Действия (бездействие) органов национальной безопасности, их сотрудников, военнослужащих и работников могут быть обжалованы в вышестоящие органы национальной безопасности, прокуратуру, суд в порядке, установленном законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1922,92 +1998,92 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="12"/>
+    <w:bookmarkStart w:name="z12" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Система и организация деятельности</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>органов национальной безопасности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 7. Система органов национальной безопасности</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3413,81 +3489,149 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z27" w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Главу 2 предусматривается дополнить статьей 11-1 в соответствии с Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Компетенция органов национальной безопасности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 12. Обязанности органов национальной безопасности</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3623,70 +3767,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) разрабатывать и осуществлять меры по контрразведывательной защите сведений, составляющих государственные секреты, в государственных органах, воинских формированиях, частях и организациях, а также контролировать их деятельность в указанной сфере. Проводить специальную проверку граждан Республики Казахстан, оформляемых (переоформляемых) на допуск к информации, составляющей государственную и служебную тайну;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) участвовать в разработке и осуществлении мер по обеспечению безопасности объектов оборонного комплекса, атомной энергетики, транспорта и связи, объектов жизнеобеспечения регионов и других стратегических объектов, перечень которых определяет Правительство Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z103" w:id="14"/>
+    <w:bookmarkStart w:name="z103" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-1) участвовать в выполнении задач территориальной обороны Республики Казахстан в соответствии с Законом Республики Казахстан "О территориальной обороне Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) исключен Законом РК от 27.05.2010 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3809,90 +3953,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12-1) участвовать в обеспечении безопасности Президента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) обеспечивать охрану и защиту Государственной границы Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z95" w:id="15"/>
+    <w:bookmarkStart w:name="z95" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13-1) осуществлять процедуру подтверждения личности по дактилоскопической информации в отношении лиц, прошедших дактилоскопическую регистрацию, при пересечении Государственной границы Республики Казахстан;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z96" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-2) осуществлять дактилоскопическую регистрацию иностранцев и лиц без гражданства, подлежащих выдворению за пределы Республики Казахстан либо подпадающих под действие международных договоров о реадмиссии, ратифицированных Республикой Казахстан;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z96" w:id="16"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3965,70 +4109,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) организовать шифровальную и дешифровальную работу, эксплуатировать, развивать правительственную связь, шифрованную и засекреченную связь, а также сети телекоммуникаций специального назначения, используемые в интересах органов национальной безопасности, обеспечивать их безопасность;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16-1) организовывать и нести боевое дежурство в органах национальной безопасности в порядке, определяемом Председателем Комитета национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z99" w:id="17"/>
+    <w:bookmarkStart w:name="z99" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16-2) организовывать и нести боевую службу в органах национальной безопасности в порядке, определяемом Председателем Комитета национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) осуществлять меры по обеспечению собственной безопасности, в том числе по предотвращению технического проникновения к сведениям органов национальной безопасности, составляющим государственные секреты;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4129,90 +4273,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18) обеспечивать мобилизационную готовность органов национальной безопасности; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19) осуществлять подготовку кадров для органов национальной безопасности, их переподготовку и повышение квалификации; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z102" w:id="18"/>
+    <w:bookmarkStart w:name="z102" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19-1) осуществлять работу, направленную на патриотическое, нравственное и духовное воспитание кадрового состава и предупреждение правонарушений в органах национальной безопасности, в порядке, определяемом Председателем Комитета национальной безопасности;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z18" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) проводить обязательную специальную проверку граждан Республики Казахстан, впервые поступающих на государственную службу или вновь поступающих на государственную службу после ее прекращения, а также претендующих на занятие должности судьи, служащего Национального Банка Республики Казахстан и его ведомств, служащего уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций, авиационного инспектора уполномоченной организации в сфере гражданской авиации, осуществляющего контрольные и надзорные функции в области авиационной безопасности, в случаях, пределах и порядке, которые установлены законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z18" w:id="19"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20-1) проводить обязательную специальную проверку иностранцев, привлекаемых на работу в государственные органы Республики Казахстан, в пределах и порядке, установленных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4285,70 +4429,164 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) исполнять письменные требования прокурора, связанные с осуществлением им надзорных функций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 22) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) представлять по запросу уполномоченного органа по финансовому мониторингу сведения из собственных информационных систем в соответствии с законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22-1) осуществлять меры по защите и продвижению национальных интересов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5368,50 +5606,136 @@
       12-1) объявлять физическим и юридическим лицам в письменной форме обязательные для исполнения официальные предостережения о недопустимости деяния (действия или бездействия), создающего условия для совершения уголовных правонарушений, расследование которых отнесено законодательством Республики Казахстан к ведению органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13) пресекать использование на территории Республики Казахстан передающих радиоэлектронных средств, используемых с нарушением установленных правил или законодательства Республики Казахстан о защите государственных секретов; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 14) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) получать безвозмездно и с соблюдением установленных законодательными актами Республики Казахстан требований к разглашению сведений, составляющих коммерческую, банковскую и иную охраняемую законом тайну, от государственных органов, воинских формирований, частей и организаций информацию, необходимую для выполнения задач, возложенных на органы национальной безопасности, включая электронные информационные ресурсы, которые предоставляются из информационных систем государственных органов и организаций, в порядке, установленном совместными нормативными правовыми актами с указанными государственными органами, а с организациями – соглашениями;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -5570,70 +5894,156 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае необходимости использования иными субъектами внешней разведки и специальными государственными органами в целях, предусмотренных настоящим подпунктом, документов государственных органов, требующих регистрации в государственных органах, в том числе выдаваемых ими документов, по заявке органов национальной безопасности соответствующие государственные органы на безвозмездной основе изготавливают и (или) оформляют их в порядке, определенном совместными нормативными правовыми актами;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18) создавать в установленном законодательством Республики Казахстан порядке организации и подразделения, необходимые для выполнения обязанностей, возложенных на органы национальной безопасности, и обеспечения деятельности указанных органов; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="21"/>
+    <w:bookmarkStart w:name="z33" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) разрабатывать, создавать, приобретать и использовать средства специальной связи, вооружения и оснащения, включая специальные технические и иные средства, при этом разработка, производство и принятие на вооружение государственных шифровальных средств и их специальной защиты (от технических средств разведки) осуществляются в порядке, установленном законодательством Республики Казахстан. Заключать в этих целях договоры, контракты с государственными органами и организациями Республики Казахстан, специальными службами и организациями иностранных государств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 20) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) проводить научные исследования по проблемам обеспечения безопасности Республики Казахстан, разрабатывать и создавать информационные системы и системы специальных видов связи;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -5900,190 +6310,472 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21-1) использовать видеокамеры и иные виды электронного оборудования государственных органов и иных организаций в порядке, определенном совместными нормативными правовыми актами или соглашениями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 21-2) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21-2) осуществлять межведомственную координацию по вопросам функционирования единого шлюза доступа к Интернету и единого шлюза электронной почты "электронного правительства";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z68" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 21-3) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21-3) осуществлять развитие единого шлюза доступа к Интернету и единого шлюза электронной почты "электронного правительства";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z69" w:id="24"/>
+    <w:bookmarkStart w:name="z69" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21-4) осуществлять государственный контроль за применением сертификата безопасности операторами связи; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z70" w:id="25"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z70" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21-5) осуществлять государственный контроль за порядком присоединения сетей операторов связи к точкам обмена интернет-трафиком и пропуска интернет-трафика;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z71" w:id="26"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z71" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21-6) определять порядок присоединения сетей операторов связи к точкам обмена интернет-трафиком и пропуска интернет-трафика;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z72" w:id="27"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z72" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21-7) определять порядок выдачи и применения сертификата безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z73" w:id="28"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 21-8) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21-8) определять удостоверяющий центр информационной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7009,68 +7701,68 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Статья 145 исключена Законом РК от 23.12.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="29"/>
+    <w:bookmarkStart w:name="z5" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3-1. ПРИМЕНЕНИЕ СОТРУДНИКАМИ И ВОЕННОСЛУЖАЩИМИ ОРГАНОВ НАЦИОНАЛЬНОЙ БЕЗОПАСНОСТИ ФИЗИЧЕСКОЙ СИЛЫ, СПЕЦИАЛЬНЫХ СРЕДСТВ, ОРУЖИЯ И ВОЕННОЙ ТЕХНИКИ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Закон дополнен главой 3-1 в соответствии с Законом РК от 13.02.2012 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7582,70 +8274,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) для остановки транспортного средства, водитель которого не выполнил требование сотрудника или военнослужащего органов национальной безопасности остановиться, если другими способами невозможно предотвратить реальную угрозу для охраняемых лиц;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) в случаях необходимой обороны и крайней необходимости;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="30"/>
+    <w:bookmarkStart w:name="z90" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) для пресечения нарушения воздушного пространства беспилотными воздушными судами над территорией объектов органов национальной безопасности Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Запрещается применять специальные средства в сторону охраняемого лица, а также в отношении женщин с видимыми признаками беременности, лиц с явными признаками инвалидности и малолетних, кроме случаев совершения ими нападения на сотрудников или военнослужащих органов национальной безопасности, граждан и охраняемых лиц, угрожающего их жизни и здоровью, группового нападения либо оказания вооруженного сопротивления.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7973,70 +8665,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) для подачи сигнала тревоги или вызова помощи;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) в случаях необходимой обороны и крайней необходимости;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z91" w:id="31"/>
+    <w:bookmarkStart w:name="z91" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) для пресечения нарушения воздушного пространства беспилотными воздушными судами над территорией объектов органов национальной безопасности Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Запрещается применять оружие в сторону охраняемых лиц, а также в отношении женщин, лиц с явными признаками инвалидности и несовершеннолетних, за исключением случаев наличия реальной угрозы здоровью и жизни граждан, сотрудников или военнослужащих органов национальной безопасности, а также совершения ими вооруженного нападения, оказания ими вооруженного сопротивления, группового нападения, захвата заложников, объектов, транспортных средств, в том числе воздушных судов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8167,80 +8859,80 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkStart w:name="z36" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Кадры органов национальной безопасности и их правовое положение</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 16. Состав кадров органов национальной безопасности</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -8365,150 +9057,150 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 17. Сотрудники и военнослужащие органов национальной безопасности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="33"/>
+    <w:bookmarkStart w:name="z22" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Исключен Законом РК от 23.12.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z24" w:id="34"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z24" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Органы военной контрразведки могут комплектоваться военнослужащими, перемещенными из Вооруженных Сил, других войск и воинских формирований Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z26" w:id="35"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z26" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Для решения задач по обеспечению безопасности государства сотрудники и военнослужащие органов национальной безопасности могут быть прикомандированы к государственным органам, а также организациям с согласия их руководителей в установленном порядке с оставлением на службе в специальных государственных органах и действительной воинской службе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z29" w:id="36"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z29" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Сотрудники состоят на специальном учете в органах национальной безопасности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Офицерский состав и военнослужащие, проходящие воинскую службу по контракту на должностях солдат, матросов, сержантов и старшин органов национальной безопасности, состоят в кадрах, действующем резерве или запасе органов национальной безопасности.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -8555,70 +9247,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z93" w:id="37"/>
+    <w:bookmarkStart w:name="z93" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Сотрудники органов национальной безопасности могут переходить в категорию военнослужащих органов национальной безопасности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9222,110 +9914,110 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Сотрудники и военнослужащие органов национальной безопасности и члены их семей пользуются медицинским и санаторно-курортным обслуживанием в порядке, установленном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. В случае гибели сотрудника или военнослужащего органов национальной безопасности при исполнении служебных обязанностей или профессионального долга семья погибшего имеет право на получение не позднее одного года со дня его гибели жилища из государственного жилищного фонда на условиях и в порядке, установленных жилищным законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z75" w:id="38"/>
+    <w:bookmarkStart w:name="z75" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Официальные представители органов национальной безопасности в загранучреждениях Республики Казахстан и их помощники, направленные в загранучреждения Республики Казахстан, приравниваются к соответствующим должностям сотрудников дипломатической службы Республики Казахстан в вопросах дипломатических привилегий и иммунитета, оплаты и условий труда, а также социального и медицинского обеспечения, в том числе членов их семей, предусмотренных законодательством Республики Казахстан о дипломатической службе. При этом за официальными представителями органов национальной безопасности в загранучреждениях Республики Казахстан и их помощниками сохраняются оклад по специальному или воинскому званию, надбавки за особые условия прохождения службы и другие надбавки, а также права, гарантии, льготы, компенсации, установленные законодательством Республики Казахстан для сотрудников и военнослужащих специальных государственных органов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z76" w:id="39"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z76" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Финансирование деятельности официальных представителей органов национальной безопасности в загранучреждениях Республики Казахстан и их помощников, направленных в загранучреждения Республики Казахстан, осуществляется в объеме и порядке, установленных законодательством Республики Казахстан о дипломатической службе, по приравненным должностям за счет бюджетных средств, выделенных для Комитета национальной безопасности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z77" w:id="40"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z77" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Приравнивание должностей официальных представителей органов национальной безопасности в загранучреждениях Республики Казахстан и их помощников к сотрудникам дипломатической службы Республики Казахстан загранучреждений Республики Казахстан осуществляется согласно совместному решению Председателя Комитета национальной безопасности и Министра иностранных дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9654,80 +10346,80 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="41"/>
+    <w:bookmarkStart w:name="z50" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Заключительные и переходные положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 23. Обеспечение органов национальной безопасности</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -10195,70 +10887,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 27. Порядок вступления в силу настоящего Закона </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящий Закон вступает в силу с 1 января 1996 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z97" w:id="42"/>
+    <w:bookmarkStart w:name="z97" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Приостановить до 1 января 2024 года действие подпунктов 13-1) и 13-2) статьи 12 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10694,55 +11386,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>