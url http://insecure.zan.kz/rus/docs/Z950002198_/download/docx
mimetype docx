--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="31f3d5a" w14:textId="31f3d5a">
+    <w:p w14:paraId="9426777" w14:textId="9426777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -7166,223 +7166,129 @@
         <w:t>
       4) передаче доли уставного капитала в доверительное управление;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
     <w:bookmarkStart w:name="z182" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) увеличении уставного капитала хозяйственных товариществ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:p>
-[...112 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z183" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) изменении и (или) дополнении видов экономической деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) изменении состава учредителей (участников, членов) некоммерческих организаций, за исключением политических партий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z215" w:id="132"/>
+    <w:bookmarkStart w:name="z215" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) изменении бенефициарного собственника юридического лица.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z234" w:id="133"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z234" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) изменении контактной информации (телефона, электронного адреса).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z185" w:id="134"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z185" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Изменения и дополнения в регистрационные данные юридического лица, филиала (представительства), указанные в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7437,209 +7343,209 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, 6), 7), 8) и 9) части первой настоящей статьи, вносятся в автоматическом режиме на основании электронного уведомления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkEnd w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Изменения и дополнения в регистрационные данные юридического лица, филиала (представительства), указанные в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункте 3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> части первой настоящей статьи, вносятся на основании электронного уведомления с приложением предусмотренных настоящей статьей документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z210" w:id="135"/>
+    <w:bookmarkStart w:name="z210" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Изменение места нахождения юридического лица, относящегося к субъекту частного предпринимательства, филиала (представительства), за исключением акционерного общества, филиала (представительства), осуществляется с согласия собственника недвижимого имущества посредством электронной цифровой подписи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z189" w:id="136"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z189" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исключение составляют случаи изменения наименования населенных пунктов, названий улиц в соответствии с требованиями Закона Республики Казахстан "Об административно-территориальном устройстве Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z190" w:id="137"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z190" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Несвоевременное извещение регистрирующего органа об изменении места нахождения юридического лица влечет административную ответственность в соответствии с Кодексом Республики Казахстан об административных правонарушениях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z192" w:id="138"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z192" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При изменении состава учредителей (участников, членов) некоммерческих организаций дополнительно представляется список учредителей (участников, членов) некоммерческой организации с указанием фамилии, имени, отчества (если оно указано в документе, удостоверяющем личность), числа, месяца, года рождения, индивидуального идентификационного номера, места жительства, номера контактного телефона, личной подписи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z193" w:id="139"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z193" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Юридические лица, филиалы (представительства) извещают регистрирующий орган о внесении изменений и дополнений в учредительные документы, указанных в части первой настоящей статьи, за исключением подпункта 5), в месячный срок со дня принятия решения о внесении изменений и дополнений в учредительные документы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z194" w:id="140"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z194" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Изменения и дополнения в регистрационные и иные сведения юридического лица, филиала (представительства) вносятся в течение трех рабочих дней с момента подачи электронного уведомления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkEnd w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7730,70 +7636,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Наличие судебных актов, постановлений (запретов, арестов) судебных исполнителей и правоохранительных органов, а также случаи, предусмотренные подпунктами 3), 4), 4-1), 5) и 8) части первой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, являются основаниями для оставления электронного уведомления без исполнения с извещением об этом заявителя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z196" w:id="141"/>
+    <w:bookmarkStart w:name="z196" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ответственность за полноту и достоверность внесенных сведений несет юридическое лицо, филиал (представительство).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkEnd w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7875,183 +7781,203 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 05.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 115-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 27.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 220-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="142"/>
+    <w:bookmarkStart w:name="z28" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 15. Выдача дубликата устава (положения) юридического лица, не относящегося к субъекту частного предпринимательства, а также акционерного общества, их филиалов и представительств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkEnd w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По заявлению юридического лица регистрирующий орган в течение одного рабочего дня производит выдачу дубликата устава (положения) юридического лица, не относящегося к субъекту частного предпринимательства, а также акционерного общества, их филиалов и представительств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z75" w:id="143"/>
+    <w:bookmarkStart w:name="z75" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для выдачи дубликата устава (положения) юридического лица, не относящегося к субъекту частного предпринимательства, а также акционерного общества, их филиалов и представительств представляются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z76" w:id="144"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z76" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заявление по форме, установленной Министерством юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z77" w:id="145"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z77" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) решение либо выписка из решения уполномоченного органа юридического лица о получении дубликата устава (положения), скрепленные печатью юридического лица (при ее наличии);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z78" w:id="146"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z78" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) документ, подтверждающий публикацию в периодическом печатном издании информации об утере подлинника устава (положения).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkEnd w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8110,148 +8036,148 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="147"/>
+    <w:bookmarkStart w:name="z30" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 16. Государственная регистрация прекращения деятельности юридического лица</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z79" w:id="148"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z79" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для государственной регистрации прекращения деятельности юридического лица по основанию ликвидации предоставляются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z145" w:id="149"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z145" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заявление о государственной регистрации ликвидации юридического лица по форме, установленной Министерством юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z146" w:id="150"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z146" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) решение собственника имущества юридического лица или уполномоченного собственником органа либо органа юридического лица, уполномоченного на то учредительными документами, скрепленное печатью юридического лица. В случае, если юридическое лицо является субъектом частного предпринимательства, скрепление документов печатью не требуется;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z147" w:id="151"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z147" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) документ, подтверждающий публикацию в периодических печатных изданиях, распространяемых на всей территории Республики Казахстан, информации о ликвидации юридического лица, порядке и сроках заявления претензий кредиторами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkEnd w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8334,308 +8260,308 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z150" w:id="152"/>
+    <w:bookmarkStart w:name="z150" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) документ, подтверждающий уплату в бюджет регистрационного сбора за государственную регистрацию прекращения деятельности юридического лица, являющегося некоммерческой организацией;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z151" w:id="153"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z151" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) документ, подтверждающий уплату в Государственную корпорацию "Правительство для граждан" за государственную регистрацию прекращения деятельности юридического лица, являющегося коммерческой организацией, за исключением юридических лиц, являющихся субъектами малого и среднего предпринимательства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z88" w:id="154"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z88" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заявление о государственной регистрации ликвидации юридического лица представляется в регистрирующий орган не ранее чем по истечении двух месяцев со дня опубликования информации о ликвидации юридического лица.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z89" w:id="155"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z89" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государственная регистрация прекращения деятельности юридического лица, в отношении которого судом вынесено решение о принудительной ликвидации юридического лица, осуществляется на основании такого решения, вступившего в законную силу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkEnd w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для государственной регистрации прекращения деятельности государственного предприятия, приватизированного как имущественный комплекс, покупателем представляются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z152" w:id="156"/>
+    <w:bookmarkStart w:name="z152" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заявление о государственной регистрации по форме, установленной Министерством юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z153" w:id="157"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z153" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) решение Правительства Республики Казахстан (местного исполнительного органа) о приватизации государственного предприятия как имущественного комплекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z154" w:id="158"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z154" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) копия договора купли-продажи имущественного комплекса государственного предприятия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z155" w:id="159"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z155" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) копия передаточного акта государственного предприятия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z156" w:id="160"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z156" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) документ, подтверждающий уплату за государственную регистрацию юридического лица или учетную регистрацию филиала (представительства).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z96" w:id="161"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z96" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Регистрирующий орган, получив решение о ликвидации юридического лица, проверяет соблюдение порядка ликвидации, установленного законодательными актами Республики Казахстан, вносит сведения о ликвидации юридического лица в Национальный реестр бизнес-идентификационных номеров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z97" w:id="162"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z97" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Органы государственных доходов на основании сведений Национального реестра бизнес-идентификационных номеров представляют сведения об отсутствии (наличии) задолженности, учет по которым ведется в органах государственных доходов, по прекращающему деятельность юридическому лицу либо отказывают в представлении указанных сведений о задолженности в случае неисполнения таким юридическим лицом обязательств в порядке, определенном Кодексом Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс) и Кодексом Республики Казахстан "О таможенном регулировании в Республике Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z98" w:id="163"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z98" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если в процессе проверки не выявлены нарушения порядка ликвидации, регистрирующий орган в течение пяти рабочих дней, следующих за днем подачи заявления о государственной регистрации ликвидации юридического лица с приложением необходимых документов, регистрирует прекращение деятельности юридического лица. Государственная регистрация прекращения деятельности субъекта естественной монополии осуществляется регистрирующим органом с предварительного согласия уполномоченного органа, осуществляющего руководство в сферах естественных монополий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkEnd w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При выявлении нарушений порядка ликвидации юридического лица, а также в случаях наличия не снятых с учетной регистрации филиалов (представительств) ликвидируемого юридического лица, задолженности, учет по которой ведется в органах государственных доходов, либо отказа органов государственных доходов в представлении указанных сведений о задолженности, неисполнения таким юридическим лицом обязательств в порядке, определенном Кодексом Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс) и Кодексом Республики Казахстан "О таможенном регулировании в Республике Казахстан", регистрирующий орган выносит решение об отказе в государственной регистрации прекращения деятельности юридического лица.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8646,70 +8572,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Юридическое лицо считается прекратившим свою деятельность после внесения об этом сведений в Национальный реестр бизнес-идентификационных номеров.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Деятельность юридических лиц, их филиалов (представительств) подлежит прекращению в принудительном порядке при одновременном соответствии следующим условиям: не обратившиеся в порядке, определенном уполномоченным органом в сфере государственной регистрации юридических лиц, в регистрирующий орган для формирования бизнес-идентификационного номера; не зарегистрированные в органах государственных доходов в качестве налогоплательщиков. Прекращение деятельности в принудительном порядке производится в судебном порядке по заявлению органа, осуществляющего государственную регистрацию юридических лиц. Исключение из Национального реестра бизнес-идентификационных номеров юридических лиц производится на основании решения суда о принудительной ликвидации, вступившего в законную силу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z211" w:id="164"/>
+    <w:bookmarkStart w:name="z211" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государственная регистрация прекращения деятельности юридического лица, за исключением политических партий и религиозных объединений, производится на основании электронного заявления, поданного посредством веб-портала "электронного правительства", а также иных объектов информатизации, в порядке, определяемом Министерством юстиции Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkEnd w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9008,88 +8934,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="165"/>
+    <w:bookmarkStart w:name="z36" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 16-1. Снятие с учетной регистрации филиала (представительства) юридического лица</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z129" w:id="166"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z129" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Филиал (представительство) подлежит снятию с учетной регистрации на основании:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkEnd w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заявления юридического лица о прекращении деятельности филиала (представительства) по форме, установленной Министерством юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9118,170 +9044,170 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) документа, подтверждающего уплату в бюджет регистрационного сбора за снятие с учетной регистрации филиала (представительства) юридического лица, являющегося некоммерческой организацией;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) документа, подтверждающего уплату в Государственную корпорацию "Правительство для граждан" за снятие с учетной регистрации филиала (представительства) юридического лица, являющегося коммерческой организацией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z128" w:id="167"/>
+    <w:bookmarkStart w:name="z128" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Органы государственных доходов на основании сведений Национального реестра бизнес-идентификационных номеров представляют сведения об отсутствии (наличии) задолженности, учет по которым ведется в органах государственных доходов, по прекращающему деятельность филиалу (представительству) иностранного юридического лица либо отказывают в представлении указанных сведений о задолженности в случае неисполнения таким филиалом (представительством) иностранного юридического лица обязательств в порядке, определенном Кодексом Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс) и Кодексом Республики Казахстан "О таможенном регулировании в Республике Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z133" w:id="168"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z133" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Снятие с учетной регистрации филиала (представительства) юридического лица, в отношении которого судом вынесено решение о признании должника банкротом и его ликвидации с возбуждением процедуры банкротства, осуществляется на основании вступившего в законную силу определения суда о завершении процедуры банкротства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z130" w:id="169"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z130" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Снятие с учетной регистрации филиала (представительства) юридического лица, в отношении которого судом вынесено решение о принудительной ликвидации юридического лица, осуществляется на основании такого решения, вступившего в законную силу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z201" w:id="170"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z201" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Филиал иностранного юридического лица, предметом деятельности которого является оказание финансовых услуг, подлежит снятию с учетной регистрации на основании документов, указанных в подпунктах 1), 2) и 4) части первой настоящей статьи и подпункте 3) части первой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z202" w:id="171"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z202" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случаях, предусмотренных законами Республики Казахстан, снятие с учетной регистрации филиала иностранного юридического лица, предметом деятельности которого является оказание финансовых услуг, осуществляется на основании решения уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций о завершении процедуры добровольного или принудительного прекращения деятельности филиала.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkEnd w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При выявлении нарушений порядка прекращения деятельности филиала (представительства) юридического лица, установленного законами Республики Казахстан, а также в случаях наличия задолженности, учет по которой ведется в органах государственных доходов, у филиала (представительства) иностранного юридического лица либо отказа органов государственных доходов в представлении указанных сведений о задолженности в случае неисполнения таким филиалом (представительством) иностранного юридического лица обязательств в порядке, определенном Кодексом Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс) и Кодексом Республики Казахстан "О таможенном регулировании в Республике Казахстан", регистрирующий орган выносит решение об отказе в снятии с учетной регистрации филиала (представительства).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9476,88 +9402,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 16.12.2020).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="172"/>
+    <w:bookmarkStart w:name="z32" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 17. Рассмотрение споров</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z205" w:id="173"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z205" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отказ в государственной регистрации юридических лиц и учетной регистрации филиалов (представительств), а также уклонение от такой регистрации, равно как и иные споры между учредителями юридического лица и регистрирующим органом могут быть обжалованы в порядке, установленном законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkEnd w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9576,146 +9502,146 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2021).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="174"/>
+    <w:bookmarkStart w:name="z34" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 18. Ответственность за нарушение закона</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkEnd w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Не допускается деятельность в качестве юридического лица без государственной регистрации. Доходы, полученные от деятельности без государственной регистрации, изымаются в доход республиканского бюджета в соответствии с законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z101" w:id="175"/>
+    <w:bookmarkStart w:name="z101" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       За непредставление в месячный срок сведений об изменениях данных юридического лица, влекущих его государственную перерегистрацию в установленном законом порядке, наступает ответственность в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z102" w:id="176"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z102" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае незаконного отказа регистрирующим органом в государственной (учетной) регистрации (перерегистрации) юридических лиц, филиалов (представительств), регистрации внесенных изменений и дополнений в учредительные документы юридических лиц, положения об их филиалах (представительствах) заявитель вправе требовать возмещения понесенных им убытков в судебном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z103" w:id="177"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z103" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае непредоставления акционерным обществом документов на государственную регистрацию выпуска акций или присвоение национальных идентификационных номеров в уполномоченный орган по регулированию, контролю и надзору финансового рынка и финансовых организаций в установленные сроки данное общество подлежит ликвидации или преобразованию в порядке, установленном законодательными актами Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkEnd w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9834,68 +9760,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2020).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="178"/>
+    <w:bookmarkStart w:name="z37" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 19. Порядок вступления в силу настоящего Закона</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkEnd w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящий Закон вступает в силу со дня опубликования.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>