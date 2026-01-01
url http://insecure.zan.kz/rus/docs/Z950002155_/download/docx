--- v0 (2025-10-02)
+++ v1 (2026-01-01)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="30aa992" w14:textId="30aa992">
+    <w:p w14:paraId="42117e3" w14:textId="42117e3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3673,1460 +3673,1386 @@
         <w:t>
       24) осуществляет контроль и надзор за соблюдением юридическими лицами, осуществляющими деятельность исключительно через обменные пункты на основании лицензии Национального Банка Казахстана на обменные операции с наличной иностранной валютой, требований законодательства Республики Казахстан о бухгалтерском учете и финансовой отчетности, правил автоматизации ведения бухгалтерского учета, а также требований законодательства Республики Казахстан о валютном регулировании и валютном контроле;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
     <w:bookmarkStart w:name="z1100" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24-1) в пределах компетенции участвует в проверках деятельности проверяемых субъектов, проводимых уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z1101" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24-2) осуществляет контроль за соблюдением юридическими лицами, осуществляющими деятельность исключительно через обменные пункты на основании лицензии Национального Банка Казахстана на обменные операции с наличной иностранной валютой, и платежными организациями требований законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения в части фиксирования, хранения и предоставления информации об операциях с деньгами и (или) иным имуществом, подлежащих финансовому мониторингу, надлежащей проверки клиентов (их представителей) и бенефициарных собственников, приостановления и отказа от проведения операций, подлежащих финансовому мониторингу, защиты документов, полученных в процессе своей деятельности, а также за организацией и реализацией внутреннего контроля в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z1190" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24-3) осуществляет контроль и надзор за соблюдением поставщиками платежных услуг, не являющимися банками и организациями, осуществляющими отдельные виды банковских операций, операторами платежных систем и операционными центрами платежных систем требований законодательства Республики Казахстан о платежах и платежных системах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z469" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) участвует в обслуживании государственного долга Правительства Республики Казахстан по согласованию с ним и обслуживает государственный долг Национального Банка Казахстана;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z470" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) устанавливает и публикует официальный курс национальной валюты Республики Казахстан к иностранным валютам согласно порядку, определяемому Национальным Банком Казахстана;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">27) исключен Законом РК от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-          <w:color w:val="ff0000"/>
+    </w:p>
+    <w:bookmarkStart w:name="z472" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) осуществляет мониторинг источников спроса и предложения, а также направлений использования иностранной валюты на внутреннем валютном рынке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z473" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) осуществляет без получения соответствующих лицензий банковскую деятельность, профессиональную деятельность на рынке ценных бумаг и иную деятельность, определенную законами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z1191" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29-1) определяет порядок открытия, ведения и закрытия банками, филиалами банков – нерезидентов Республики Казахстан металлических счетов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">30) исключен Законом РК от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z475" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) осуществляет доверительное управление Национальным фондом Республики Казахстан на основании договора о доверительном управлении, заключаемого между Национальным Банком Казахстана и Правительством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z476" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) осуществляет доверительное управление активами юридических лиц на основании договоров о доверительном управлении, заключаемых Национальным Банком Казахстана с юридическими лицами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z256" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32-1) осуществляет доверительное управление пенсионными активами единого накопительного пенсионного фонда на основании договора о доверительном управлении, заключаемого между Национальным Банком Казахстана и единым накопительным пенсионным фондом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z257" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32-2) предоставляет услуги по кастодиальному обслуживанию в отношении пенсионных активов единого накопительного пенсионного фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">33) исключен Законом РК от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z478" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34) участвует в подготовке кадров для государственных органов и финансовых организаций Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35) применяет по вопросам, входящим в его компетенцию, ограниченные меры воздействия к резидентам и нерезидентам, осуществляющим валютные операции и не являющимся финансовыми организациями, операторам платежных систем, операционным центрам платежных систем, а также поставщикам платежных услуг, не являющимся банками, филиалами банков – нерезидентов Республики Казахстан и организациями, осуществляющими отдельные виды банковских операций, меры надзорного реагирования к юридическим лицам, осуществляющим деятельность исключительно через обменные пункты на основании лицензии Национального Банка Казахстана на обменные операции с наличной иностранной валютой, и юридическим лицам, исключительной деятельностью которых является инкассация банкнот, монет и ценностей, а также санкции и иные меры, предусмотренные законами Республики Казахстан, и определяет порядок их применения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z659" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35-1) вводит особый режим регулирования в отношении платежных организаций и (или) иных юридических лиц, не являющихся финансовыми организациями, в целях осуществления деятельности, связанной с платежными услугами, и регулирует их деятельность в пределах компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z480" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36) осуществляет приобретение товаров, работ, услуг в порядке, определяемом нормативными правовыми актами Национального Банка Казахстана;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z481" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37) присваивает, аннулирует и определяет использование банковских идентификационных кодов, присваивает и аннулирует коды банков и организаций, осуществляющих отдельные виды банковских операций, и коды филиалов банков и организаций, осуществляющих отдельные виды банковских операций, устанавливает их структуру, а также формирует и ведет Справочник банков и организаций, осуществляющих отдельные виды банковских операций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">37-1) исключен Законом РК от 13.03.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 53-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z482" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38) создает консультативно-совещательные органы Национального Банка Казахстана;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">38-1) исключен Законом РК от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1102" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38-2) в пределах компетенции сотрудничает с центральными банками, контрольными и надзорными органами других государств, международными и иными организациями и вправе обмениваться с соблюдением конфиденциальности информацией, составляющей коммерческую тайну на рынке ценных бумаг, банковскую тайну, тайну страхования или иную охраняемую законом тайну, необходимой для осуществления контрольных и надзорных функций, на основании и в соответствии с международным договором Республики Казахстан, договором, предусматривающим обмен конфиденциальной информацией.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Под иными организациями, указанными в части первой настоящего подпункта, понимаются объединения центральных банков, контрольных и надзорных органов других государств, созданные с целью выработки единых стандартов регулирования деятельности банковского сектора, рынка ценных бумаг и страхового рынка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1192" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38-3) проводит исследования в области денежно-кредитной политики, финансовой стабильности и других направлениях, связанных с его деятельностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z1193" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38-4) разрабатывает и утверждает обязательные для исполнения финансовыми организациями, филиалами банков – нерезидентов Республики Казахстан, филиалами страховых (перестраховочных) организаций – нерезидентов Республики Казахстан, филиалами страховых брокеров – нерезидентов Республики Казахстан, другими физическими и юридическими лицами на территории Республики Казахстан нормативные правовые акты в соответствии с настоящим Законом и законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z483" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39) осуществляет иные функции и полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 8 в редакции Закона РК от 05.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); с изменениями, внесенными законами РК от 21.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 10.06.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 206-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 27.04.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 311-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 422-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>); от 26.07.2016</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 12-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении тридцати календарных дней после дня его первого официального опубликования); от 13.03.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 53-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 399-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2021); от 01.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 131-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 12.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 138-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 219-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...76 lines deleted...]
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z17" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...1217 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Капитал и резервы Национального Банка Казахстана</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Название главы - в редакции Закона РК от 16 июля 1999 г. N </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5156,70 +5082,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 9. Уставный капитал Национального Банка Казахстана</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Уставный капитал Национального Банка Казахстана принадлежит государству и формируется в размере не менее 20 миллиардов казахстанских тенге путем отчислений от нераспределенного чистого дохода. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z128" w:id="83"/>
+    <w:bookmarkStart w:name="z128" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Национальный Банк Казахстана самостоятельно осуществляет от имени Республики Казахстан права владения, пользования и распоряжения закрепленным за ним имуществом, находящимся на его балансе в порядке, определяемом Национальным Банком Казахстана. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5511,70 +5437,70 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие с 01.01.2016).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Резервный капитал Национального Банка Казахстана формируется в размере не менее уставного капитала, пополняется за счет нераспределенного чистого дохода и предназначается исключительно для компенсации потерь и возмещения убытков по проводимым операциям в порядке, установленном Правлением Национального Банка Казахстана. Счет переоценки золотовалютных резервов и иных активов в иностранной валюте предназначен для учета дохода от их переоценки. Счет переоценки основных средств предназначен для учета результатов индексации основных средств Национального Банка Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z290" w:id="84"/>
+    <w:bookmarkStart w:name="z290" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       За счет расходов Национального Банка Казахстана формируются провизии (резервы) по сомнительным и безнадежным требованиям, включая кредиты, депозиты, ценные бумаги, убытки при расчетах, остатки на счетах и другие активы, включающие объемы незавершенного строительства, прочие требования по немонетарной деятельности Национального Банка Казахстана и выплаты социального характера.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5668,120 +5594,120 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 11. Доход Национального Банка Казахстана</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Чистый доход Национального Банка Казахстана за финансовый год определяется как разница между фактически полученными доходами и расходами, относящимися к данному финансовому году. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z291" w:id="85"/>
+    <w:bookmarkStart w:name="z291" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нераспределенным чистым доходом Национального Банка Казахстана является чистый доход Национального Банка Казахстана, за исключением суммы курсовой переоценки, относимой на счета переоценки золотовалютных резервов и иных активов в иностранной валюте, скорректированный на суммы переоценки основных средств и нематериальных активов. Нераспределенный чистый доход направляется на увеличение уставного и (или) резервного капиталов в размере, установленном Правлением Национального Банка Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z292" w:id="86"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z292" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       После утверждения Президентом Республики Казахстан годового отчета Национального Банка Казахстана оставшаяся часть нераспределенного чистого дохода перечисляется в государственный бюджет с отсрочкой на один финансовый год. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z1039" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z1039" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>В случае, если размер резервного капитала составляет менее суммы уставного капитала, то весь нераспределенный чистый доход остается в распоряжении Национального Банка Казахстана и направляется на пополнение резервного капитала до достижения им размера уставного капитала. При недостаточности средств резервного капитала для возмещения убытков финансового года непокрытые убытки компенсируются Национальному Банку Казахстана в полном объеме за счет средств государственного бюджета с отсрочкой на один финансовый год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5860,80 +5786,80 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования). </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="88"/>
+    <w:bookmarkStart w:name="z25" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Структура и органы Национального Банка Казахстана. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Порядок их формирования и компетенция</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Название главы - в редакции Закона РК от 16 июля 1999 г. N </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5963,90 +5889,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 12. Структура и органы Национального Банка Казахстана</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Национальный Банк Казахстана представляет собой единую централизованную структуру с вертикальной схемой подчинения. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z294" w:id="89"/>
+    <w:bookmarkStart w:name="z294" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Органами Национального Банка Казахстана являются Правление, Комитет по денежно-кредитной политике и Совет директоров. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z295" w:id="90"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z295" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В структуру Национального Банка Казахстана входят центральный аппарат, состоящий из департаментов и других подразделений, филиалы, представительства, ведомства и организации Национального Банка Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6220,110 +6146,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 13. Председатель Национального Банка Казахстана</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Председатель Национального Банка Казахстана назначается Президентом Республики Казахстан с согласия Сената Парламента сроком на 6 лет. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z296" w:id="91"/>
+    <w:bookmarkStart w:name="z296" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Председатель действует от имени и представляет без доверенности Национальный Банк Казахстана в отношениях с государственными органами, банками, финансовыми, международными, иностранными и другими организациями. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z297" w:id="92"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z297" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Председатель Национального Банка Казахстана наделен полномочиями принимать оперативные и исполнительно-распорядительные решения по вопросам деятельности Национального Банка Казахстана, за исключением полномочий, оговоренных настоящим Законом для Правления Национального Банка Казахстана, заключать от имени Национального Банка Казахстана договоры. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z298" w:id="93"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z298" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Председатель Национального Банка Казахстана ответственен за деятельность Национального Банка Казахстана. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6457,870 +6383,870 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 14. Заместители Председателя Национального Банка Казахстана</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Заместители Председателя Национального Банка Казахстана назначаются Президентом Республики Казахстан по представлению Председателя Национального Банка Казахстана сроком на 6 лет, независимо от сроков назначения Председателя Национального Банка Казахстана. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z299" w:id="94"/>
+    <w:bookmarkStart w:name="z299" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Заместители Председателя представляют Национальный Банк Казахстана без доверенности, подписывают документы в пределах своей компетенции. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z146" w:id="95"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z146" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 15. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правление Национального Банка Казахстана и его полномочия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z1194" w:id="96"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z1194" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Высшим органом Национального Банка Казахстана является Правление.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z1195" w:id="97"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z1195" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Правление Национального Банка Казахстана, в том числе по согласованию либо совместно с уполномоченными государственными органами в соответствии с их компетенцией, принимает акты по вопросам:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z1196" w:id="98"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z1196" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) разработки и проведения денежно-кредитной политики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z1197" w:id="99"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z1197" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) эмиссии банкнот и монет национальной валюты Республики Казахстан, наличного денежного обращения, включая продажу, выкуп, обмен, замену, определение платежности и изъятие из обращения банкнот и монет, осуществления кассовых операций и операций по инкассации банкнот, монет и ценностей, перевозки, хранения и инкассации банкнот, монет и ценностей на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z1198" w:id="100"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z1198" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) организации и функционирования платежных систем, регулирования платежных систем, регулирования рынка платежных услуг, а также осуществления платежей и (или) переводов денег в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z1199" w:id="101"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z1199" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) валютного регулирования и валютного контроля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z1200" w:id="102"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z1200" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) установления официального курса национальной валюты Республики Казахстан к иностранным валютам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z1201" w:id="103"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z1201" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) осуществления обменных операций с наличной иностранной валютой в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z1202" w:id="104"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z1202" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) организации охраны и устройства помещений в пределах компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z1203" w:id="105"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z1203" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) применения ограниченных мер воздействия и мер надзорного реагирования в пределах компетенции, установленной настоящим Законом, иными законами Республики Казахстан и актами Президента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z1204" w:id="106"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z1204" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) управления активами в иностранной валюте и драгоценных металлах, в том числе по их передаче во внешнее управление;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z1205" w:id="107"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z1205" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) реализации приоритетного права государства на приобретение аффинированного золота для пополнения активов в драгоценных металлах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z1206" w:id="108"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z1206" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) содействия обеспечению стабильности финансовой системы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z1207" w:id="109"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z1207" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) снятия субъектами предпринимательства наличных денег с банковских счетов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z1208" w:id="110"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z1208" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) представления статистических форм отчетов по статистике внешнего сектора в рамках компетенции, установленной законами Республики Казахстан и актами Президента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z1209" w:id="111"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z1209" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) сбора административных данных (представления финансовой и иной отчетности) в рамках компетенции, установленной законами Республики Казахстан и актами Президента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z1210" w:id="112"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z1210" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) введения и отмены Национальным Банком Казахстана особого режима регулирования, осуществления деятельности, связанной с цифровыми активами и (или) платежными услугами, в рамках особого режима регулирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z1211" w:id="113"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z1211" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) регулирования системы бухгалтерского учета и финансовой отчетности, в том числе типовых планов счетов, стандартов финансовой отчетности по вопросам, не урегулированным международными стандартами финансовой отчетности, методических рекомендаций к ним, а также автоматизации ведения бухгалтерского учета в финансовых организациях, филиалах банков – нерезидентов Республики Казахстан, филиалах страховых (перестраховочных) организаций – нерезидентов Республики Казахстан, филиалах страховых брокеров – нерезидентов Республики Казахстан, Банке Развития Казахстана;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z1212" w:id="114"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z1212" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) лицензирования деятельности юридических лиц, осуществляющих свою деятельность исключительно через обменные пункты, и юридических лиц, исключительной деятельностью которых является инкассация банкнот, монет и ценностей, а также учетной регистрации платежных организаций в Национальном Банке Казахстана;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z1213" w:id="115"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z1213" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) установления требований к безопасности и беспрерывности работы информационных систем банков, филиалов банков – нерезидентов Республики Казахстан и организаций, осуществляющих отдельные виды банковских операций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z1214" w:id="116"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z1214" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) открытия, ведения и закрытия банками, филиалами банков –нерезидентов Республики Казахстан металлических счетов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z1215" w:id="117"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z1215" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) проведения операций с документарными аккредитивами банками Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z1216" w:id="118"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z1216" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) банковского обслуживания Национальным Банком Казахстана;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z1217" w:id="119"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z1217" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) осуществления Национальным Банком Казахстана дилерской и брокерской деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z1218" w:id="120"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z1218" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) доверительного управления Национальным фондом Республики Казахстан, пенсионными активами единого накопительного пенсионного фонда и активами юридических лиц, осуществления инвестиционных операций Национального фонда Республики Казахстан, выбора внешних управляющих Национального фонда Республики Казахстан, пенсионными активами единого накопительного пенсионного фонда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z1219" w:id="121"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z1219" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) осуществления в Национальном Банке Казахстана операций с иностранной валютой, обращенной в собственность государства по отдельным основаниям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z1220" w:id="122"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z1220" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) назначения на должность и прекращения трудового договора со служащими Национального Банка Казахстана и его ведомств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z1221" w:id="123"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z1221" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) приобретения товаров, работ и услуг Национальным Банком Казахстана, его ведомствами, организациями, входящими в его структуру, и юридическими лицами, пятьдесят и более процентов голосующих акций (долей участия в уставном капитале) которых принадлежат Национальному Банку Казахстана или находятся в его доверительном управлении, уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z1222" w:id="124"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z1222" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) определения предельных размеров годовой эффективной ставки вознаграждения по банковским займам и микрокредитам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z1223" w:id="125"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z1223" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) входящим в компетенцию Национального Банка Казахстана, не предусмотренным настоящим пунктом, в соответствии с настоящим Законом, иным законодательством Республики Казахстан и актами Президента Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z1224" w:id="126"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z1224" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Правление Национального Банка Казахстана:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z1225" w:id="127"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z1225" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) определяет деятельность, относящуюся к монетарной;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z1226" w:id="128"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z1226" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) рассматривает, одобряет и представляет на утверждение Президенту Республики Казахстан годовой отчет о работе Национального Банка Казахстана, структуру, общую штатную численность Национального Банка Казахстана;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z1227" w:id="129"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z1227" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) утверждает систему оплаты труда работников Национального Банка Казахстана, согласованную с Президентом Республики Казахстан, а также условия оплаты труда и социально-бытового обеспечения работников Национального Банка Казахстана и его ведомств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z1228" w:id="130"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z1228" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) утверждает бюджет (смету расходов) Национального Банка Казахстана;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z1229" w:id="131"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z1229" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) принимает решение о финансировании деятельности уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z1230" w:id="132"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z1230" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) принимает решения о создании и участии в деятельности организаций, в том числе способствующих осуществлению Национальным Банком Казахстана возложенных на него функций и (или) являющихся частью инфраструктуры финансового рынка, а также об изменении их наименования, о реорганизации и ликвидации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z1231" w:id="133"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z1231" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) осуществляет иные функции и полномочия, предусмотренные настоящим Законом, иным законодательством Республики Казахстан и актами Президента Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkEnd w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7421,90 +7347,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Правление Национального Банка Казахстана состоит из девяти человек.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z333" w:id="134"/>
+    <w:bookmarkStart w:name="z333" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В состав Правления Национального Банка Казахстана входят Председатель Национального Банка Казахстана и четыре должностных лица Национального Банка Казахстана, один представитель от Президента Республики Казахстан, два представителя от Правительства Республики Казахстан и один представитель от уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z334" w:id="135"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z334" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Члены Правления Национального Банка Казахстана от Президента Республики Казахстан, Правительства Республики Казахстан, Национального Банка Казахстана и уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций назначаются и освобождаются соответственно Президентом Республики Казахстан, Правительством Республики Казахстан, Председателем Национального Банка Казахстана, Председателем уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkEnd w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7658,170 +7584,170 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 17. Заседания Правления Национального Банка Казахстана</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Заседания Правления Национального Банка Казахстана проводятся по мере необходимости в соответствии с планом работы, утвержденным Председателем Национального Банка Казахстана. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z335" w:id="136"/>
+    <w:bookmarkStart w:name="z335" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Внеплановые заседания Правления Банка Казахстана проводятся по требованию Председателя Национального Банка Казахстана или трех членов Правления. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z336" w:id="137"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z336" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Члены Правления Национального Банка Казахстана своевременно уведомляются о назначении заседания Правления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z337" w:id="138"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z337" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Заседания Правления Национального Банка Казахстана ведет Председатель Национального Банка Казахстана, а в случае его отсутствия - лицо, его замещающее. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z338" w:id="139"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z338" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Правление правомочно принимать решение при участии не менее двух третей членов Правления, в числе которых должен быть Председатель Национального Банка Казахстана, либо лицо, его замещающее.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z339" w:id="140"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z339" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Решение Правления принимается простым большинством голосов членов Правления. При равенстве голосов голос Председателя Национального Банка Казахстана является решающим. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z340" w:id="141"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z340" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Председатель Национального Банка Казахстана не позднее чем в недельный срок вправе возвратить решение Правления со своими возражениями для повторного обсуждения и голосования. Если Правление двумя третями голосов от общего их числа подтвердит принятое ранее решение, Председатель Национального Банка Казахстана подписывает решение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkEnd w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7915,110 +7841,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 18. Отставка и освобождение от должности</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Председатель Национального Банка Казахстана вправе подать в отставку, представив Президенту Республики Казахстан свое письменное заявление за два месяца до ухода в отставку. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z341" w:id="142"/>
+    <w:bookmarkStart w:name="z341" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Председатель Национального Банка Казахстана освобождается от должности Президентом Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z342" w:id="143"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z342" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Заместители Председателя освобождаются от должности Президентом Республики Казахстан по представлению Председателя Национального Банка Казахстана. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z343" w:id="144"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z343" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заместители Председателя могут подать в отставку, представив свое письменное заявление Президенту Республики Казахстан через Председателя Национального Банка Казахстана за два месяца до ухода в отставку.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkEnd w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8054,250 +7980,250 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 18-1. Комитет по денежно-кредитной политике Национального Банка Казахстана и его полномочия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1156" w:id="145"/>
+    <w:bookmarkStart w:name="z1156" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Комитет по денежно-кредитной политике Национального Банка Казахстана является органом, принимающим решения по вопросам денежно-кредитной политики.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z1157" w:id="146"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z1157" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитет по денежно-кредитной политике Национального Банка Казахстана:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z1158" w:id="147"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z1158" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) устанавливает базовую ставку;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z1159" w:id="148"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z1159" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) устанавливает ставки вознаграждения по основным операциям денежно-кредитной политики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z1160" w:id="149"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z1160" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) принимает решения по иным вопросам денежно-кредитной политики, не относящимся к исключительной компетенции Правления Национального Банка Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z1161" w:id="150"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z1161" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В состав Комитета по денежно-кредитной политике Национального Банка Казахстана входят Председатель Национального Банка Казахстана, его заместители, курирующие вопросы денежно-кредитной политики, монетарных операций, финансовой стабильности, руководители структурных подразделений Национального Банка Казахстана, в функции которых входят вопросы денежно-кредитной политики, монетарных операций, финансовой стабильности, а также иных подразделений Национального Банка Казахстана по решению Председателя Национального Банка Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z1162" w:id="151"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z1162" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В состав Комитета по денежно-кредитной политике Национального Банка Казахстана могут быть включены лица, не являющиеся служащими Национального Банка Казахстана, соответствующие требованиям, утверждаемым Правлением Национального Банка Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z1163" w:id="152"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z1163" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Состав и регламент работы Комитета по денежно-кредитной политике Национального Банка Казахстана утверждаются Председателем Национального Банка Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z1164" w:id="153"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z1164" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. На заседаниях Комитета по денежно-кредитной политике Национального Банка Казахстана председательствует Председатель Национального Банка Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z1165" w:id="154"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z1165" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Комитет по денежно-кредитной политике Национального Банка Казахстана по вопросам, отнесенным к его компетенции, принимает постановления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkEnd w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8351,150 +8277,150 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 19. Совет директоров Национального Банка Казахстана и его полномочия</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Органом оперативного управления Национального Банка Казахстана является Совет директоров Национального Банка Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z344" w:id="155"/>
+    <w:bookmarkStart w:name="z344" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В состав Совета директоров входят Председатель Национального Банка Казахстана, его заместители, руководители структурных подразделений и ведомств Национального Банка Казахстана. Состав Совета директоров Национального Банка Казахстана утверждается Председателем Национального Банка Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z345" w:id="156"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z345" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Председатель Национального Банка Казахстана председательствует на заседаниях Совета директоров. По его поручению заседание Совета директоров может вести заместитель Председателя Национального Банка Казахстана. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z346" w:id="157"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z346" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Совет директоров, в соответствии с настоящим Законом, принимает решения по вопросам, находящимся в ведении Национального Банка Казахстана, за исключением тех вопросов, которые входят в компетенцию Правления, Комитета по денежно-кредитной политике и Председателя Национального Банка Казахстана (или его заместителей). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z347" w:id="158"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z347" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Совет директоров по вопросам, отнесенным к его компетенции, принимает постановления. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z348" w:id="159"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z348" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Совет директоров определяет порядок ведения бухгалтерского учета и составления отдельной и консолидированной финансовой отчетности Национального Банка Казахстана, а также порядок ведения бухгалтерского учета и составления финансовой отчетности Национального фонда Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkEnd w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8806,90 +8732,90 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Филиалы, представительства и ведомства Национального Банка Казахстана осуществляют свою деятельность в пределах полномочий, установленных Национальным Банком Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z349" w:id="160"/>
+    <w:bookmarkStart w:name="z349" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Организации Национального Банка Казахстана являются юридическими лицами, создаются и прекращают свою деятельность в соответствии с законодательными актами, с учетом особенностей, установленных настоящим Законом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z350" w:id="161"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z350" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Национальный Банк Казахстана принимает решение о создании, реорганизации и ликвидации своих организаций, является их учредителем и уполномоченным государственным органом, осуществляющим по отношению к ним функции субъекта права государственной собственности, включая полномочия по регулированию их деятельности и принятию решений об изменении правового статуса названных организаций. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkEnd w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8978,80 +8904,80 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(вводится в действие по истечении десяти календарных дней после его первого официального опубликования). </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z567" w:id="162"/>
+    <w:bookmarkStart w:name="z567" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4-1. РАБОТНИКИ НАЦИОНАЛЬНОГО БАНКА КАЗАХСТАНА</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>И ЕГО ВЕДОМСТВ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkEnd w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Закон дополнен главой 4-1 в соответствии с Законом РК от 05.07.2012 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9063,290 +8989,290 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 20-1. Состав должностей работников Национального Банка Казахстана и его ведомств и регулирование их труда</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z569" w:id="163"/>
+    <w:bookmarkStart w:name="z569" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Работниками Национального Банка Казахстана и его ведомств являются лица, не относящиеся к административным государственным и гражданским служащим, занимающие должности в Национальном Банке Казахстана и его ведомствах, оплата труда которых производится из средств бюджета (сметы расходов) Национального Банка Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z570" w:id="164"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z570" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В состав должностей работников Национального Банка Казахстана и его ведомств входят должности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z571" w:id="165"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z571" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) политических государственных служащих;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z572" w:id="166"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z572" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) служащих Национального Банка Казахстана и его ведомств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z573" w:id="167"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z573" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) технических служащих Национального Банка Казахстана и его ведомств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z574" w:id="168"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z574" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Служащими Национального Банка Казахстана и его ведомств являются лица, не относящиеся к государственным служащим, осуществляющие должностные полномочия в Национальном Банке Казахстана и его ведомствах, направленные на реализацию задач и функций государства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z575" w:id="169"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z575" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Под должностными полномочиями понимаются права и обязанности, предусмотренные конкретной государственной должностью служащих в Национальном Банке Казахстана и его ведомствах, отвечающей целям и задачам, стоящим перед Национальным Банком Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z576" w:id="170"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z576" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Перечень должностей служащих Национального Банка Казахстана и его ведомств утверждается Президентом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z577" w:id="171"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z577" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Техническими служащими Национального Банка Казахстана и его ведомств являются лица, не относящиеся к гражданским служащим, выполняющие трудовые обязанности по обслуживанию и обеспечению функционирования Национального Банка Казахстана и его ведомств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z578" w:id="172"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z578" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Перечень должностей технических служащих утверждается Советом директоров Национального Банка Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z579" w:id="173"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z579" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Труд работников Национального Банка Казахстана и его ведомств регулируется Трудовым кодексом Республики Казахстан с особенностями, установленными настоящим Законом, иными нормативными правовыми актами Республики Казахстан, а также актами Национального Банка Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z580" w:id="174"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z580" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оплата труда работников Национального Банка Казахстана и его ведомств устанавливается на основании системы оплаты труда работников Национального Банка Казахстана, утверждаемой Правлением Национального Банка Казахстана по согласованию с Президентом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkEnd w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9385,270 +9311,270 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2020).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z581" w:id="175"/>
+    <w:bookmarkStart w:name="z581" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 20-2. Условия назначения на должности служащих Национального </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Банка Казахстана и его ведомств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z582" w:id="176"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z582" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лица, претендующие на занятие должности служащего Национального Банка Казахстана и его ведомств, должны обладать образованием, уровнем профессиональной подготовки, необходимыми для занятия соответствующей должности в Национальном Банке Казахстана и его ведомствах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z583" w:id="177"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z583" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Занятие должности служащего Национального Банка Казахстана и его ведомств осуществляется после получения положительных результатов обязательной специальной проверки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z584" w:id="178"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z584" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       На должность служащего Национального Банка Казахстана и его ведомств не может быть назначено лицо:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z585" w:id="179"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z585" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) признанное в установленном законом порядке недееспособным или ограниченно дееспособным;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z586" w:id="180"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z586" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) которое в течение трех лет перед назначением на должность служащего Национального Банка Казахстана и его ведомств привлекалось к дисциплинарной ответственности за совершение коррупционного правонарушения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z587" w:id="181"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z587" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) совершившее коррупционное преступление;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z588" w:id="182"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z588" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) уволенное с работы за совершение коррупционного правонарушения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z589" w:id="183"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z589" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) имеющее судимость, которая ко времени занятия должности служащего Национального Банка Казахстана и его ведомств не погашена или не снята в установленном законом порядке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z590" w:id="184"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z590" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) не получившее положительные результаты обязательной специальной проверки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkEnd w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9724,330 +9650,330 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 20-3. Прекращение трудового договора со служащими Национального Банка Казахстана и его ведомств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z593" w:id="185"/>
+    <w:bookmarkStart w:name="z593" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прекращение трудового договора со служащими Национального Банка Казахстана и его ведомств производится по следующим основаниям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z594" w:id="186"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z594" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) предусмотренным Трудовым кодексом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z595" w:id="187"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z595" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) достижения пенсионного возраста, установленного законом Республики Казахстан, с правом ежегодного продления срока их пребывания в Национальном Банке Казахстана и его ведомствах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z596" w:id="188"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z596" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) отрицательных результатов обязательной специальной проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z597" w:id="189"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z597" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) представления заведомо ложных сведений о его доходах и имуществе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z598" w:id="190"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z598" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) несоблюдения антикоррупционных обязанностей и ограничений, установленных настоящим Законом и Законом Республики Казахстан "О противодействии коррупции";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z599" w:id="191"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z599" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) непередачи в доверительное управление принадлежащих паев инвестиционных фондов, облигаций и акций коммерческих организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z600" w:id="192"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z600" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) представления при поступлении в Национальный Банк Казахстана и его ведомства заведомо ложных документов или сведений, которые могли являться основаниями для отказа в приеме на работу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z601" w:id="193"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z601" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) отрицательных результатов аттестации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z1112" w:id="194"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z1112" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-1) перевода в другой государственный орган в связи с передачей функций, полномочий и (или) штатных единиц Национального Банка Казахстана, в том числе при его ликвидации (упразднении) или реорганизации, другому государственному органу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z1113" w:id="195"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z1113" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-2) отказа от перевода в государственный орган, которому переданы функции, полномочия и (или) штатные единицы Национального Банка Казахстана, в том числе при его ликвидации (упразднении) или реорганизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z602" w:id="196"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z602" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) иным основаниям, предусмотренным законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z1114" w:id="197"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z1114" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государственным органом, которому переданы функции, полномочия и (или) штатные единицы Национального Банка Казахстана, в том числе при его ликвидации (упразднении) или реорганизации, предлагаются должности служащим Национального Банка Казахстана, выполнявшим переданные функции, полномочия и (или) занимавшим данные штатные единицы, в соответствии с их квалификацией. В случае отсутствия равнозначной должности, с согласия служащего Национального Банка Казахстана, ему может быть предложена нижестоящая должность, предусмотренная штатным расписанием государственного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z1115" w:id="198"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z1115" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При расторжении трудового договора по основанию сокращения численности или штата работников Национального Банка Казахстана служащему Национального Банка Казахстана, занимающему сокращаемую должность, производится выплата выходного пособия в размере четырех среднемесячных заработных плат при наличии стажа работы не менее трех лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkEnd w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10143,590 +10069,590 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 20-4. Права и обязанности служащих Национального Банка Казахстана и его ведомств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z604" w:id="199"/>
+    <w:bookmarkStart w:name="z604" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Служащие Национального Банка Казахстана и его ведомств имеют право:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z605" w:id="200"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z605" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) пользоваться правами и свободами, которые гарантируются гражданам Республики Казахстан </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституцией</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и Трудовым кодексом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z606" w:id="201"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z606" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) участвовать в пределах своих полномочий в рассмотрении вопросов и принятии по ним решений, требовать их исполнения соответствующими органами и должностными лицами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z607" w:id="202"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z607" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) получать в установленном порядке информацию и материалы, необходимые для исполнения должностных обязанностей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z608" w:id="203"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z608" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) посещать организации, филиалы банков-нерезидентов Республики Казахстан, филиалы страховых(перестраховочных) организаций-нерезидентов Республики Казахстан, филиалы страховых брокеров-нерезидентов Республики Казахстан в установленном законами Республики Казахстан порядке для исполнения должностных обязанностей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z609" w:id="204"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z609" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) требовать от руководителя точного определения задач и объема должностных полномочий в соответствии с должностью, занимаемой служащими Национального Банка Казахстана и его ведомств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z610" w:id="205"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z610" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) на уважение личного достоинства, справедливое и уважительное отношение к себе со стороны руководителей, иных физических и должностных лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z611" w:id="206"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z611" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) на обучение и повышение квалификации за счет средств бюджета (сметы расходов) Национального Банка Казахстана;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z612" w:id="207"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z612" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) беспрепятственно знакомиться с материалами, которые касаются их должностных полномочий, и при необходимости давать личные объяснения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z613" w:id="208"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z613" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) на продвижение по должности с учетом квалификации, способностей, добросовестного исполнения своих должностных полномочий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z614" w:id="209"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z614" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) требовать служебного расследования при наличии безосновательных, по мнению служащего, обвинений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z615" w:id="210"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z615" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) заниматься педагогической, научной и иной творческой деятельностью.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z616" w:id="211"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z616" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Служащие Национального Банка Казахстана и его ведомств обязаны:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z617" w:id="212"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z617" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) соблюдать Конституцию и законодательство Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z618" w:id="213"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z618" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) приносить присягу в порядке, определенным Национальным Банком Казахстана;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z619" w:id="214"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z619" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обеспечивать соблюдение и защиту прав, свобод и законных интересов физических и юридических лиц, филиалов банков-нерезидентов Республики Казахстан, филиалов страховых (перестраховочных) организаций-нерезидентов Республики Казахстан, филиалов страховых брокеров-нерезидентов Республики Казахстан, рассматривать в порядке и сроки, установленные законодательством Республики Казахстан, обращения указанных лиц, принимать по ним необходимые меры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z620" w:id="215"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z620" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осуществлять полномочия в пределах предоставленных им прав и в соответствии с должностными обязанностями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z621" w:id="216"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z621" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) выполнять приказы и распоряжения руководителей, решения и указания вышестоящих органов и должностных лиц, изданные в пределах их полномочий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z622" w:id="217"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z622" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) сохранять в тайне получаемые при исполнении должностных обязанностей сведения, затрагивающие личную жизнь, честь и достоинство физических лиц, и не требовать от них предоставления такой информации, за исключением случаев, предусмотренных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z623" w:id="218"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z623" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) обеспечивать сохранность государственной собственности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z624" w:id="219"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z624" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) незамедлительно доводить до сведения руководства или до правоохранительных органов о ставших им известными случаях коррупционных правонарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z625" w:id="220"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z625" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) повышать свой профессиональный уровень и квалификацию для эффективного исполнения должностных полномочий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z626" w:id="221"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z626" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) не разглашать третьим лицам служебную, коммерческую, банковскую тайну, тайну страхования, пенсионных накоплений и иную охраняемую законом тайну, а также другую информацию в любой доступной для восприятия форме на любых видах носителей, полученную при исполнении своих должностных полномочий, включая информацию, полученную при работе с автоматизированными информационными подсистемами (при наличии доступа к ним), за исключением случаев, предусмотренных законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z627" w:id="222"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z627" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) в месячный срок с даты занятия должности служащего Национального Банка Казахстана или его ведомства передать в доверительное управление и представить в кадровую службу Национального Банка Казахстана копию нотариально удостоверенного договора на доверительное управление принадлежащих паев инвестиционных фондов, облигаций и акций коммерческих организаций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z628" w:id="223"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z628" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Служащие Национального Банка Казахстана и его ведомств не вправе приобретать паи инвестиционных фондов, облигации, акции коммерческих организаций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z629" w:id="224"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z629" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Служащие Национального Банка Казахстана и его ведомств в случае осуществления в силу своих должностных полномочий проверок деятельности проверяемых субъектов по вопросам, входящим в компетенцию Национального Банка Казахстана, обязаны незамедлительно сообщать вышестоящему руководству обо всех обстоятельствах, которые могут препятствовать четкому и беспристрастному выполнению должностных полномочий, в том числе о:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkEnd w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) близких родственниках (свойственниках), супругах, являющихся руководящими работниками проверяемых субъектов; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10936,70 +10862,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 20-5. Ответственность работников Национального Банка Казахстана и его ведомств </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z634" w:id="225"/>
+    <w:bookmarkStart w:name="z634" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. За неисполнение и ненадлежащее исполнение возложенных обязанностей и трудовой дисциплины служащие и технические служащие Национального Банка Казахстана и его ведомств несут ответственность в соответствии с Трудовым кодексом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkEnd w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11048,150 +10974,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие с 01.01.2016).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z642" w:id="226"/>
+    <w:bookmarkStart w:name="z642" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Дисциплинарное взыскание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z643" w:id="227"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z643" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) налагается должностным лицом, имеющим право назначения на должность и освобождения от должности служащего Национального Банка Казахстана и его ведомств, привлекаемого к дисциплинарной ответственности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z644" w:id="228"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z644" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) не может быть наложено повторно за один и тот же проступок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z645" w:id="229"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z645" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) налагается в порядке, определяемом актом Национального Банка Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z646" w:id="230"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z646" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Служащие Национального Банка Казахстана и его ведомств, допустившие дисциплинарный проступок, могут быть временно отстранены от исполнения должностных обязанностей должностным лицом, имеющим право его назначения на должность и освобождения от должности, до решения вопроса об ответственности в установленном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkEnd w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11388,150 +11314,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие с 01.01.2016).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z650" w:id="231"/>
+    <w:bookmarkStart w:name="z650" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Служащие и технические служащие Национального Банка Казахстана и его ведомств должны быть в обязательном порядке ознакомлены со всеми материалами, связанными с привлечением к дисциплинарной ответственности, им предоставляется право лично участвовать в процедуре служебного расследования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z651" w:id="232"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z651" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Действия и решения Национального Банка Казахстана могут быть обжалованы привлекаемыми к ответственности служащими и техническими служащими Национального Банка Казахстана и его ведомств в порядке, установленном законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z1168" w:id="233"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z1168" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом обжалование указанных действий и решений Национального Банка Казахстана не приостанавливает их исполнения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z652" w:id="234"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z652" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Служащие и технические служащие Национального Банка Казахстана и его ведомств в случае совершения ими уголовных и иных правонарушений несут соответственно уголовную, административную, материальную ответственность на основаниях и в порядке, установленных законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z1040" w:id="235"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z1040" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Национальный Банк Казахстана обеспечивает правовую защиту своих работников, членов Правления, включая бывших работников и членов Правления, и привлеченных им лиц в случае подачи против них исков в связи с действиями (бездействием), принятием решений в целях осуществления возложенных на Национальный Банк Казахстана функций, в том числе в период исполнения ими обязанностей членов временных администраций и ликвидационных комиссий банков второго уровня, страховых (перестраховочных) организаций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkEnd w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11647,130 +11573,130 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 20-6. Отпуска работников Национального Банка Казахстана и его ведомств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1117" w:id="236"/>
+    <w:bookmarkStart w:name="z1117" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Председателю Национального Банка Казахстана, его заместителям, а также иным работникам Национального Банка Казахстана и его ведомств предоставляется оплачиваемый ежегодный трудовой отпуск продолжительностью тридцать календарных дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z1118" w:id="237"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z1118" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оплачиваемый ежегодный трудовой отпуск работникам Национального Банка Казахстана и его ведомств за первый и последующие годы работы по соглашению сторон предоставляется в любое время рабочего года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z1119" w:id="238"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z1119" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. По желанию работников Национального Банка Казахстана и его ведомств ежегодные оплачиваемые трудовые отпуска могут предоставляться им по частям. При этом одна из частей оплачиваемого ежегодного трудового отпуска должна быть не менее двух календарных недель продолжительности отпуска.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z1120" w:id="239"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z1120" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Работникам Национального Банка Казахстана и его ведомств может быть предоставлен отпуск без сохранения заработной платы в порядке, установленном трудовым законодательством Республики Казахстан, в том числе в случае их обучения в рамках государственного заказа по программам послевузовского образования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkEnd w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11826,90 +11752,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 20-7. Гарантии и компенсации работникам Национального Банка Казахстана и его ведомств при командировках</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1122" w:id="240"/>
+    <w:bookmarkStart w:name="z1122" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Работникам Национального Банка Казахстана и его ведомств возмещаются расходы на служебные командировки, в том числе и в иностранные государства, в порядке, определяемом Национальным Банком Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z1123" w:id="241"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z1123" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. За командированными работниками Национального Банка Казахстана и его ведомств сохраняются в течение всего времени командировки место работы (должность) и средняя заработная плата.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkEnd w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11945,110 +11871,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 20-8. Прикомандирование работников Национального Банка Казахстана</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1170" w:id="242"/>
+    <w:bookmarkStart w:name="z1170" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Работники Национального Банка Казахстана с целью выполнения задач, поставленных перед Национальным Банком Казахстана, могут быть прикомандированы к загранучреждениям Республики Казахстан, международным организациям и (или) их представительствам и иным организациям в порядке, регулируемом законодательством Республики Казахстан о дипломатической службе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z1171" w:id="243"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z1171" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Оплата труда прикомандированных работников Национального Банка Казахстана осуществляется за счет средств бюджета (сметы расходов) Национального Банка Казахстана и определяется в порядке и на условиях, определяемых Правлением Национального Банка Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z1172" w:id="244"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z1172" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Условия социального и медицинского обеспечения, гарантии, условия выплаты компенсаций и иных выплат, в том числе возмещения ущерба прикомандированным работникам Национального Банка Казахстана и сопровождающим их членам семьи (супругу (супруге), несовершеннолетним детям, несовершеннолетним усыновленным (удочеренным) детям, а также нетрудоспособным совершеннолетним детям и (или) родителям), определяются соответствующим актом Национального Банка Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkEnd w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12067,122 +11993,122 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="245"/>
+    <w:bookmarkStart w:name="z44" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ВЗАИМОДЕЙСТВИЕ НАЦИОНАЛЬНОГО БАНКА КАЗАХСТАНА</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>С ОРГАНАМИ ГОСУДАРСТВЕННОЙ ВЛАСТИ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z46" w:id="246"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z46" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 21. Основные принципы взаимодействия </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkEnd w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Национальный Банк Казахстана в пределах предоставленных ему законами Республики Казахстан и актами Президента Республики Казахстан полномочий независим в своей деятельности. Органы представительной и исполнительной власти не вправе вмешиваться в деятельность Национального Банка Казахстана, его филиалов, представительств, ведомств и организаций по реализации его законодательно закрепленных полномочий. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -12294,110 +12220,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 22. Правительство Республики Казахстан и Национальный Банк Казахстана</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Национальный Банк Казахстана координирует свою деятельность с Правительством Республики Казахстан. Национальный Банк Казахстана и Правительство обязаны информировать друг друга о предполагаемых действиях и достигнутых результатах, имеющих общегосударственное значение, и проводить регулярные консультации. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z351" w:id="247"/>
+    <w:bookmarkStart w:name="z351" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Национальный Банк Казахстана учитывает в своей деятельности экономическую политику Правительства и содействует ее реализации, если это не противоречит выполнению его основных функций и осуществлению денежно-кредитной политики. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z352" w:id="248"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z352" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Председатель Национального Банка Казахстана или один из его заместителей вправе принимать участие в заседаниях Правительства с правом совещательного голоса. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z353" w:id="249"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z353" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Правительство не несет ответственности по обязательствам Национального Банка Казахстана, также как и Национальный Банк Казахстана не несет ответственности по обязательствам Правительства, за исключением случаев, когда он принимает на себя такую ответственность. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkEnd w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12588,70 +12514,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 24. Национальный Банк Казахстана - банк Правительства Республики Казахстан </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В Национальном Банке Казахстана размещаются средства Правительства Республики Казахстан. Национальный Банк Казахстана производит платежи, осуществляет иные операции по счетам Правительства, а также предоставляет ему другие услуги. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z354" w:id="250"/>
+    <w:bookmarkStart w:name="z354" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Не допускается прямое финансирование Правительства Республики Казахстан Национальным Банком Казахстана. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkEnd w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12807,206 +12733,206 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="251"/>
+    <w:bookmarkStart w:name="z53" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 26. Национальный Банк Казахстана - агент Правительства Республики Казахстан </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkEnd w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Национальный Банк Казахстана действует в качестве агента Правительства Республики Казахстан на условиях, которые согласованы между Национальным Банком Казахстана и Правительством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z355" w:id="252"/>
+    <w:bookmarkStart w:name="z355" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Национальный Банк Казахстана в качестве агента Правительства Республики Казахстан обслуживает по согласованию с ним государственные займы Правительства. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z54" w:id="253"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z54" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 27. Операции с государственными ценными бумагами, выпущенными по решению Правительства Республики Казахстан </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkEnd w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Национальный Банк Казахстана вправе осуществлять операции с государственными ценными бумагами, выпущенными по решению Правительства Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z356" w:id="254"/>
+    <w:bookmarkStart w:name="z356" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Национальный Банк Казахстана не вправе приобретать в свою собственность государственные ценные бумаги центрального уполномоченного органа по исполнению бюджета при их размещении на первичном рынке. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z357" w:id="255"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z357" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Центральный уполномоченный орган по исполнению бюджета согласовывает с Национальным Банком Казахстана условия допуска финансовых организаций к первичному размещению государственных ценных бумаг, выпущенных по решению Правительства. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkEnd w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13222,80 +13148,80 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="256"/>
+    <w:bookmarkStart w:name="z56" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ДЕНЕЖНО-КРЕДИТНАЯ ПОЛИТИКА</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkEnd w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 29. Разработка и проведение денежно-кредитной политики</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -13323,166 +13249,166 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Денежно-кредитная политика осуществляется путем установления: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z359" w:id="257"/>
+    <w:bookmarkStart w:name="z359" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       базовой ставки Национального Банка Казахстана; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z360" w:id="258"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z360" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ставок вознаграждения по основным операциям денежно-кредитной политики; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkEnd w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       нормативов минимальных резервных требований; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z362" w:id="259"/>
+    <w:bookmarkStart w:name="z362" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в исключительных случаях прямых количественных ограничений на уровень и объемы отдельных видов операций. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z1166" w:id="260"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z1166" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Национальный Банк Казахстана устанавливает целевые ориентиры по инфляции на среднесрочную перспективу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkEnd w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13636,150 +13562,150 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 30. Виды операций денежно-кредитной политики </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В целях реализации денежно-кредитной политики Национальный Банк Казахстана осуществляет следующие виды операций: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z363" w:id="261"/>
+    <w:bookmarkStart w:name="z363" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) предоставление займов постоянного доступа; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z364" w:id="262"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z364" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) прием депозитов; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z365" w:id="263"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z365" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) валютные интервенции; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z366" w:id="264"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z366" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) выпуск краткосрочных нот Национального Банка Казахстана; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z367" w:id="265"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z367" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) покупка и продажа государственных и других ценных бумаг, в том числе с правом обратного выкупа; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkEnd w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13828,70 +13754,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие с 01.01.2016);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z369" w:id="266"/>
+    <w:bookmarkStart w:name="z369" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) другие операции по решению Правления Национального Банка Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkEnd w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14062,150 +13988,150 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие с 01.01.2016).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 32. Резервные требования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1124" w:id="267"/>
+    <w:bookmarkStart w:name="z1124" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В целях осуществления денежно-кредитной политики Национальный Банк Казахстана устанавливает нормативы минимальных резервных требований.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z1125" w:id="268"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z1125" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Национальный Банк Казахстана утверждает правила о минимальных резервных требованиях, которыми определяются структура обязательств банков, филиалов банков – нерезидентов Республики Казахстан, принимаемых для расчета минимальных резервных требований, порядок расчета минимальных резервных требований, выполнения минимальных резервных требований, резервирования и осуществления контроля за выполнением минимальных резервных требований.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z1126" w:id="269"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z1126" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Изменение нормативов минимальных резервных требований вводится в действие не раньше чем через месяц со дня принятия такого решения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z1127" w:id="270"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z1127" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При нарушении минимальных резервных требований банки, филиалы банка-нерезидента Республики Казахстан несут ответственность, установленную законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z1128" w:id="271"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z1128" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В десятидневный срок со дня назначения председателя ликвидационной комиссии Национальный Банк Казахстана возвращает ликвидационной комиссии банка, филиала банка – нерезидента Республики Казахстан зарезервированные у него средства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkEnd w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14436,70 +14362,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 34 с изменениями, внесенными Законом РК от 02.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 399-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2021).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1167" w:id="272"/>
+    <w:bookmarkStart w:name="z1167" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Базовая ставка Национального Банка Казахстана является основным инструментом денежно-кредитной политики и ориентиром для установления ставок вознаграждения по операциям денежно-кредитной политики.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkEnd w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ставки вознаграждения по операциям денежно-кредитной политики устанавливаются Национальным Банком Казахстана в целях воздействия на рыночные ставки вознаграждения на финансовом рынке в рамках осуществляемой денежно-кредитной политики.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -14633,70 +14559,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 35. Займы постоянного доступа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z670" w:id="273"/>
+    <w:bookmarkStart w:name="z670" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Национальный Банк Казахстана предоставляет займы постоянного доступа в соответствии с принятыми ориентирами денежно-кредитной политики исключительно под обеспечение высоколиквидными, безрисковыми ценными бумагами и иными низкорисковыми активами на срок не более тридцати календарных дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkEnd w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14750,70 +14676,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 36. Валютные интервенции </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Валютные интервенции Национального Банка Казахстана осуществляются самостоятельно путем купли-продажи иностранной валюты и проведения других видов валютных сделок на межбанковском или биржевом рынке с целью воздействия на курс казахстанского тенге. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z380" w:id="274"/>
+    <w:bookmarkStart w:name="z380" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Валютные интервенции Национального Банка Казахстана проводятся в рамках общей денежно-кредитной политики. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkEnd w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14891,70 +14817,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 36-1. Депозиты </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Порядок, условия привлечения и погашения, сроки и лимиты привлечения депозитов определяются Национальным Банком Казахстана. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z381" w:id="275"/>
+    <w:bookmarkStart w:name="z381" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Национальный Банк Казахстана вправе привлекать депозиты как в национальной, так и в иностранной валюте. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkEnd w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15008,90 +14934,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 36-2. Краткосрочные ноты Национального Банка Казахстана </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Краткосрочные ноты Национального Банка Казахстана - государственные эмиссионные ценные бумаги, эмитируемые Национальным Банком Казахстана, обязательства по которым несет Национальный Банк Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z382" w:id="276"/>
+    <w:bookmarkStart w:name="z382" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Порядок и условия выпуска, размещения, обращения и погашения краткосрочных нот определяются Национальным Банком Казахстана. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z383" w:id="277"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z383" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Национальный Банк Казахстана в соответствии с целями денежно-кредитной политики вправе осуществлять выпуск краткосрочных нот как в национальной, так и в иностранной валюте. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkEnd w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15240,70 +15166,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 37. Количественные ограничения по операциям банков </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Под прямыми количественными ограничениями Национального Банка Казахстана понимаются максимальные уровни ставок по отдельным видам операций и сделок, прямое ограничение кредитования, замораживание ставок вознаграждения, прямое регулирование конкретных видов кредита в целях стимулирования или сдерживания развития отдельных отраслей. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z384" w:id="278"/>
+    <w:bookmarkStart w:name="z384" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Национальный Банк Казахстана вправе применять прямые количественные ограничения в случае невозможности приостановления инфляционных процессов косвенными методами денежно-кредитного регулирования. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkEnd w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15322,198 +15248,198 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z71" w:id="279"/>
+    <w:bookmarkStart w:name="z71" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 7 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ДЕНЕЖНОЕ ОБРАЩЕНИЕ И ДЕНЕЖНАЯ ЕДИНИЦА</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z72" w:id="280"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z72" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 38. Денежная единица</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkEnd w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Денежной единицей (национальной валютой) Республики Казахстан является казахстанский тенге. Казахстанский тенге состоит из 100 тиынов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z385" w:id="281"/>
+    <w:bookmarkStart w:name="z385" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Денежные знаки Республики Казахстан, находящиеся в обращении, состоят из банкнот и монет. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z386" w:id="282"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z386" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Структура номиналов банкнот и монет определяется Национальным Банком Казахстана. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z74" w:id="283"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z74" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 39. Платежное средство </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkEnd w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Законным платежным средством в Республике Казахстан, за исключением случаев, предусмотренных законодательными актами, нормативными правовыми актами Национального Банка Казахстана, является казахстанский тенге. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -15585,70 +15511,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 40. Выпуск банкнот и монет</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Выпуск банкнот и монет, организация их обращения и изъятие из обращения на территории Республики Казахстан осуществляются исключительно Национальным Банком Казахстана. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z387" w:id="284"/>
+    <w:bookmarkStart w:name="z387" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Выпуск банкнот и монет в обращение осуществляется Национальным Банком Казахстана посредством их продажи физическим и юридическим лицам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkEnd w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15716,70 +15642,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 41. Обеспечение денежной единицы </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Банкноты и монеты Национального Банка Казахстана являются безусловными обязательствами Национального Банка Казахстана и обеспечиваются всеми его активами. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z388" w:id="285"/>
+    <w:bookmarkStart w:name="z388" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Национальный Банк Казахстана регулярно публикует в средствах массовой информации сообщение о размерах золотовалютных резервов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkEnd w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15877,150 +15803,150 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 42. Изготовление и характеристика банкнот и монет </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Национальный Банк Казахстана определяет потребность в необходимом количестве банкнот и монет, обеспечивает их изготовление, устанавливает порядок хранения, уничтожения и инкассации наличных денег. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z389" w:id="286"/>
+    <w:bookmarkStart w:name="z389" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Монеты делятся на следующие виды: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z390" w:id="287"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z390" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       инвестиционные монеты - монеты, изготовленные из драгоценных металлов, являющиеся объектом инвестирования и накопления; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z391" w:id="288"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z391" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       коллекционные монеты - юбилейные, памятные и иные монеты специального чекана, изготовленные ограниченным тиражом как из драгоценных, так и из недрагоценных металлов, являющиеся объектом коллекционирования и накопления; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z392" w:id="289"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z392" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       циркуляционные монеты - монеты, изготовленные из недрагоценных металлов и предназначенные для наличного денежного обращения. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z393" w:id="290"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z393" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Банкноты и монеты национальной валюты Республики Казахстан разрабатываются в соответствии с концепцией дизайна банкнот и монет национальной валюты – казахстанского тенге. Изображения и описания банкнот и монет публикуются в средствах массовой информации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkEnd w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16158,70 +16084,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 43. Требования к приему банкнот и монет </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Банкноты и монеты, выпущенные в обращение Национальным Банком Казахстана, обязательны к приему по их нарицательной стоимости на всей территории Республики Казахстан по всем видам платежей, а также для зачисления на банковские счета и для перевода, без ограничения размениваются и обмениваются всеми банками, филиалами банков-нерезидентов Республики Казахстан и Национальным оператором почты. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z394" w:id="291"/>
+    <w:bookmarkStart w:name="z394" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Никто, кроме Национального Банка Казахстана, не может объявить недействительными банкноты и монеты, выпущенные Национальным Банком Казахстана. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkEnd w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16297,70 +16223,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 43-1. Продажа и выкуп банкнот и монет Национальным Банком Казахстана, в том числе в специальной упаковке</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1232" w:id="292"/>
+    <w:bookmarkStart w:name="z1232" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Продажа и выкуп Национальным Банком Казахстана банкнот и монет, в том числе в специальной упаковке, осуществляются в порядке, определенном нормативными правовыми актами Национального Банка Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkEnd w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16685,90 +16611,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 46. Ветхие, сомнительные банкноты и дефектные (поврежденные), сомнительные монеты</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ветхие банкноты, сохранившие не менее семидесяти процентов от установленных Национальным Банком Казахстана размеров банкнот, и дефектные (поврежденные) монеты без ограничений обмениваются Национальным Банком Казахстана, банками, филиалами банков-нерезидентов Республики Казахстан и Национальным оператором почты в соответствии с нормативным правовым актом Национального Банка Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z112" w:id="293"/>
+    <w:bookmarkStart w:name="z112" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сомнительные банкноты, сохранившие более пятидесяти процентов, и сомнительные монеты принимаются Национальным Банком Казахстана, банками, филиалами банков-нерезидентов Республики Казахстан и Национальным оператором почты в соответствии с нормативным правовым актом Национального Банка Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z114" w:id="294"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z114" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сомнительные банкноты и сомнительные монеты обмениваются Национальным Банком Казахстана после определения их платежности в порядке, предусмотренном нормативным правовым актом Национального Банка Казахстана. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkEnd w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Национальный Банк Казахстана не обязан компенсировать утерянные или уничтоженные банкноты и монеты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -17061,136 +16987,136 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Статья 47-1 исключена Законом РК от 11.07.2009 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 185-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 30.08.2009). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z93" w:id="295"/>
+    <w:bookmarkStart w:name="z93" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 8. Организация платежей и переводов денег</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkEnd w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Название главы - в редакции Закона РК от 16 июля 1999 г. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 436</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z95" w:id="296"/>
+    <w:bookmarkStart w:name="z95" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 48. Полномочия Национального Банка Казахстана в организации и регулировании платежей и (или) переводов денег, платежных систем и рынка платежных услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkEnd w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Полномочия Национального Банка Казахстана в организации и регулировании платежей и (или) переводов денег, платежных систем и рынка платежных услуг, осуществлении государственного контроля и надзора за рынком платежных услуг и надзора (оверсайта) за платежными системами определяются в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17664,390 +17590,390 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 51-1. Разработка и осуществление мер по обеспечению стабильности финансовой системы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="297"/>
+    <w:bookmarkStart w:name="z6" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Национальный Банк Казахстана самостоятельно и (или) совместно с иными государственными органами в рамках их компетенции разрабатывает и осуществляет меры, направленные на обеспечение стабильности финансовой системы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z1129" w:id="298"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z1129" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Национальный Банк Казахстана, Правительство Республики Казахстан и уполномоченный орган по регулированию, контролю и надзору финансового рынка и финансовых организаций взаимодействуют по вопросам стабильности финансовой системы путем:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z1130" w:id="299"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z1130" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       информирования друг друга о предполагаемых действиях и достигнутых результатах, имеющих общегосударственное значение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z1131" w:id="300"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z1131" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       совместной оценки факторов риска для финансовой стабильности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z1132" w:id="301"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z1132" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разработки, принятия и реализации комплекса согласованных решений в целях минимизации системного риска, предотвращения возникновения финансового кризиса и минимизации его последствий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z1133" w:id="302"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z1133" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заключения соглашения по вопросам финансовой стабильности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z1134" w:id="303"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z1134" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Межведомственная координация по вопросам обеспечения финансовой стабильности осуществляется Советом по финансовой стабильности Республики Казахстан, являющимся консультативно-совещательным органом при Президенте Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z1135" w:id="304"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z1135" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Предварительному рассмотрению Советом по финансовой стабильности Республики Казахстан в обязательном порядке подлежат вопросы, связанные с принятием следующих мер, направленных на обеспечение финансовой стабильности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z1136" w:id="305"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z1136" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       по мерам реализации макропруденциальной политики, направленной на снижение системных рисков финансовой системы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z1137" w:id="306"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z1137" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по комплексу мер Национального Банка Казахстана, Правительства Республики Казахстан и уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций по предотвращению возникновения финансового кризиса и минимизации его последствий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z1138" w:id="307"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z1138" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по мерам урегулирования неплатежеспособного банка, принудительная ликвидация которого несет системные риски финансовой системы, в том числе по государственному участию при его урегулировании;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z1139" w:id="308"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z1139" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по финансированию мер по оздоровлению банков второго уровня, в том числе за счет средств Национального Банка Казахстана и (или) его дочерних организаций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z1140" w:id="309"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z1140" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Решение о создании Совета по финансовой стабильности Республики Казахстан, его состав и положение о нем утверждаются Президентом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z8" w:id="310"/>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z8" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В целях содействия обеспечению стабильности финансовой системы Национальный Банк Казахстана:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z11" w:id="311"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z11" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) проводит регулярный мониторинг макроэкономических и макрофинансовых факторов, влияющих на стабильность финансовой системы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z14" w:id="312"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z14" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) формирует макропруденциальную политику;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z16" w:id="313"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z16" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) предоставляет займы последней инстанции в порядке и на условиях, предусмотренных настоящим Законом и совместным нормативным правовым актом Национального Банка Казахстана и уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkEnd w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18194,70 +18120,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2020);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z407" w:id="314"/>
+    <w:bookmarkStart w:name="z407" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) проводит операции с производными финансовыми инструментами с банками второго уровня в порядке, на условиях и в сроки, установленные Правлением Национального Банка Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkEnd w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18465,250 +18391,250 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 51-2 в редакции Закона РК от 03.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 262-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2020).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="315"/>
+    <w:bookmarkStart w:name="z20" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Под макропруденциальной политикой понимается комплекс мер, направленных на снижение системных рисков финансовой системы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z671" w:id="316"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z671" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Под системными рисками финансовой системы понимаются риски нарушения предоставления финансовых услуг, влекущие ухудшение финансового состояния всей финансовой системы или ее части и (или) подрывающие ее стабильное функционирование. Системные риски финансовой системы включают в себя также риски системно значимых финансовых организаций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z24" w:id="317"/>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z24" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Под системно значимыми финансовыми организациями понимаются финансовые организации, от стабильного функционирования которых зависит стабильность финансовой системы в целом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z26" w:id="318"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z26" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В целях формирования макропруденциальной политики Национальный Банк Казахстана:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z28" w:id="319"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z28" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) на регулярной основе проводит мониторинг системных рисков финансовой системы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z1233" w:id="320"/>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z1233" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1) устанавливает макропруденциальные нормативы и лимиты, являющиеся экономическими ограничениями для снижения системных рисков банков второго уровня, филиалов банков – нерезидентов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z30" w:id="321"/>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z30" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) по согласованию с уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций определяет порядок отнесения финансовых организаций к числу системно значимых;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z408" w:id="322"/>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z408" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1) формирует список системно значимых финансовых организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z31" w:id="323"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z31" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) самостоятельно или совместно с иными государственными органами в рамках их компетенции выносит на рассмотрение Совета по финансовой стабильности Республики Казахстан меры, направленные на обеспечение финансовой стабильности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z33" w:id="324"/>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z33" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в случае возникновения или угрозы возникновения системного финансового кризиса самостоятельно или совместно с Правительством Республики Казахстан вводит ограничения на проведение отдельных видов банковских и других операций финансовыми организациями.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkEnd w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18854,330 +18780,330 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 51- 3. Займы последней инстанции</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1042" w:id="325"/>
+    <w:bookmarkStart w:name="z1042" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Под займами последней инстанции понимаются займы, предоставляемые Национальным Банком Казахстана банкам, испытывающим краткосрочный дефицит ликвидности. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z1043" w:id="326"/>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z1043" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Национальный Банк Казахстана выступает заимодателем последней инстанции только на следующих условиях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z1044" w:id="327"/>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z1044" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заемщиком является банк – резидент Республики Казахстан, не отнесенный к категории банков с неустойчивым финансовым положением, создающим угрозу интересам его депозиторов и кредиторов и (или) угрозу стабильности финансовой системы, или категории неплатежеспособных банков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z1045" w:id="328"/>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z1045" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) заем предоставляется под залог активов, перечень которых и устанавливаемые дисконты к ним определяются Национальным Банком Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z1046" w:id="329"/>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z1046" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Стоимость активов, предоставляемых в залог, с учетом дисконта должна покрывать размер займа с учетом вознаграждения по нему в полном объеме;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z1047" w:id="330"/>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z1047" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) заем предоставляется в национальной валюте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z1048" w:id="331"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z1048" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ставка вознаграждения по займу устанавливается на уровне не ниже базовой ставки Национального Банка Казахстана с учетом дополнительного процентного вознаграждения, установленного Национальным Банком Казахстана;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z1049" w:id="332"/>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z1049" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) заем предоставляется на срок от четырнадцати до девяноста календарных дней с возможностью пролонгации не более трех раз. Общий срок пользования займом с учетом всех пролонгаций не может превышать один год. Пролонгация займа последней инстанции осуществляется на условиях, указанных в настоящей статье.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z1050" w:id="333"/>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z1050" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Национальный Банк Казахстана вправе предоставлять займы последней инстанции системно значимым инфраструктурным финансовым организациям. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z1051" w:id="334"/>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z1051" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. В случае неисполнения (ненадлежащего исполнения) банком обязательств по займу последней инстанции удовлетворение требований Национального Банка Казахстана производится во внесудебном порядке путем обращения Национальным Банком Казахстана заложенных активов в свою собственность и (или) их реализации банком в целях удовлетворения требований Национального Банка Казахстана третьему лицу, определенному Национальным Банком Казахстана по согласованию с уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z1053" w:id="335"/>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z1053" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уступка права (требования) на активы, являющиеся обеспечением по договору займа последней инстанции, не требует:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z1054" w:id="336"/>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z1054" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) согласия акционеров, должников банка, а также иных заинтересованных лиц (включая залогодателей, гарантов, поручителей). При этом личность нового кредитора признается не имеющей для должника существенного значения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z1055" w:id="337"/>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z1055" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) внесения изменений в договоры, заключенные банком с должниками банка, а также иными лицами (включая залогодателей, гарантов, поручителей), в части указания новой стороны договора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z1056" w:id="338"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z1056" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Порядок, условия предоставления и погашения займов последней инстанции, а также обращения взыскания на активы, являющиеся обеспечением по договору займа последней инстанции, определяются Национальным Банком Казахстана совместно с уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkEnd w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19236,68 +19162,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2021).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z672" w:id="339"/>
+    <w:bookmarkStart w:name="z672" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 8-2. Особый режим регулирования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkEnd w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Закон дополнен главой 8-2 в соответствии с Законом РК от 02.07.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19309,330 +19235,330 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 51-4. Цели введения и общие условия осуществления деятельности в рамках особого режима регулирования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z674" w:id="340"/>
+    <w:bookmarkStart w:name="z674" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Особый режим регулирования Национального Банка Казахстана представляет собой совокупность специальных условий осуществления деятельности, связанной с цифровыми активами и (или) платежными услугами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z675" w:id="341"/>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z675" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Особый режим регулирования направлен на достижение следующих целей:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z676" w:id="342"/>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z676" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) повышение конкуренции на рынке платежных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z677" w:id="343"/>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z677" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) внедрение новых услуг и развитие финансового рынка для повышения степени удовлетворенности и соответствия интересам потребителей, субъектов предпринимательства и государства; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z678" w:id="344"/>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z678" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) формирование оптимального регулирования, контроля и надзора рынка платежных услуг, обеспечение защиты интересов потребителей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z679" w:id="345"/>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z679" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Принципами особого режима регулирования являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z680" w:id="346"/>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z680" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) обеспечение равенства условий участия в рамках особого режима регулирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z681" w:id="347"/>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z681" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) соблюдение участниками особого режима регулирования прав и интересов потребителей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z682" w:id="348"/>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z682" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Особый режим регулирования вводится решением Правления Национального Банка Казахстана, в котором указываются виды платежной услуги и (или) деятельность, связанная с цифровыми активами и (или) платежными услугами, специальные условия их оказания (осуществления) в рамках особого режима регулирования, порядок и условия применения к участникам особого режима регулирования требований законодательства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z1234" w:id="349"/>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z1234" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Введение особого режима регулирования в отношении деятельности, связанной с цифровыми активами и (или) платежными услугами поставщиков платежных услуг, предусмотренных подпунктами 2) и 3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О платежах и платежных системах", осуществляется решением Правления Национального Банка Казахстана по согласованию с уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z683" w:id="350"/>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z683" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Вводимый Национальным Банком Казахстана общий срок особого режима регулирования не превышает пяти лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z684" w:id="351"/>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z684" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Особый режим регулирования прекращает свое действие после истечения срока, на который он был введен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z685" w:id="352"/>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z685" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Порядок введения и отмены особого режима регулирования, осуществления деятельности в рамках особого режима регулирования утверждается нормативным правовым актом Национального Банка Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkEnd w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19708,430 +19634,430 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 51-5. Осуществление деятельности в рамках особого режима регулирования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z687" w:id="353"/>
+    <w:bookmarkStart w:name="z687" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Участниками особого режима регулирования могут быть поставщики платежных услуг, предусмотренные подпунктами 2), 3) и 5) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О платежах и платежных системах", и (или) иные юридические лица, не являющиеся финансовыми организациями, в целях осуществления деятельности, связанной с цифровыми активами и (или) платежными услугами (далее – участники особого режима регулирования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z688" w:id="354"/>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z688" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Деятельность участника особого режима регулирования осуществляется в соответствии с договором об осуществлении деятельности в рамках особого режима регулирования, заключаемым с Национальным Банком Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z689" w:id="355"/>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z689" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Типовой договор об осуществлении деятельности в рамках особого режима регулирования утверждается Национальным Банком Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z690" w:id="356"/>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z690" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Типовой договор об осуществлении деятельности в рамках особого режима регулирования должен содержать условие, в соответствии с которым участник особого режима регулирования обязан уведомлять потребителей услуг об осуществлении им деятельности в рамках особого режима регулирования. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z691" w:id="357"/>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z691" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Критерии отбора и порядок рассмотрения документов для заключения договора об осуществлении деятельности в рамках особого режима регулирования утверждаются нормативным правовым актом Национального Банка Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z692" w:id="358"/>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z692" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Национальный Банк Казахстана отказывает участнику особого режима регулирования в заключении договора об осуществлении деятельности в рамках особого режима регулирования в случаях несоответствия заявленного вида деятельности целям введения особого режима регулирования, критериям отбора участников особого режима регулирования и (или) представленных документов требованиям, установленным нормативным правовым актом Национального Банка Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z693" w:id="359"/>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z693" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Действие договора об осуществлении деятельности в рамках особого режима регулирования прекращается:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z694" w:id="360"/>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z694" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) при прекращении действия особого режима регулирования в связи с истечением срока, на который он был введен, либо его отмене;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z695" w:id="361"/>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z695" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) при истечении срока или досрочном расторжении договора об осуществлении деятельности в рамках особого режима регулирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z696" w:id="362"/>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z696" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в иных случаях, предусмотренных гражданским законодательством Республики Казахстан или договором об осуществлении деятельности в рамках особого режима регулирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z697" w:id="363"/>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z697" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Национальный Банк Казахстана вправе расторгнуть в одностороннем порядке договор об осуществлении деятельности в рамках особого режима регулирования в случае неисполнения участником особого режима регулирования предусмотренных договором обязательств, а также в случае, если участник особого режима регулирования перестал соответствовать условиям, установленным нормативным правовым актом Национального Банка Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z698" w:id="364"/>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z698" w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Национальный Банк Казахстана уведомляет участника особого режима регулирования о неисполнении обязательств, определенных договором об осуществлении деятельности в рамках особого режима регулирования, и необходимости устранения нарушений в срок не более шестидесяти рабочих дней со дня уведомления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z699" w:id="365"/>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z699" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Участник особого режима регулирования в срок не более пяти рабочих дней со дня получения уведомления Национального Банка Казахстана разрабатывает и представляет в Национальный Банк Казахстана план мероприятий по устранению выявленных нарушений и (или) причин, а также условий, способствовавших их совершению. В плане мероприятий указываются перечень запланированных мероприятий, сроки их осуществления, а также ответственные должностные лица.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z700" w:id="366"/>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z700" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае одобрения Национальным Банком Казахстана плана мероприятий участник особого режима регулирования приступает к его реализации и представляет в Национальный Банк Казахстана отчет о выполнении мероприятий в сроки, установленные Национальным Банком Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z701" w:id="367"/>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z701" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При несогласии Национального Банка Казахстана с планом мероприятий участник особого режима регулирования устраняет замечания Национального Банка Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="367"/>
-    <w:bookmarkStart w:name="z702" w:id="368"/>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z702" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае неодобрения плана мероприятий и (или) непринятия мер по устранению участником особого режима регулирования указанных замечаний Национальный Банк Казахстана уведомляет участника особого режима регулирования о расторжении договора об осуществлении деятельности в рамках особого режима регулирования в одностороннем порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z703" w:id="369"/>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z703" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. После прекращения действия договора об осуществлении деятельности в рамках особого режима регулирования лицо, ранее являвшееся участником особого режима регулирования, обязано незамедлительно прекратить деятельность, осуществляемую в рамках особого режима регулирования, в отношении которой действует разрешительный порядок в соответствии с законами Республики Казахстан, а также исполнить обязательства перед своими клиентами в порядке и сроки, установленные нормативными правовыми актами Национального Банка Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="369"/>
-    <w:bookmarkStart w:name="z704" w:id="370"/>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z704" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Осуществление деятельности, в отношении которой действует разрешительный порядок в соответствии с законами Республики Казахстан, после прекращения действия договора об осуществлении деятельности в рамках особого режима регулирования является незаконным и влечет за собой ответственность, установленную законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkEnd w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20190,80 +20116,80 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z154" w:id="371"/>
+    <w:bookmarkStart w:name="z154" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 9</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ОПЕРАЦИИ НАЦИОНАЛЬНОГО БАНКА КАЗАХСТАНА</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkEnd w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 52. Владельцы банковских счетов в Национальном Банке Казахстана</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -20392,70 +20318,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 52-1. Операции и сделки Национального Банка Казахстана в национальной валюте </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Национальный Банк Казахстана проводит следующие операции в национальной валюте:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z410" w:id="372"/>
+    <w:bookmarkStart w:name="z410" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) предоставляет займы организациям, имеющим право на получение таких займов, в порядке, предусмотренном правовыми актами Национального Банка Казахстана;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkEnd w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20504,210 +20430,210 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие с 01.01.2016);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z412" w:id="373"/>
+    <w:bookmarkStart w:name="z412" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) покупает и продает государственные ценные бумаги; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="373"/>
-    <w:bookmarkStart w:name="z413" w:id="374"/>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z413" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) покупает и продает депозитные сертификаты, долговые ценные бумаги, которые Национальный Банк Казахстана считает пригодными для обеспечения кредитов; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="374"/>
-    <w:bookmarkStart w:name="z414" w:id="375"/>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z414" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) принимает депозиты, осуществляет платежи и переводы денег, принимает на хранение и управление ценные бумаги и иные ценности; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z415" w:id="376"/>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z415" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) осуществляет операции с производными финансовыми инструментами в порядке, определяемом Национальным Банком Казахстана;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z416" w:id="377"/>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z416" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) при необходимости открывает счета в банках и финансовых организациях, филиалах банков-нерезидентов Республики Казахстан на территории Республики Казахстан и за ее пределами; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="377"/>
-    <w:bookmarkStart w:name="z1141" w:id="378"/>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z1141" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7-1) размещает депозиты в банках второго уровня, в том числе через свои дочерние организации, для рефинансирования ипотечных жилищных займов и ипотечных займов физических лиц в порядке, определенном Правлением Национального Банка Казахстана;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z417" w:id="379"/>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z417" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) выписывает чеки и выдает векселя; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z418" w:id="380"/>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z418" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) осуществляет другие банковские операции, а также сделки от своего имени в соответствии со своими задачами, если это прямо не запрещено настоящим Законом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkEnd w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21016,160 +20942,160 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 54. Ограничения по операциям Национального Банка Казахстана </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Национальный Банк Казахстана не имеет права: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z419" w:id="381"/>
+    <w:bookmarkStart w:name="z419" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       - обслуживать организации, а также приобретать акции юридических лиц, кроме случаев, предусмотренных настоящим Законом; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="381"/>
-    <w:bookmarkStart w:name="z420" w:id="382"/>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z420" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       - заниматься торговой и иной деятельностью, за исключением разрешенной действующим законодательством; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="382"/>
-    <w:bookmarkStart w:name="z421" w:id="383"/>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z421" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">- предоставлять займы без обеспечения, а также займы на срок более одного года; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="383"/>
-    <w:bookmarkStart w:name="z422" w:id="384"/>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z422" w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       - пролонгировать предоставленные займы или разрешать возобновление векселей с истекающими сроками, кроме случаев, прямо предусмотренных законами Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="384"/>
-    <w:bookmarkStart w:name="z423" w:id="385"/>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z423" w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Исключение из случаев, предусмотренных частью первой настоящей статьи, может быть сделано только по специальному решению Правления Национального Банка Казахстана. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkEnd w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21268,51 +21194,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z157" w:id="386"/>
+    <w:bookmarkStart w:name="z157" w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 10 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -21321,51 +21247,51 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">В СФЕРЕ ВНЕШНЕЭКОНОМИЧЕСКИХ ОТНОШЕНИЙ. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ОПЕРАЦИИ С ВАЛЮТНЫМИ ЦЕННОСТЯМИ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkEnd w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. В название главы внесены изменения - Законом РК от 11 июля 1997 г. N </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21450,290 +21376,290 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 56. Функции Национального Банка Казахстана в области валютного регулирования и валютного контроля</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Национальный Банк Казахстана как орган валютного регулирования и валютного контроля:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1086" w:id="387"/>
+    <w:bookmarkStart w:name="z1086" w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) определяет порядок обращения валютных ценностей в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="387"/>
-    <w:bookmarkStart w:name="z1087" w:id="388"/>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z1087" w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) определяет порядок осуществления валютных операций в Республике Казахстан, включая порядок покупки и продажи иностранной валюты на внутреннем валютном рынке Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="388"/>
-    <w:bookmarkStart w:name="z1088" w:id="389"/>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z1088" w:id="390"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) устанавливает квалификационные требования к деятельности по осуществлению обменных операций с наличной иностранной валютой исключительно через обменные пункты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="389"/>
-    <w:bookmarkStart w:name="z1089" w:id="390"/>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z1089" w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) определяет порядок лицензирования юридических лиц, осуществляющих деятельность исключительно через обменные пункты, и выдает лицензии и (или) приложения к лицензии на обменные операции с наличной иностранной валютой таким юридическим лицам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="390"/>
-    <w:bookmarkStart w:name="z1090" w:id="391"/>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z1090" w:id="392"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) определяет порядок осуществления обменных операций с наличной иностранной валютой, включая порядок открытия обменных пунктов и установления пределов отклонения курсов покупки от курсов продажи наличной иностранной валюты за национальную валюту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="391"/>
-    <w:bookmarkStart w:name="z1091" w:id="392"/>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z1091" w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) определяет порядок мониторинга валютных операций и представления информации по валютным операциям и счетам резидентов Республики Казахстан в иностранных банках, включая порядок учетной регистрации валютных договоров по движению капитала, уведомления о проведенных валютных операциях и о счетах резидентов Республики Казахстан в иностранных банках и представления информации для целей мониторинга валютных операций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="392"/>
-    <w:bookmarkStart w:name="z1092" w:id="393"/>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z1092" w:id="394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) совместно с уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и других обязательных платежей в бюджет, определяет порядок осуществления экспортно-импортного валютного контроля в целях обеспечения выполнения резидентами Республики Казахстан требования репатриации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="393"/>
-    <w:bookmarkStart w:name="z1235" w:id="394"/>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z1235" w:id="395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7-1) определяет порядок предоставления уполномоченными банками информации по источникам спроса и предложения на внутреннем валютном рынке Республики Казахстан и целям использования приобретенной иностранной валюты, включая формы и сроки представления отчетов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="394"/>
-    <w:bookmarkStart w:name="z1236" w:id="395"/>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z1236" w:id="396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7-2) определяет порядок предоставления филиалами (представительствами) иностранных нефинансовых организаций, осуществляющими деятельность в Республике Казахстан, информации, включая формы и сроки представления отчетов, а также виды деятельности, при осуществлении которых филиалами (представительствами) иностранных нефинансовых организаций требуется представление отчетов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="395"/>
-    <w:bookmarkStart w:name="z1093" w:id="396"/>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z1093" w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) выдает специальные разрешения на проведение валютных операций в рамках мер по защите платежного баланса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="396"/>
-    <w:bookmarkStart w:name="z1094" w:id="397"/>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z1094" w:id="398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) определяет по согласованию с государственными органами в соответствии с их компетенцией порядок и формы учета и отчетности по валютным операциям, обязательные для исполнения резидентами Республики Казахстан и нерезидентами Республики Казахстан в Республике Казахстан, а также порядок и сроки представления отчетности агентами валютного контроля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="397"/>
-    <w:bookmarkStart w:name="z1095" w:id="398"/>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z1095" w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) в случаях установления фактов нарушения уполномоченными банками, филиалами банков – нерезидентов Республики Казахстан и иными лицами валютного законодательства Республики Казахстан применяет ограниченные меры воздействия, меры надзорного реагирования и санкции в соответствии с валютным законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkEnd w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Национальный Банк Казахстана вправе выполнять иные функции в области валютного регулирования и валютного контроля в соответствии с настоящим Законом, иными законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -21925,346 +21851,346 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 57. Операции с активами в иностранной валюте и драгоценных металлах </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Национальный Банк Казахстана проводит следующие операции с активами в иностранной валюте и драгоценных металлах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z130" w:id="399"/>
+    <w:bookmarkStart w:name="z130" w:id="400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       покупает и продает иностранную валюту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="399"/>
-    <w:bookmarkStart w:name="z37" w:id="400"/>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z37" w:id="401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводит операции с ценными бумагами, выпущенными и гарантированными Правительством Республики Казахстан в иностранной валюте, правительствами иностранных государств или международными финансовыми организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="400"/>
-    <w:bookmarkStart w:name="z39" w:id="401"/>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z39" w:id="402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       открывает счета в банках Республики Казахстан, иностранных центральных банках, иностранных банках и других финансовых институтах, имеющих соответствующее право по законодательству государств, в которых они зарегистрированы, а также в международных финансовых организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="401"/>
-    <w:bookmarkStart w:name="z41" w:id="402"/>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z41" w:id="403"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       открывает и ведет счета, действует как представитель или корреспондент для иностранного центрального банка, иностранных банков и других финансовых институтов, имеющих соответствующее право по законодательству государств, в которых они зарегистрированы, иностранных правительств и их агентов, а также международных финансовых организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="402"/>
-    <w:bookmarkStart w:name="z43" w:id="403"/>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z43" w:id="404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет прием и хранение аффинированного золота, других драгоценных металлов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="403"/>
-    <w:bookmarkStart w:name="z45" w:id="404"/>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z45" w:id="405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводит операции по покупке, продаже, размещению на хранение и депонированию аффинированного золота и других драгоценных металлов на внутреннем и внешнем рынках, в том числе по покупке аффинированного золота в рамках реализации приоритетного права государства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="404"/>
-    <w:bookmarkStart w:name="z47" w:id="405"/>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z47" w:id="406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в порядке, установленном законодательством Республики Казахстан, ввозит в Республику Казахстан активы в иностранной валюте и драгоценные металлы, а также вывозит их за рубеж для размещения на своих счетах в иностранных банках и специализированных финансовых организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="405"/>
-    <w:bookmarkStart w:name="z49" w:id="406"/>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z49" w:id="407"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводит операции с ценными бумагами, требования к которым определяются Правлением Национального Банка Казахстана;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="406"/>
-    <w:bookmarkStart w:name="z50" w:id="407"/>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z50" w:id="408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет операции с инструментами денежного рынка с контрпартнерами, имеющими кредитный рейтинг, минимальный уровень которого определяется Правлением Национального Банка Казахстана;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="407"/>
-    <w:bookmarkStart w:name="z58" w:id="408"/>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z58" w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет операции с производными финансовыми инструментами в соответствии с порядком, определяемым Национальным Банком Казахстана;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkEnd w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       открывает и ведет металлические счета клиентов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="409"/>
+    <w:bookmarkStart w:name="z59" w:id="410"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет другие операции по решению Правления Национального Банка Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="409"/>
-    <w:bookmarkStart w:name="z61" w:id="410"/>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z61" w:id="411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Национальный Банк Казахстана осуществляет любые виды валютных операций без ограничений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="410"/>
-    <w:bookmarkStart w:name="z63" w:id="411"/>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z63" w:id="412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для достижения цели и выполнения задач, предусмотренных настоящим Законом, Национальный Банк Казахстана осуществляет деятельность по управлению активами в иностранной валюте и драгоценных металлах, обеспечивая их сохранность, ликвидность и доходность в долгосрочной перспективе с учетом риска вложения активов и в соответствии с основными принципами управления ими.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkEnd w:id="412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22378,590 +22304,590 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 58. Золотовалютные резервы Национального Банка Казахстана</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Золотовалютные резервы Национального Банка Казахстана (далее - золотовалютные резервы) формируются для целей обеспечения внутренней и внешней устойчивости казахстанского тенге из активов Национального Банка Казахстана, обладающих высокой ликвидностью на международных рынках капитала, и включают:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="412"/>
+    <w:bookmarkStart w:name="z66" w:id="413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аффинированное золото в слитках и золото на металлических счетах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="412"/>
-    <w:bookmarkStart w:name="z68" w:id="413"/>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z68" w:id="414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       резервную позицию в Международном валютном фонде и активы в специальных правах заимствования Международного валютного фонда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="413"/>
-    <w:bookmarkStart w:name="z70" w:id="414"/>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z70" w:id="415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       активы в свободно конвертируемой иностранной валюте, включая наличные деньги, депозиты, размещенные в иностранных банках, и ценные бумаги, эмитентами которых являются иностранные правительства или международные финансовые организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="414"/>
-    <w:bookmarkStart w:name="z73" w:id="415"/>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z73" w:id="416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       другие внешние активы, номинированные в свободно конвертируемых иностранных валютах, обладающие ликвидностью и возможностью использования без ограничительных условий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="415"/>
-    <w:bookmarkStart w:name="z75" w:id="416"/>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z75" w:id="417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Национальный Банк Казахстана обеспечивает поддержание золотовалютных резервов на уровне, необходимом для обеспечения стабильности и конвертируемости национальной валюты, осуществления платежей по обязательствам Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="416"/>
-    <w:bookmarkStart w:name="z77" w:id="417"/>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z77" w:id="418"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Не допускаются использование золотовалютных резервов в форме выдачи кредитов (займов, ссуд) и предоставление гарантий или других обязательств резидентам и нерезидентам Республики Казахстан, за исключением случаев, предусмотренных решением Правления Национального Банка Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="417"/>
-    <w:bookmarkStart w:name="z79" w:id="418"/>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z79" w:id="419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Увеличение и изменение структуры золотовалютных резервов производятся Национальным Банком Казахстана путем:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="418"/>
-    <w:bookmarkStart w:name="z81" w:id="419"/>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z81" w:id="420"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       покупки аффинированного золота за казахстанские тенге и иностранную валюту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="419"/>
-    <w:bookmarkStart w:name="z83" w:id="420"/>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z83" w:id="421"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       покупки активов в свободно конвертируемой иностранной валюте за казахстанские тенге (включая памятные и сувенирные монеты) и иностранную валюту у резидентов и нерезидентов Республики Казахстан, а также у Правительства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="420"/>
-    <w:bookmarkStart w:name="z85" w:id="421"/>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z85" w:id="422"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступлений в свободно конвертируемой иностранной валюте комиссионных и других вознаграждений от депозитных, вкладных, дилинговых операций с иностранной валютой и операций с ценными бумагами, номинированными в иностранной валюте, а также от предоставляемых им кредитов в иностранной валюте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z87" w:id="422"/>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z87" w:id="423"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступлений в золоте и свободно конвертируемой иностранной валюте от проведения Национальным Банком Казахстана продаж, депонирования и других операций с золотом, включая поступления от операций с ценными бумагами Национального Банка Казахстана, номинированными в аффинированном золоте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z89" w:id="423"/>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z89" w:id="424"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступлений в свободно конвертируемой иностранной валюте от выпуска Национальным Банком Казахстана эмиссионных ценных бумаг в иностранной валюте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="423"/>
-    <w:bookmarkStart w:name="z300" w:id="424"/>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z300" w:id="425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       переводов активов в иностранной валюте и драгоценных металлах в золотовалютные резервы в соответствии с основными принципами управления активами в иностранной валюте и драгоценных металлах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="424"/>
-    <w:bookmarkStart w:name="z91" w:id="425"/>
+    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:name="z91" w:id="426"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступлений от кредитов, полученных Национальным Банком Казахстана от международных финансовых организаций, центральных банков иностранных государств и других кредиторов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z94" w:id="426"/>
+    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkStart w:name="z94" w:id="427"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступлений в свободно конвертируемой иностранной валюте от услуг, оказываемых Национальным Банком Казахстана, в соответствии с настоящим Законом и Положением о Национальном Банке Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z96" w:id="427"/>
+    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkStart w:name="z96" w:id="428"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уменьшение и изменение структуры золотовалютных резервов производятся Национальным Банком Казахстана путем:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z97" w:id="428"/>
+    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkStart w:name="z97" w:id="429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продажи свободно конвертируемой валюты в целях проведения денежно-кредитной политики, включая политику обменного курса, и сглаживания дисбаланса спроса и предложения на иностранную валюту на внутреннем валютном рынке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z99" w:id="429"/>
+    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z99" w:id="430"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашения и обслуживания внешнего долга Республики Казахстан, исполнения обязательств Правительства Республики Казахстан и Национального Банка Казахстана, международных обязательств Республики Казахстан, включая международные обязательства Национального Банка Казахстана, за счет средств бюджета и бюджета (сметы расходов) Национального Банка Казахстана;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="429"/>
-    <w:bookmarkStart w:name="z100" w:id="430"/>
+    <w:bookmarkEnd w:id="430"/>
+    <w:bookmarkStart w:name="z100" w:id="431"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оплаты импорта продукции (работ, услуг), содержания дипломатических и иных представительств за рубежом, оплаты командировочных и представительских расходов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="430"/>
-    <w:bookmarkStart w:name="z102" w:id="431"/>
+    <w:bookmarkEnd w:id="431"/>
+    <w:bookmarkStart w:name="z102" w:id="432"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продажи активов в свободно конвертируемой иностранной валюте для приобретения другой иностранной валюты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="431"/>
-    <w:bookmarkStart w:name="z103" w:id="432"/>
+    <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkStart w:name="z103" w:id="433"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашения эмиссионных ценных бумаг Национального Банка Казахстана;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="432"/>
-    <w:bookmarkStart w:name="z104" w:id="433"/>
+    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkStart w:name="z104" w:id="434"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       возврата основной суммы и вознаграждения по кредитам, полученным Национальным Банком Казахстана, а также выплат комиссионных и других сопутствующих им расходов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="433"/>
-    <w:bookmarkStart w:name="z301" w:id="434"/>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z301" w:id="435"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       переводов золотовалютных резервов в другие активы в иностранной валюте и драгоценных металлах в соответствии с основными принципами управления активами в иностранной валюте и драгоценных металлах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="434"/>
-    <w:bookmarkStart w:name="z106" w:id="435"/>
+    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkStart w:name="z106" w:id="436"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       реализации аффинированного золота за казахстанские тенге и иностранную валюту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="435"/>
-    <w:bookmarkStart w:name="z108" w:id="436"/>
+    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkStart w:name="z108" w:id="437"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оплаты расходов, связанных с управлением и хранением активов в иностранной валюте и драгоценных металлах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="436"/>
-    <w:bookmarkStart w:name="z109" w:id="437"/>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z109" w:id="438"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       списания убыточных золотовалютных резервов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="437"/>
-    <w:bookmarkStart w:name="z110" w:id="438"/>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z110" w:id="439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Увеличение или уменьшение золотовалютных резервов происходит также в результате изменения рыночной стоимости активов, входящих в золотовалютные резервы, и операций резидентов-владельцев банковских счетов в свободно конвертируемой валюте, открытых в Национальном Банке Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkEnd w:id="439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23110,276 +23036,276 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Статья 60 исключена Законом РК от 11.07.2009 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">N 185-IV </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(вводится в действие с 30.08.2009). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z115" w:id="439"/>
+    <w:bookmarkStart w:name="z115" w:id="440"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 11. ПОРЯДОК ОРГАНИЗАЦИИ И ОСУЩЕСТВЛЕНИЯ КОНТРОЛЯ И</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>НАДЗОРА ЗА ФИНАНСОВЫМ РЫНКОМ И ФИНАНСОВЫМИ ОРГАНИЗАЦИЯМИ И</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>В ОБЛАСТИ ФИНАНСОВОГО ЗАКОНОДАТЕЛЬСТВА РЕСПУБЛИКИ КАЗАХСТАН</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkEnd w:id="440"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Глава 11 исключена Законом РК от 03.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 262-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2020).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z124" w:id="440"/>
+    <w:bookmarkStart w:name="z124" w:id="441"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 12 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ОТЧЕТНОСТЬ НАЦИОНАЛЬНОГО БАНКА КАЗАХСТАНА</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="440"/>
-    <w:bookmarkStart w:name="z125" w:id="441"/>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z125" w:id="442"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 65. Финансовый год </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkEnd w:id="442"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Финансовый год Национального Банка Казахстана начинается 1 января и заканчивается 31 декабря по календарному исчислению. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z127" w:id="442"/>
+    <w:bookmarkStart w:name="z127" w:id="443"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 66. Отчетность </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="442"/>
+    <w:bookmarkEnd w:id="443"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Национальный Банк Казахстана ежегодно представляет на утверждение Президенту Республики Казахстан годовой отчет. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z261" w:id="443"/>
+    <w:bookmarkStart w:name="z261" w:id="444"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Президент Республики Казахстан рассматривает годовой отчет Национального Банка Казахстана и принимает решение об его утверждении. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="443"/>
+    <w:bookmarkEnd w:id="444"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23553,110 +23479,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 67. Годовой отчет</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Годовой отчет Национального Банка Казахстана включает: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z263" w:id="444"/>
+    <w:bookmarkStart w:name="z263" w:id="445"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - доклад о денежно-кредитной политике и состоянии финансового рынка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="444"/>
-    <w:bookmarkStart w:name="z264" w:id="445"/>
+    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkStart w:name="z264" w:id="446"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       - отчет о деятельности Национального Банка Казахстана в истекшем году; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="445"/>
-    <w:bookmarkStart w:name="z265" w:id="446"/>
+    <w:bookmarkEnd w:id="446"/>
+    <w:bookmarkStart w:name="z265" w:id="447"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       - годовую консолидированную финансовую отчетность Национального Банка Казахстана. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="446"/>
+    <w:bookmarkEnd w:id="447"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23790,90 +23716,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 68. Проверка деятельности Национального Банка Казахстана</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       По решению Правления Национального Банка Казахстана аудит финансовой отчетности Национального Банка Казахстана проводится ежегодно аудиторской организацией, имеющей опыт аудита центрального банка государства - члена Организации экономического сотрудничества и развития (ОЭСР) или стран Содружества Независимых Государств (СНГ). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z266" w:id="447"/>
+    <w:bookmarkStart w:name="z266" w:id="448"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Любая полученная при проверке информация считается конфиденциальной и аудиторская организация несет ответственность за ее передачу третьим лицам. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="447"/>
-    <w:bookmarkStart w:name="z267" w:id="448"/>
+    <w:bookmarkEnd w:id="448"/>
+    <w:bookmarkStart w:name="z267" w:id="449"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Проверка деятельности Национального Банка Казахстана и его организаций любыми государственными органами осуществляется только с согласия или по поручению Президента Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="448"/>
+    <w:bookmarkEnd w:id="449"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23952,110 +23878,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 30.08.2009).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z133" w:id="449"/>
+    <w:bookmarkStart w:name="z133" w:id="450"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 13 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="449"/>
-    <w:bookmarkStart w:name="z134" w:id="450"/>
+    <w:bookmarkEnd w:id="450"/>
+    <w:bookmarkStart w:name="z134" w:id="451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 69. Ликвидация Национального Банка Казахстана </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="450"/>
+    <w:bookmarkEnd w:id="451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Национальный Банк Казахстана может быть ликвидирован путем принятия соответствующего Закона Республики Казахстан. В случае ликвидации Национального Банка Казахстана его имущество передается правопреемнику, указанному в соответствующем Законе. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -24109,70 +24035,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 69-1. Генеральное финансовое соглашение с участием Национального Банка Казахстана</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1175" w:id="451"/>
+    <w:bookmarkStart w:name="z1175" w:id="452"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Стороны генерального финансового соглашения с участием Национального Банка Казахстана осуществляют (применяют) зачет требований и (или) ликвидационный неттинг по сделке (сделкам) в рамках генерального финансового соглашения в порядке и на условиях, определенных в генеральном финансовом соглашении.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkEnd w:id="452"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24266,130 +24192,130 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z251" w:id="452"/>
+    <w:bookmarkStart w:name="z251" w:id="453"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В целях обеспечения качественного и своевременного выполнения возложенных на Национальный Банк Казахстана функций, реализации требований настоящего Закона и иных законов Республики Казахстан Национальный Банк Казахстана вправе получать безвозмездно от любых физических и юридических лиц, филиалов банков-нерезидентов Республики Казахстан, филиалов страховых (перестраховочных) организаций-нерезидентов Республики Казахстан, филиалов страховых брокеров-нерезидентов Республики Казахстан, а также государственных органов необходимую информацию, в том числе сведения, составляющие служебную, коммерческую, банковскую и иную охраняемую законом тайну. При этом полученная информация не подлежит разглашению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="452"/>
-    <w:bookmarkStart w:name="z1142" w:id="453"/>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z1142" w:id="454"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Национальный Банк Казахстана предоставляет уполномоченному органу по регулированию, контролю и надзору финансового рынка и финансовых организаций административные данные, необходимые для реализации его полномочий по регулированию, контролю и надзору за финансовым рынком и финансовыми организациями, в том числе информацию и сведения, составляющие служебную, коммерческую, банковскую и иную охраняемую законом тайну. Передача информации осуществляется в том числе путем обеспечения доступа уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций к информационным системам Национального Банка Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="453"/>
-    <w:bookmarkStart w:name="z1237" w:id="454"/>
+    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkStart w:name="z1237" w:id="455"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Национальный Банк Казахстана в целях обеспечения полноты и качества информации по финансовому рынку и финансовым организациям, используемой для предоставления услуг государственным органам и финансовым организациям, осуществляет обмен информацией со своими дочерними организациями с использованием принадлежащих им информационных систем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="454"/>
-    <w:bookmarkStart w:name="z252" w:id="455"/>
+    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkStart w:name="z252" w:id="456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государственные органы, финансовые и иные организации, их ассоциации (союзы), а также физические лица, филиалы банков-нерезидентов Республики Казахстан, филиалы страховых (перестраховочных) организаций-нерезидентов Республики Казахстан, филиалы страховых брокеров-нерезидентов Республики Казахстан обязаны предоставлять по запросу Национального Банка Казахстана документы, отчетность, включая финансовую, и в случае необходимости иную дополнительную информацию, необходимые для выполнения Национальным Банком Казахстана своих функций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkEnd w:id="456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24523,90 +24449,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 70-1. Возмездность услуг, оказываемых Национальным Банком Казахстана</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Национальный Банк Казахстана вправе производить на платной основе банковские операции и другие услуги. Виды и размеры платы за предоставляемые им услуги определяются Национальным Банком Казахстана самостоятельно. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z268" w:id="456"/>
+    <w:bookmarkStart w:name="z268" w:id="457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Национальный Банк Казахстана не взимает платы за банковские и иные услуги, оказываемые Правительству Республики Казахстан и центральному уполномоченному органу по исполнению бюджета, за исключением услуг по управлению Национальным фондом Республики Казахстан, иными фондами и организациями. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="456"/>
-    <w:bookmarkStart w:name="z253" w:id="457"/>
+    <w:bookmarkEnd w:id="457"/>
+    <w:bookmarkStart w:name="z253" w:id="458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Национальный Банк Казахстана оказывает государственные услуги физическим и юридическим лицам, филиалам банков-нерезидентов Республики Казахстан, филиалам страховых (перестраховочных) организаций-нерезидентов Республики Казахстан, филиалам страховых брокеров-нерезидентов Республики Казахстан на платной основе в случаях, предусмотренных нормативными правовыми актами Республики Казахстан. Размеры платы за предоставляемые им государственные услуги определяются налоговым законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="457"/>
+    <w:bookmarkEnd w:id="458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>