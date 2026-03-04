--- v1 (2026-01-01)
+++ v2 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="42117e3" w14:textId="42117e3">
+    <w:p w14:paraId="96dae74" w14:textId="96dae74">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -10549,110 +10549,204 @@
         <w:t>
       9) повышать свой профессиональный уровень и квалификацию для эффективного исполнения должностных полномочий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="221"/>
     <w:bookmarkStart w:name="z626" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) не разглашать третьим лицам служебную, коммерческую, банковскую тайну, тайну страхования, пенсионных накоплений и иную охраняемую законом тайну, а также другую информацию в любой доступной для восприятия форме на любых видах носителей, полученную при исполнении своих должностных полномочий, включая информацию, полученную при работе с автоматизированными информационными подсистемами (при наличии доступа к ним), за исключением случаев, предусмотренных законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z627" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 11) предусматривается в редакции Закона РК от 03.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) в месячный срок с даты занятия должности служащего Национального Банка Казахстана или его ведомства передать в доверительное управление и представить в кадровую службу Национального Банка Казахстана копию нотариально удостоверенного договора на доверительное управление принадлежащих паев инвестиционных фондов, облигаций и акций коммерческих организаций.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z628" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Служащие Национального Банка Казахстана и его ведомств не вправе приобретать паи инвестиционных фондов, облигации, акции коммерческих организаций.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z628" w:id="224"/>
-[...15 lines deleted...]
-      3. Служащие Национального Банка Казахстана и его ведомств не вправе приобретать паи инвестиционных фондов, облигации, акции коммерческих организаций.</w:t>
+    <w:bookmarkStart w:name="z629" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Служащие Национального Банка Казахстана и его ведомств в случае осуществления в силу своих должностных полномочий проверок деятельности проверяемых субъектов по вопросам, входящим в компетенцию Национального Банка Казахстана, обязаны незамедлительно сообщать вышестоящему руководству обо всех обстоятельствах, которые могут препятствовать четкому и беспристрастному выполнению должностных полномочий, в том числе о:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z629" w:id="225"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) близких родственниках (свойственниках), супругах, являющихся руководящими работниками проверяемых субъектов; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10862,106 +10956,298 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 20-5. Ответственность работников Национального Банка Казахстана и его ведомств </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z634" w:id="226"/>
+    <w:bookmarkStart w:name="z634" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. За неисполнение и ненадлежащее исполнение возложенных обязанностей и трудовой дисциплины служащие и технические служащие Национального Банка Казахстана и его ведомств несут ответственность в соответствии с Трудовым кодексом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Исключен Законом РК от 18.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 411-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2016).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z642" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Дисциплинарное взыскание:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z643" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) налагается должностным лицом, имеющим право назначения на должность и освобождения от должности служащего Национального Банка Казахстана и его ведомств, привлекаемого к дисциплинарной ответственности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z644" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) не может быть наложено повторно за один и тот же проступок;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z645" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) налагается в порядке, определяемом актом Национального Банка Казахстана.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z646" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Служащие Национального Банка Казахстана и его ведомств, допустившие дисциплинарный проступок, могут быть временно отстранены от исполнения должностных обязанностей должностным лицом, имеющим право его назначения на должность и освобождения от должности, до решения вопроса об ответственности в установленном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">2. Исключен Законом РК от 18.11.2015 </w:t>
+        <w:t xml:space="preserve">5. Исключен Законом РК от 18.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 411-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -10973,1142 +11259,950 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие с 01.01.2016).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...96 lines deleted...]
-      4. Служащие Национального Банка Казахстана и его ведомств, допустившие дисциплинарный проступок, могут быть временно отстранены от исполнения должностных обязанностей должностным лицом, имеющим право его назначения на должность и освобождения от должности, до решения вопроса об ответственности в установленном порядке.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Исключен Законом РК от 18.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 411-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2016).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Исключен Законом РК от 18.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 411-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2016).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z650" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Служащие и технические служащие Национального Банка Казахстана и его ведомств должны быть в обязательном порядке ознакомлены со всеми материалами, связанными с привлечением к дисциплинарной ответственности, им предоставляется право лично участвовать в процедуре служебного расследования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z651" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Действия и решения Национального Банка Казахстана могут быть обжалованы привлекаемыми к ответственности служащими и техническими служащими Национального Банка Казахстана и его ведомств в порядке, установленном законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z1168" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом обжалование указанных действий и решений Национального Банка Казахстана не приостанавливает их исполнения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z652" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Служащие и технические служащие Национального Банка Казахстана и его ведомств в случае совершения ими уголовных и иных правонарушений несут соответственно уголовную, административную, материальную ответственность на основаниях и в порядке, установленных законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z1040" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Национальный Банк Казахстана обеспечивает правовую защиту своих работников, членов Правления, включая бывших работников и членов Правления, и привлеченных им лиц в случае подачи против них исков в связи с действиями (бездействием), принятием решений в целях осуществления возложенных на Национальный Банк Казахстана функций, в том числе в период исполнения ими обязанностей членов временных администраций и ликвидационных комиссий банков второго уровня, страховых (перестраховочных) организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">5. Исключен Законом РК от 18.11.2015 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 20-5 с изменениями, внесенными законами РК от 03.07.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 227-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2015); от 04.07.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2015); от 18.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 411-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> в действие с 01.01.2016).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2019); от 29.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2021).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...57 lines deleted...]
-        <w:t xml:space="preserve"> в действие с 01.01.2016).</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 20-6. Отпуска работников Национального Банка Казахстана и его ведомств</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1117" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Председателю Национального Банка Казахстана, его заместителям, а также иным работникам Национального Банка Казахстана и его ведомств предоставляется оплачиваемый ежегодный трудовой отпуск продолжительностью тридцать календарных дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z1118" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оплачиваемый ежегодный трудовой отпуск работникам Национального Банка Казахстана и его ведомств за первый и последующие годы работы по соглашению сторон предоставляется в любое время рабочего года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z1119" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. По желанию работников Национального Банка Казахстана и его ведомств ежегодные оплачиваемые трудовые отпуска могут предоставляться им по частям. При этом одна из частей оплачиваемого ежегодного трудового отпуска должна быть не менее двух календарных недель продолжительности отпуска.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z1120" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Работникам Национального Банка Казахстана и его ведомств может быть предоставлен отпуск без сохранения заработной платы в порядке, установленном трудовым законодательством Республики Казахстан, в том числе в случае их обучения в рамках государственного заказа по программам послевузовского образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 4-1 дополнена статьей 20-6 в соответствии с Законом РК от 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2020); с изменением, внесенным Законом РК от 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 95-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...57 lines deleted...]
-        <w:t xml:space="preserve"> в действие с 01.01.2016).</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 20-7. Гарантии и компенсации работникам Национального Банка Казахстана и его ведомств при командировках</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1122" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Работникам Национального Банка Казахстана и его ведомств возмещаются расходы на служебные командировки, в том числе и в иностранные государства, в порядке, определяемом Национальным Банком Казахстана.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z1123" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. За командированными работниками Национального Банка Казахстана и его ведомств сохраняются в течение всего времени командировки место работы (должность) и средняя заработная плата.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 4-1 дополнена статьей 20-7 в соответствии с Законом РК от 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2020).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z650" w:id="232"/>
-[...98 lines deleted...]
-    <w:bookmarkEnd w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 20-8. Прикомандирование работников Национального Банка Казахстана</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1170" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Работники Национального Банка Казахстана с целью выполнения задач, поставленных перед Национальным Банком Казахстана, могут быть прикомандированы к загранучреждениям Республики Казахстан, международным организациям и (или) их представительствам и иным организациям в порядке, регулируемом законодательством Республики Казахстан о дипломатической службе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z1171" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Оплата труда прикомандированных работников Национального Банка Казахстана осуществляется за счет средств бюджета (сметы расходов) Национального Банка Казахстана и определяется в порядке и на условиях, определяемых Правлением Национального Банка Казахстана.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z1172" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Условия социального и медицинского обеспечения, гарантии, условия выплаты компенсаций и иных выплат, в том числе возмещения ущерба прикомандированным работникам Национального Банка Казахстана и сопровождающим их членам семьи (супругу (супруге), несовершеннолетним детям, несовершеннолетним усыновленным (удочеренным) детям, а также нетрудоспособным совершеннолетним детям и (или) родителям), определяются соответствующим актом Национального Банка Казахстана.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 20-5 с изменениями, внесенными законами РК от 03.07.2014 </w:t>
-[...99 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 01.07.2021).</w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 4-1 дополнена статьей 20-8 в соответствии с Законом РК от 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 95-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z44" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...149 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...89 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2020).</w:t>
+        </w:rPr>
+        <w:t>ВЗАИМОДЕЙСТВИЕ НАЦИОНАЛЬНОГО БАНКА КАЗАХСТАНА</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...60 lines deleted...]
-      3. Условия социального и медицинского обеспечения, гарантии, условия выплаты компенсаций и иных выплат, в том числе возмещения ущерба прикомандированным работникам Национального Банка Казахстана и сопровождающим их членам семьи (супругу (супруге), несовершеннолетним детям, несовершеннолетним усыновленным (удочеренным) детям, а также нетрудоспособным совершеннолетним детям и (или) родителям), определяются соответствующим актом Национального Банка Казахстана.</w:t>
+        </w:rPr>
+        <w:t>С ОРГАНАМИ ГОСУДАРСТВЕННОЙ ВЛАСТИ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="245"/>
-    <w:p>
-[...103 lines deleted...]
-    <w:bookmarkStart w:name="z46" w:id="247"/>
+    <w:bookmarkStart w:name="z46" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 21. Основные принципы взаимодействия </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkEnd w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Национальный Банк Казахстана в пределах предоставленных ему законами Республики Казахстан и актами Президента Республики Казахстан полномочий независим в своей деятельности. Органы представительной и исполнительной власти не вправе вмешиваться в деятельность Национального Банка Казахстана, его филиалов, представительств, ведомств и организаций по реализации его законодательно закрепленных полномочий. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -12220,110 +12314,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 22. Правительство Республики Казахстан и Национальный Банк Казахстана</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Национальный Банк Казахстана координирует свою деятельность с Правительством Республики Казахстан. Национальный Банк Казахстана и Правительство обязаны информировать друг друга о предполагаемых действиях и достигнутых результатах, имеющих общегосударственное значение, и проводить регулярные консультации. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z351" w:id="248"/>
+    <w:bookmarkStart w:name="z351" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Национальный Банк Казахстана учитывает в своей деятельности экономическую политику Правительства и содействует ее реализации, если это не противоречит выполнению его основных функций и осуществлению денежно-кредитной политики. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z352" w:id="249"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z352" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Председатель Национального Банка Казахстана или один из его заместителей вправе принимать участие в заседаниях Правительства с правом совещательного голоса. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z353" w:id="250"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z353" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Правительство не несет ответственности по обязательствам Национального Банка Казахстана, также как и Национальный Банк Казахстана не несет ответственности по обязательствам Правительства, за исключением случаев, когда он принимает на себя такую ответственность. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkEnd w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12514,70 +12608,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 24. Национальный Банк Казахстана - банк Правительства Республики Казахстан </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В Национальном Банке Казахстана размещаются средства Правительства Республики Казахстан. Национальный Банк Казахстана производит платежи, осуществляет иные операции по счетам Правительства, а также предоставляет ему другие услуги. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z354" w:id="251"/>
+    <w:bookmarkStart w:name="z354" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Не допускается прямое финансирование Правительства Республики Казахстан Национальным Банком Казахстана. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkEnd w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12733,206 +12827,206 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="252"/>
+    <w:bookmarkStart w:name="z53" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 26. Национальный Банк Казахстана - агент Правительства Республики Казахстан </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkEnd w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Национальный Банк Казахстана действует в качестве агента Правительства Республики Казахстан на условиях, которые согласованы между Национальным Банком Казахстана и Правительством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z355" w:id="253"/>
+    <w:bookmarkStart w:name="z355" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Национальный Банк Казахстана в качестве агента Правительства Республики Казахстан обслуживает по согласованию с ним государственные займы Правительства. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z54" w:id="254"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z54" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 27. Операции с государственными ценными бумагами, выпущенными по решению Правительства Республики Казахстан </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkEnd w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Национальный Банк Казахстана вправе осуществлять операции с государственными ценными бумагами, выпущенными по решению Правительства Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z356" w:id="255"/>
+    <w:bookmarkStart w:name="z356" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Национальный Банк Казахстана не вправе приобретать в свою собственность государственные ценные бумаги центрального уполномоченного органа по исполнению бюджета при их размещении на первичном рынке. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z357" w:id="256"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z357" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Центральный уполномоченный орган по исполнению бюджета согласовывает с Национальным Банком Казахстана условия допуска финансовых организаций к первичному размещению государственных ценных бумаг, выпущенных по решению Правительства. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkEnd w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13148,80 +13242,80 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="257"/>
+    <w:bookmarkStart w:name="z56" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ДЕНЕЖНО-КРЕДИТНАЯ ПОЛИТИКА</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkEnd w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 29. Разработка и проведение денежно-кредитной политики</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -13249,166 +13343,166 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Денежно-кредитная политика осуществляется путем установления: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z359" w:id="258"/>
+    <w:bookmarkStart w:name="z359" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       базовой ставки Национального Банка Казахстана; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z360" w:id="259"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z360" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ставок вознаграждения по основным операциям денежно-кредитной политики; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkEnd w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       нормативов минимальных резервных требований; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z362" w:id="260"/>
+    <w:bookmarkStart w:name="z362" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в исключительных случаях прямых количественных ограничений на уровень и объемы отдельных видов операций. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z1166" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Национальный Банк Казахстана устанавливает целевые ориентиры по инфляции на среднесрочную перспективу.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z1166" w:id="261"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13562,262 +13656,262 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 30. Виды операций денежно-кредитной политики </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В целях реализации денежно-кредитной политики Национальный Банк Казахстана осуществляет следующие виды операций: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z363" w:id="262"/>
+    <w:bookmarkStart w:name="z363" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) предоставление займов постоянного доступа; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z364" w:id="263"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z364" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) прием депозитов; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z365" w:id="264"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z365" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) валютные интервенции; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z366" w:id="265"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z366" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) выпуск краткосрочных нот Национального Банка Казахстана; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z367" w:id="266"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z367" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) покупка и продажа государственных и других ценных бумаг, в том числе с правом обратного выкупа; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) исключен Законом РК от 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 422-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2016);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z369" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) другие операции по решению Правления Национального Банка Казахстана.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="266"/>
-    <w:p>
-[...110 lines deleted...]
-    <w:bookmarkEnd w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13988,150 +14082,150 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие с 01.01.2016).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 32. Резервные требования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1124" w:id="268"/>
+    <w:bookmarkStart w:name="z1124" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В целях осуществления денежно-кредитной политики Национальный Банк Казахстана устанавливает нормативы минимальных резервных требований.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z1125" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Национальный Банк Казахстана утверждает правила о минимальных резервных требованиях, которыми определяются структура обязательств банков, филиалов банков – нерезидентов Республики Казахстан, принимаемых для расчета минимальных резервных требований, порядок расчета минимальных резервных требований, выполнения минимальных резервных требований, резервирования и осуществления контроля за выполнением минимальных резервных требований.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z1125" w:id="269"/>
-[...15 lines deleted...]
-      Национальный Банк Казахстана утверждает правила о минимальных резервных требованиях, которыми определяются структура обязательств банков, филиалов банков – нерезидентов Республики Казахстан, принимаемых для расчета минимальных резервных требований, порядок расчета минимальных резервных требований, выполнения минимальных резервных требований, резервирования и осуществления контроля за выполнением минимальных резервных требований.</w:t>
+    <w:bookmarkStart w:name="z1126" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Изменение нормативов минимальных резервных требований вводится в действие не раньше чем через месяц со дня принятия такого решения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z1126" w:id="270"/>
-[...15 lines deleted...]
-      Изменение нормативов минимальных резервных требований вводится в действие не раньше чем через месяц со дня принятия такого решения.</w:t>
+    <w:bookmarkStart w:name="z1127" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При нарушении минимальных резервных требований банки, филиалы банка-нерезидента Республики Казахстан несут ответственность, установленную законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z1127" w:id="271"/>
-[...15 lines deleted...]
-      При нарушении минимальных резервных требований банки, филиалы банка-нерезидента Республики Казахстан несут ответственность, установленную законами Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1128" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В десятидневный срок со дня назначения председателя ликвидационной комиссии Национальный Банк Казахстана возвращает ликвидационной комиссии банка, филиала банка – нерезидента Республики Казахстан зарезервированные у него средства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z1128" w:id="272"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14362,267 +14456,267 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 34 с изменениями, внесенными Законом РК от 02.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 399-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2021).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1167" w:id="273"/>
+    <w:bookmarkStart w:name="z1167" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Базовая ставка Национального Банка Казахстана является основным инструментом денежно-кредитной политики и ориентиром для установления ставок вознаграждения по операциям денежно-кредитной политики.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ставки вознаграждения по операциям денежно-кредитной политики устанавливаются Национальным Банком Казахстана в целях воздействия на рыночные ставки вознаграждения на финансовом рынке в рамках осуществляемой денежно-кредитной политики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 34 - в редакции Закона РК от 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 422-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2016); с изменениями, внесенными Законом РК от 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 399-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2021); с изменением, внесенным Законом РК от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 35. Займы постоянного доступа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z670" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Национальный Банк Казахстана предоставляет займы постоянного доступа в соответствии с принятыми ориентирами денежно-кредитной политики исключительно под обеспечение высоколиквидными, безрисковыми ценными бумагами и иными низкорисковыми активами на срок не более тридцати календарных дней.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="273"/>
-    <w:p>
-[...195 lines deleted...]
-    <w:bookmarkEnd w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14676,70 +14770,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 36. Валютные интервенции </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Валютные интервенции Национального Банка Казахстана осуществляются самостоятельно путем купли-продажи иностранной валюты и проведения других видов валютных сделок на межбанковском или биржевом рынке с целью воздействия на курс казахстанского тенге. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z380" w:id="275"/>
+    <w:bookmarkStart w:name="z380" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Валютные интервенции Национального Банка Казахстана проводятся в рамках общей денежно-кредитной политики. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkEnd w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14817,70 +14911,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 36-1. Депозиты </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Порядок, условия привлечения и погашения, сроки и лимиты привлечения депозитов определяются Национальным Банком Казахстана. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z381" w:id="276"/>
+    <w:bookmarkStart w:name="z381" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Национальный Банк Казахстана вправе привлекать депозиты как в национальной, так и в иностранной валюте. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkEnd w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14934,90 +15028,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 36-2. Краткосрочные ноты Национального Банка Казахстана </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Краткосрочные ноты Национального Банка Казахстана - государственные эмиссионные ценные бумаги, эмитируемые Национальным Банком Казахстана, обязательства по которым несет Национальный Банк Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z382" w:id="277"/>
+    <w:bookmarkStart w:name="z382" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Порядок и условия выпуска, размещения, обращения и погашения краткосрочных нот определяются Национальным Банком Казахстана. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z383" w:id="278"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z383" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Национальный Банк Казахстана в соответствии с целями денежно-кредитной политики вправе осуществлять выпуск краткосрочных нот как в национальной, так и в иностранной валюте. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkEnd w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15166,280 +15260,280 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 37. Количественные ограничения по операциям банков </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Под прямыми количественными ограничениями Национального Банка Казахстана понимаются максимальные уровни ставок по отдельным видам операций и сделок, прямое ограничение кредитования, замораживание ставок вознаграждения, прямое регулирование конкретных видов кредита в целях стимулирования или сдерживания развития отдельных отраслей. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z384" w:id="279"/>
+    <w:bookmarkStart w:name="z384" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Национальный Банк Казахстана вправе применять прямые количественные ограничения в случае невозможности приостановления инфляционных процессов косвенными методами денежно-кредитного регулирования. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В статью 37 внесены изменения - Законом РК от 11 июля 1997 г. N </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>154</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z71" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 7 </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ДЕНЕЖНОЕ ОБРАЩЕНИЕ И ДЕНЕЖНАЯ ЕДИНИЦА</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="279"/>
-    <w:p>
-[...91 lines deleted...]
-    <w:bookmarkStart w:name="z72" w:id="281"/>
+    <w:bookmarkStart w:name="z72" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 38. Денежная единица</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkEnd w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Денежной единицей (национальной валютой) Республики Казахстан является казахстанский тенге. Казахстанский тенге состоит из 100 тиынов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z385" w:id="282"/>
+    <w:bookmarkStart w:name="z385" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Денежные знаки Республики Казахстан, находящиеся в обращении, состоят из банкнот и монет. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z386" w:id="283"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z386" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Структура номиналов банкнот и монет определяется Национальным Банком Казахстана. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z74" w:id="284"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z74" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 39. Платежное средство </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkEnd w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Законным платежным средством в Республике Казахстан, за исключением случаев, предусмотренных законодательными актами, нормативными правовыми актами Национального Банка Казахстана, является казахстанский тенге. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -15511,70 +15605,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 40. Выпуск банкнот и монет</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Выпуск банкнот и монет, организация их обращения и изъятие из обращения на территории Республики Казахстан осуществляются исключительно Национальным Банком Казахстана. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z387" w:id="285"/>
+    <w:bookmarkStart w:name="z387" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Выпуск банкнот и монет в обращение осуществляется Национальным Банком Казахстана посредством их продажи физическим и юридическим лицам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkEnd w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15642,70 +15736,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 41. Обеспечение денежной единицы </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Банкноты и монеты Национального Банка Казахстана являются безусловными обязательствами Национального Банка Казахстана и обеспечиваются всеми его активами. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z388" w:id="286"/>
+    <w:bookmarkStart w:name="z388" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Национальный Банк Казахстана регулярно публикует в средствах массовой информации сообщение о размерах золотовалютных резервов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkEnd w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15803,150 +15897,150 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 42. Изготовление и характеристика банкнот и монет </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Национальный Банк Казахстана определяет потребность в необходимом количестве банкнот и монет, обеспечивает их изготовление, устанавливает порядок хранения, уничтожения и инкассации наличных денег. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z389" w:id="287"/>
+    <w:bookmarkStart w:name="z389" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Монеты делятся на следующие виды: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z390" w:id="288"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z390" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       инвестиционные монеты - монеты, изготовленные из драгоценных металлов, являющиеся объектом инвестирования и накопления; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z391" w:id="289"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z391" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       коллекционные монеты - юбилейные, памятные и иные монеты специального чекана, изготовленные ограниченным тиражом как из драгоценных, так и из недрагоценных металлов, являющиеся объектом коллекционирования и накопления; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z392" w:id="290"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z392" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       циркуляционные монеты - монеты, изготовленные из недрагоценных металлов и предназначенные для наличного денежного обращения. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z393" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Банкноты и монеты национальной валюты Республики Казахстан разрабатываются в соответствии с концепцией дизайна банкнот и монет национальной валюты – казахстанского тенге. Изображения и описания банкнот и монет публикуются в средствах массовой информации.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z393" w:id="291"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16084,209 +16178,209 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 43. Требования к приему банкнот и монет </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Банкноты и монеты, выпущенные в обращение Национальным Банком Казахстана, обязательны к приему по их нарицательной стоимости на всей территории Республики Казахстан по всем видам платежей, а также для зачисления на банковские счета и для перевода, без ограничения размениваются и обмениваются всеми банками, филиалами банков-нерезидентов Республики Казахстан и Национальным оператором почты. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z394" w:id="292"/>
+    <w:bookmarkStart w:name="z394" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Никто, кроме Национального Банка Казахстана, не может объявить недействительными банкноты и монеты, выпущенные Национальным Банком Казахстана. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 43 с изменениями, внесенными законами РК от 16.07.1999 N </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>436</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 422-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 43-1. Продажа и выкуп банкнот и монет Национальным Банком Казахстана, в том числе в специальной упаковке</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1232" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Продажа и выкуп Национальным Банком Казахстана банкнот и монет, в том числе в специальной упаковке, осуществляются в порядке, определенном нормативными правовыми актами Национального Банка Казахстана.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="292"/>
-    <w:p>
-[...137 lines deleted...]
-    <w:bookmarkEnd w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16611,90 +16705,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 46. Ветхие, сомнительные банкноты и дефектные (поврежденные), сомнительные монеты</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ветхие банкноты, сохранившие не менее семидесяти процентов от установленных Национальным Банком Казахстана размеров банкнот, и дефектные (поврежденные) монеты без ограничений обмениваются Национальным Банком Казахстана, банками, филиалами банков-нерезидентов Республики Казахстан и Национальным оператором почты в соответствии с нормативным правовым актом Национального Банка Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z112" w:id="294"/>
+    <w:bookmarkStart w:name="z112" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сомнительные банкноты, сохранившие более пятидесяти процентов, и сомнительные монеты принимаются Национальным Банком Казахстана, банками, филиалами банков-нерезидентов Республики Казахстан и Национальным оператором почты в соответствии с нормативным правовым актом Национального Банка Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z114" w:id="295"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z114" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сомнительные банкноты и сомнительные монеты обмениваются Национальным Банком Казахстана после определения их платежности в порядке, предусмотренном нормативным правовым актом Национального Банка Казахстана. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkEnd w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Национальный Банк Казахстана не обязан компенсировать утерянные или уничтоженные банкноты и монеты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -16987,136 +17081,136 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Статья 47-1 исключена Законом РК от 11.07.2009 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 185-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 30.08.2009). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z93" w:id="296"/>
+    <w:bookmarkStart w:name="z93" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 8. Организация платежей и переводов денег</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkEnd w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Название главы - в редакции Закона РК от 16 июля 1999 г. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 436</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z95" w:id="297"/>
+    <w:bookmarkStart w:name="z95" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 48. Полномочия Национального Банка Казахстана в организации и регулировании платежей и (или) переводов денег, платежных систем и рынка платежных услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkEnd w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Полномочия Национального Банка Казахстана в организации и регулировании платежей и (или) переводов денег, платежных систем и рынка платежных услуг, осуществлении государственного контроля и надзора за рынком платежных услуг и надзора (оверсайта) за платежными системами определяются в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17590,600 +17684,600 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 51-1. Разработка и осуществление мер по обеспечению стабильности финансовой системы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="298"/>
+    <w:bookmarkStart w:name="z6" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Национальный Банк Казахстана самостоятельно и (или) совместно с иными государственными органами в рамках их компетенции разрабатывает и осуществляет меры, направленные на обеспечение стабильности финансовой системы.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z1129" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Национальный Банк Казахстана, Правительство Республики Казахстан и уполномоченный орган по регулированию, контролю и надзору финансового рынка и финансовых организаций взаимодействуют по вопросам стабильности финансовой системы путем:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z1129" w:id="299"/>
-[...15 lines deleted...]
-      Национальный Банк Казахстана, Правительство Республики Казахстан и уполномоченный орган по регулированию, контролю и надзору финансового рынка и финансовых организаций взаимодействуют по вопросам стабильности финансовой системы путем:</w:t>
+    <w:bookmarkStart w:name="z1130" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      информирования друг друга о предполагаемых действиях и достигнутых результатах, имеющих общегосударственное значение;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z1130" w:id="300"/>
-[...15 lines deleted...]
-      информирования друг друга о предполагаемых действиях и достигнутых результатах, имеющих общегосударственное значение;</w:t>
+    <w:bookmarkStart w:name="z1131" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      совместной оценки факторов риска для финансовой стабильности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z1131" w:id="301"/>
-[...15 lines deleted...]
-      совместной оценки факторов риска для финансовой стабильности;</w:t>
+    <w:bookmarkStart w:name="z1132" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработки, принятия и реализации комплекса согласованных решений в целях минимизации системного риска, предотвращения возникновения финансового кризиса и минимизации его последствий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z1132" w:id="302"/>
-[...15 lines deleted...]
-      разработки, принятия и реализации комплекса согласованных решений в целях минимизации системного риска, предотвращения возникновения финансового кризиса и минимизации его последствий;</w:t>
+    <w:bookmarkStart w:name="z1133" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заключения соглашения по вопросам финансовой стабильности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z1133" w:id="303"/>
-[...15 lines deleted...]
-      заключения соглашения по вопросам финансовой стабильности.</w:t>
+    <w:bookmarkStart w:name="z1134" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Межведомственная координация по вопросам обеспечения финансовой стабильности осуществляется Советом по финансовой стабильности Республики Казахстан, являющимся консультативно-совещательным органом при Президенте Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z1134" w:id="304"/>
-[...15 lines deleted...]
-      Межведомственная координация по вопросам обеспечения финансовой стабильности осуществляется Советом по финансовой стабильности Республики Казахстан, являющимся консультативно-совещательным органом при Президенте Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1135" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Предварительному рассмотрению Советом по финансовой стабильности Республики Казахстан в обязательном порядке подлежат вопросы, связанные с принятием следующих мер, направленных на обеспечение финансовой стабильности:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z1135" w:id="305"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z1136" w:id="306"/>
+    <w:bookmarkStart w:name="z1136" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       по мерам реализации макропруденциальной политики, направленной на снижение системных рисков финансовой системы; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z1137" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по комплексу мер Национального Банка Казахстана, Правительства Республики Казахстан и уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций по предотвращению возникновения финансового кризиса и минимизации его последствий;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z1137" w:id="307"/>
-[...15 lines deleted...]
-      по комплексу мер Национального Банка Казахстана, Правительства Республики Казахстан и уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций по предотвращению возникновения финансового кризиса и минимизации его последствий;</w:t>
+    <w:bookmarkStart w:name="z1138" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по мерам урегулирования неплатежеспособного банка, принудительная ликвидация которого несет системные риски финансовой системы, в том числе по государственному участию при его урегулировании;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z1138" w:id="308"/>
-[...15 lines deleted...]
-      по мерам урегулирования неплатежеспособного банка, принудительная ликвидация которого несет системные риски финансовой системы, в том числе по государственному участию при его урегулировании;</w:t>
+    <w:bookmarkStart w:name="z1139" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по финансированию мер по оздоровлению банков второго уровня, в том числе за счет средств Национального Банка Казахстана и (или) его дочерних организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z1139" w:id="309"/>
-[...15 lines deleted...]
-      по финансированию мер по оздоровлению банков второго уровня, в том числе за счет средств Национального Банка Казахстана и (или) его дочерних организаций.</w:t>
+    <w:bookmarkStart w:name="z1140" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Решение о создании Совета по финансовой стабильности Республики Казахстан, его состав и положение о нем утверждаются Президентом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z1140" w:id="310"/>
-[...15 lines deleted...]
-      Решение о создании Совета по финансовой стабильности Республики Казахстан, его состав и положение о нем утверждаются Президентом Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z8" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В целях содействия обеспечению стабильности финансовой системы Национальный Банк Казахстана:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z8" w:id="311"/>
-[...15 lines deleted...]
-      В целях содействия обеспечению стабильности финансовой системы Национальный Банк Казахстана:</w:t>
+    <w:bookmarkStart w:name="z11" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проводит регулярный мониторинг макроэкономических и макрофинансовых факторов, влияющих на стабильность финансовой системы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z11" w:id="312"/>
-[...15 lines deleted...]
-      1) проводит регулярный мониторинг макроэкономических и макрофинансовых факторов, влияющих на стабильность финансовой системы;</w:t>
+    <w:bookmarkStart w:name="z14" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) формирует макропруденциальную политику;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z14" w:id="313"/>
-[...15 lines deleted...]
-      2) формирует макропруденциальную политику;</w:t>
+    <w:bookmarkStart w:name="z16" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) предоставляет займы последней инстанции в порядке и на условиях, предусмотренных настоящим Законом и совместным нормативным правовым актом Национального Банка Казахстана и уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z16" w:id="314"/>
-[...15 lines deleted...]
-      3) предоставляет займы последней инстанции в порядке и на условиях, предусмотренных настоящим Законом и совместным нормативным правовым актом Национального Банка Казахстана и уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>действовал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с 01.01.2016 до 31.12.2016 в соответствии с Законом РК от 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 422-V.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) исключен Законом РК от 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2020);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) исключен Законом РК от 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2020);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z407" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) проводит операции с производными финансовыми инструментами с банками второго уровня в порядке, на условиях и в сроки, установленные Правлением Национального Банка Казахстана.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="314"/>
-    <w:p>
-[...208 lines deleted...]
-    <w:bookmarkEnd w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18391,250 +18485,250 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 51-2 в редакции Закона РК от 03.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 262-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2020).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="316"/>
+    <w:bookmarkStart w:name="z20" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Под макропруденциальной политикой понимается комплекс мер, направленных на снижение системных рисков финансовой системы.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z671" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Под системными рисками финансовой системы понимаются риски нарушения предоставления финансовых услуг, влекущие ухудшение финансового состояния всей финансовой системы или ее части и (или) подрывающие ее стабильное функционирование. Системные риски финансовой системы включают в себя также риски системно значимых финансовых организаций.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z671" w:id="317"/>
-[...15 lines deleted...]
-      Под системными рисками финансовой системы понимаются риски нарушения предоставления финансовых услуг, влекущие ухудшение финансового состояния всей финансовой системы или ее части и (или) подрывающие ее стабильное функционирование. Системные риски финансовой системы включают в себя также риски системно значимых финансовых организаций.</w:t>
+    <w:bookmarkStart w:name="z24" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Под системно значимыми финансовыми организациями понимаются финансовые организации, от стабильного функционирования которых зависит стабильность финансовой системы в целом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z24" w:id="318"/>
-[...15 lines deleted...]
-      Под системно значимыми финансовыми организациями понимаются финансовые организации, от стабильного функционирования которых зависит стабильность финансовой системы в целом.</w:t>
+    <w:bookmarkStart w:name="z26" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В целях формирования макропруденциальной политики Национальный Банк Казахстана:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z26" w:id="319"/>
-[...15 lines deleted...]
-      В целях формирования макропруденциальной политики Национальный Банк Казахстана:</w:t>
+    <w:bookmarkStart w:name="z28" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) на регулярной основе проводит мониторинг системных рисков финансовой системы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z28" w:id="320"/>
-[...15 lines deleted...]
-      1) на регулярной основе проводит мониторинг системных рисков финансовой системы;</w:t>
+    <w:bookmarkStart w:name="z1233" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) устанавливает макропруденциальные нормативы и лимиты, являющиеся экономическими ограничениями для снижения системных рисков банков второго уровня, филиалов банков – нерезидентов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z1233" w:id="321"/>
-[...15 lines deleted...]
-      1-1) устанавливает макропруденциальные нормативы и лимиты, являющиеся экономическими ограничениями для снижения системных рисков банков второго уровня, филиалов банков – нерезидентов Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z30" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) по согласованию с уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций определяет порядок отнесения финансовых организаций к числу системно значимых;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z30" w:id="322"/>
-[...15 lines deleted...]
-      2) по согласованию с уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций определяет порядок отнесения финансовых организаций к числу системно значимых;</w:t>
+    <w:bookmarkStart w:name="z408" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) формирует список системно значимых финансовых организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z408" w:id="323"/>
-[...15 lines deleted...]
-      2-1) формирует список системно значимых финансовых организаций;</w:t>
+    <w:bookmarkStart w:name="z31" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) самостоятельно или совместно с иными государственными органами в рамках их компетенции выносит на рассмотрение Совета по финансовой стабильности Республики Казахстан меры, направленные на обеспечение финансовой стабильности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z31" w:id="324"/>
-[...15 lines deleted...]
-      3) самостоятельно или совместно с иными государственными органами в рамках их компетенции выносит на рассмотрение Совета по финансовой стабильности Республики Казахстан меры, направленные на обеспечение финансовой стабильности;</w:t>
+    <w:bookmarkStart w:name="z33" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в случае возникновения или угрозы возникновения системного финансового кризиса самостоятельно или совместно с Правительством Республики Казахстан вводит ограничения на проведение отдельных видов банковских и других операций финансовыми организациями.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z33" w:id="325"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18780,450 +18874,450 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 51- 3. Займы последней инстанции</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1042" w:id="326"/>
+    <w:bookmarkStart w:name="z1042" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Под займами последней инстанции понимаются займы, предоставляемые Национальным Банком Казахстана банкам, испытывающим краткосрочный дефицит ликвидности. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z1043" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Национальный Банк Казахстана выступает заимодателем последней инстанции только на следующих условиях:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z1043" w:id="327"/>
-[...15 lines deleted...]
-      Национальный Банк Казахстана выступает заимодателем последней инстанции только на следующих условиях:</w:t>
+    <w:bookmarkStart w:name="z1044" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заемщиком является банк – резидент Республики Казахстан, не отнесенный к категории банков с неустойчивым финансовым положением, создающим угрозу интересам его депозиторов и кредиторов и (или) угрозу стабильности финансовой системы, или категории неплатежеспособных банков;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z1044" w:id="328"/>
-[...15 lines deleted...]
-      1) заемщиком является банк – резидент Республики Казахстан, не отнесенный к категории банков с неустойчивым финансовым положением, создающим угрозу интересам его депозиторов и кредиторов и (или) угрозу стабильности финансовой системы, или категории неплатежеспособных банков;</w:t>
+    <w:bookmarkStart w:name="z1045" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) заем предоставляется под залог активов, перечень которых и устанавливаемые дисконты к ним определяются Национальным Банком Казахстана.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z1045" w:id="329"/>
-[...15 lines deleted...]
-      2) заем предоставляется под залог активов, перечень которых и устанавливаемые дисконты к ним определяются Национальным Банком Казахстана.</w:t>
+    <w:bookmarkStart w:name="z1046" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Стоимость активов, предоставляемых в залог, с учетом дисконта должна покрывать размер займа с учетом вознаграждения по нему в полном объеме;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z1046" w:id="330"/>
-[...15 lines deleted...]
-      Стоимость активов, предоставляемых в залог, с учетом дисконта должна покрывать размер займа с учетом вознаграждения по нему в полном объеме;</w:t>
+    <w:bookmarkStart w:name="z1047" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) заем предоставляется в национальной валюте;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z1047" w:id="331"/>
-[...15 lines deleted...]
-      3) заем предоставляется в национальной валюте;</w:t>
+    <w:bookmarkStart w:name="z1048" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ставка вознаграждения по займу устанавливается на уровне не ниже базовой ставки Национального Банка Казахстана с учетом дополнительного процентного вознаграждения, установленного Национальным Банком Казахстана;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z1048" w:id="332"/>
-[...15 lines deleted...]
-      4) ставка вознаграждения по займу устанавливается на уровне не ниже базовой ставки Национального Банка Казахстана с учетом дополнительного процентного вознаграждения, установленного Национальным Банком Казахстана;</w:t>
+    <w:bookmarkStart w:name="z1049" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) заем предоставляется на срок от четырнадцати до девяноста календарных дней с возможностью пролонгации не более трех раз. Общий срок пользования займом с учетом всех пролонгаций не может превышать один год. Пролонгация займа последней инстанции осуществляется на условиях, указанных в настоящей статье.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z1049" w:id="333"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z1050" w:id="334"/>
+    <w:bookmarkStart w:name="z1050" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Национальный Банк Казахстана вправе предоставлять займы последней инстанции системно значимым инфраструктурным финансовым организациям. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z1051" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В случае неисполнения (ненадлежащего исполнения) банком обязательств по займу последней инстанции удовлетворение требований Национального Банка Казахстана производится во внесудебном порядке путем обращения Национальным Банком Казахстана заложенных активов в свою собственность и (или) их реализации банком в целях удовлетворения требований Национального Банка Казахстана третьему лицу, определенному Национальным Банком Казахстана по согласованию с уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z1051" w:id="335"/>
-[...15 lines deleted...]
-      3. В случае неисполнения (ненадлежащего исполнения) банком обязательств по займу последней инстанции удовлетворение требований Национального Банка Казахстана производится во внесудебном порядке путем обращения Национальным Банком Казахстана заложенных активов в свою собственность и (или) их реализации банком в целях удовлетворения требований Национального Банка Казахстана третьему лицу, определенному Национальным Банком Казахстана по согласованию с уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций.</w:t>
+    <w:bookmarkStart w:name="z1053" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уступка права (требования) на активы, являющиеся обеспечением по договору займа последней инстанции, не требует:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z1053" w:id="336"/>
-[...15 lines deleted...]
-      Уступка права (требования) на активы, являющиеся обеспечением по договору займа последней инстанции, не требует:</w:t>
+    <w:bookmarkStart w:name="z1054" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) согласия акционеров, должников банка, а также иных заинтересованных лиц (включая залогодателей, гарантов, поручителей). При этом личность нового кредитора признается не имеющей для должника существенного значения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z1054" w:id="337"/>
-[...15 lines deleted...]
-      1) согласия акционеров, должников банка, а также иных заинтересованных лиц (включая залогодателей, гарантов, поручителей). При этом личность нового кредитора признается не имеющей для должника существенного значения;</w:t>
+    <w:bookmarkStart w:name="z1055" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) внесения изменений в договоры, заключенные банком с должниками банка, а также иными лицами (включая залогодателей, гарантов, поручителей), в части указания новой стороны договора.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z1055" w:id="338"/>
-[...15 lines deleted...]
-      2) внесения изменений в договоры, заключенные банком с должниками банка, а также иными лицами (включая залогодателей, гарантов, поручителей), в части указания новой стороны договора.</w:t>
+    <w:bookmarkStart w:name="z1056" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Порядок, условия предоставления и погашения займов последней инстанции, а также обращения взыскания на активы, являющиеся обеспечением по договору займа последней инстанции, определяются Национальным Банком Казахстана совместно с уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z1056" w:id="339"/>
-[...15 lines deleted...]
-      4. Порядок, условия предоставления и погашения займов последней инстанции, а также обращения взыскания на активы, являющиеся обеспечением по договору займа последней инстанции, определяются Национальным Банком Казахстана совместно с уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 8-1 дополнена статьей 51-3 в соответствии с Законом РК от 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2019); с изменениями, внесенными законами РК от 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2020); от 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 399-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2021).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z672" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 8-2. Особый режим регулирования</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="339"/>
-    <w:p>
-[...118 lines deleted...]
-    <w:bookmarkEnd w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Закон дополнен главой 8-2 в соответствии с Законом РК от 02.07.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19235,330 +19329,330 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 51-4. Цели введения и общие условия осуществления деятельности в рамках особого режима регулирования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z674" w:id="341"/>
+    <w:bookmarkStart w:name="z674" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Особый режим регулирования Национального Банка Казахстана представляет собой совокупность специальных условий осуществления деятельности, связанной с цифровыми активами и (или) платежными услугами.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z675" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Особый режим регулирования направлен на достижение следующих целей:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z675" w:id="342"/>
-[...15 lines deleted...]
-      2. Особый режим регулирования направлен на достижение следующих целей:</w:t>
+    <w:bookmarkStart w:name="z676" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) повышение конкуренции на рынке платежных услуг;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z676" w:id="343"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z677" w:id="344"/>
+    <w:bookmarkStart w:name="z677" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) внедрение новых услуг и развитие финансового рынка для повышения степени удовлетворенности и соответствия интересам потребителей, субъектов предпринимательства и государства; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z678" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) формирование оптимального регулирования, контроля и надзора рынка платежных услуг, обеспечение защиты интересов потребителей.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z678" w:id="345"/>
-[...15 lines deleted...]
-      3) формирование оптимального регулирования, контроля и надзора рынка платежных услуг, обеспечение защиты интересов потребителей.</w:t>
+    <w:bookmarkStart w:name="z679" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Принципами особого режима регулирования являются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z679" w:id="346"/>
-[...15 lines deleted...]
-      3. Принципами особого режима регулирования являются:</w:t>
+    <w:bookmarkStart w:name="z680" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечение равенства условий участия в рамках особого режима регулирования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z680" w:id="347"/>
-[...15 lines deleted...]
-      1) обеспечение равенства условий участия в рамках особого режима регулирования;</w:t>
+    <w:bookmarkStart w:name="z681" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) соблюдение участниками особого режима регулирования прав и интересов потребителей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z681" w:id="348"/>
-[...15 lines deleted...]
-      2) соблюдение участниками особого режима регулирования прав и интересов потребителей.</w:t>
+    <w:bookmarkStart w:name="z682" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Особый режим регулирования вводится решением Правления Национального Банка Казахстана, в котором указываются виды платежной услуги и (или) деятельность, связанная с цифровыми активами и (или) платежными услугами, специальные условия их оказания (осуществления) в рамках особого режима регулирования, порядок и условия применения к участникам особого режима регулирования требований законодательства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z682" w:id="349"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z1234" w:id="350"/>
+    <w:bookmarkStart w:name="z1234" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Введение особого режима регулирования в отношении деятельности, связанной с цифровыми активами и (или) платежными услугами поставщиков платежных услуг, предусмотренных подпунктами 2) и 3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О платежах и платежных системах", осуществляется решением Правления Национального Банка Казахстана по согласованию с уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z683" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Вводимый Национальным Банком Казахстана общий срок особого режима регулирования не превышает пяти лет.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z683" w:id="351"/>
-[...15 lines deleted...]
-      Вводимый Национальным Банком Казахстана общий срок особого режима регулирования не превышает пяти лет.</w:t>
+    <w:bookmarkStart w:name="z684" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Особый режим регулирования прекращает свое действие после истечения срока, на который он был введен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z684" w:id="352"/>
-[...15 lines deleted...]
-      5. Особый режим регулирования прекращает свое действие после истечения срока, на который он был введен.</w:t>
+    <w:bookmarkStart w:name="z685" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Порядок введения и отмены особого режима регулирования, осуществления деятельности в рамках особого режима регулирования утверждается нормативным правовым актом Национального Банка Казахстана.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z685" w:id="353"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19634,562 +19728,562 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 51-5. Осуществление деятельности в рамках особого режима регулирования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z687" w:id="354"/>
+    <w:bookmarkStart w:name="z687" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Участниками особого режима регулирования могут быть поставщики платежных услуг, предусмотренные подпунктами 2), 3) и 5) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О платежах и платежных системах", и (или) иные юридические лица, не являющиеся финансовыми организациями, в целях осуществления деятельности, связанной с цифровыми активами и (или) платежными услугами (далее – участники особого режима регулирования).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z688" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Деятельность участника особого режима регулирования осуществляется в соответствии с договором об осуществлении деятельности в рамках особого режима регулирования, заключаемым с Национальным Банком Казахстана.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z688" w:id="355"/>
-[...15 lines deleted...]
-      2. Деятельность участника особого режима регулирования осуществляется в соответствии с договором об осуществлении деятельности в рамках особого режима регулирования, заключаемым с Национальным Банком Казахстана.</w:t>
+    <w:bookmarkStart w:name="z689" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Типовой договор об осуществлении деятельности в рамках особого режима регулирования утверждается Национальным Банком Казахстана.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z689" w:id="356"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z690" w:id="357"/>
+    <w:bookmarkStart w:name="z690" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Типовой договор об осуществлении деятельности в рамках особого режима регулирования должен содержать условие, в соответствии с которым участник особого режима регулирования обязан уведомлять потребителей услуг об осуществлении им деятельности в рамках особого режима регулирования. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z691" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Критерии отбора и порядок рассмотрения документов для заключения договора об осуществлении деятельности в рамках особого режима регулирования утверждаются нормативным правовым актом Национального Банка Казахстана.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z691" w:id="358"/>
-[...15 lines deleted...]
-      3. Критерии отбора и порядок рассмотрения документов для заключения договора об осуществлении деятельности в рамках особого режима регулирования утверждаются нормативным правовым актом Национального Банка Казахстана.</w:t>
+    <w:bookmarkStart w:name="z692" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Национальный Банк Казахстана отказывает участнику особого режима регулирования в заключении договора об осуществлении деятельности в рамках особого режима регулирования в случаях несоответствия заявленного вида деятельности целям введения особого режима регулирования, критериям отбора участников особого режима регулирования и (или) представленных документов требованиям, установленным нормативным правовым актом Национального Банка Казахстана.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z692" w:id="359"/>
-[...15 lines deleted...]
-      4. Национальный Банк Казахстана отказывает участнику особого режима регулирования в заключении договора об осуществлении деятельности в рамках особого режима регулирования в случаях несоответствия заявленного вида деятельности целям введения особого режима регулирования, критериям отбора участников особого режима регулирования и (или) представленных документов требованиям, установленным нормативным правовым актом Национального Банка Казахстана.</w:t>
+    <w:bookmarkStart w:name="z693" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Действие договора об осуществлении деятельности в рамках особого режима регулирования прекращается:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z693" w:id="360"/>
-[...15 lines deleted...]
-      5. Действие договора об осуществлении деятельности в рамках особого режима регулирования прекращается:</w:t>
+    <w:bookmarkStart w:name="z694" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) при прекращении действия особого режима регулирования в связи с истечением срока, на который он был введен, либо его отмене;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z694" w:id="361"/>
-[...15 lines deleted...]
-      1) при прекращении действия особого режима регулирования в связи с истечением срока, на который он был введен, либо его отмене;</w:t>
+    <w:bookmarkStart w:name="z695" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при истечении срока или досрочном расторжении договора об осуществлении деятельности в рамках особого режима регулирования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z695" w:id="362"/>
-[...15 lines deleted...]
-      2) при истечении срока или досрочном расторжении договора об осуществлении деятельности в рамках особого режима регулирования;</w:t>
+    <w:bookmarkStart w:name="z696" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в иных случаях, предусмотренных гражданским законодательством Республики Казахстан или договором об осуществлении деятельности в рамках особого режима регулирования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z696" w:id="363"/>
-[...15 lines deleted...]
-      3) в иных случаях, предусмотренных гражданским законодательством Республики Казахстан или договором об осуществлении деятельности в рамках особого режима регулирования.</w:t>
+    <w:bookmarkStart w:name="z697" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Национальный Банк Казахстана вправе расторгнуть в одностороннем порядке договор об осуществлении деятельности в рамках особого режима регулирования в случае неисполнения участником особого режима регулирования предусмотренных договором обязательств, а также в случае, если участник особого режима регулирования перестал соответствовать условиям, установленным нормативным правовым актом Национального Банка Казахстана.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z697" w:id="364"/>
-[...15 lines deleted...]
-      6. Национальный Банк Казахстана вправе расторгнуть в одностороннем порядке договор об осуществлении деятельности в рамках особого режима регулирования в случае неисполнения участником особого режима регулирования предусмотренных договором обязательств, а также в случае, если участник особого режима регулирования перестал соответствовать условиям, установленным нормативным правовым актом Национального Банка Казахстана.</w:t>
+    <w:bookmarkStart w:name="z698" w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Национальный Банк Казахстана уведомляет участника особого режима регулирования о неисполнении обязательств, определенных договором об осуществлении деятельности в рамках особого режима регулирования, и необходимости устранения нарушений в срок не более шестидесяти рабочих дней со дня уведомления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z698" w:id="365"/>
-[...15 lines deleted...]
-      Национальный Банк Казахстана уведомляет участника особого режима регулирования о неисполнении обязательств, определенных договором об осуществлении деятельности в рамках особого режима регулирования, и необходимости устранения нарушений в срок не более шестидесяти рабочих дней со дня уведомления.</w:t>
+    <w:bookmarkStart w:name="z699" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Участник особого режима регулирования в срок не более пяти рабочих дней со дня получения уведомления Национального Банка Казахстана разрабатывает и представляет в Национальный Банк Казахстана план мероприятий по устранению выявленных нарушений и (или) причин, а также условий, способствовавших их совершению. В плане мероприятий указываются перечень запланированных мероприятий, сроки их осуществления, а также ответственные должностные лица.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z699" w:id="366"/>
-[...15 lines deleted...]
-      Участник особого режима регулирования в срок не более пяти рабочих дней со дня получения уведомления Национального Банка Казахстана разрабатывает и представляет в Национальный Банк Казахстана план мероприятий по устранению выявленных нарушений и (или) причин, а также условий, способствовавших их совершению. В плане мероприятий указываются перечень запланированных мероприятий, сроки их осуществления, а также ответственные должностные лица.</w:t>
+    <w:bookmarkStart w:name="z700" w:id="366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае одобрения Национальным Банком Казахстана плана мероприятий участник особого режима регулирования приступает к его реализации и представляет в Национальный Банк Казахстана отчет о выполнении мероприятий в сроки, установленные Национальным Банком Казахстана.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z700" w:id="367"/>
-[...15 lines deleted...]
-      В случае одобрения Национальным Банком Казахстана плана мероприятий участник особого режима регулирования приступает к его реализации и представляет в Национальный Банк Казахстана отчет о выполнении мероприятий в сроки, установленные Национальным Банком Казахстана.</w:t>
+    <w:bookmarkStart w:name="z701" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При несогласии Национального Банка Казахстана с планом мероприятий участник особого режима регулирования устраняет замечания Национального Банка Казахстана.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="367"/>
-    <w:bookmarkStart w:name="z701" w:id="368"/>
-[...15 lines deleted...]
-      При несогласии Национального Банка Казахстана с планом мероприятий участник особого режима регулирования устраняет замечания Национального Банка Казахстана.</w:t>
+    <w:bookmarkStart w:name="z702" w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае неодобрения плана мероприятий и (или) непринятия мер по устранению участником особого режима регулирования указанных замечаний Национальный Банк Казахстана уведомляет участника особого режима регулирования о расторжении договора об осуществлении деятельности в рамках особого режима регулирования в одностороннем порядке.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z702" w:id="369"/>
-[...15 lines deleted...]
-      В случае неодобрения плана мероприятий и (или) непринятия мер по устранению участником особого режима регулирования указанных замечаний Национальный Банк Казахстана уведомляет участника особого режима регулирования о расторжении договора об осуществлении деятельности в рамках особого режима регулирования в одностороннем порядке.</w:t>
+    <w:bookmarkStart w:name="z703" w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. После прекращения действия договора об осуществлении деятельности в рамках особого режима регулирования лицо, ранее являвшееся участником особого режима регулирования, обязано незамедлительно прекратить деятельность, осуществляемую в рамках особого режима регулирования, в отношении которой действует разрешительный порядок в соответствии с законами Республики Казахстан, а также исполнить обязательства перед своими клиентами в порядке и сроки, установленные нормативными правовыми актами Национального Банка Казахстана.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="369"/>
-    <w:bookmarkStart w:name="z703" w:id="370"/>
-[...15 lines deleted...]
-      7. После прекращения действия договора об осуществлении деятельности в рамках особого режима регулирования лицо, ранее являвшееся участником особого режима регулирования, обязано незамедлительно прекратить деятельность, осуществляемую в рамках особого режима регулирования, в отношении которой действует разрешительный порядок в соответствии с законами Республики Казахстан, а также исполнить обязательства перед своими клиентами в порядке и сроки, установленные нормативными правовыми актами Национального Банка Казахстана.</w:t>
+    <w:bookmarkStart w:name="z704" w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Осуществление деятельности, в отношении которой действует разрешительный порядок в соответствии с законами Республики Казахстан, после прекращения действия договора об осуществлении деятельности в рамках особого режима регулирования является незаконным и влечет за собой ответственность, установленную законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z704" w:id="371"/>
-[...15 lines deleted...]
-      8. Осуществление деятельности, в отношении которой действует разрешительный порядок в соответствии с законами Республики Казахстан, после прекращения действия договора об осуществлении деятельности в рамках особого режима регулирования является незаконным и влечет за собой ответственность, установленную законами Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 51-5 с изменениями, внесенными законами РК от 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2020); от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z154" w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 9</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ОПЕРАЦИИ НАЦИОНАЛЬНОГО БАНКА КАЗАХСТАНА</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="371"/>
-    <w:p>
-[...130 lines deleted...]
-    <w:bookmarkEnd w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 52. Владельцы банковских счетов в Национальном Банке Казахстана</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -20318,70 +20412,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 52-1. Операции и сделки Национального Банка Казахстана в национальной валюте </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Национальный Банк Казахстана проводит следующие операции в национальной валюте:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z410" w:id="373"/>
+    <w:bookmarkStart w:name="z410" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) предоставляет займы организациям, имеющим право на получение таких займов, в порядке, предусмотренном правовыми актами Национального Банка Казахстана;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkEnd w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20430,210 +20524,210 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие с 01.01.2016);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z412" w:id="374"/>
+    <w:bookmarkStart w:name="z412" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) покупает и продает государственные ценные бумаги; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="374"/>
-    <w:bookmarkStart w:name="z413" w:id="375"/>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z413" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) покупает и продает депозитные сертификаты, долговые ценные бумаги, которые Национальный Банк Казахстана считает пригодными для обеспечения кредитов; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z414" w:id="376"/>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z414" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) принимает депозиты, осуществляет платежи и переводы денег, принимает на хранение и управление ценные бумаги и иные ценности; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z415" w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществляет операции с производными финансовыми инструментами в порядке, определяемом Национальным Банком Казахстана;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z415" w:id="377"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z416" w:id="378"/>
+    <w:bookmarkStart w:name="z416" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) при необходимости открывает счета в банках и финансовых организациях, филиалах банков-нерезидентов Республики Казахстан на территории Республики Казахстан и за ее пределами; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z1141" w:id="378"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-1) размещает депозиты в банках второго уровня, в том числе через свои дочерние организации, для рефинансирования ипотечных жилищных займов и ипотечных займов физических лиц в порядке, определенном Правлением Национального Банка Казахстана;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z1141" w:id="379"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z417" w:id="380"/>
+    <w:bookmarkStart w:name="z417" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) выписывает чеки и выдает векселя; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="380"/>
-    <w:bookmarkStart w:name="z418" w:id="381"/>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z418" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) осуществляет другие банковские операции, а также сделки от своего имени в соответствии со своими задачами, если это прямо не запрещено настоящим Законом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkEnd w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20942,356 +21036,356 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 54. Ограничения по операциям Национального Банка Казахстана </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Национальный Банк Казахстана не имеет права: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z419" w:id="382"/>
+    <w:bookmarkStart w:name="z419" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       - обслуживать организации, а также приобретать акции юридических лиц, кроме случаев, предусмотренных настоящим Законом; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="382"/>
-    <w:bookmarkStart w:name="z420" w:id="383"/>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z420" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       - заниматься торговой и иной деятельностью, за исключением разрешенной действующим законодательством; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="383"/>
-    <w:bookmarkStart w:name="z421" w:id="384"/>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z421" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">- предоставлять займы без обеспечения, а также займы на срок более одного года; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="384"/>
-    <w:bookmarkStart w:name="z422" w:id="385"/>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z422" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       - пролонгировать предоставленные займы или разрешать возобновление векселей с истекающими сроками, кроме случаев, прямо предусмотренных законами Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="385"/>
-    <w:bookmarkStart w:name="z423" w:id="386"/>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z423" w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Исключение из случаев, предусмотренных частью первой настоящей статьи, может быть сделано только по специальному решению Правления Национального Банка Казахстана. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 54 с изменениями, внесенными Указом Президента РК, имеющим силу Закона, от 05.12.1995 N </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2672</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; дополнена частью второй, последний абзац части первой - в редакции Указа Президента РК, имеющего силу Закона, от 27 января 1996 г. N </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2830</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; с изменениями, внесенными законами РК от 11.07.1997 N </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>154</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 16.07.1999 N </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>436</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z157" w:id="386"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 10 </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ДЕЯТЕЛЬНОСТЬ НАЦИОНАЛЬНОГО БАНКА КАЗАХСТАНА</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В СФЕРЕ ВНЕШНЕЭКОНОМИЧЕСКИХ ОТНОШЕНИЙ. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ОПЕРАЦИИ С ВАЛЮТНЫМИ ЦЕННОСТЯМИ</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="386"/>
-    <w:p>
-[...194 lines deleted...]
-    <w:bookmarkEnd w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. В название главы внесены изменения - Законом РК от 11 июля 1997 г. N </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21376,434 +21470,887 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 56. Функции Национального Банка Казахстана в области валютного регулирования и валютного контроля</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Национальный Банк Казахстана как орган валютного регулирования и валютного контроля:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1086" w:id="388"/>
+    <w:bookmarkStart w:name="z1086" w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) определяет порядок обращения валютных ценностей в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z1087" w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) определяет порядок осуществления валютных операций в Республике Казахстан, включая порядок покупки и продажи иностранной валюты на внутреннем валютном рынке Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="388"/>
-    <w:bookmarkStart w:name="z1087" w:id="389"/>
-[...15 lines deleted...]
-      2) определяет порядок осуществления валютных операций в Республике Казахстан, включая порядок покупки и продажи иностранной валюты на внутреннем валютном рынке Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z1088" w:id="389"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) устанавливает квалификационные требования к деятельности по осуществлению обменных операций с наличной иностранной валютой исключительно через обменные пункты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="389"/>
-    <w:bookmarkStart w:name="z1088" w:id="390"/>
-[...15 lines deleted...]
-      3) устанавливает квалификационные требования к деятельности по осуществлению обменных операций с наличной иностранной валютой исключительно через обменные пункты;</w:t>
+    <w:bookmarkStart w:name="z1089" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) определяет порядок лицензирования юридических лиц, осуществляющих деятельность исключительно через обменные пункты, и выдает лицензии и (или) приложения к лицензии на обменные операции с наличной иностранной валютой таким юридическим лицам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="390"/>
-    <w:bookmarkStart w:name="z1089" w:id="391"/>
-[...15 lines deleted...]
-      4) определяет порядок лицензирования юридических лиц, осуществляющих деятельность исключительно через обменные пункты, и выдает лицензии и (или) приложения к лицензии на обменные операции с наличной иностранной валютой таким юридическим лицам;</w:t>
+    <w:bookmarkStart w:name="z1090" w:id="391"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) определяет порядок осуществления обменных операций с наличной иностранной валютой, включая порядок открытия обменных пунктов и установления пределов отклонения курсов покупки от курсов продажи наличной иностранной валюты за национальную валюту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="391"/>
-    <w:bookmarkStart w:name="z1090" w:id="392"/>
-[...15 lines deleted...]
-      5) определяет порядок осуществления обменных операций с наличной иностранной валютой, включая порядок открытия обменных пунктов и установления пределов отклонения курсов покупки от курсов продажи наличной иностранной валюты за национальную валюту;</w:t>
+    <w:bookmarkStart w:name="z1091" w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) определяет порядок мониторинга валютных операций и представления информации по валютным операциям и счетам резидентов Республики Казахстан в иностранных банках, включая порядок учетной регистрации валютных договоров по движению капитала, уведомления о проведенных валютных операциях и о счетах резидентов Республики Казахстан в иностранных банках и представления информации для целей мониторинга валютных операций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="392"/>
-    <w:bookmarkStart w:name="z1091" w:id="393"/>
-[...15 lines deleted...]
-      6) определяет порядок мониторинга валютных операций и представления информации по валютным операциям и счетам резидентов Республики Казахстан в иностранных банках, включая порядок учетной регистрации валютных договоров по движению капитала, уведомления о проведенных валютных операциях и о счетах резидентов Республики Казахстан в иностранных банках и представления информации для целей мониторинга валютных операций;</w:t>
+    <w:bookmarkStart w:name="z1092" w:id="393"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) совместно с уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и других обязательных платежей в бюджет, определяет порядок осуществления экспортно-импортного валютного контроля в целях обеспечения выполнения резидентами Республики Казахстан требования репатриации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="393"/>
-    <w:bookmarkStart w:name="z1092" w:id="394"/>
-[...15 lines deleted...]
-      7) совместно с уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и других обязательных платежей в бюджет, определяет порядок осуществления экспортно-импортного валютного контроля в целях обеспечения выполнения резидентами Республики Казахстан требования репатриации;</w:t>
+    <w:bookmarkStart w:name="z1235" w:id="394"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-1) определяет порядок предоставления уполномоченными банками информации по источникам спроса и предложения на внутреннем валютном рынке Республики Казахстан и целям использования приобретенной иностранной валюты, включая формы и сроки представления отчетов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="394"/>
-    <w:bookmarkStart w:name="z1235" w:id="395"/>
-[...15 lines deleted...]
-      7-1) определяет порядок предоставления уполномоченными банками информации по источникам спроса и предложения на внутреннем валютном рынке Республики Казахстан и целям использования приобретенной иностранной валюты, включая формы и сроки представления отчетов;</w:t>
+    <w:bookmarkStart w:name="z1236" w:id="395"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-2) определяет порядок предоставления филиалами (представительствами) иностранных нефинансовых организаций, осуществляющими деятельность в Республике Казахстан, информации, включая формы и сроки представления отчетов, а также виды деятельности, при осуществлении которых филиалами (представительствами) иностранных нефинансовых организаций требуется представление отчетов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="395"/>
-    <w:bookmarkStart w:name="z1236" w:id="396"/>
-[...15 lines deleted...]
-      7-2) определяет порядок предоставления филиалами (представительствами) иностранных нефинансовых организаций, осуществляющими деятельность в Республике Казахстан, информации, включая формы и сроки представления отчетов, а также виды деятельности, при осуществлении которых филиалами (представительствами) иностранных нефинансовых организаций требуется представление отчетов;</w:t>
+    <w:bookmarkStart w:name="z1093" w:id="396"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) выдает специальные разрешения на проведение валютных операций в рамках мер по защите платежного баланса;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="396"/>
-    <w:bookmarkStart w:name="z1093" w:id="397"/>
-[...15 lines deleted...]
-      8) выдает специальные разрешения на проведение валютных операций в рамках мер по защите платежного баланса;</w:t>
+    <w:bookmarkStart w:name="z1094" w:id="397"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) определяет по согласованию с государственными органами в соответствии с их компетенцией порядок и формы учета и отчетности по валютным операциям, обязательные для исполнения резидентами Республики Казахстан и нерезидентами Республики Казахстан в Республике Казахстан, а также порядок и сроки представления отчетности агентами валютного контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="397"/>
-    <w:bookmarkStart w:name="z1094" w:id="398"/>
-[...15 lines deleted...]
-      9) определяет по согласованию с государственными органами в соответствии с их компетенцией порядок и формы учета и отчетности по валютным операциям, обязательные для исполнения резидентами Республики Казахстан и нерезидентами Республики Казахстан в Республике Казахстан, а также порядок и сроки представления отчетности агентами валютного контроля;</w:t>
+    <w:bookmarkStart w:name="z1095" w:id="398"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) в случаях установления фактов нарушения уполномоченными банками, филиалами банков – нерезидентов Республики Казахстан и иными лицами валютного законодательства Республики Казахстан применяет ограниченные меры воздействия, меры надзорного реагирования и санкции в соответствии с валютным законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="398"/>
-    <w:bookmarkStart w:name="z1095" w:id="399"/>
-[...15 lines deleted...]
-      10) в случаях установления фактов нарушения уполномоченными банками, филиалами банков – нерезидентов Республики Казахстан и иными лицами валютного законодательства Республики Казахстан применяет ограниченные меры воздействия, меры надзорного реагирования и санкции в соответствии с валютным законодательством Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Национальный Банк Казахстана вправе выполнять иные функции в области валютного регулирования и валютного контроля в соответствии с настоящим Законом, иными законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 56 в редакции Закона РК от 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2019); с изменениями, внесенными законами РК от 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 422-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 16.12.2020); от 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2020); от 12.07.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 23-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2024); от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 57. Операции с активами в иностранной валюте и драгоценных металлах </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Национальный Банк Казахстана проводит следующие операции с активами в иностранной валюте и драгоценных металлах:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z130" w:id="399"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      покупает и продает иностранную валюту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="399"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="400"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит операции с ценными бумагами, выпущенными и гарантированными Правительством Республики Казахстан в иностранной валюте, правительствами иностранных государств или международными финансовыми организациями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z39" w:id="401"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      открывает счета в банках Республики Казахстан, иностранных центральных банках, иностранных банках и других финансовых институтах, имеющих соответствующее право по законодательству государств, в которых они зарегистрированы, а также в международных финансовых организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z41" w:id="402"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      открывает и ведет счета, действует как представитель или корреспондент для иностранного центрального банка, иностранных банков и других финансовых институтов, имеющих соответствующее право по законодательству государств, в которых они зарегистрированы, иностранных правительств и их агентов, а также международных финансовых организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z43" w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет прием и хранение аффинированного золота, других драгоценных металлов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z45" w:id="404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит операции по покупке, продаже, размещению на хранение и депонированию аффинированного золота и других драгоценных металлов на внутреннем и внешнем рынках, в том числе по покупке аффинированного золота в рамках реализации приоритетного права государства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z47" w:id="405"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в порядке, установленном законодательством Республики Казахстан, ввозит в Республику Казахстан активы в иностранной валюте и драгоценные металлы, а также вывозит их за рубеж для размещения на своих счетах в иностранных банках и специализированных финансовых организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z49" w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит операции с ценными бумагами, требования к которым определяются Правлением Национального Банка Казахстана;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z50" w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет операции с инструментами денежного рынка с контрпартнерами, имеющими кредитный рейтинг, минимальный уровень которого определяется Правлением Национального Банка Казахстана;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z58" w:id="408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет операции с производными финансовыми инструментами в соответствии с порядком, определяемым Национальным Банком Казахстана;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...107 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 30.06.2025 </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      открывает и ведет металлические счета клиентов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="409"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет другие операции по решению Правления Национального Банка Казахстана.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z61" w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Национальный Банк Казахстана осуществляет любые виды валютных операций без ограничений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z63" w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для достижения цели и выполнения задач, предусмотренных настоящим Законом, Национальный Банк Казахстана осуществляет деятельность по управлению активами в иностранной валюте и драгоценных металлах, обеспечивая их сохранность, ликвидность и доходность в долгосрочной перспективе с учетом риска вложения активов и в соответствии с основными принципами управления ими.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 57 в редакции Закона РК от 05.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); с изменениями, внесенными законами РК от 21.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 30.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 205-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -21830,1064 +22377,611 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Статья 57. Операции с активами в иностранной валюте и драгоценных металлах </w:t>
-[...312 lines deleted...]
-      Для достижения цели и выполнения задач, предусмотренных настоящим Законом, Национальный Банк Казахстана осуществляет деятельность по управлению активами в иностранной валюте и драгоценных металлах, обеспечивая их сохранность, ликвидность и доходность в долгосрочной перспективе с учетом риска вложения активов и в соответствии с основными принципами управления ими.</w:t>
+        <w:t>Статья 58. Золотовалютные резервы Национального Банка Казахстана</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Золотовалютные резервы Национального Банка Казахстана (далее - золотовалютные резервы) формируются для целей обеспечения внутренней и внешней устойчивости казахстанского тенге из активов Национального Банка Казахстана, обладающих высокой ликвидностью на международных рынках капитала, и включают:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="412"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аффинированное золото в слитках и золото на металлических счетах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="412"/>
-    <w:p>
-[...172 lines deleted...]
-      аффинированное золото в слитках и золото на металлических счетах;</w:t>
+    <w:bookmarkStart w:name="z68" w:id="413"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      резервную позицию в Международном валютном фонде и активы в специальных правах заимствования Международного валютного фонда;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="413"/>
-    <w:bookmarkStart w:name="z68" w:id="414"/>
-[...15 lines deleted...]
-      резервную позицию в Международном валютном фонде и активы в специальных правах заимствования Международного валютного фонда;</w:t>
+    <w:bookmarkStart w:name="z70" w:id="414"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      активы в свободно конвертируемой иностранной валюте, включая наличные деньги, депозиты, размещенные в иностранных банках, и ценные бумаги, эмитентами которых являются иностранные правительства или международные финансовые организации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="414"/>
-    <w:bookmarkStart w:name="z70" w:id="415"/>
-[...15 lines deleted...]
-      активы в свободно конвертируемой иностранной валюте, включая наличные деньги, депозиты, размещенные в иностранных банках, и ценные бумаги, эмитентами которых являются иностранные правительства или международные финансовые организации;</w:t>
+    <w:bookmarkStart w:name="z73" w:id="415"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      другие внешние активы, номинированные в свободно конвертируемых иностранных валютах, обладающие ликвидностью и возможностью использования без ограничительных условий.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="415"/>
-    <w:bookmarkStart w:name="z73" w:id="416"/>
-[...15 lines deleted...]
-      другие внешние активы, номинированные в свободно конвертируемых иностранных валютах, обладающие ликвидностью и возможностью использования без ограничительных условий.</w:t>
+    <w:bookmarkStart w:name="z75" w:id="416"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Национальный Банк Казахстана обеспечивает поддержание золотовалютных резервов на уровне, необходимом для обеспечения стабильности и конвертируемости национальной валюты, осуществления платежей по обязательствам Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="416"/>
-    <w:bookmarkStart w:name="z75" w:id="417"/>
-[...15 lines deleted...]
-      Национальный Банк Казахстана обеспечивает поддержание золотовалютных резервов на уровне, необходимом для обеспечения стабильности и конвертируемости национальной валюты, осуществления платежей по обязательствам Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z77" w:id="417"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Не допускаются использование золотовалютных резервов в форме выдачи кредитов (займов, ссуд) и предоставление гарантий или других обязательств резидентам и нерезидентам Республики Казахстан, за исключением случаев, предусмотренных решением Правления Национального Банка Казахстана.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="417"/>
-    <w:bookmarkStart w:name="z77" w:id="418"/>
-[...15 lines deleted...]
-      Не допускаются использование золотовалютных резервов в форме выдачи кредитов (займов, ссуд) и предоставление гарантий или других обязательств резидентам и нерезидентам Республики Казахстан, за исключением случаев, предусмотренных решением Правления Национального Банка Казахстана.</w:t>
+    <w:bookmarkStart w:name="z79" w:id="418"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Увеличение и изменение структуры золотовалютных резервов производятся Национальным Банком Казахстана путем:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="418"/>
-    <w:bookmarkStart w:name="z79" w:id="419"/>
-[...15 lines deleted...]
-      Увеличение и изменение структуры золотовалютных резервов производятся Национальным Банком Казахстана путем:</w:t>
+    <w:bookmarkStart w:name="z81" w:id="419"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      покупки аффинированного золота за казахстанские тенге и иностранную валюту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="419"/>
-    <w:bookmarkStart w:name="z81" w:id="420"/>
-[...15 lines deleted...]
-      покупки аффинированного золота за казахстанские тенге и иностранную валюту;</w:t>
+    <w:bookmarkStart w:name="z83" w:id="420"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      покупки активов в свободно конвертируемой иностранной валюте за казахстанские тенге (включая памятные и сувенирные монеты) и иностранную валюту у резидентов и нерезидентов Республики Казахстан, а также у Правительства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="420"/>
-    <w:bookmarkStart w:name="z83" w:id="421"/>
-[...15 lines deleted...]
-      покупки активов в свободно конвертируемой иностранной валюте за казахстанские тенге (включая памятные и сувенирные монеты) и иностранную валюту у резидентов и нерезидентов Республики Казахстан, а также у Правительства Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z85" w:id="421"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      поступлений в свободно конвертируемой иностранной валюте комиссионных и других вознаграждений от депозитных, вкладных, дилинговых операций с иностранной валютой и операций с ценными бумагами, номинированными в иностранной валюте, а также от предоставляемых им кредитов в иностранной валюте;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z85" w:id="422"/>
-[...15 lines deleted...]
-      поступлений в свободно конвертируемой иностранной валюте комиссионных и других вознаграждений от депозитных, вкладных, дилинговых операций с иностранной валютой и операций с ценными бумагами, номинированными в иностранной валюте, а также от предоставляемых им кредитов в иностранной валюте;</w:t>
+    <w:bookmarkStart w:name="z87" w:id="422"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      поступлений в золоте и свободно конвертируемой иностранной валюте от проведения Национальным Банком Казахстана продаж, депонирования и других операций с золотом, включая поступления от операций с ценными бумагами Национального Банка Казахстана, номинированными в аффинированном золоте;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z87" w:id="423"/>
-[...15 lines deleted...]
-      поступлений в золоте и свободно конвертируемой иностранной валюте от проведения Национальным Банком Казахстана продаж, депонирования и других операций с золотом, включая поступления от операций с ценными бумагами Национального Банка Казахстана, номинированными в аффинированном золоте;</w:t>
+    <w:bookmarkStart w:name="z89" w:id="423"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      поступлений в свободно конвертируемой иностранной валюте от выпуска Национальным Банком Казахстана эмиссионных ценных бумаг в иностранной валюте;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="423"/>
-    <w:bookmarkStart w:name="z89" w:id="424"/>
-[...15 lines deleted...]
-      поступлений в свободно конвертируемой иностранной валюте от выпуска Национальным Банком Казахстана эмиссионных ценных бумаг в иностранной валюте;</w:t>
+    <w:bookmarkStart w:name="z300" w:id="424"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переводов активов в иностранной валюте и драгоценных металлах в золотовалютные резервы в соответствии с основными принципами управления активами в иностранной валюте и драгоценных металлах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="424"/>
-    <w:bookmarkStart w:name="z300" w:id="425"/>
-[...15 lines deleted...]
-      переводов активов в иностранной валюте и драгоценных металлах в золотовалютные резервы в соответствии с основными принципами управления активами в иностранной валюте и драгоценных металлах;</w:t>
+    <w:bookmarkStart w:name="z91" w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      поступлений от кредитов, полученных Национальным Банком Казахстана от международных финансовых организаций, центральных банков иностранных государств и других кредиторов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z91" w:id="426"/>
-[...15 lines deleted...]
-      поступлений от кредитов, полученных Национальным Банком Казахстана от международных финансовых организаций, центральных банков иностранных государств и других кредиторов;</w:t>
+    <w:bookmarkStart w:name="z94" w:id="426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      поступлений в свободно конвертируемой иностранной валюте от услуг, оказываемых Национальным Банком Казахстана, в соответствии с настоящим Законом и Положением о Национальном Банке Казахстана.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z94" w:id="427"/>
-[...15 lines deleted...]
-      поступлений в свободно конвертируемой иностранной валюте от услуг, оказываемых Национальным Банком Казахстана, в соответствии с настоящим Законом и Положением о Национальном Банке Казахстана.</w:t>
+    <w:bookmarkStart w:name="z96" w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уменьшение и изменение структуры золотовалютных резервов производятся Национальным Банком Казахстана путем:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z96" w:id="428"/>
-[...15 lines deleted...]
-      Уменьшение и изменение структуры золотовалютных резервов производятся Национальным Банком Казахстана путем:</w:t>
+    <w:bookmarkStart w:name="z97" w:id="428"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      продажи свободно конвертируемой валюты в целях проведения денежно-кредитной политики, включая политику обменного курса, и сглаживания дисбаланса спроса и предложения на иностранную валюту на внутреннем валютном рынке;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z97" w:id="429"/>
-[...15 lines deleted...]
-      продажи свободно конвертируемой валюты в целях проведения денежно-кредитной политики, включая политику обменного курса, и сглаживания дисбаланса спроса и предложения на иностранную валюту на внутреннем валютном рынке;</w:t>
+    <w:bookmarkStart w:name="z99" w:id="429"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      погашения и обслуживания внешнего долга Республики Казахстан, исполнения обязательств Правительства Республики Казахстан и Национального Банка Казахстана, международных обязательств Республики Казахстан, включая международные обязательства Национального Банка Казахстана, за счет средств бюджета и бюджета (сметы расходов) Национального Банка Казахстана;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="429"/>
-    <w:bookmarkStart w:name="z99" w:id="430"/>
-[...15 lines deleted...]
-      погашения и обслуживания внешнего долга Республики Казахстан, исполнения обязательств Правительства Республики Казахстан и Национального Банка Казахстана, международных обязательств Республики Казахстан, включая международные обязательства Национального Банка Казахстана, за счет средств бюджета и бюджета (сметы расходов) Национального Банка Казахстана;</w:t>
+    <w:bookmarkStart w:name="z100" w:id="430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оплаты импорта продукции (работ, услуг), содержания дипломатических и иных представительств за рубежом, оплаты командировочных и представительских расходов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="430"/>
-    <w:bookmarkStart w:name="z100" w:id="431"/>
-[...15 lines deleted...]
-      оплаты импорта продукции (работ, услуг), содержания дипломатических и иных представительств за рубежом, оплаты командировочных и представительских расходов;</w:t>
+    <w:bookmarkStart w:name="z102" w:id="431"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      продажи активов в свободно конвертируемой иностранной валюте для приобретения другой иностранной валюты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="431"/>
-    <w:bookmarkStart w:name="z102" w:id="432"/>
-[...15 lines deleted...]
-      продажи активов в свободно конвертируемой иностранной валюте для приобретения другой иностранной валюты;</w:t>
+    <w:bookmarkStart w:name="z103" w:id="432"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      погашения эмиссионных ценных бумаг Национального Банка Казахстана;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="432"/>
-    <w:bookmarkStart w:name="z103" w:id="433"/>
-[...15 lines deleted...]
-      погашения эмиссионных ценных бумаг Национального Банка Казахстана;</w:t>
+    <w:bookmarkStart w:name="z104" w:id="433"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      возврата основной суммы и вознаграждения по кредитам, полученным Национальным Банком Казахстана, а также выплат комиссионных и других сопутствующих им расходов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="433"/>
-    <w:bookmarkStart w:name="z104" w:id="434"/>
-[...15 lines deleted...]
-      возврата основной суммы и вознаграждения по кредитам, полученным Национальным Банком Казахстана, а также выплат комиссионных и других сопутствующих им расходов;</w:t>
+    <w:bookmarkStart w:name="z301" w:id="434"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переводов золотовалютных резервов в другие активы в иностранной валюте и драгоценных металлах в соответствии с основными принципами управления активами в иностранной валюте и драгоценных металлах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="434"/>
-    <w:bookmarkStart w:name="z301" w:id="435"/>
-[...15 lines deleted...]
-      переводов золотовалютных резервов в другие активы в иностранной валюте и драгоценных металлах в соответствии с основными принципами управления активами в иностранной валюте и драгоценных металлах;</w:t>
+    <w:bookmarkStart w:name="z106" w:id="435"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      реализации аффинированного золота за казахстанские тенге и иностранную валюту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="435"/>
-    <w:bookmarkStart w:name="z106" w:id="436"/>
-[...15 lines deleted...]
-      реализации аффинированного золота за казахстанские тенге и иностранную валюту;</w:t>
+    <w:bookmarkStart w:name="z108" w:id="436"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оплаты расходов, связанных с управлением и хранением активов в иностранной валюте и драгоценных металлах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="436"/>
-    <w:bookmarkStart w:name="z108" w:id="437"/>
-[...15 lines deleted...]
-      оплаты расходов, связанных с управлением и хранением активов в иностранной валюте и драгоценных металлах;</w:t>
+    <w:bookmarkStart w:name="z109" w:id="437"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      списания убыточных золотовалютных резервов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="437"/>
-    <w:bookmarkStart w:name="z109" w:id="438"/>
-[...15 lines deleted...]
-      списания убыточных золотовалютных резервов.</w:t>
+    <w:bookmarkStart w:name="z110" w:id="438"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Увеличение или уменьшение золотовалютных резервов происходит также в результате изменения рыночной стоимости активов, входящих в золотовалютные резервы, и операций резидентов-владельцев банковских счетов в свободно конвертируемой валюте, открытых в Национальном Банке Казахстана.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="438"/>
-    <w:bookmarkStart w:name="z110" w:id="439"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23036,276 +23130,276 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Статья 60 исключена Законом РК от 11.07.2009 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">N 185-IV </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(вводится в действие с 30.08.2009). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z115" w:id="440"/>
+    <w:bookmarkStart w:name="z115" w:id="439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 11. ПОРЯДОК ОРГАНИЗАЦИИ И ОСУЩЕСТВЛЕНИЯ КОНТРОЛЯ И</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>НАДЗОРА ЗА ФИНАНСОВЫМ РЫНКОМ И ФИНАНСОВЫМИ ОРГАНИЗАЦИЯМИ И</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>В ОБЛАСТИ ФИНАНСОВОГО ЗАКОНОДАТЕЛЬСТВА РЕСПУБЛИКИ КАЗАХСТАН</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkEnd w:id="439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Глава 11 исключена Законом РК от 03.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 262-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2020).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z124" w:id="441"/>
+    <w:bookmarkStart w:name="z124" w:id="440"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 12 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ОТЧЕТНОСТЬ НАЦИОНАЛЬНОГО БАНКА КАЗАХСТАНА</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="441"/>
-    <w:bookmarkStart w:name="z125" w:id="442"/>
+    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkStart w:name="z125" w:id="441"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 65. Финансовый год </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="442"/>
+    <w:bookmarkEnd w:id="441"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Финансовый год Национального Банка Казахстана начинается 1 января и заканчивается 31 декабря по календарному исчислению. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z127" w:id="443"/>
+    <w:bookmarkStart w:name="z127" w:id="442"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 66. Отчетность </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="443"/>
+    <w:bookmarkEnd w:id="442"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Национальный Банк Казахстана ежегодно представляет на утверждение Президенту Республики Казахстан годовой отчет. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z261" w:id="444"/>
+    <w:bookmarkStart w:name="z261" w:id="443"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Президент Республики Казахстан рассматривает годовой отчет Национального Банка Казахстана и принимает решение об его утверждении. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkEnd w:id="443"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23479,110 +23573,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 67. Годовой отчет</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Годовой отчет Национального Банка Казахстана включает: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z263" w:id="445"/>
+    <w:bookmarkStart w:name="z263" w:id="444"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - доклад о денежно-кредитной политике и состоянии финансового рынка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="445"/>
-    <w:bookmarkStart w:name="z264" w:id="446"/>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z264" w:id="445"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       - отчет о деятельности Национального Банка Казахстана в истекшем году; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="446"/>
-    <w:bookmarkStart w:name="z265" w:id="447"/>
+    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkStart w:name="z265" w:id="446"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       - годовую консолидированную финансовую отчетность Национального Банка Казахстана. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkEnd w:id="446"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23716,272 +23810,272 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 68. Проверка деятельности Национального Банка Казахстана</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       По решению Правления Национального Банка Казахстана аудит финансовой отчетности Национального Банка Казахстана проводится ежегодно аудиторской организацией, имеющей опыт аудита центрального банка государства - члена Организации экономического сотрудничества и развития (ОЭСР) или стран Содружества Независимых Государств (СНГ). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z266" w:id="448"/>
+    <w:bookmarkStart w:name="z266" w:id="447"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Любая полученная при проверке информация считается конфиденциальной и аудиторская организация несет ответственность за ее передачу третьим лицам. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="448"/>
-    <w:bookmarkStart w:name="z267" w:id="449"/>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z267" w:id="448"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Проверка деятельности Национального Банка Казахстана и его организаций любыми государственными органами осуществляется только с согласия или по поручению Президента Республики Казахстан. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="448"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 68 с изменениями, внесенными Указом Президента РК, имеющим силу Закона, от 05.12.1995 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2672</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; законами РК от 10.07.2003 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 483</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2004); от 08.07.2005 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 69</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 11.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 185-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 30.08.2009).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z133" w:id="449"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 13 </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="449"/>
-    <w:p>
-[...151 lines deleted...]
-    <w:bookmarkStart w:name="z134" w:id="451"/>
+    <w:bookmarkStart w:name="z134" w:id="450"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 69. Ликвидация Национального Банка Казахстана </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkEnd w:id="450"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Национальный Банк Казахстана может быть ликвидирован путем принятия соответствующего Закона Республики Казахстан. В случае ликвидации Национального Банка Казахстана его имущество передается правопреемнику, указанному в соответствующем Законе. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -24035,70 +24129,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 69-1. Генеральное финансовое соглашение с участием Национального Банка Казахстана</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1175" w:id="452"/>
+    <w:bookmarkStart w:name="z1175" w:id="451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Стороны генерального финансового соглашения с участием Национального Банка Казахстана осуществляют (применяют) зачет требований и (или) ликвидационный неттинг по сделке (сделкам) в рамках генерального финансового соглашения в порядке и на условиях, определенных в генеральном финансовом соглашении.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="452"/>
+    <w:bookmarkEnd w:id="451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24192,130 +24286,130 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z251" w:id="453"/>
+    <w:bookmarkStart w:name="z251" w:id="452"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В целях обеспечения качественного и своевременного выполнения возложенных на Национальный Банк Казахстана функций, реализации требований настоящего Закона и иных законов Республики Казахстан Национальный Банк Казахстана вправе получать безвозмездно от любых физических и юридических лиц, филиалов банков-нерезидентов Республики Казахстан, филиалов страховых (перестраховочных) организаций-нерезидентов Республики Казахстан, филиалов страховых брокеров-нерезидентов Республики Казахстан, а также государственных органов необходимую информацию, в том числе сведения, составляющие служебную, коммерческую, банковскую и иную охраняемую законом тайну. При этом полученная информация не подлежит разглашению.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="452"/>
+    <w:bookmarkStart w:name="z1142" w:id="453"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Национальный Банк Казахстана предоставляет уполномоченному органу по регулированию, контролю и надзору финансового рынка и финансовых организаций административные данные, необходимые для реализации его полномочий по регулированию, контролю и надзору за финансовым рынком и финансовыми организациями, в том числе информацию и сведения, составляющие служебную, коммерческую, банковскую и иную охраняемую законом тайну. Передача информации осуществляется в том числе путем обеспечения доступа уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций к информационным системам Национального Банка Казахстана.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="453"/>
-    <w:bookmarkStart w:name="z1142" w:id="454"/>
-[...15 lines deleted...]
-      Национальный Банк Казахстана предоставляет уполномоченному органу по регулированию, контролю и надзору финансового рынка и финансовых организаций административные данные, необходимые для реализации его полномочий по регулированию, контролю и надзору за финансовым рынком и финансовыми организациями, в том числе информацию и сведения, составляющие служебную, коммерческую, банковскую и иную охраняемую законом тайну. Передача информации осуществляется в том числе путем обеспечения доступа уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций к информационным системам Национального Банка Казахстана.</w:t>
+    <w:bookmarkStart w:name="z1237" w:id="454"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Национальный Банк Казахстана в целях обеспечения полноты и качества информации по финансовому рынку и финансовым организациям, используемой для предоставления услуг государственным органам и финансовым организациям, осуществляет обмен информацией со своими дочерними организациями с использованием принадлежащих им информационных систем.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="454"/>
-    <w:bookmarkStart w:name="z1237" w:id="455"/>
-[...15 lines deleted...]
-      Национальный Банк Казахстана в целях обеспечения полноты и качества информации по финансовому рынку и финансовым организациям, используемой для предоставления услуг государственным органам и финансовым организациям, осуществляет обмен информацией со своими дочерними организациями с использованием принадлежащих им информационных систем.</w:t>
+    <w:bookmarkStart w:name="z252" w:id="455"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственные органы, финансовые и иные организации, их ассоциации (союзы), а также физические лица, филиалы банков-нерезидентов Республики Казахстан, филиалы страховых (перестраховочных) организаций-нерезидентов Республики Казахстан, филиалы страховых брокеров-нерезидентов Республики Казахстан обязаны предоставлять по запросу Национального Банка Казахстана документы, отчетность, включая финансовую, и в случае необходимости иную дополнительную информацию, необходимые для выполнения Национальным Банком Казахстана своих функций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="455"/>
-    <w:bookmarkStart w:name="z252" w:id="456"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24449,90 +24543,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 70-1. Возмездность услуг, оказываемых Национальным Банком Казахстана</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Национальный Банк Казахстана вправе производить на платной основе банковские операции и другие услуги. Виды и размеры платы за предоставляемые им услуги определяются Национальным Банком Казахстана самостоятельно. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z268" w:id="457"/>
+    <w:bookmarkStart w:name="z268" w:id="456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Национальный Банк Казахстана не взимает платы за банковские и иные услуги, оказываемые Правительству Республики Казахстан и центральному уполномоченному органу по исполнению бюджета, за исключением услуг по управлению Национальным фондом Республики Казахстан, иными фондами и организациями. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="456"/>
+    <w:bookmarkStart w:name="z253" w:id="457"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Национальный Банк Казахстана оказывает государственные услуги физическим и юридическим лицам, филиалам банков-нерезидентов Республики Казахстан, филиалам страховых (перестраховочных) организаций-нерезидентов Республики Казахстан, филиалам страховых брокеров-нерезидентов Республики Казахстан на платной основе в случаях, предусмотренных нормативными правовыми актами Республики Казахстан. Размеры платы за предоставляемые им государственные услуги определяются налоговым законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="457"/>
-    <w:bookmarkStart w:name="z253" w:id="458"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25217,55 +25311,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>