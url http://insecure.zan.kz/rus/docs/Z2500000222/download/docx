--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3c62ab5" w14:textId="3c62ab5">
+    <w:p w14:paraId="5e88360" w14:textId="5e88360">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,98 +93,93 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О ратификации Соглашения между Правительством Республики Казахстан и Правительством Республики Армения о сотрудничестве в области миграции</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Закон Республики Казахстан от 15 октября 2025 года № 222-VIII ЗРК</w:t>
-[...25 lines deleted...]
-      Ратифицировать Соглашение между Правительством Республики Казахстан и Правительством Республики Армения о сотрудничестве в области миграции, совершенное в Ереване 15 апреля 2024 года.</w:t>
+        <w:t>Закон Республики Казахстан от 15 октября 2025 года № 222-VIII ЗРК.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ратифицировать </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Соглашение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> между Правительством Республики Казахстан и Правительством Республики Армения о сотрудничестве в области миграции, совершенное в Ереване 15 апреля 2024 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -200,58 +195,75 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Президент</w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Президент</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -293,104 +305,2349 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>К. ТОКАЕВ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>СОГЛАШЕНИЕ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>между Правительством Республики Казахстан и Правительством Республики Армения о сотрудничестве в области миграции</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Правительство Республики Казахстан и Правительство Республики Армения, в дальнейшем именуемые Сторонами,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рассматривая сотрудничество в области миграции как одно из важнейших направлений регулирования миграционных процессов на территориях государств Сторон,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z10" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      стремясь создать правовую основу для двустороннего сотрудничества Сторон в области миграции,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z11" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      желая углубить отношения путем партнерского сотрудничества в области миграции в целях дальнейшего развития сотрудничества обоих государств,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z12" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      основываясь па принципах и нормах международного права, законодательстве государств Сторон,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z13" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      согласились о нижеследующем:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z14" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 1</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В рамках настоящего Соглашения Стороны осуществляют сотрудничество в области миграции, защиты прав граждан государства одной Стороны, находящихся на территории государства другой Стороны, в том числе информационное взаимодействие, в соответствии с законодательствами и международными обязательствами своих государств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z16" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Стороны в рамках своих национальных законодательств и международных договоров содействуют сотрудничеству между государственными органами и хозяйственными субъектами в области привлечения трудовых ресурсов на территории государств Сторон.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 2</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Компетентными органами государств Сторон, ответственными за реализацию настоящего Соглашения (далее именуемые - компетентные органы), являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      от Республики Казахстан - Министерство внутренних дел Республики Казахстан и Министерство труда и социальной защиты населения Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z20" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      от Республики Армения - Полиция Министерства внутренних дел Республики Армения и Служба миграции и гражданства Министерства внутренних дел Республики Армения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случаях изменения названий компетентных органов, замены одних государственных органов другими, соответствующая Сторона сообщает другой Стороне об этом по дипломатическим каналам в возможно короткие сроки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z22" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 3</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z23" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Стороны осуществляют сотрудничество в рамках настоящего Соглашения по следующим основным направлениям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z24" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обмен статистической, правовой и научно-методической информацией;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обмен сведениями о гражданах государств Сторон, находящихся на территориях государств Сторон;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z26" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обмен опытом и оказание практической помощи по вопросам, возникающим в процессе сотрудничества;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) защита прав граждан государств Сторон, в том числе прав проживания членов их семей, в течение срока выданных им разрешений на проживание;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) рассмотрение вопросов правового статуса лиц, имеющих основания для пребывания (проживания) на территориях государств Сторон.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Настоящее Соглашение не препятствует Сторонам в разработке и развитии иных взаимоприемлемых направлений сотрудничества.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z30" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 4</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z31" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В случае необходимости и по взаимной договоренности Стороны осуществляют обмен информацией и сведениями:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      о выявленных нарушениях миграционного законодательства и каналах незаконной миграции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      о действующих на территориях государств Сторон юридических лицах, а также физических лицах, причастных к организации и осуществлению незаконной миграции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      о способах получения въездных виз, иных документов и их использования в целях незаконной миграции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      о миграционном законодательстве государств Сторон, в том числе урегулировании миграционных процессов, порядке предоставления убежища и гражданства, организации борьбы с незаконной миграцией, а также изменениях в указанных областях законодательства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      о практике и мерах, направленных на предупреждение незаконной миграции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      о методах регулирования внешней миграции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 5</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z39" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В целях противодействия незаконной миграции и обеспечения прав граждан своих государств Стороны обмениваются информацией о гражданах государств Сторон по следующим категориям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z40" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сведения об учете (регистрации) по месту пребывания (жительства) граждан государств Сторон;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z41" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сведения о гражданах государств Сторон, имеющих специальный, временный и постоянный статусы проживания, а также право на работу на территории государств Сторон;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z42" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сведения о гражданах государства одной Стороны, принятых или восстановленных в гражданстве государства другой Стороны, а также принадлежности к гражданству одной из Сторон;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z43" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сведения о документах, удостоверяющих личность, полученных гражданами государств Сторон.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z44" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Стороны обмениваются сведениями о наличии и основаниях ограничений на въезд на территорию государств Сторон (либо выезд с их территории), а также лицах, выдворяемых с территории государств Сторон.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z45" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 6</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z46" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В целях выявления, установления личности и определения правового статуса лиц, указанных в статье 5 настоящего Соглашения, Стороны могут обмениваться следующими персональными данными:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z47" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      фамилия, имя, отчество (в русском и латинском написании);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z48" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пол;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z49" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дата рождения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z50" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      место рождения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z51" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      гражданство;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z52" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      серия, номер, дата выдачи, орган, выдавший документ для выезда за границу или документ, удостоверяющий личность, для проживания на территории государств Сторон;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z53" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      о привлечении к административной ответственности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z54" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      о привлечении к уголовной ответственности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z55" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      об учете (регистрации) по месту пребывания (жительства) на территории государств Сторон;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z56" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      о наличии разрешения на временное и постоянное проживание, а также права на работу на территории государств Сторон;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z57" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      о факте неразрешения въезда на территории государств Сторон либо ограничении на выезд с территории государств Сторон с указанием их сроков;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z58" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      фотографические изображения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z59" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дактилоскопическая карта (при наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z60" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 7</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z61" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Стороны осуществляют сотрудничество в рамках настоящего Соглашения в следующих формах:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z62" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) подготовка и повышение квалификации сотрудников компетентных органов государств Сторон, занимающихся вопросами миграции, включая организацию семинаров и стажировок в данной области;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z8" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) создание рабочих групп и обмен экспертами по вопросам, возникающим в процессе сотрудничества;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z63" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) проведение научно-практических конференций, семинаров и использование других форм сотрудничества, которые требуют совместных действий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z64" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ознакомление с работой территориальных органов, подведомственных организаций и компетентных учреждений государств Сторон;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z65" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) осуществление совместных проектов с участием международных организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z66" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 8</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z67" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сотрудничество в рамках настоящего Соглашения осуществляется на основании запросов заинтересованной Стороны об оказании содействия (далее - запрос).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z68" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Каждая из Сторон также может направлять другой Стороне имеющуюся у нее информацию по вопросам миграции без запроса, если есть основания полагать, что такая информация представляет интерес для другой Стороны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z69" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 9</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z70" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Запрос и ответ на запрос направляются в письменной форме, в том числе с использованием технических средств передачи текста.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z71" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В целях реализации настоящего Соглашения Стороны могут организовать взаимодействие с использованием защищенных электронных средств связи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z72" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Запрос должен содержать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z73" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наименование запрашивающего и запрашиваемого органа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z74" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      краткое изложение существа запроса, его цель и обоснование;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z75" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      любую другую информацию, которая может быть использована для надлежащего исполнения запроса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z76" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Запрос подписывается руководителем (его заместителем) компетентного органа государства Стороны или уполномоченным им лицом, которые являются координаторами по исполнению запросов. Стороны обмениваются перечнями лиц, уполномоченных на подписание запросов, а также образцами бланков в течение 45 (сорок пять) дней после вступления в силу настоящего Соглашения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z77" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В случае изменения указанных в пункте 3 настоящей статьи перечней лиц, уполномоченных на подписание запросов, либо бланков, Стороны незамедлительно уведомляют друг друга об этом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z78" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. При возникновении сомнения в подлинности или содержании запроса может быть запрошено дополнительное подтверждение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z79" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 10</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z80" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Запрашиваемая Сторона принимает все необходимые меры для обеспечения быстрого и полного исполнения запроса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z81" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Запрашиваемая Сторона вправе запросить дополнительные сведения, необходимые, по ее мнению, для надлежащего исполнения запроса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z82" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Запрашиваемая Сторона незамедлительно уведомляет запрашивающую Сторону об обстоятельствах, препятствующих исполнению запроса или существенно задерживающих его исполнение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z83" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Если запрашиваемая Сторона полагает, что исполнение запроса сможет помешать уголовному преследованию или иному производству, осуществляемому на территории ее государства, она вправе отложить исполнение запроса или связать его исполнение с соблюдением определенных ею условий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z84" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Запрашиваемая Сторона в возможно короткие сроки информирует запрашивающую Сторону о результатах исполнения запроса. Срок исполнения запроса не должен превышать 30 (тридцать) календарных дней с даты его поступления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z85" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В исполнении запроса отказывается полностью или частично, если запрашиваемая Сторона полагает, что выполнение запроса может нанести ущерб суверенитету, безопасности, общественному порядку либо противоречит законодательству или международным обязательствам ее государства и не соответствует целям настоящего Соглашения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z86" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Запрашивающая Сторона письменно уведомляется о полном или частичном отказе в исполнении запроса с указанием причин отказа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z87" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 11</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z88" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Запрашиваемая Сторона принимает необходимые меры для обеспечения конфиденциальности фактов поступления запроса, его содержания и сопровождающих его документов, а также оказания содействия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z89" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае невозможности исполнения запроса без сохранения конфиденциальности, запрашиваемая Сторона информирует об этом запрашивающую Сторону, которая решает, следует ли исполнять запрос на таких условиях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z90" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Результаты исполнения запроса, полученные на основании настоящего Соглашения, без согласия представившей их Стороны, не могут быть использованы в иных целях, чем те, в которых они запрашивались и были представлены.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z91" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Для передачи третьей стороне сведений, полученных одной Стороной на основании настоящего Соглашения, требуется предварительное письменное согласие Стороны, представившей сведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z92" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Стороны, руководствуясь законодательством и международными обязательствами каждого из государств Сторон, осуществляют необходимые организационно-технические меры, направленные на защиту информации, полученной в рамках настоящего Соглашения, от случайного или незаконного уничтожения, изменения или распространения, а также любого иного несанкционированного доступа или использования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z93" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Информация, полученная в рамках настоящего Соглашения, хранится не дольше, чем этого требуют цели, для которых она была передана. Информация подлежит уничтожению в соответствии с законодательством каждого из государств Сторон.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z94" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 12</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z95" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Все спорные вопросы между Сторонами, связанные с выполнением или толкованием настоящего Соглашения, решаются путем консультаций и переговоров между ними.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z96" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 13</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z97" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Стороны самостоятельно несут расходы, которые возникают в ходе реализации настоящего Соглашения, в соответствии с национальными законодательствами Сторон, если в каждом конкретном случае не будет согласован иной порядок.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z98" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 14</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z99" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Положения настоящего Соглашения не затрагивают обязательств Сторон, вытекающих из других международных договоров, участниками которых являются их государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z100" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 15</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z101" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Стороны при осуществлении сотрудничества в рамках настоящего Соглашения пользуются русским языком.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z102" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 16</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z103" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По взаимному согласию Сторон в настоящее Соглашение могут вноситься изменения и дополнения, которые являются его неотъемлемой частью, оформляются отдельными протоколами и вступают в силу в порядке, предусмотренном статьей 17 настоящего Соглашения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z104" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 17</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z105" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящее Соглашение вступает в силу с даты получения последнего письменного уведомления по дипломатическим каналам о выполнении Сторонами внутригосударственных процедур, необходимых для его вступления в силу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z106" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Каждая из Сторон может прекратить действие настоящего Соглашения, направив по дипломатическим каналам письменное уведомление другой Стороне о своем намерении прекратить его действие. В таком случае действие настоящего Соглашения прекращается по истечении 6 (шести) месяцев с даты получения одной Стороной такого уведомления от другой Стороны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z107" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Совершено в городе Ереване 15 апреля 2024 года в двух экземплярах на казахском, армянском и русском языках, причем все тексты имеют одинаковую силу. В случае расхождения между текстами, Стороны обращаются к тексту па русском языке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+За Правительство</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z109" w:id="102"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+За Правительство</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="102"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Армения</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>