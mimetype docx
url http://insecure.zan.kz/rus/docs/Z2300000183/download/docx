--- v0 (2025-12-28)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0e69497" w14:textId="0e69497">
+    <w:p w14:paraId="c8a05ee" w14:textId="c8a05ee">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -6649,1844 +6649,1938 @@
         <w:t>
       2) согласие собственника земельного участка или землепользователя на заготовку (сбор) дикорастущих растений или правоустанавливающий документ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="288"/>
     <w:bookmarkStart w:name="z330" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) материалы ресурсного обследования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z331" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 4) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) квитанция об оплате за пользование растительными ресурсами в порядке специального пользования растительным миром, за исключением случаев оплаты через платежный шлюз "электронного правительства";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z332" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для интродукции и (или) акклиматизации растений:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z332" w:id="291"/>
-[...15 lines deleted...]
-      для интродукции и (или) акклиматизации растений:</w:t>
+    <w:bookmarkStart w:name="z333" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сведения, содержащие информацию о:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z333" w:id="292"/>
-[...15 lines deleted...]
-      1) сведения, содержащие информацию о:</w:t>
+    <w:bookmarkStart w:name="z334" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      происхождении посадочного материала, семян и их количестве;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z334" w:id="293"/>
-[...15 lines deleted...]
-      происхождении посадочного материала, семян и их количестве;</w:t>
+    <w:bookmarkStart w:name="z335" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      месте, объеме и сроках (периоде) посадки, посева растений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z335" w:id="294"/>
-[...15 lines deleted...]
-      месте, объеме и сроках (периоде) посадки, посева растений;</w:t>
+    <w:bookmarkStart w:name="z336" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) карантинный сертификат на посадочный материал, семена (при внутригосударственной перевозке);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z336" w:id="295"/>
-[...15 lines deleted...]
-      2) карантинный сертификат на посадочный материал, семена (при внутригосударственной перевозке);</w:t>
+    <w:bookmarkStart w:name="z337" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) акт карантинного фитосанитарного контроля и надзора, выдаваемый государственным инспектором по карантину растений (при импорте);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z337" w:id="296"/>
-[...15 lines deleted...]
-      3) акт карантинного фитосанитарного контроля и надзора, выдаваемый государственным инспектором по карантину растений (при импорте);</w:t>
+    <w:bookmarkStart w:name="z338" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) паспорт на семена и (или) паспорт на посадочный материал;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z338" w:id="297"/>
-[...15 lines deleted...]
-      4) паспорт на семена и (или) паспорт на посадочный материал;</w:t>
+    <w:bookmarkStart w:name="z339" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) рекомендации природоохранной и научной организации на интродукцию и (или) акклиматизацию растений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z339" w:id="298"/>
-[...15 lines deleted...]
-      5) рекомендации природоохранной и научной организации на интродукцию и (или) акклиматизацию растений;</w:t>
+    <w:bookmarkStart w:name="z340" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для вывоза с территории Республики Казахстан и ввоза на территорию Республики Казахстан генетических ресурсов растений согласно обязательствам по Нагойскому протоколу регулирования доступа к генетическим ресурсам и совместного использования на справедливой и равной основе выгод от их применения к Конвенции о биологическом разнообразии, участницей которой является Республика Казахстан:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z340" w:id="299"/>
-[...15 lines deleted...]
-      для вывоза с территории Республики Казахстан и ввоза на территорию Республики Казахстан генетических ресурсов растений согласно обязательствам по Нагойскому протоколу регулирования доступа к генетическим ресурсам и совместного использования на справедливой и равной основе выгод от их применения к Конвенции о биологическом разнообразии, участницей которой является Республика Казахстан:</w:t>
+    <w:bookmarkStart w:name="z341" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обоснованное заключение для доступа к генетическим ресурсам растений, выданное соответствующим государственным органом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z341" w:id="300"/>
-[...15 lines deleted...]
-      1) обоснованное заключение для доступа к генетическим ресурсам растений, выданное соответствующим государственным органом;</w:t>
+    <w:bookmarkStart w:name="z342" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) фитосанитарный сертификат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z342" w:id="301"/>
-[...15 lines deleted...]
-      2) фитосанитарный сертификат;</w:t>
+    <w:bookmarkStart w:name="z343" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) национальный сертификат для доступа к генетическим ресурсам растений, выданный национальным координационным центром;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z343" w:id="302"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z344" w:id="303"/>
+    <w:bookmarkStart w:name="z344" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) договор о доступе к генетическим ресурсам растений. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z345" w:id="304"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z345" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Государственные органы, осуществляющие прием уведомления в области охраны, защиты, восстановления и использования растительного мира, в течение десяти рабочих дней обязаны представить согласие либо мотивированный отказ на осуществление деятельности, указанной в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 33 настоящего Закона, подлежащей уведомительному порядку.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z346" w:id="305"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z346" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае представления государственным органом мотивированного отказа деятельность может быть осуществлена только при условии устранения оснований отказа. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z347" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 11. ЗЕЛЕНЫЕ НАСАЖДЕНИЯ</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z347" w:id="306"/>
-[...4 lines deleted...]
-        <w:jc w:val="left"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Глава 11. ЗЕЛЕНЫЕ НАСАЖДЕНИЯ</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 35. Обращение с зелеными насаждениями</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z349" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Создание зеленых насаждений осуществляется местными исполнительными органами на основе рекомендаций научных организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z350" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Физические и юридические лица вправе создавать зеленые насаждения за счет собственных средств на участках, определяемых местными исполнительными органами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z351" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Собственники земельных участков и землепользователи обеспечивают на своих участках содержание и защиту зеленых насаждений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z352" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Принятие местными исполнительными органами решений о застройке или реконструкции территорий, занятых зелеными насаждениями, в том числе парков, скверов, бульваров, санитарно-защитных зон организаций и иных промышленных объектов, осуществляется в соответствии с законодательством Республики Казахстан и с обязательным проведением общественных слушаний.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z353" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В целях защиты зеленых насаждений местные исполнительные органы обязаны:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z354" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводить инвентаризацию и фитопатологические обследования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z355" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вести учет и реестр зеленых насаждений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z356" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вести документацию, в том числе планы работ по озеленению территорий населенного пункта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z357" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разрабатывать и утверждать дендрологический план (план озеленения);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z358" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводить цифровизацию мониторинга состояния зеленых насаждений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 35. Обращение с зелеными насаждениями</w:t>
-[...198 lines deleted...]
-      проводить цифровизацию мониторинга состояния зеленых насаждений.</w:t>
+        <w:t>Статья 36. Компенсационные посадки</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z360" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Компенсационными посадками являются посадки зеленых насаждений на участке удаления (вырубки) либо на участках, определенных дендрологическим планом (планом озеленения).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="316"/>
-    <w:p>
-[...36 lines deleted...]
-    <w:bookmarkStart w:name="z361" w:id="318"/>
+    <w:bookmarkStart w:name="z361" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Компенсационные посадки производятся за счет средств физических и (или) юридических лиц, в интересах которых совершено удаление (вырубка) зеленых насаждений либо по вине которых произошли повреждение или гибель этих насаждений. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z362" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Физические и (или) юридические лица, в интересах которых совершено удаление (вырубка) зеленых насаждений либо по вине которых произошли повреждение или гибель этих насаждений, обязаны обеспечить уход за компенсационными посадками:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z362" w:id="319"/>
-[...15 lines deleted...]
-      Физические и (или) юридические лица, в интересах которых совершено удаление (вырубка) зеленых насаждений либо по вине которых произошли повреждение или гибель этих насаждений, обязаны обеспечить уход за компенсационными посадками:</w:t>
+    <w:bookmarkStart w:name="z363" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      за деревьями и кустарниками: хвойных пород – в течение трех лет, лиственных пород – в течение двух лет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z363" w:id="320"/>
-[...15 lines deleted...]
-      за деревьями и кустарниками: хвойных пород – в течение трех лет, лиственных пород – в течение двух лет;</w:t>
+    <w:bookmarkStart w:name="z364" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      травянистыми растениями – в течение вегетационного сезона одного года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z364" w:id="321"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z365" w:id="322"/>
+    <w:bookmarkStart w:name="z365" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Компенсационные посадки осуществляются в следующих размерах: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z366" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) при вырубке зеленых насаждений по разрешению местного исполнительного органа в соответствии с Законом Республики Казахстан "О разрешениях и уведомлениях", а также их гибели на территории, прилегающей к зданиям, сооружениям, находящимся в собственности или пользовании физических и (или) юридических лиц, – в десятикратном размере;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z366" w:id="323"/>
-[...15 lines deleted...]
-      1) при вырубке зеленых насаждений по разрешению местного исполнительного органа в соответствии с Законом Республики Казахстан "О разрешениях и уведомлениях", а также их гибели на территории, прилегающей к зданиям, сооружениям, находящимся в собственности или пользовании физических и (или) юридических лиц, – в десятикратном размере;</w:t>
+    <w:bookmarkStart w:name="z367" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при незаконном удалении (вырубке) зеленых насаждений либо их повреждении, приведшем к их гибели, – в пятидесятикратном размере.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z367" w:id="324"/>
-[...15 lines deleted...]
-      2) при незаконном удалении (вырубке) зеленых насаждений либо их повреждении, приведшем к их гибели, – в пятидесятикратном размере.</w:t>
+    <w:bookmarkStart w:name="z368" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае незаконного удаления (вырубки) зеленых насаждений, включенных в перечень редких и находящихся под угрозой исчезновения видов растений, либо их повреждения, приведшего к их гибели, компенсационные посадки осуществляются в стократном размере.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z368" w:id="325"/>
-[...15 lines deleted...]
-      В случае незаконного удаления (вырубки) зеленых насаждений, включенных в перечень редких и находящихся под угрозой исчезновения видов растений, либо их повреждения, приведшего к их гибели, компенсационные посадки осуществляются в стократном размере.</w:t>
+    <w:bookmarkStart w:name="z369" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В случае гибели компенсационной посадки до истечения срока ухода, указанного в части третьей пункта 1 настоящей статьи, физические и (или) юридические лица обязаны произвести повторную посадку зеленых насаждений и уход за ними.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z369" w:id="326"/>
-[...15 lines deleted...]
-      3. В случае гибели компенсационной посадки до истечения срока ухода, указанного в части третьей пункта 1 настоящей статьи, физические и (или) юридические лица обязаны произвести повторную посадку зеленых насаждений и уход за ними.</w:t>
+    <w:bookmarkStart w:name="z370" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 12. ОСОБЕННОСТИ ОБРАЩЕНИЯ С РАСТЕНИЯМИ, ПРОИЗРАСТАЮЩИМИ НА ОТДЕЛЬНЫХ УЧАСТКАХ ЗЕМЕЛЬ И ВОДНЫХ ОБЪЕКТОВ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z370" w:id="327"/>
-[...4 lines deleted...]
-        <w:jc w:val="left"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Глава 12. ОСОБЕННОСТИ ОБРАЩЕНИЯ С РАСТЕНИЯМИ, ПРОИЗРАСТАЮЩИМИ НА ОТДЕЛЬНЫХ УЧАСТКАХ ЗЕМЕЛЬ И ВОДНЫХ ОБЪЕКТОВ</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 37. Особенности обращения с растениями, произрастающими в пограничной зоне</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z372" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Особенности обращения с растениями, произрастающими в пограничной зоне, устанавливаются уполномоченным органом по согласованию с Комитетом национальной безопасности Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z373" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Пользование растительным миром, произрастающим в пограничной зоне, может быть ограничено, приостановлено или запрещено в соответствии с законодательством Республики Казахстан о Государственной границе Республики Казахстан, если оно несовместимо с целевым назначением и установленным специальным режимом этих территорий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 37. Особенности обращения с растениями, произрастающими в пограничной зоне</w:t>
-[...38 lines deleted...]
-      2. Пользование растительным миром, произрастающим в пограничной зоне, может быть ограничено, приостановлено или запрещено в соответствии с законодательством Республики Казахстан о Государственной границе Республики Казахстан, если оно несовместимо с целевым назначением и установленным специальным режимом этих территорий.</w:t>
+        <w:t>Статья 38. Обращение с растениями, произрастающими на землях, подвергшихся радиоактивному и (или) химическому загрязнению</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z375" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Обращение с растениями, произрастающими на землях, подвергшихся радиоактивному и (или) химическому загрязнению, запрещается.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z376" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пользование растительным миром на этих землях разрешается только после завершения всех мероприятий по ликвидации последствий радиоактивного и (или) химического загрязнения и комплексного экологического обследования на основании решения Правительства Республики Казахстан о предоставлении в собственность или землепользование этих земель.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 38. Обращение с растениями, произрастающими на землях, подвергшихся радиоактивному и (или) химическому загрязнению</w:t>
-[...38 lines deleted...]
-      Пользование растительным миром на этих землях разрешается только после завершения всех мероприятий по ликвидации последствий радиоактивного и (или) химического загрязнения и комплексного экологического обследования на основании решения Правительства Республики Казахстан о предоставлении в собственность или землепользование этих земель.</w:t>
+        <w:t>Статья 39. Особенности регулирования распространения водной растительности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z378" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На водных объектах, используемых для нужд водного, рыбного хозяйства, аквакультуры и электроэнергетики, допускается проведение мелиоративных работ и мероприятий по борьбе с излишней водной растительностью в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="331"/>
-    <w:p>
-[...36 lines deleted...]
-    <w:bookmarkStart w:name="z379" w:id="333"/>
+    <w:bookmarkStart w:name="z379" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В рыбохозяйственных водоемах регулирование распространения излишней водной растительности осуществляется путем проведения рыбохозяйственной мелиорации. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 39 с изменением, внесенным Законом РК от 12.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 194-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z380" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 13. МЕЖДУНАРОДНОЕ СОТРУДНИЧЕСТВО В ОБЛАСТИ ОХРАНЫ, ЗАЩИТЫ, ВОССТАНОВЛЕНИЯ И ИСПОЛЬЗОВАНИЯ РАСТИТЕЛЬНОГО МИРА</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...82 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Глава 13. МЕЖДУНАРОДНОЕ СОТРУДНИЧЕСТВО В ОБЛАСТИ ОХРАНЫ, ЗАЩИТЫ, ВОССТАНОВЛЕНИЯ И ИСПОЛЬЗОВАНИЯ РАСТИТЕЛЬНОГО МИРА</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 40. Международное сотрудничество в области охраны, защиты, восстановления и использования растительного мира</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z382" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Международное сотрудничество в области охраны, защиты, восстановления и использования растительного мира основывается на обязательствах Республики Казахстан по международным договорам и осуществляется путем:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="334"/>
-    <w:p>
-[...32 lines deleted...]
-      Международное сотрудничество в области охраны, защиты, восстановления и использования растительного мира основывается на обязательствах Республики Казахстан по международным договорам и осуществляется путем:</w:t>
+    <w:bookmarkStart w:name="z383" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обмена информацией в области охраны, защиты, восстановления и использования растительного мира;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z383" w:id="336"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z384" w:id="337"/>
+    <w:bookmarkStart w:name="z384" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) проведения совместных исследований и мониторинга растительного мира; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z385" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) выявления и сохранения растений, имеющих международное значение;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z385" w:id="338"/>
-[...15 lines deleted...]
-      3) выявления и сохранения растений, имеющих международное значение;</w:t>
+    <w:bookmarkStart w:name="z386" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) доступа к генетическим ресурсам растений и традиционным знаниям, связанным с генетическими ресурсами растений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z386" w:id="339"/>
-[...15 lines deleted...]
-      4) доступа к генетическим ресурсам растений и традиционным знаниям, связанным с генетическими ресурсами растений.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 41. Международный обмен (международная торговля) в области охраны, защиты, восстановления и использования растительного мира</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z388" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Международный обмен (международная торговля) путем ввоза в Республику Казахстан и (или) вывоза из Республики Казахстан растений, их частей и дериватов, генетического материала для научных и иных целей осуществляется в порядке, установленном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="339"/>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z389" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Международный обмен (международная торговля) путем ввоза в Республику Казахстан и (или) вывоза из Республики Казахстан редких и находящихся под угрозой исчезновения видов растений, их частей и дериватов осуществляется в соответствии с международными договорами, участницей которых является Республика Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z390" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Международный обмен репродуктивным материалом генофонда растительного мира осуществляется на возмездной и (или) безвозмездной основе в соответствии с международным договором либо решением Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z391" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...60 lines deleted...]
-      3. Международный обмен репродуктивным материалом генофонда растительного мира осуществляется на возмездной и (или) безвозмездной основе в соответствии с международным договором либо решением Правительства Республики Казахстан.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 14. ЭКОНОМИЧЕСКИЙ МЕХАНИЗМ РЕГУЛИРОВАНИЯ В ОБЛАСТИ ОХРАНЫ, ЗАЩИТЫ, ВОССТАНОВЛЕНИЯ И ИСПОЛЬЗОВАНИЯ РАСТИТЕЛЬНОГО МИРА</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z391" w:id="343"/>
-[...4 lines deleted...]
-        <w:jc w:val="left"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Глава 14. ЭКОНОМИЧЕСКИЙ МЕХАНИЗМ РЕГУЛИРОВАНИЯ В ОБЛАСТИ ОХРАНЫ, ЗАЩИТЫ, ВОССТАНОВЛЕНИЯ И ИСПОЛЬЗОВАНИЯ РАСТИТЕЛЬНОГО МИРА</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 42. Экономический механизм регулирования в области охраны, защиты, восстановления и использования растительного мира</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z393" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Экономический механизм регулирования в области охраны, защиты, восстановления и использования растительного мира включает:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="343"/>
-    <w:p>
-[...32 lines deleted...]
-      Экономический механизм регулирования в области охраны, защиты, восстановления и использования растительного мира включает:</w:t>
+    <w:bookmarkStart w:name="z394" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) взимание платы за пользование растительными ресурсами в порядке специального пользования растительным миром;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z394" w:id="345"/>
-[...15 lines deleted...]
-      1) взимание платы за пользование растительными ресурсами в порядке специального пользования растительным миром;</w:t>
+    <w:bookmarkStart w:name="z395" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) возмещение вреда, причиненного растительному миру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z395" w:id="346"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z396" w:id="347"/>
+    <w:bookmarkStart w:name="z396" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) возмещение потерь растительного мира. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 43. Финансирование мероприятий в области охраны, защиты, восстановления и использования растительного мира</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z398" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Финансирование мероприятий в области охраны, защиты, восстановления и использования растительного мира осуществляется за счет:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="347"/>
-    <w:p>
-[...36 lines deleted...]
-    <w:bookmarkStart w:name="z399" w:id="349"/>
+    <w:bookmarkStart w:name="z399" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) платы за негативное воздействие на окружающую среду; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z400" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) средств инвесторов;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z400" w:id="350"/>
-[...15 lines deleted...]
-      2) средств инвесторов;</w:t>
+    <w:bookmarkStart w:name="z401" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) средств пользователей растительного мира;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z401" w:id="351"/>
-[...15 lines deleted...]
-      3) средств пользователей растительного мира;</w:t>
+    <w:bookmarkStart w:name="z402" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) грантов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z402" w:id="352"/>
-[...15 lines deleted...]
-      4) грантов;</w:t>
+    <w:bookmarkStart w:name="z403" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) добровольных взносов и пожертвований физических и юридических лиц;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z403" w:id="353"/>
-[...15 lines deleted...]
-      5) добровольных взносов и пожертвований физических и юридических лиц;</w:t>
+    <w:bookmarkStart w:name="z404" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z404" w:id="354"/>
-[...15 lines deleted...]
-      6) иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 44. Возмещение вреда, причиненного растительному миру</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z406" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Возмещение вреда, причиненного растительному миру, осуществляется в порядке уголовной, административной или гражданско-правовой ответственности за незаконное изъятие, заготовку (сбор), повреждение или гибель дикорастущих растений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z407" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Размер возмещения вреда растительному миру определяется соответствующими территориальными подразделениями ведомства уполномоченного органа в соответствии с базовыми ставками для исчисления размеров вреда, причиненного нарушением законодательства Республики Казахстан в области охраны, защиты, восстановления и использования растительного мира.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 44. Возмещение вреда, причиненного растительному миру</w:t>
-[...55 lines deleted...]
-        </w:rPr>
         <w:t>Статья 45. Возмещение потерь растительного мира</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z409" w:id="357"/>
+    <w:bookmarkStart w:name="z409" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Потери растительного мира подлежат возмещению в случаях удаления дикорастущих растений (безвозвратной утраты) на земельных участках всех категорий земель, переводимых в другие категории для целей недропользования, строительства (реконструкции) зданий, сооружений, дорог, трубопроводов и иных объектов в соответствии с проектной документацией на такие объекты, получившей положительное заключение государственной экологической экспертизы, а также принудительного отчуждения земельного участка для государственных нужд. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z410" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Потери растительного мира возмещаются физическими или юридическими лицами, в интересах которых удаляются дикорастущие растения, в соответствии с нормативами возмещения потерь растительного мира, утвержденными уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z410" w:id="358"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z411" w:id="359"/>
+    <w:bookmarkStart w:name="z411" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Потери растительного мира подлежат возмещению в шестимесячный срок с момента принятия решения о предоставлении права на земельный участок. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z412" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 15. ОСУЩЕСТВЛЕНИЕ ГОСУДАРСТВЕННОГО И ОБЩЕСТВЕННОГО КОНТРОЛЯ В ОБЛАСТИ ОХРАНЫ, ЗАЩИТЫ, ВОССТАНОВЛЕНИЯ И ИСПОЛЬЗОВАНИЯ ДИКОРАСТУЩИХ РАСТЕНИЙ</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z412" w:id="360"/>
-[...4 lines deleted...]
-        <w:jc w:val="left"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Глава 15. ОСУЩЕСТВЛЕНИЕ ГОСУДАРСТВЕННОГО И ОБЩЕСТВЕННОГО КОНТРОЛЯ В ОБЛАСТИ ОХРАНЫ, ЗАЩИТЫ, ВОССТАНОВЛЕНИЯ И ИСПОЛЬЗОВАНИЯ ДИКОРАСТУЩИХ РАСТЕНИЙ</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 46. Государственный контроль в области охраны, защиты, восстановления и использования дикорастущих растений</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z414" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственный контроль в области охраны, защиты, восстановления и использования дикорастущих растений осуществляется уполномоченным органом и иными государственными органами (далее – органы контроля) путем проверок в соответствии с Предпринимательским кодексом Республики Казахстан и настоящим Законом на предмет соответствия деятельности субъектов (объектов) контроля требованиям законодательства Республики Казахстан в области охраны, защиты, восстановления и использования растительного мира.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 46. Государственный контроль в области охраны, защиты, восстановления и использования дикорастущих растений</w:t>
-[...18 lines deleted...]
-      Государственный контроль в области охраны, защиты, восстановления и использования дикорастущих растений осуществляется уполномоченным органом и иными государственными органами (далее – органы контроля) путем проверок в соответствии с Предпринимательским кодексом Республики Казахстан и настоящим Законом на предмет соответствия деятельности субъектов (объектов) контроля требованиям законодательства Республики Казахстан в области охраны, защиты, восстановления и использования растительного мира.</w:t>
+        <w:t>Статья 47. Субъекты и объекты государственного контроля в области охраны, защиты, восстановления и использования дикорастущих растений</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z416" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Субъектами контроля в области охраны, защиты, восстановления и использования дикорастущих растений являются физические и (или) юридические лица.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="361"/>
-    <w:p>
-[...32 lines deleted...]
-      1. Субъектами контроля в области охраны, защиты, восстановления и использования дикорастущих растений являются физические и (или) юридические лица.</w:t>
+    <w:bookmarkStart w:name="z417" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Объектами государственного контроля в области охраны, защиты, восстановления и использования дикорастущих растений являются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z417" w:id="363"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z418" w:id="364"/>
+    <w:bookmarkStart w:name="z418" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) объекты регулирования, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8521,2617 +8615,2617 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 статьи 5 настоящего Закона, до и после заготовки (сбора) растительных ресурсов и их текущее состояние;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z419" w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) орудия, методы и (или) способы заготовки растительного мира;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z419" w:id="365"/>
-[...15 lines deleted...]
-      2) орудия, методы и (или) способы заготовки растительного мира;</w:t>
+    <w:bookmarkStart w:name="z420" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сведения, подтверждающие право пользования растительным миром.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z420" w:id="366"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 48. Виды проверок в области охраны, защиты, восстановления и использования дикорастущих растений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z422" w:id="367"/>
+    <w:bookmarkStart w:name="z422" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Проверки с посещением (далее – проверка) делятся на периодические и внеплановые. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z423" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Периодические проверки проводятся на основании акта о назначении проверки согласно полугодовому графику проверок, утвержденному органом контроля.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="367"/>
-    <w:bookmarkStart w:name="z423" w:id="368"/>
-[...15 lines deleted...]
-      2. Периодические проверки проводятся на основании акта о назначении проверки согласно полугодовому графику проверок, утвержденному органом контроля.</w:t>
+    <w:bookmarkStart w:name="z424" w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Внесение изменений в полугодовые графики проведения проверок осуществляется на основании проведенного анализа и мониторинга деятельности субъектов (объектов) контроля.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z424" w:id="369"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z425" w:id="370"/>
+    <w:bookmarkStart w:name="z425" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Внеплановые проверки проводятся на основании акта о назначении внеплановой проверки без предварительного уведомления субъекта контроля в случаях: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z426" w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обращения физических и (или) юридических лиц по конкретным фактам о причинении вреда жизни, здоровью человека, окружающей среде и законным интересам физических и (или) юридических лиц, государства при наличии убедительных оснований и подтверждающих доказательств;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z426" w:id="371"/>
-[...15 lines deleted...]
-      1) обращения физических и (или) юридических лиц по конкретным фактам о причинении вреда жизни, здоровью человека, окружающей среде и законным интересам физических и (или) юридических лиц, государства при наличии убедительных оснований и подтверждающих доказательств;</w:t>
+    <w:bookmarkStart w:name="z427" w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) требования прокурора по конкретным фактам причинения либо угрозы причинения вреда жизни, здоровью человека, окружающей среде и законным интересам физических и (или) юридических лиц, государства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="371"/>
-    <w:bookmarkStart w:name="z427" w:id="372"/>
-[...15 lines deleted...]
-      2) требования прокурора по конкретным фактам причинения либо угрозы причинения вреда жизни, здоровью человека, окружающей среде и законным интересам физических и (или) юридических лиц, государства;</w:t>
+    <w:bookmarkStart w:name="z428" w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) возникновения крупных природных пожаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="372"/>
-    <w:bookmarkStart w:name="z428" w:id="373"/>
-[...15 lines deleted...]
-      3) возникновения крупных природных пожаров;</w:t>
+    <w:bookmarkStart w:name="z429" w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) выявления незаконной заготовки (сбора) объектов регулирования, предусмотренных подпунктами 1) и 2) пункта 1 статьи 5 настоящего Закона, в том числе в ходе патрулирования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="373"/>
-    <w:bookmarkStart w:name="z429" w:id="374"/>
-[...15 lines deleted...]
-      4) выявления незаконной заготовки (сбора) объектов регулирования, предусмотренных подпунктами 1) и 2) пункта 1 статьи 5 настоящего Закона, в том числе в ходе патрулирования.</w:t>
+    <w:bookmarkStart w:name="z430" w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Внеплановые проверки не проводятся в случаях анонимных обращений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="374"/>
-    <w:bookmarkStart w:name="z430" w:id="375"/>
-[...15 lines deleted...]
-      4. Внеплановые проверки не проводятся в случаях анонимных обращений.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 48 с изменением, внесенным Законом РК от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 49. Порядок осуществления проверок в области охраны, защиты, восстановления и использования дикорастущих растений с посещением субъекта (объекта) контроля</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z432" w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Проверкам подлежат субъекты (объекты) контроля в области охраны, защиты, восстановления и использования дикорастущих растений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="375"/>
-    <w:p>
-[...94 lines deleted...]
-      1. Проверкам подлежат субъекты (объекты) контроля в области охраны, защиты, восстановления и использования дикорастущих растений.</w:t>
+    <w:bookmarkStart w:name="z433" w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Должностное лицо органа контроля осуществляет проверку соответствия деятельности субъектов (объектов) контроля требованиям законодательства Республики Казахстан в области охраны, защиты, восстановления и использования растительного мира, а также контроль за несанкционированным изъятием дикорастущих растений с посещением субъекта (объекта) контроля.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z433" w:id="377"/>
-[...15 lines deleted...]
-      2. Должностное лицо органа контроля осуществляет проверку соответствия деятельности субъектов (объектов) контроля требованиям законодательства Республики Казахстан в области охраны, защиты, восстановления и использования растительного мира, а также контроль за несанкционированным изъятием дикорастущих растений с посещением субъекта (объекта) контроля.</w:t>
+    <w:bookmarkStart w:name="z434" w:id="377"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Должностное лицо органа контроля до проведения периодической проверки обязано уведомить в письменном виде субъекта контроля (руководителя юридического лица либо его уполномоченное лицо, физическое лицо) о начале проведения проверки на соответствие деятельности требованиям не менее чем за тридцать календарных дней до начала проверки с указанием даты ее начала.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="377"/>
-    <w:bookmarkStart w:name="z434" w:id="378"/>
-[...15 lines deleted...]
-      Должностное лицо органа контроля до проведения периодической проверки обязано уведомить в письменном виде субъекта контроля (руководителя юридического лица либо его уполномоченное лицо, физическое лицо) о начале проведения проверки на соответствие деятельности требованиям не менее чем за тридцать календарных дней до начала проверки с указанием даты ее начала.</w:t>
+    <w:bookmarkStart w:name="z435" w:id="378"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Должностное лицо органа контроля, прибывшее для проверки, обязано предъявить субъекту контроля:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z435" w:id="379"/>
-[...15 lines deleted...]
-      3. Должностное лицо органа контроля, прибывшее для проверки, обязано предъявить субъекту контроля:</w:t>
+    <w:bookmarkStart w:name="z436" w:id="379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) акт о назначении проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z436" w:id="380"/>
-[...15 lines deleted...]
-      1) акт о назначении проверки;</w:t>
+    <w:bookmarkStart w:name="z437" w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) идентификационную карту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="380"/>
-    <w:bookmarkStart w:name="z437" w:id="381"/>
-[...15 lines deleted...]
-      2) идентификационную карту;</w:t>
+    <w:bookmarkStart w:name="z438" w:id="381"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) при необходимости – разрешение компетентного органа на посещение режимных объектов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="381"/>
-    <w:bookmarkStart w:name="z438" w:id="382"/>
-[...15 lines deleted...]
-      3) при необходимости – разрешение компетентного органа на посещение режимных объектов.</w:t>
+    <w:bookmarkStart w:name="z439" w:id="382"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В акте о назначении проверки указываются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="382"/>
-    <w:bookmarkStart w:name="z439" w:id="383"/>
-[...15 lines deleted...]
-      4. В акте о назначении проверки указываются:</w:t>
+    <w:bookmarkStart w:name="z440" w:id="383"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) номер и дата акта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="383"/>
-    <w:bookmarkStart w:name="z440" w:id="384"/>
-[...15 lines deleted...]
-      1) номер и дата акта;</w:t>
+    <w:bookmarkStart w:name="z441" w:id="384"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наименование органа контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="384"/>
-    <w:bookmarkStart w:name="z441" w:id="385"/>
-[...15 lines deleted...]
-      2) наименование органа контроля;</w:t>
+    <w:bookmarkStart w:name="z442" w:id="385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) и должность уполномоченного лица на проведение проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="385"/>
-    <w:bookmarkStart w:name="z442" w:id="386"/>
-[...15 lines deleted...]
-      3) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) и должность уполномоченного лица на проведение проверки;</w:t>
+    <w:bookmarkStart w:name="z443" w:id="386"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сведения о специалистах, консультантах и экспертах, привлекаемых для проведения проверки (при их наличии);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="386"/>
-    <w:bookmarkStart w:name="z443" w:id="387"/>
-[...15 lines deleted...]
-      4) сведения о специалистах, консультантах и экспертах, привлекаемых для проведения проверки (при их наличии);</w:t>
+    <w:bookmarkStart w:name="z444" w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) наименование субъекта (объекта) контроля или фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) физического лица, в отношении которого назначено проведение проверки, его место нахождения, идентификационный номер, перечень объектов, участок территории;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="387"/>
-    <w:bookmarkStart w:name="z444" w:id="388"/>
-[...15 lines deleted...]
-      5) наименование субъекта (объекта) контроля или фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) физического лица, в отношении которого назначено проведение проверки, его место нахождения, идентификационный номер, перечень объектов, участок территории;</w:t>
+    <w:bookmarkStart w:name="z445" w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) вид назначенной проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="388"/>
-    <w:bookmarkStart w:name="z445" w:id="389"/>
-[...15 lines deleted...]
-      6) вид назначенной проверки;</w:t>
+    <w:bookmarkStart w:name="z446" w:id="389"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) срок проведения проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="389"/>
-    <w:bookmarkStart w:name="z446" w:id="390"/>
-[...15 lines deleted...]
-      7) срок проведения проверки;</w:t>
+    <w:bookmarkStart w:name="z447" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) основания проведения проверки, в том числе нормативные правовые акты, обязательные требования которых подлежат проверке;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="390"/>
-    <w:bookmarkStart w:name="z447" w:id="391"/>
-[...15 lines deleted...]
-      8) основания проведения проверки, в том числе нормативные правовые акты, обязательные требования которых подлежат проверке;</w:t>
+    <w:bookmarkStart w:name="z448" w:id="391"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) проверяемый период;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="391"/>
-    <w:bookmarkStart w:name="z448" w:id="392"/>
-[...15 lines deleted...]
-      9) проверяемый период;</w:t>
+    <w:bookmarkStart w:name="z449" w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) права и обязанности субъекта (объекта) контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="392"/>
-    <w:bookmarkStart w:name="z449" w:id="393"/>
-[...15 lines deleted...]
-      10) права и обязанности субъекта (объекта) контроля;</w:t>
+    <w:bookmarkStart w:name="z450" w:id="393"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) подпись лица, уполномоченного подписывать акты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="393"/>
-    <w:bookmarkStart w:name="z450" w:id="394"/>
-[...15 lines deleted...]
-      11) подпись лица, уполномоченного подписывать акты;</w:t>
+    <w:bookmarkStart w:name="z451" w:id="394"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) подпись руководителя юридического лица либо его уполномоченного лица, физического лица о получении или об отказе от получения акта о назначении проверки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="394"/>
-    <w:bookmarkStart w:name="z451" w:id="395"/>
-[...15 lines deleted...]
-      12) подпись руководителя юридического лица либо его уполномоченного лица, физического лица о получении или об отказе от получения акта о назначении проверки.</w:t>
+    <w:bookmarkStart w:name="z452" w:id="395"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Началом проведения проверки считается дата вручения субъекту контроля либо его уполномоченному лицу акта о назначении проверки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="395"/>
-    <w:bookmarkStart w:name="z452" w:id="396"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z453" w:id="397"/>
+    <w:bookmarkStart w:name="z453" w:id="396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Акт о назначении проверки регистрируется в журнале регистрации проверок органа контроля, назначившего проверку. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z454" w:id="397"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Срок проведения проверки устанавливается с учетом объема предстоящих работ, поставленных задач и не должен превышать пять рабочих дней.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="397"/>
-    <w:bookmarkStart w:name="z454" w:id="398"/>
-[...15 lines deleted...]
-      6. Срок проведения проверки устанавливается с учетом объема предстоящих работ, поставленных задач и не должен превышать пять рабочих дней.</w:t>
+    <w:bookmarkStart w:name="z455" w:id="398"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Срок проведения проверки может быть продлен только один раз руководителем органа контроля либо лицом, его замещающим, только в случае необходимости проведения экспертиз.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="398"/>
-    <w:bookmarkStart w:name="z455" w:id="399"/>
-[...15 lines deleted...]
-      7. Срок проведения проверки может быть продлен только один раз руководителем органа контроля либо лицом, его замещающим, только в случае необходимости проведения экспертиз.</w:t>
+    <w:bookmarkStart w:name="z456" w:id="399"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок продления проверки не должен превышать три рабочих дня со дня получения результатов экспертизы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="399"/>
-    <w:bookmarkStart w:name="z456" w:id="400"/>
-[...15 lines deleted...]
-      Срок продления проверки не должен превышать три рабочих дня со дня получения результатов экспертизы.</w:t>
+    <w:bookmarkStart w:name="z457" w:id="400"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Продление срока проведения проверки оформляется актом о продлении проверки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="400"/>
-    <w:bookmarkStart w:name="z457" w:id="401"/>
-[...15 lines deleted...]
-      8. Продление срока проведения проверки оформляется актом о продлении проверки.</w:t>
+    <w:bookmarkStart w:name="z458" w:id="401"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В акте о продлении проверки указываются номер и дата регистрации предыдущего акта о назначении проверки и причина продления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="401"/>
-    <w:bookmarkStart w:name="z458" w:id="402"/>
-[...15 lines deleted...]
-      В акте о продлении проверки указываются номер и дата регистрации предыдущего акта о назначении проверки и причина продления.</w:t>
+    <w:bookmarkStart w:name="z459" w:id="402"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Отказ субъекта контроля либо его уполномоченного лица от принятия акта о назначении проверки либо непредставление материалов и сведений, необходимых для проведения проверки, не является препятствием к доступу должностного лица органа контроля к объектам контроля.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="402"/>
-    <w:bookmarkStart w:name="z459" w:id="403"/>
-[...15 lines deleted...]
-      9. Отказ субъекта контроля либо его уполномоченного лица от принятия акта о назначении проверки либо непредставление материалов и сведений, необходимых для проведения проверки, не является препятствием к доступу должностного лица органа контроля к объектам контроля.</w:t>
+    <w:bookmarkStart w:name="z460" w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. По результатам проведенных проверок должностными лицами органа контроля составляются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="403"/>
-    <w:bookmarkStart w:name="z460" w:id="404"/>
-[...15 lines deleted...]
-      10. По результатам проведенных проверок должностными лицами органа контроля составляются:</w:t>
+    <w:bookmarkStart w:name="z461" w:id="404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) акт о результатах проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="404"/>
-    <w:bookmarkStart w:name="z461" w:id="405"/>
-[...15 lines deleted...]
-      1) акт о результатах проверки;</w:t>
+    <w:bookmarkStart w:name="z462" w:id="405"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) предписание об устранении выявленных нарушений в случаях выявления нарушений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="405"/>
-    <w:bookmarkStart w:name="z462" w:id="406"/>
-[...15 lines deleted...]
-      2) предписание об устранении выявленных нарушений в случаях выявления нарушений.</w:t>
+    <w:bookmarkStart w:name="z463" w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. В акте о результатах проверки указываются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="406"/>
-    <w:bookmarkStart w:name="z463" w:id="407"/>
-[...15 lines deleted...]
-      11. В акте о результатах проверки указываются:</w:t>
+    <w:bookmarkStart w:name="z464" w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) номер, дата, время и место составления акта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="407"/>
-    <w:bookmarkStart w:name="z464" w:id="408"/>
-[...15 lines deleted...]
-      1) номер, дата, время и место составления акта;</w:t>
+    <w:bookmarkStart w:name="z465" w:id="408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наименование органа контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="408"/>
-    <w:bookmarkStart w:name="z465" w:id="409"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z466" w:id="410"/>
+    <w:bookmarkStart w:name="z466" w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) дата и номер акта о назначении проверки, на основании которого проведена проверка; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z467" w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) и должность должностного лица, проводившего проверку;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="410"/>
-    <w:bookmarkStart w:name="z467" w:id="411"/>
-[...15 lines deleted...]
-      4) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) и должность должностного лица, проводившего проверку;</w:t>
+    <w:bookmarkStart w:name="z468" w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сведения о специалистах, консультантах и экспертах, привлекаемых для проведения проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="411"/>
-    <w:bookmarkStart w:name="z468" w:id="412"/>
-[...15 lines deleted...]
-      5) сведения о специалистах, консультантах и экспертах, привлекаемых для проведения проверки;</w:t>
+    <w:bookmarkStart w:name="z469" w:id="412"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) наименование субъекта (объекта) контроля или фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) физического лица, в отношении которого назначено проведение проверки, его место нахождения, идентификационный номер, перечень объектов, участок территории;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="412"/>
-    <w:bookmarkStart w:name="z469" w:id="413"/>
-[...15 lines deleted...]
-      6) наименование субъекта (объекта) контроля или фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) физического лица, в отношении которого назначено проведение проверки, его место нахождения, идентификационный номер, перечень объектов, участок территории;</w:t>
+    <w:bookmarkStart w:name="z470" w:id="413"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) дата, место и период проведения проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="413"/>
-    <w:bookmarkStart w:name="z470" w:id="414"/>
-[...15 lines deleted...]
-      7) дата, место и период проведения проверки;</w:t>
+    <w:bookmarkStart w:name="z471" w:id="414"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) сведения о результатах проверки, в том числе о выявленных нарушениях, их характере;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="414"/>
-    <w:bookmarkStart w:name="z471" w:id="415"/>
-[...15 lines deleted...]
-      8) сведения о результатах проверки, в том числе о выявленных нарушениях, их характере;</w:t>
+    <w:bookmarkStart w:name="z472" w:id="415"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) сведения об ознакомлении или отказе от ознакомления с актом о результатах проверки представителя субъекта контроля (руководителя юридического лица либо его уполномоченного лица, физического лица), их подписи или отказ от подписи, а также отметка о наличии замечаний и (или) возражений по результатам проведенной проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="415"/>
-    <w:bookmarkStart w:name="z472" w:id="416"/>
-[...15 lines deleted...]
-      9) сведения об ознакомлении или отказе от ознакомления с актом о результатах проверки представителя субъекта контроля (руководителя юридического лица либо его уполномоченного лица, физического лица), их подписи или отказ от подписи, а также отметка о наличии замечаний и (или) возражений по результатам проведенной проверки;</w:t>
+    <w:bookmarkStart w:name="z473" w:id="416"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) подпись должностного лица, проводившего проверку.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="416"/>
-    <w:bookmarkStart w:name="z473" w:id="417"/>
-[...15 lines deleted...]
-      10) подпись должностного лица, проводившего проверку.</w:t>
+    <w:bookmarkStart w:name="z474" w:id="417"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае отсутствия нарушений требований законодательства Республики Казахстан в области охраны, защиты, восстановления и использования растительного мира в акте о результатах проверки производится соответствующая запись.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="417"/>
-    <w:bookmarkStart w:name="z474" w:id="418"/>
-[...15 lines deleted...]
-      В случае отсутствия нарушений требований законодательства Республики Казахстан в области охраны, защиты, восстановления и использования растительного мира в акте о результатах проверки производится соответствующая запись.</w:t>
+    <w:bookmarkStart w:name="z475" w:id="418"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В случае выявления нарушений к акту о результатах проверки прилагается предписание об устранении выявленных нарушений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="418"/>
-    <w:bookmarkStart w:name="z475" w:id="419"/>
-[...15 lines deleted...]
-      12. В случае выявления нарушений к акту о результатах проверки прилагается предписание об устранении выявленных нарушений.</w:t>
+    <w:bookmarkStart w:name="z476" w:id="419"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. В предписании об устранении выявленных нарушений указываются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="419"/>
-    <w:bookmarkStart w:name="z476" w:id="420"/>
-[...15 lines deleted...]
-      13. В предписании об устранении выявленных нарушений указываются:</w:t>
+    <w:bookmarkStart w:name="z477" w:id="420"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дата, время и место составления предписания;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="420"/>
-    <w:bookmarkStart w:name="z477" w:id="421"/>
-[...15 lines deleted...]
-      1) дата, время и место составления предписания;</w:t>
+    <w:bookmarkStart w:name="z478" w:id="421"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наименование органа контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z478" w:id="422"/>
-[...15 lines deleted...]
-      2) наименование органа контроля;</w:t>
+    <w:bookmarkStart w:name="z479" w:id="422"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) и должность должностного лица, проводившего проверку;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z479" w:id="423"/>
-[...15 lines deleted...]
-      3) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) и должность должностного лица, проводившего проверку;</w:t>
+    <w:bookmarkStart w:name="z480" w:id="423"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) наименование субъекта (объекта) контроля или фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) физического лица, в отношении которого назначено проведение проверки, должность представителя физического или юридического лица, присутствовавшего при проведении проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="423"/>
-    <w:bookmarkStart w:name="z480" w:id="424"/>
-[...15 lines deleted...]
-      4) наименование субъекта (объекта) контроля или фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) физического лица, в отношении которого назначено проведение проверки, должность представителя физического или юридического лица, присутствовавшего при проведении проверки;</w:t>
+    <w:bookmarkStart w:name="z481" w:id="424"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) дата, место и период проведения проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="424"/>
-    <w:bookmarkStart w:name="z481" w:id="425"/>
-[...15 lines deleted...]
-      5) дата, место и период проведения проверки;</w:t>
+    <w:bookmarkStart w:name="z482" w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) перечень выявленных нарушений в соответствии с требованиями законодательства Республики Казахстан в области охраны, защиты, восстановления и использования растительного мира;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z482" w:id="426"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z483" w:id="427"/>
+    <w:bookmarkStart w:name="z483" w:id="426"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) рекомендации и указания по устранению выявленных нарушений и сроки их устранения; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkStart w:name="z484" w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) сведения об ознакомлении или отказе от ознакомления с предписанием представителя субъекта контроля (руководителя юридического лица либо его уполномоченного лица, физического лица), а также лиц, присутствовавших при проверке, их подписи или отказ от подписи;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z484" w:id="428"/>
-[...15 lines deleted...]
-      8) сведения об ознакомлении или отказе от ознакомления с предписанием представителя субъекта контроля (руководителя юридического лица либо его уполномоченного лица, физического лица), а также лиц, присутствовавших при проверке, их подписи или отказ от подписи;</w:t>
+    <w:bookmarkStart w:name="z485" w:id="428"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) подпись должностного лица, проводившего проверку.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z485" w:id="429"/>
-[...15 lines deleted...]
-      9) подпись должностного лица, проводившего проверку.</w:t>
+    <w:bookmarkStart w:name="z486" w:id="429"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Сроки исполнения предписания об устранении выявленных нарушений определяются с учетом обстоятельств, оказывающих влияние на реальную возможность его исполнения, и составляют не менее десяти календарных дней со дня вручения предписания об устранении выявленных нарушений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="429"/>
-    <w:bookmarkStart w:name="z486" w:id="430"/>
-[...15 lines deleted...]
-      14. Сроки исполнения предписания об устранении выявленных нарушений определяются с учетом обстоятельств, оказывающих влияние на реальную возможность его исполнения, и составляют не менее десяти календарных дней со дня вручения предписания об устранении выявленных нарушений.</w:t>
+    <w:bookmarkStart w:name="z487" w:id="430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае необходимости дополнительных временных и (или) финансовых затрат субъект контроля не позднее трех рабочих дней со дня вручения ему акта о результатах проверки и предписания об устранении выявленных нарушений вправе обратиться в орган контроля, проводивший проверку, с заявлением о продлении сроков устранения выявленных нарушений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="430"/>
-    <w:bookmarkStart w:name="z487" w:id="431"/>
-[...15 lines deleted...]
-      В случае необходимости дополнительных временных и (или) финансовых затрат субъект контроля не позднее трех рабочих дней со дня вручения ему акта о результатах проверки и предписания об устранении выявленных нарушений вправе обратиться в орган контроля, проводивший проверку, с заявлением о продлении сроков устранения выявленных нарушений.</w:t>
+    <w:bookmarkStart w:name="z488" w:id="431"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В заявлении субъект контроля обязан изложить меры, которые будут приняты по устранению выявленных нарушений, и объективные причины продления сроков их устранения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="431"/>
-    <w:bookmarkStart w:name="z488" w:id="432"/>
-[...15 lines deleted...]
-      В заявлении субъект контроля обязан изложить меры, которые будут приняты по устранению выявленных нарушений, и объективные причины продления сроков их устранения.</w:t>
+    <w:bookmarkStart w:name="z489" w:id="432"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орган контроля, проводивший проверку, в течение трех рабочих дней со дня получения заявления с учетом изложенных в заявлении о продлении сроков устранения выявленных нарушений доводов принимает решение о продлении сроков устранения выявленных нарушений или отказе в продлении с мотивированным обоснованием.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="432"/>
-    <w:bookmarkStart w:name="z489" w:id="433"/>
-[...15 lines deleted...]
-      Орган контроля, проводивший проверку, в течение трех рабочих дней со дня получения заявления с учетом изложенных в заявлении о продлении сроков устранения выявленных нарушений доводов принимает решение о продлении сроков устранения выявленных нарушений или отказе в продлении с мотивированным обоснованием.</w:t>
+    <w:bookmarkStart w:name="z490" w:id="433"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Акт о результатах проверки, предписание об устранении выявленных нарушений составляются в двух экземплярах.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="433"/>
-    <w:bookmarkStart w:name="z490" w:id="434"/>
-[...15 lines deleted...]
-      15. Акт о результатах проверки, предписание об устранении выявленных нарушений составляются в двух экземплярах.</w:t>
+    <w:bookmarkStart w:name="z491" w:id="434"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Органом контроля первый экземпляр акта о результатах проверки, предписания об устранении выявленных нарушений на бумажном носителе под роспись или в электронной форме вручается субъекту контроля (руководителю юридического лица либо его уполномоченному лицу, физическому лицу) для ознакомления и принятия мер по устранению выявленных нарушений и других действий, второй экземпляр остается у органа контроля.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="434"/>
-    <w:bookmarkStart w:name="z491" w:id="435"/>
-[...15 lines deleted...]
-      Органом контроля первый экземпляр акта о результатах проверки, предписания об устранении выявленных нарушений на бумажном носителе под роспись или в электронной форме вручается субъекту контроля (руководителю юридического лица либо его уполномоченному лицу, физическому лицу) для ознакомления и принятия мер по устранению выявленных нарушений и других действий, второй экземпляр остается у органа контроля.</w:t>
+    <w:bookmarkStart w:name="z492" w:id="435"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Акт о результатах проверки, предписание об устранении выявленных нарушений, сформированные в электронной форме, направляются на адрес электронной почты, указанный субъектом контроля.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="435"/>
-    <w:bookmarkStart w:name="z492" w:id="436"/>
-[...15 lines deleted...]
-      Акт о результатах проверки, предписание об устранении выявленных нарушений, сформированные в электронной форме, направляются на адрес электронной почты, указанный субъектом контроля.</w:t>
+    <w:bookmarkStart w:name="z493" w:id="436"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. В случае наличия замечаний и (или) возражений по результатам проверки руководитель юридического лица или физическое лицо либо их представители излагают замечания и (или) возражения в письменном виде.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="436"/>
-    <w:bookmarkStart w:name="z493" w:id="437"/>
-[...15 lines deleted...]
-      16. В случае наличия замечаний и (или) возражений по результатам проверки руководитель юридического лица или физическое лицо либо их представители излагают замечания и (или) возражения в письменном виде.</w:t>
+    <w:bookmarkStart w:name="z494" w:id="437"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Замечания и (или) возражения прилагаются к акту о результатах проверки, о чем делается соответствующая отметка.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="437"/>
-    <w:bookmarkStart w:name="z494" w:id="438"/>
-[...15 lines deleted...]
-      Замечания и (или) возражения прилагаются к акту о результатах проверки, о чем делается соответствующая отметка.</w:t>
+    <w:bookmarkStart w:name="z495" w:id="438"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Завершением срока проверки считается день вручения субъекту контроля акта о результатах проверки не позднее срока окончания проверки, указанного в акте о назначении проверки (акте о продлении проверки при его наличии).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="438"/>
-    <w:bookmarkStart w:name="z495" w:id="439"/>
-[...15 lines deleted...]
-      17. Завершением срока проверки считается день вручения субъекту контроля акта о результатах проверки не позднее срока окончания проверки, указанного в акте о назначении проверки (акте о продлении проверки при его наличии).</w:t>
+    <w:bookmarkStart w:name="z496" w:id="439"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. По истечении срока устранения выявленных нарушений, указанных в предписании об устранении выявленных нарушений, субъект контроля в течение срока, установленного в этом предписании, обязан предоставить в орган контроля, проводивший проверку, информацию об устранении выявленных нарушений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="439"/>
-    <w:bookmarkStart w:name="z496" w:id="440"/>
-[...15 lines deleted...]
-      18. По истечении срока устранения выявленных нарушений, указанных в предписании об устранении выявленных нарушений, субъект контроля в течение срока, установленного в этом предписании, обязан предоставить в орган контроля, проводивший проверку, информацию об устранении выявленных нарушений.</w:t>
+    <w:bookmarkStart w:name="z497" w:id="440"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. В случае непредоставления субъектом контроля в установленный срок информации об исполнении предписания об устранении выявленных нарушений по результатам проверки орган контроля, проводивший проверку, в течение двух рабочих дней направляет субъекту контроля запрос о необходимости предоставления информации об исполнении предписания.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="440"/>
-    <w:bookmarkStart w:name="z497" w:id="441"/>
-[...15 lines deleted...]
-      19. В случае непредоставления субъектом контроля в установленный срок информации об исполнении предписания об устранении выявленных нарушений по результатам проверки орган контроля, проводивший проверку, в течение двух рабочих дней направляет субъекту контроля запрос о необходимости предоставления информации об исполнении предписания.</w:t>
+    <w:bookmarkStart w:name="z498" w:id="441"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. В случае досрочного устранения выявленных нарушений, указанных в предписании об устранении выявленных нарушений, субъект контроля обязан предоставить в орган контроля, проводивший проверку, информацию об устранении выявленных нарушений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="441"/>
-    <w:bookmarkStart w:name="z498" w:id="442"/>
-[...15 lines deleted...]
-      20. В случае досрочного устранения выявленных нарушений, указанных в предписании об устранении выявленных нарушений, субъект контроля обязан предоставить в орган контроля, проводивший проверку, информацию об устранении выявленных нарушений.</w:t>
+    <w:bookmarkStart w:name="z499" w:id="442"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К предоставленной информации об устранении выявленных нарушений субъект контроля прилагает (при необходимости) материалы, доказывающие факт устранения нарушения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="442"/>
-    <w:bookmarkStart w:name="z499" w:id="443"/>
-[...15 lines deleted...]
-      К предоставленной информации об устранении выявленных нарушений субъект контроля прилагает (при необходимости) материалы, доказывающие факт устранения нарушения.</w:t>
+    <w:bookmarkStart w:name="z500" w:id="443"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Должностное лицо органа контроля при осуществлении патрулирования на закрепленных территориях Республики Казахстан в случае обнаружения несанкционированного изъятия дикорастущих растений незамедлительно передает материалы в правоохранительные органы, если размер ущерба составляет либо превышает стократный размер месячного расчетного показателя, установленного законом о республиканском бюджете и действующего на 1 января соответствующего финансового года, или составляет протокол об административном правонарушении, если размер ущерба составляет менее стократного размера месячного расчетного показателя, установленного законом о республиканском бюджете и действующего на 1 января соответствующего финансового года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="443"/>
-    <w:bookmarkStart w:name="z500" w:id="444"/>
-[...15 lines deleted...]
-      21. Должностное лицо органа контроля при осуществлении патрулирования на закрепленных территориях Республики Казахстан в случае обнаружения несанкционированного изъятия дикорастущих растений незамедлительно передает материалы в правоохранительные органы, если размер ущерба составляет либо превышает стократный размер месячного расчетного показателя, установленного законом о республиканском бюджете и действующего на 1 января соответствующего финансового года, или составляет протокол об административном правонарушении, если размер ущерба составляет менее стократного размера месячного расчетного показателя, установленного законом о республиканском бюджете и действующего на 1 января соответствующего финансового года.</w:t>
+    <w:bookmarkStart w:name="z501" w:id="444"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Положения пунктов 1 – 20 настоящей статьи не распространяются на случаи, предусмотренные настоящим пунктом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="444"/>
-    <w:bookmarkStart w:name="z501" w:id="445"/>
-[...15 lines deleted...]
-      Положения пунктов 1 – 20 настоящей статьи не распространяются на случаи, предусмотренные настоящим пунктом.</w:t>
+    <w:bookmarkStart w:name="z502" w:id="445"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Итоги проверок могут быть обжалованы субъектом контроля в порядке, установленном законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="445"/>
-    <w:bookmarkStart w:name="z502" w:id="446"/>
-[...15 lines deleted...]
-      22. Итоги проверок могут быть обжалованы субъектом контроля в порядке, установленном законами Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z503" w:id="446"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рассмотрение вышестоящим государственным органом заявления субъекта контроля об отмене акта о результатах проверки в связи с недействительностью проверки, отмене предписания об устранении выявленных нарушений осуществляется в течение десяти рабочих дней со дня подачи заявления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="446"/>
-    <w:bookmarkStart w:name="z503" w:id="447"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z504" w:id="448"/>
+    <w:bookmarkStart w:name="z504" w:id="447"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Признание вышестоящим государственным органом результатов проверки недействительными является основанием для их отмены. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z505" w:id="448"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Акт о результатах проверки и предписание об устранении выявленных нарушений по итогам проверок, признанных недействительными, не могут являться доказательством нарушения субъектами контроля установленных требований.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="448"/>
-    <w:bookmarkStart w:name="z505" w:id="449"/>
-[...15 lines deleted...]
-      Акт о результатах проверки и предписание об устранении выявленных нарушений по итогам проверок, признанных недействительными, не могут являться доказательством нарушения субъектами контроля установленных требований.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 50. Акты должностных лиц, осуществляющих государственный контроль в области охраны, защиты, восстановления и использования дикорастущих растений</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z507" w:id="449"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Актами должностных лиц, осуществляющих государственный контроль в области охраны, защиты, восстановления и использования дикорастущих растений, являются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="449"/>
+    <w:bookmarkStart w:name="z508" w:id="450"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) протокол об административных правонарушениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="450"/>
+    <w:bookmarkStart w:name="z509" w:id="451"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) акт о результатах проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkStart w:name="z510" w:id="452"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) предписание:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="452"/>
+    <w:bookmarkStart w:name="z511" w:id="453"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      об устранении выявленных нарушений требований законодательства Республики Казахстан в области охраны, защиты, восстановления и использования растительного мира;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z512" w:id="454"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      о запрещении или приостановлении хозяйственной деятельности физических и юридических лиц без судебного решения на срок не более трех дней с обязательным предъявлением в указанный срок искового заявления в суд (при этом акт о запрещении или приостановлении деятельности действует до устранения выявленных нарушений или вынесения судебного решения);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkStart w:name="z513" w:id="455"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) постановление:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkStart w:name="z514" w:id="456"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      о привлечении виновных лиц к административной ответственности либо в случае уголовно наказуемого деяния – передаче материалов в правоохранительные органы в случае нарушения законодательства Республики Казахстан в области охраны, защиты, восстановления и использования растительного мира;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="456"/>
+    <w:bookmarkStart w:name="z515" w:id="457"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      об изъятии незаконно добытых объектов регулирования, предусмотренных подпунктами 1) и 2) пункта 1 статьи 5 настоящего Закона, а также использованных для этого приспособлений, механизмов и транспортных средств для временного хранения до вынесения судебного решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 50. Акты должностных лиц, осуществляющих государственный контроль в области охраны, защиты, восстановления и использования дикорастущих растений</w:t>
-[...142 lines deleted...]
-    <w:bookmarkStart w:name="z514" w:id="457"/>
+        <w:t>Статья 51. Права должностных лиц, осуществляющих государственный контроль в области охраны, защиты, восстановления и использования дикорастущих растений</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z517" w:id="458"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Должностные лица, осуществляющие государственный контроль в области охраны, защиты, восстановления и использования дикорастущих растений, имеют право:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="458"/>
+    <w:bookmarkStart w:name="z518" w:id="459"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществлять патрулирование на закрепленных территориях Республики Казахстан в целях выявления несанкционированного изъятия дикорастущих растений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkStart w:name="z519" w:id="460"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) останавливать физических лиц, транспортные средства на участках выявленных нарушений законодательства Республики Казахстан в области охраны, защиты, восстановления и использования растительного мира, а также в местах въезда в эти участки и выезда из них, производить их досмотр;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkStart w:name="z520" w:id="461"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осматривать у лиц, находящихся на участках заготовки (сбора) растительных ресурсов, и при выезде из них документы на право пользования растительным миром;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="461"/>
+    <w:bookmarkStart w:name="z521" w:id="462"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) определять размеры вреда, причиненного в результате нарушения законодательства Республики Казахстан в области охраны, защиты, восстановления и использования растительного мира, предъявлять к виновным лицам претензии о добровольном возмещении этого вреда либо предъявлять иски в суд;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="462"/>
+    <w:bookmarkStart w:name="z522" w:id="463"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) составлять протоколы об административных правонарушениях в области охраны, защиты, восстановления и использования растительного мира;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="463"/>
+    <w:bookmarkStart w:name="z523" w:id="464"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) выдавать предписания об устранении выявленных нарушений законодательства Республики Казахстан в области охраны, защиты, восстановления и использования растительного мира;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkStart w:name="z524" w:id="465"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) выносить постановления:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkStart w:name="z525" w:id="466"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       о привлечении виновных лиц к административной ответственности либо в случае уголовно наказуемого деяния – передаче материалов в правоохранительные органы в случае нарушения законодательства Республики Казахстан в области охраны, защиты, восстановления и использования растительного мира;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="457"/>
-    <w:bookmarkStart w:name="z515" w:id="458"/>
+    <w:bookmarkEnd w:id="466"/>
+    <w:bookmarkStart w:name="z526" w:id="467"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       об изъятии незаконно добытых объектов регулирования, предусмотренных подпунктами 1) и 2) пункта 1 статьи 5 настоящего Закона, а также использованных для этого приспособлений, механизмов и транспортных средств для временного хранения до вынесения судебного решения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="458"/>
-[...195 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="467"/>
-    <w:bookmarkStart w:name="z526" w:id="468"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z527" w:id="469"/>
+    <w:bookmarkStart w:name="z527" w:id="468"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       На должностных лиц, осуществляющих государственный контроль в области охраны, защиты, восстановления и использования дикорастущих растений, также распространяются иные права, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 154 Предпринимательского кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkStart w:name="z528" w:id="469"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Должностные лица, осуществляющие государственный контроль в области охраны, защиты, восстановления и использования дикорастущих растений, обеспечиваются форменной одеждой со знаками различия (без погон).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="469"/>
-    <w:bookmarkStart w:name="z528" w:id="470"/>
-[...15 lines deleted...]
-      2. Должностные лица, осуществляющие государственный контроль в области охраны, защиты, восстановления и использования дикорастущих растений, обеспечиваются форменной одеждой со знаками различия (без погон).</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 52. Правовая и социальная защита должностных лиц, осуществляющих государственный контроль в области охраны, защиты, восстановления и использования дикорастущих растений</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z530" w:id="470"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Должностные лица, осуществляющие государственный контроль в области охраны, защиты, восстановления и использования дикорастущих растений, подлежат правовой и социальной защите в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="470"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 52. Правовая и социальная защита должностных лиц, осуществляющих государственный контроль в области охраны, защиты, восстановления и использования дикорастущих растений</w:t>
-[...18 lines deleted...]
-      Должностные лица, осуществляющие государственный контроль в области охраны, защиты, восстановления и использования дикорастущих растений, подлежат правовой и социальной защите в соответствии с законодательством Республики Казахстан.</w:t>
+        <w:t>Статья 53. Общественный контроль в области охраны, защиты, восстановления и использования дикорастущих растений</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z532" w:id="471"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Общественный контроль в области охраны, защиты, восстановления и использования дикорастущих растений осуществляется в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="471"/>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z533" w:id="472"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...20 lines deleted...]
-      Общественный контроль в области охраны, защиты, восстановления и использования дикорастущих растений осуществляется в соответствии с законодательством Республики Казахстан.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 16. РАЗРЕШЕНИЕ СПОРОВ И ОТВЕТСТВЕННОСТЬ ЗА НАРУШЕНИЕ ЗАКОНОДАТЕЛЬСТВА РЕСПУБЛИКИ КАЗАХСТАН В ОБЛАСТИ ОХРАНЫ, ЗАЩИТЫ, ВОССТАНОВЛЕНИЯ И ИСПОЛЬЗОВАНИЯ РАСТИТЕЛЬНОГО МИРА</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="472"/>
-    <w:bookmarkStart w:name="z533" w:id="473"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 54. Разрешение споров в области охраны, защиты, восстановления и использования растительного мира</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z535" w:id="473"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Споры в области охраны, защиты, восстановления и использования растительного мира, предоставления растительного мира в пользование регулируются в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="473"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 55. Ответственность за нарушение законодательства Республики Казахстан в области охраны, защиты, восстановления и использования растительного мира</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z537" w:id="474"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нарушение законодательства Республики Казахстан в области охраны, защиты, восстановления и использования растительного мира влечет ответственность, установленную законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="474"/>
+    <w:bookmarkStart w:name="z538" w:id="475"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 16. РАЗРЕШЕНИЕ СПОРОВ И ОТВЕТСТВЕННОСТЬ ЗА НАРУШЕНИЕ ЗАКОНОДАТЕЛЬСТВА РЕСПУБЛИКИ КАЗАХСТАН В ОБЛАСТИ ОХРАНЫ, ЗАЩИТЫ, ВОССТАНОВЛЕНИЯ И ИСПОЛЬЗОВАНИЯ РАСТИТЕЛЬНОГО МИРА</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="473"/>
+        <w:t xml:space="preserve"> Глава 17. ЗАКЛЮЧИТЕЛЬНЫЕ И ПЕРЕХОДНЫЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="475"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 54. Разрешение споров в области охраны, защиты, восстановления и использования растительного мира</w:t>
-[...21 lines deleted...]
-    <w:bookmarkEnd w:id="474"/>
+        <w:t>Статья 56. Переходные положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z540" w:id="476"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Разрешения на пользование растительным миром, полученные пользователями до введения в действие настоящего Закона, действуют в течение сроков, на которые они были выданы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="476"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 55. Ответственность за нарушение законодательства Республики Казахстан в области охраны, защиты, восстановления и использования растительного мира</w:t>
-[...27 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:t>Статья 57. Порядок применения настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z542" w:id="477"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящий Закон применяется к правоотношениям, возникшим после введения его в действие.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="477"/>
+    <w:bookmarkStart w:name="z543" w:id="478"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Принятые до введения в действие настоящего Закона нормативные правовые акты, регулирующие отношения в области охраны, защиты, восстановления и использования растительного мира, применяются в части, не противоречащей настоящему Закону.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="478"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...109 lines deleted...]
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 58. Порядок введения в действие настоящего Закона</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z545" w:id="480"/>
+    <w:bookmarkStart w:name="z545" w:id="479"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Настоящий Закон вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования, за исключением </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11266,51 +11360,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 42, которые вводятся в действие после дня введения в действие соответствующих изменений и дополнений в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодекс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="480"/>
+    <w:bookmarkEnd w:id="479"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -11454,55 +11548,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>