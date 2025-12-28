--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4dd83e8" w14:textId="4dd83e8">
+    <w:p w14:paraId="111f4c0" w14:textId="111f4c0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2776,1557 +2776,1493 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 14. Основания отнесения информации к противоправному контенту, приостановление, прекращение размещения и распространения противоправного контента</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z126" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. На онлайн-платформах на территории Республики Казахстан запрещаются размещение и распространение противоправного контента.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:p>
-[...113 lines deleted...]
-    <w:bookmarkStart w:name="z128" w:id="107"/>
+    <w:bookmarkStart w:name="z127" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Противоправным контентом являются: призыв, пропаганда или агитация насильственного изменения конституционного строя, нарушения целостности Республики Казахстан, подрыва безопасности государства, войны, социального, расового, национального, религиозного, сословного и родового превосходства, культа жестокости и насилия, самоубийства, порнографии, наркотических средств, психотропных веществ, их аналогов и прекурсоров, идеи сепаратизма, мошенничества, информации, способствующей нарушению межнационального и межконфессионального согласия, а также высказывания, подвергающие сомнению государственность и территориальную целостность Республики Казахстан, информация, раскрывающая государственные секреты или иную охраняемую законом тайну, и иная информация, запрещенная законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z128" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Приостановление, прекращение размещения и распространения противоправного контента осуществляются в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 41-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О связи". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z129" w:id="108"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z129" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Собственник и (или) законный представитель онлайн-платформы в течение двадцати четырех часов после получения предписания уполномоченного органа обязаны принять меры по удалению информации, признанной кибербуллингом в отношении ребенка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 14 с изменением, внесенным Законом РК от 19.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 15. Удаление ложной информации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z131" w:id="109"/>
+    <w:bookmarkStart w:name="z131" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Лицо, в отношении которого была распространена ложная информация, вправе обратиться к собственнику онлайн-платформы с требованием об удалении ложной информации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z132" w:id="110"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z132" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В случае отказа собственником онлайн-платформы в удалении ложной информации лицо вправе обратиться в суд. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z133" w:id="111"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z133" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. ПРАВА И ОБЯЗАННОСТИ ПОЛЬЗОВАТЕЛЕЙ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 16. Права и обязанности пользователей</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z135" w:id="112"/>
+    <w:bookmarkStart w:name="z135" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Пользователи на территории Республики Казахстан имеют право на: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z136" w:id="113"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z136" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) получение, производство, размещение, распространение контента любым не запрещенным законами Республики Казахстан способом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z137" w:id="114"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z137" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) свободное выражение мнения на онлайн-платформах в соответствии с законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z138" w:id="115"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z138" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) защиту своих прав, свобод и законных интересов в судебном порядке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z139" w:id="116"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z139" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) создание аккаунта, публичного сообщества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z140" w:id="117"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z140" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) обращение к собственнику онлайн-платформы или его законному представителю с требованием о соблюдении их прав, свобод и законных интересов, предусмотренных законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z141" w:id="118"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z141" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) отказ от предлагаемых онлайн-платформами продуктов, если это противоречит их убеждениям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z142" w:id="119"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z142" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) ограничение демонстрации неинтересующего контента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z143" w:id="120"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z143" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Пользователи обязаны:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z144" w:id="121"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z144" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) соблюдать законодательство Республики Казахстан об онлайн-платформах и онлайн-рекламе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z145" w:id="122"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z145" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) проверять достоверность размещаемого, распространяемого контента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z146" w:id="123"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z146" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) не размещать, не распространять ложную информацию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z147" w:id="124"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z147" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) не размещать, не распространять противоправный контент;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z148" w:id="125"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z148" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) удалять ложную информацию, противоправный контент в случае их размещения, распространения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z149" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) при сборе добровольных пожертвований соблюдать требования, установленные законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 16 с изменением, внесенным Законом РК от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...60 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 17. Права и обязанности инфлюенсеров (блогеров)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z151" w:id="126"/>
+    <w:bookmarkStart w:name="z151" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Инфлюенсер (блогер) имеет права и несет обязанности, установленные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z152" w:id="127"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z152" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Инфлюенсер (блогер) осуществляет свою предпринимательскую деятельность на территории Республики Казахстан в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 18. Размещение и распространение изображаемого лица</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z154" w:id="128"/>
+    <w:bookmarkStart w:name="z154" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Пользователям при размещении и распространении контента не требуется согласие изображаемого лица в следующих случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z155" w:id="129"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z155" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) если данное лицо присутствует или участвует в зрелищных культурно-массовых, социально значимых в области культуры, спортивно-массовых мероприятиях, мирных собраниях и иных публичных мероприятиях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z156" w:id="130"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z156" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) если контент содержит изображение лица и сведения, связанные со служебной и (или) публичной деятельностью данного лица, а также размещен, распространен самим лицом, его законным представителем или уполномоченным лицом в источниках, доступ к которым не ограничен;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z157" w:id="131"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z157" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) если использование изображаемого лица осуществляется в целях защиты конституционного строя, охраны общественного порядка, прав и свобод человека, здоровья и нравственности населения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z158" w:id="132"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z158" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Размещение, распространение контента с использованием изображаемого лица осуществляются в соответствии с требованиями, установленными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 145</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Гражданского кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z159" w:id="133"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z159" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. РЕГУЛИРОВАНИЕ ОНЛАЙН-РЕКЛАМЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkEnd w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 19. Требования к онлайн-рекламе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z161" w:id="134"/>
+    <w:bookmarkStart w:name="z161" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Онлайн-реклама должна быть идентифицируема и маркирована.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z162" w:id="135"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z162" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Онлайн-реклама маркируется в порядке, определяемом уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z163" w:id="136"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z163" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Размещение и распространение онлайн-рекламы осуществляются в соответствии с требованиями Закона Республики Казахстан "О рекламе".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkEnd w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 20. Таргетированная онлайн-реклама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z165" w:id="137"/>
+    <w:bookmarkStart w:name="z165" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Онлайн-платформа обеспечивает пользователей возможностью идентифицировать таргетированную онлайн-рекламу при помощи текстовых и (или) графических и (или) иных обозначений. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z166" w:id="138"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z166" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Таргетированная онлайн-реклама должна:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z167" w:id="139"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z167" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) содержать текстовые и (или) графические и (или) иные обозначения, указывающие, что контент является онлайн-рекламой;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z168" w:id="140"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z168" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обозначать аккаунт пользователя, разместившего онлайн-рекламу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z169" w:id="141"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z169" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Профайлинг на основании данных о расовой или национальной принадлежности, политических взглядах, биометрических или персональных данных, позволяющих идентифицировать физическое лицо, информации о состоянии здоровья пользователя запрещен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z170" w:id="142"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z170" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Таргетированная онлайн-реклама не должна распространяться на пользователей, идентифицированных онлайн-платформой как несовершеннолетний пользователь.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkEnd w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 21. Спонсорский контент</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z172" w:id="143"/>
+    <w:bookmarkStart w:name="z172" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Спонсорский контент должен содержать текстовые и (или) графические и (или) иные обозначения, указывающие на спонсора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z173" w:id="144"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z173" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Спонсорский контент не должен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z174" w:id="145"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z174" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) дискредитировать физические или юридические лица, их товары, работы, услуги;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z175" w:id="146"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z175" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) содержать мнения и (или) аудиозапись, и (или) фото- и видеоизображения третьих лиц без их предварительного согласия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z176" w:id="147"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z176" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. В случае если спонсорский контент содержит рекомендации, отзывы и подтверждающие документы, то они должны являться подлинными и проверяемыми.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkEnd w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 22. Идентификация и хранение онлайн-рекламы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z178" w:id="148"/>
+    <w:bookmarkStart w:name="z178" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Онлайн-платформы должны обеспечить пользователей технической возможностью идентифицировать онлайн-рекламу при помощи текстовых и (или) графических и (или) иных обозначений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z179" w:id="149"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z179" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Онлайн-платформа должна иметь безопасное хранилище, содержащее информацию об онлайн-рекламе, в том числе о таргетированной онлайн-рекламе. Данная информация должна храниться в течение одного года после последнего размещения, распространения онлайн-рекламы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z180" w:id="150"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z180" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Хранилище не должно содержать персональные данные пользователей, среди которых была или могла быть распространена онлайн-реклама.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z181" w:id="151"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z181" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. МЕЖДУНАРОДНОЕ СОТРУДНИЧЕСТВО В ОБЛАСТИ ОНЛАЙН-ПЛАТФОРМ И ОНЛАЙН-РЕКЛАМЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkEnd w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 23. Международное сотрудничество в области онлайн-платформ и онлайн-рекламы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z183" w:id="152"/>
+    <w:bookmarkStart w:name="z183" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Международное сотрудничество Республики Казахстан в области онлайн-платформ и онлайн-рекламы осуществляется в соответствии с международными договорами и законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z184" w:id="153"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z184" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Государственные органы по согласованию с уполномоченным органом осуществляют взаимодействие в области онлайн-платформ и онлайн-рекламы с государственными органами иностранных государств, международными организациями и иностранными юридическими лицами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z185" w:id="154"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z185" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 7. ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkEnd w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 24. Ответственность за нарушение законодательства Республики Казахстан об онлайн-платформах и онлайн-рекламе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z187" w:id="155"/>
+    <w:bookmarkStart w:name="z187" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нарушение законодательства Республики Казахстан об онлайн-платформах и онлайн-рекламе влечет ответственность, установленную законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z188" w:id="156"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z188" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае осуществления собственниками и (или) законными представителями онлайн-платформ деятельности онлайн-платформы на территории Республики Казахстан без соблюдения требований, установленных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, уполномоченный орган вправе ограничить их деятельность на территории Республики Казахстан в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkEnd w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 25. Порядок введения в действие настоящего Закона</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z190" w:id="157"/>
+    <w:bookmarkStart w:name="z190" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящий Закон вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkEnd w:id="159"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>