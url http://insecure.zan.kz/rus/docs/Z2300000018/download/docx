--- v1 (2025-12-28)
+++ v2 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="111f4c0" w14:textId="111f4c0">
+    <w:p w14:paraId="d8aba2b" w14:textId="d8aba2b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1747,1159 +1747,1291 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. ПРАВОВОЙ РЕЖИМ ФУНКЦИОНИРОВАНИЯ ОНЛАЙН-ПЛАТФОРМ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 9. Правовой режим функционирования онлайн-платформ на территории Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...103 lines deleted...]
-    <w:bookmarkStart w:name="z82" w:id="67"/>
+    <w:bookmarkStart w:name="z81" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Для осуществления деятельности на территории Республики Казахстан собственники и (или) иные законные представители онлайн-платформ, среднесуточный доступ к онлайн-платформам которых в течение месяца составляет более ста тысяч пользователей, находящихся на территории Республики Казахстан, назначают своего законного представителя по взаимодействию с:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z192" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      уполномоченным органом в соответствии с требованиями, установленными Гражданским кодексом Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z193" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      государственным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и других обязательных платежей в бюджет, в соответствии с требованиями, установленными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Гражданским кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z82" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Часть первая настоящего пункта не распространяется на сервисы обмена мгновенными сообщениями, осуществляющие функции внутрикорпоративных сервисов по обмену сообщениями, служб электронной почты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z83" w:id="68"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z83" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Уполномоченный орган ведет реестр законных представителей онлайн-платформ на территории Республики Казахстан в определенном им порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z84" w:id="69"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z84" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Онлайн-платформы должны иметь следующие функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z85" w:id="70"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z85" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) определения количества пользователей на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z86" w:id="71"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z86" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) подачи пользователями жалобы, установленной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, и автоматического подтверждения ее получения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z87" w:id="72"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z87" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Интерфейс онлайн-платформы не должен вводить в заблуждение или иным образом препятствовать пользователю в принятии решения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z88" w:id="73"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z88" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Собственники и (или) законные представители онлайн-платформ обязаны:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z89" w:id="74"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z89" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) принимать меры противодействия распространению противоправного контента на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z90" w:id="75"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z90" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) рассмотреть запрос уполномоченного органа в течение двадцати четырех часов после его получения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z91" w:id="76"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z91" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обеспечить исполнение вступивших в законную силу судебных актов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z92" w:id="77"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z92" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) обеспечить прием, рассмотрение предписаний, представлений, уведомлений, решений государственных органов с принятием по ним мер, установленных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 41-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О связи";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z93" w:id="78"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z93" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) незамедлительно уведомлять правоохранительные органы Республики Казахстан в случае выявления противоправного контента, влекущего за собой угрозу жизни или безопасности человека и гражданина;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z94" w:id="79"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z94" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) информировать уполномоченный орган о мерах противодействия противоправному контенту; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z95" w:id="80"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z95" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) размещать в открытом доступе информацию о среднестатистическом ежемесячном количестве пользователей на территории Республики Казахстан за последние шесть месяцев функционирования онлайн-платформы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z96" w:id="81"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z96" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) принимать меры по обеспечению безопасности несовершеннолетних;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z97" w:id="82"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z97" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) представлять запрашиваемые уполномоченным органом сведения о пользователях на основании судебных актов, запросов правоохранительных или специальных государственных органов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z98" w:id="83"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z98" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) приостановить деятельность аккаунтов на территории Республики Казахстан, размещающих и распространяющих противоправный контент, информацию, признанную кибербуллингом в отношении ребенка, на основании предписания уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 9 с изменением, внесенным Законом РК от 18.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 10. Особенности защиты персональных данных на онлайн-платформах</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z100" w:id="84"/>
+    <w:bookmarkStart w:name="z100" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Собственник и (или) законный представитель онлайн-платформы в целях защиты персональных данных на онлайн-платформе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z101" w:id="85"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z101" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ознакомляет пользователей с политикой конфиденциальности онлайн-платформы до завершения их регистрации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z102" w:id="86"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z102" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обеспечивает целостность, сохранность и соблюдение конфиденциальности персональных данных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z103" w:id="87"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z103" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) не допускает распространения персональных данных без согласия пользователя или его законного представителя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z104" w:id="88"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z104" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) незамедлительно уведомляет пользователя в случае нарушения конфиденциальности его персональных данных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z105" w:id="89"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z105" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) выполняет иные обязанности, предусмотренные Законом Республики Казахстан "О персональных данных и их защите".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 11. Подача и обработка жалобы пользователей</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z107" w:id="90"/>
+    <w:bookmarkStart w:name="z107" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Пользователь вправе подавать жалобу собственнику онлайн-платформы на контент, интерфейс, других пользователей, действия онлайн-платформы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z108" w:id="91"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z108" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Механизм и правила подачи жалобы пользователем определяются собственником онлайн-платформы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z109" w:id="92"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z109" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Механизм подачи жалобы должен быть доступным для пользователя и предусматривать возможность описания содержания жалобы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z110" w:id="93"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z110" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Собственник онлайн-платформы обязан предоставить мотивированный ответ пользователю, обратившемуся с жалобой, в течение двадцати календарных дней со дня, следующего за днем получения жалобы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 12. Рекомендательная система онлайн-платформы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z112" w:id="94"/>
+    <w:bookmarkStart w:name="z112" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Параметры, используемые в рекомендательной системе онлайн-платформы, должны быть описаны в пользовательском соглашении онлайн-платформы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z113" w:id="95"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z113" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Рекомендательная система онлайн-платформы должна предоставлять пользователю возможность получения контента без использования профайлинга.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 13. Модерация контента</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z115" w:id="96"/>
+    <w:bookmarkStart w:name="z115" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1.Собственник онлайн-платформы обязан принимать меры по совершенствованию:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z116" w:id="97"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z116" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) систем модерации контента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z117" w:id="98"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z117" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) алгоритмов искусственного интеллекта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z118" w:id="99"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z118" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обеспечения безопасности несовершеннолетних на онлайн-платформе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z119" w:id="100"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z119" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) противодействия размещению и распространению противоправного контента на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z120" w:id="101"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z120" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) взаимодействия с государственными органами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z121" w:id="102"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z121" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Собственник онлайн-платформы ежегодно размещает отчет, который включает следующую информацию о:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z122" w:id="103"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z122" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) выявленных системных рисках;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z123" w:id="104"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z123" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) принятых мерах по снижению выявленных системных рисков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z124" w:id="105"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z124" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) модерации контента с указанием удаленного противоправного контента автоматизированными системами модерации, количества поступивших предписаний уполномоченного органа, жалоб пользователей и принятых по ним решений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 14. Основания отнесения информации к противоправному контенту, приостановление, прекращение размещения и распространения противоправного контента</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z126" w:id="106"/>
+    <w:bookmarkStart w:name="z126" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. На онлайн-платформах на территории Республики Казахстан запрещаются размещение и распространение противоправного контента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z127" w:id="107"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В часть 2 пункта 1 предусматривается изменение Законом РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Противоправным контентом являются: призыв, пропаганда или агитация насильственного изменения конституционного строя, нарушения целостности Республики Казахстан, подрыва безопасности государства, войны, социального, расового, национального, религиозного, сословного и родового превосходства, культа жестокости и насилия, самоубийства, порнографии, наркотических средств, психотропных веществ, их аналогов и прекурсоров, идеи сепаратизма, мошенничества, информации, способствующей нарушению межнационального и межконфессионального согласия, а также высказывания, подвергающие сомнению государственность и территориальную целостность Республики Казахстан, информация, раскрывающая государственные секреты или иную охраняемую законом тайну, и иная информация, запрещенная законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z128" w:id="108"/>
+    <w:bookmarkStart w:name="z128" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Приостановление, прекращение размещения и распространения противоправного контента осуществляются в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 41-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О связи". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z129" w:id="109"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z129" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Собственник и (или) законный представитель онлайн-платформы в течение двадцати четырех часов после получения предписания уполномоченного органа обязаны принять меры по удалению информации, признанной кибербуллингом в отношении ребенка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2935,425 +3067,425 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 15. Удаление ложной информации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z131" w:id="110"/>
+    <w:bookmarkStart w:name="z131" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Лицо, в отношении которого была распространена ложная информация, вправе обратиться к собственнику онлайн-платформы с требованием об удалении ложной информации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z132" w:id="111"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z132" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В случае отказа собственником онлайн-платформы в удалении ложной информации лицо вправе обратиться в суд. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z133" w:id="112"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z133" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. ПРАВА И ОБЯЗАННОСТИ ПОЛЬЗОВАТЕЛЕЙ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 16. Права и обязанности пользователей</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z135" w:id="113"/>
+    <w:bookmarkStart w:name="z135" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Пользователи на территории Республики Казахстан имеют право на: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z136" w:id="114"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z136" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) получение, производство, размещение, распространение контента любым не запрещенным законами Республики Казахстан способом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z137" w:id="115"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z137" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) свободное выражение мнения на онлайн-платформах в соответствии с законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z138" w:id="116"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z138" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) защиту своих прав, свобод и законных интересов в судебном порядке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z139" w:id="117"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z139" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) создание аккаунта, публичного сообщества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z140" w:id="118"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z140" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) обращение к собственнику онлайн-платформы или его законному представителю с требованием о соблюдении их прав, свобод и законных интересов, предусмотренных законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z141" w:id="119"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z141" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) отказ от предлагаемых онлайн-платформами продуктов, если это противоречит их убеждениям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z142" w:id="120"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z142" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) ограничение демонстрации неинтересующего контента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z143" w:id="121"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z143" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Пользователи обязаны:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z144" w:id="122"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z144" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) соблюдать законодательство Республики Казахстан об онлайн-платформах и онлайн-рекламе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z145" w:id="123"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z145" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) проверять достоверность размещаемого, распространяемого контента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z146" w:id="124"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z146" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) не размещать, не распространять ложную информацию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z147" w:id="125"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z147" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) не размещать, не распространять противоправный контент;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z148" w:id="126"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z148" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) удалять ложную информацию, противоправный контент в случае их размещения, распространения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z149" w:id="127"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z149" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) при сборе добровольных пожертвований соблюдать требования, установленные законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3389,880 +3521,880 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 17. Права и обязанности инфлюенсеров (блогеров)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z151" w:id="128"/>
+    <w:bookmarkStart w:name="z151" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Инфлюенсер (блогер) имеет права и несет обязанности, установленные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z152" w:id="129"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z152" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Инфлюенсер (блогер) осуществляет свою предпринимательскую деятельность на территории Республики Казахстан в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkEnd w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 18. Размещение и распространение изображаемого лица</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z154" w:id="130"/>
+    <w:bookmarkStart w:name="z154" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Пользователям при размещении и распространении контента не требуется согласие изображаемого лица в следующих случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z155" w:id="131"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z155" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) если данное лицо присутствует или участвует в зрелищных культурно-массовых, социально значимых в области культуры, спортивно-массовых мероприятиях, мирных собраниях и иных публичных мероприятиях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z156" w:id="132"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z156" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) если контент содержит изображение лица и сведения, связанные со служебной и (или) публичной деятельностью данного лица, а также размещен, распространен самим лицом, его законным представителем или уполномоченным лицом в источниках, доступ к которым не ограничен;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z157" w:id="133"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z157" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) если использование изображаемого лица осуществляется в целях защиты конституционного строя, охраны общественного порядка, прав и свобод человека, здоровья и нравственности населения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z158" w:id="134"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z158" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Размещение, распространение контента с использованием изображаемого лица осуществляются в соответствии с требованиями, установленными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 145</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Гражданского кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z159" w:id="135"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z159" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. РЕГУЛИРОВАНИЕ ОНЛАЙН-РЕКЛАМЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkEnd w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 19. Требования к онлайн-рекламе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z161" w:id="136"/>
+    <w:bookmarkStart w:name="z161" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Онлайн-реклама должна быть идентифицируема и маркирована.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z162" w:id="137"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z162" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Онлайн-реклама маркируется в порядке, определяемом уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z163" w:id="138"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z163" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Размещение и распространение онлайн-рекламы осуществляются в соответствии с требованиями Закона Республики Казахстан "О рекламе".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkEnd w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 20. Таргетированная онлайн-реклама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z165" w:id="139"/>
+    <w:bookmarkStart w:name="z165" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Онлайн-платформа обеспечивает пользователей возможностью идентифицировать таргетированную онлайн-рекламу при помощи текстовых и (или) графических и (или) иных обозначений. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z166" w:id="140"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z166" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Таргетированная онлайн-реклама должна:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z167" w:id="141"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z167" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) содержать текстовые и (или) графические и (или) иные обозначения, указывающие, что контент является онлайн-рекламой;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z168" w:id="142"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z168" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обозначать аккаунт пользователя, разместившего онлайн-рекламу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z169" w:id="143"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z169" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Профайлинг на основании данных о расовой или национальной принадлежности, политических взглядах, биометрических или персональных данных, позволяющих идентифицировать физическое лицо, информации о состоянии здоровья пользователя запрещен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z170" w:id="144"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z170" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Таргетированная онлайн-реклама не должна распространяться на пользователей, идентифицированных онлайн-платформой как несовершеннолетний пользователь.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkEnd w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 21. Спонсорский контент</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z172" w:id="145"/>
+    <w:bookmarkStart w:name="z172" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Спонсорский контент должен содержать текстовые и (или) графические и (или) иные обозначения, указывающие на спонсора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z173" w:id="146"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z173" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Спонсорский контент не должен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z174" w:id="147"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z174" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) дискредитировать физические или юридические лица, их товары, работы, услуги;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z175" w:id="148"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z175" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) содержать мнения и (или) аудиозапись, и (или) фото- и видеоизображения третьих лиц без их предварительного согласия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z176" w:id="149"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z176" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. В случае если спонсорский контент содержит рекомендации, отзывы и подтверждающие документы, то они должны являться подлинными и проверяемыми.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkEnd w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 22. Идентификация и хранение онлайн-рекламы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z178" w:id="150"/>
+    <w:bookmarkStart w:name="z178" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Онлайн-платформы должны обеспечить пользователей технической возможностью идентифицировать онлайн-рекламу при помощи текстовых и (или) графических и (или) иных обозначений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z179" w:id="151"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z179" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Онлайн-платформа должна иметь безопасное хранилище, содержащее информацию об онлайн-рекламе, в том числе о таргетированной онлайн-рекламе. Данная информация должна храниться в течение одного года после последнего размещения, распространения онлайн-рекламы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z180" w:id="152"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z180" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Хранилище не должно содержать персональные данные пользователей, среди которых была или могла быть распространена онлайн-реклама.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z181" w:id="153"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z181" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. МЕЖДУНАРОДНОЕ СОТРУДНИЧЕСТВО В ОБЛАСТИ ОНЛАЙН-ПЛАТФОРМ И ОНЛАЙН-РЕКЛАМЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkEnd w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 23. Международное сотрудничество в области онлайн-платформ и онлайн-рекламы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z183" w:id="154"/>
+    <w:bookmarkStart w:name="z183" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Международное сотрудничество Республики Казахстан в области онлайн-платформ и онлайн-рекламы осуществляется в соответствии с международными договорами и законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z184" w:id="155"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z184" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Государственные органы по согласованию с уполномоченным органом осуществляют взаимодействие в области онлайн-платформ и онлайн-рекламы с государственными органами иностранных государств, международными организациями и иностранными юридическими лицами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z185" w:id="156"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z185" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 7. ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkEnd w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 24. Ответственность за нарушение законодательства Республики Казахстан об онлайн-платформах и онлайн-рекламе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z187" w:id="157"/>
+    <w:bookmarkStart w:name="z187" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нарушение законодательства Республики Казахстан об онлайн-платформах и онлайн-рекламе влечет ответственность, установленную законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z188" w:id="158"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z188" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае осуществления собственниками и (или) законными представителями онлайн-платформ деятельности онлайн-платформы на территории Республики Казахстан без соблюдения требований, установленных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, уполномоченный орган вправе ограничить их деятельность на территории Республики Казахстан в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkEnd w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 25. Порядок введения в действие настоящего Закона</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z190" w:id="159"/>
+    <w:bookmarkStart w:name="z190" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящий Закон вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkEnd w:id="161"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -4406,55 +4538,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>