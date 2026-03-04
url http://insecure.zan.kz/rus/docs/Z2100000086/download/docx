--- v0 (2025-12-20)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9f15bdd" w14:textId="9f15bdd">
+    <w:p w14:paraId="0ec2336" w14:textId="0ec2336">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2969,127 +2969,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">13) исключен Законом РК от 19.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...60 lines deleted...]
-      13) разрабатывает и утверждает правила формирования и ведения базы данных товаров, работ, услуг и их поставщиков;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z107" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) разрабатывает и утверждает правила оказания мер государственного стимулирования промышленности, направленных на продвижение обработанных товаров, работ и услуг казахстанского происхождения на внутренний рынок;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
     <w:bookmarkStart w:name="z108" w:id="95"/>
     <w:p>
       <w:pPr>
@@ -3861,71 +3819,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 19.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 188-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...9 lines deleted...]
-        <w:t>вводится</w:t>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -5372,127 +5330,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">1) исключен Законом РК от 19.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...60 lines deleted...]
-      1) формирует и ведет базу данных товаров, работ, услуг и их поставщиков;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z196" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) оказывает информационно-аналитические, консультационные услуги в области развития и мониторинга внутристрановой ценности, в том числе по экспертизе внутристрановой ценности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
     <w:bookmarkStart w:name="z197" w:id="179"/>
     <w:p>
       <w:pPr>
@@ -6160,71 +6076,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 19.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 188-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...9 lines deleted...]
-        <w:t>вводится</w:t>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -9779,218 +9695,170 @@
     <w:bookmarkEnd w:id="342"/>
     <w:bookmarkStart w:name="z384" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) предоставление промышленных грантов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-1) освобождение импорта от уплаты ввозных таможенных пошлин и налога на добавленную стоимость в рамках реализации специального инвестиционного проекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z385" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) иные меры, определяемые Правительством Республики Казахстан на основании рекомендаций и предложений межведомственной комиссии по промышленной политике в соответствии с настоящим Законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
-[...13 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 29 с изменениями, внесенными законами РК от 19.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Статью 29 предусматривается дополнить подпунктом 13-1) в соответствии с Законом РК от 18.07.2025 </w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 18.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 215-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
-      </w:r>
-[...100 lines deleted...]
-        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -11612,866 +11480,1298 @@
     <w:bookmarkEnd w:id="398"/>
     <w:bookmarkStart w:name="z453" w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Остатки средств на текущем счете, числящиеся на конец финансового года, не подлежат возврату уполномоченному органу в области государственного стимулирования промышленности и, соответственно, в государственный бюджет, а расходуются на предоставление промышленных грантов в следующем финансовом году.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 42-1. Специальный инвестиционный проект</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z803" w:id="400"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Под специальным инвестиционным проектом понимается инвестиционный проект, реализованный (реализуемый) юридическим лицом Республики Казахстан, зарегистрированным в качестве участника специальной экономической зоны или владельца свободного склада в соответствии с таможенным законодательством Республики Казахстан, и (или) приобретенный у участника специальной экономической зоны либо реализованный юридическим лицом Республики Казахстан, заключившим соглашение о промышленной сборке моторных транспортных средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z804" w:id="401"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Юридическое лицо Республики Казахстан, реализующее специальный инвестиционный проект в рамках специального инвестиционного контракта, освобождается от обложения таможенными пошлинами при импорте технологического оборудования, комплектующих и запасных частей к нему в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z805" w:id="402"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Освобождение от обложения таможенными пошлинами использованных сырья и (или) материалов, ввезенных юридическими лицами Республики Казахстан в рамках реализации специального инвестиционного проекта на основании специального инвестиционного контракта, осуществляется при завершении действия таможенной процедуры свободной таможенной зоны или свободного склада при условии идентификации таких сырья и материалов в полученном продукте и признания целевого использования условно выпущенных товаров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z806" w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Освобождение от обложения ввозными таможенными пошлинами в рамках реализации специального инвестиционного проекта предоставляется:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z807" w:id="404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) участникам специальных экономических зон на пятнадцать лет, но не более срока действия специальных экономических зон;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z808" w:id="405"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) владельцам свободных складов на срок не более пятнадцати лет с момента регистрации специального инвестиционного контракта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z809" w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) юридическим лицам Республики Казахстан, заключившим соглашение о промышленной сборке моторных транспортных средств, на срок не более пятнадцати лет с момента регистрации специального инвестиционного контракта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z810" w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Освобождение импорта сырья и (или) материалов в рамках специального инвестиционного контракта от налога на добавленную стоимость применяется в соответствии с условиями, предусмотренными Налоговым кодексом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 42-1 в соответствии с Законом РК от 18.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 42-2. Заключение и расторжение специального инвестиционного контракта, контроль</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z812" w:id="408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Специальным инвестиционным контрактом является договор, предусматривающий освобождение импорта от уплаты ввозных таможенных пошлин в соответствии с таможенным законодательством Республики Казахстан и от налога на добавленную стоимость в соответствии с условиями, установленными Налоговым кодексом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z813" w:id="409"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Специальный инвестиционный контракт заключается с юридическим лицом Республики Казахстан, осуществляющим деятельность в качестве участника специальной экономической зоны или владельца свободного склада, производителям транспортных средств и (или) их компонентов, а также сельскохозяйственной техники и (или) ее компонентов – при наличии соответствующего соглашения о промышленной сборке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z814" w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Уполномоченный орган в области государственного стимулирования промышленности в течение пятнадцати рабочих дней со дня поступления заявки на заключение специального инвестиционного контракта подготавливает для подписания данный контракт с учетом положений типового специального инвестиционного контракта, утверждаемого уполномоченным органом в области государственного стимулирования промышленности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z815" w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Порядок, сроки и условия заключения и расторжения специального инвестиционного контракта разрабатываются и утверждаются уполномоченным органом в области государственного стимулирования промышленности по согласованию с центральным уполномоченным органом по государственному планированию и государственным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и других обязательных платежей в бюджет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z816" w:id="412"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом изменения в приложения к инвестиционному контракту и специальному инвестиционному контракту могут вноситься по соглашению сторон два раза в год.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkStart w:name="z817" w:id="413"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Уполномоченный орган в области государственного стимулирования промышленности осуществляет контроль за соблюдением юридическим лицом Республики Казахстан условий предоставления специального инвестиционного контракта. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z818" w:id="414"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Юридическое лицо представляет по форме, устанавливаемой уполномоченным органом в области государственного стимулирования промышленности, в указанный орган полугодовые отчеты о выполнении условий специального инвестиционного контракта не позднее 25 июля и 25 января с расшифровкой по статьям затрат, предусмотренных рабочей программой, с приложением документов, подтверждающих поставку и использование технологического оборудования, комплектующих и запасных частей к нему по назначению, сырья и (или) материалов, а также компонентов транспортных средств и (или) сельскохозяйственной техники в составе готовой продукции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z819" w:id="415"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. В случае неисполнения или ненадлежащего исполнения рабочей программы инвестиционного контракта уполномоченный орган в области государственного стимулирования промышленности направляет юридическому лицу Республики Казахстан, заключившему специальный инвестиционный контракт, уведомление в письменной форме с указанием нарушений и устанавливает трехмесячный срок для устранения нарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z820" w:id="416"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В случае, если по результатам проверки, проведенной уполномоченным органом в области государственного стимулирования промышленности, будет установлено, что ввезенные для реализации специального инвестиционного проекта и освобожденные от уплаты таможенных пошлин технологическое оборудование, комплектующие и запасные части к нему, сырье и (или) материалы, а также компоненты транспортных средств и (или) сельскохозяйственной техники не были использованы в составе готовой продукции, юридическое лицо Республики Казахстан, не уплатившее вследствие предоставленных по специальному инвестиционному контракту преференций суммы таможенных пошлин, уплачивает их в части неиспользованных технологического оборудования, комплектующих и запасных частей к нему, сырья и (или) материалов, а также компонентов транспортных средств и (или) сельскохозяйственной техники с начислением пеней в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z821" w:id="417"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Контроль за целевым использованием объектов освобождения от обложения таможенными пошлинами осуществляется в порядке, определенном Евразийской экономической комиссией.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="417"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Главу 2 предусматривается дополнить статьями 42-1 и 42-2 в соответствии с Законом РК от 18.07.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 42-2 в соответствии с Законом РК от 18.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 215-VIII</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z454" w:id="418"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. ПРОДВИЖЕНИЕ НА РЫНКИ СБЫТА</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="418"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 43. Продвижение отечественных предприятий обрабатывающей промышленности на внешние рынки</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z456" w:id="419"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Министерство иностранных дел Республики Казахстан и загранучреждения в пределах своей компетенции осуществляют защиту прав и интересов субъектов деятельности в сфере промышленности за рубежом, в том числе оказывают содействие уполномоченному органу в области регулирования внешнеторговой деятельности в продвижении товаров и услуг казахстанского происхождения обрабатывающей промышленности на внешние рынки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z457" w:id="420"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Сервисная поддержка субъектов промышленно-инновационной деятельности по продвижению товаров и услуг казахстанского происхождения обрабатывающей промышленности на внешние рынки осуществляется уполномоченным органом в области регулирования внешнеторговой деятельности с привлечением национального института развития в области развития и продвижения несырьевого экспорта путем:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z458" w:id="421"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) диагностики их экспортного потенциала;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z459" w:id="422"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организации и проведения торговых миссий, осуществления выставочно-ярмарочной деятельности, продвижения товарных знаков казахстанских производителей за рубежом и организации национальных стендов казахстанских производителей за рубежом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z460" w:id="423"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) повышения информированности потенциальных зарубежных покупателей через размещение на постоянной основе информации о казахстанских товаропроизводителях, производителях услуг и их товарах, услугах за рубежом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z461" w:id="424"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) оказания информационной и аналитической поддержки по вопросам развития и продвижения экспорта товаров и услуг казахстанского происхождения обрабатывающей промышленности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z462" w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) содействия в продвижении товаров и услуг казахстанского происхождения обрабатывающей промышленности на международный рынок гуманитарной помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:name="z463" w:id="426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) иных мер в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 43 с изменениями, внесенными законами РК от 30.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 177-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 08.01.2022); от 23.01.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 19.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z454" w:id="400"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 44. Вхождение в глобальные цепочки добавленной стоимости</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z465" w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Вхождение в глобальные цепочки добавленной стоимости осуществляется путем сотрудничества с транснациональными корпорациями, инвесторами и их поставщиками, а также через продвижение товаров с высокой добавленной стоимостью на внешние рынки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkStart w:name="z466" w:id="428"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Уполномоченные органы в области регулирования внешнеторговой деятельности, государственного стимулирования промышленности, государственной поддержки инновационной деятельности и по реализации инвестиционной политики оказывают содействие субъектам промышленно-инновационной деятельности по вхождению в глобальные цепочки добавленной стоимости, в том числе путем применения технической документации на производство новых видов товаров и мировых производственных франшиз ведущих мировых производителей, лидирующих по конкретным товарам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="428"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 45. Содействие взаимодействию субъектов деятельности в сфере промышленности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z468" w:id="429"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государством оказывается содействие взаимодействию субъектов деятельности в сфере промышленности в форме:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z469" w:id="430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) институциональной поддержки, заключающейся в развитии институтов развития промышленности по изучению проблем и разработке предложений по развитию промышленности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="430"/>
+    <w:bookmarkStart w:name="z470" w:id="431"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) нефинансовой поддержки субъектов деятельности в сфере промышленности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="431"/>
+    <w:bookmarkStart w:name="z471" w:id="432"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственное содействие взаимодействию субъектов деятельности в сфере промышленности предусматривает иные виды поддержки, установленные законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="432"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 45 с изменением, внесенным Законом РК от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...554 lines deleted...]
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 46. Договоры, направленные на развитие промышленности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z473" w:id="415"/>
+    <w:bookmarkStart w:name="z473" w:id="433"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Договоры, направленные на развитие промышленности, заключаются в соответствии с настоящим Законом посредством:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="415"/>
-    <w:bookmarkStart w:name="z474" w:id="416"/>
+    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkStart w:name="z474" w:id="434"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) офтейк-контрактов, предусматривающих долгосрочный гарантированный закуп товаров обрабатывающей промышленности, в том числе приобретаемых в рамках осуществляемых работ и оказываемых услуг, производство которых будет организовано поставщиком и ранее отсутствовало;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="416"/>
-    <w:bookmarkStart w:name="z801" w:id="417"/>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z801" w:id="435"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1) договоров гарантированного закупа, предусматривающих долгосрочный гарантированный объем закупа товаров, произведенных на имеющихся производственных мощностях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="417"/>
-    <w:bookmarkStart w:name="z475" w:id="418"/>
+    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkStart w:name="z475" w:id="436"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) договоров контрактных закупок, предусматривающих помимо закупа товаров обрабатывающей промышленности, в том числе приобретаемых в рамках осуществляемых работ и оказываемых услуг, существенные условия по инвестированию части средств от суммы договора в экономику Республики Казахстан, предусмотренные условиями закупа в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="418"/>
-    <w:bookmarkStart w:name="z476" w:id="419"/>
+    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkStart w:name="z476" w:id="437"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В правилах планирования и заключения договоров, направленных на развитие промышленности, а также мониторинга их исполнения предусматриваются типовые требования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="419"/>
-    <w:bookmarkStart w:name="z477" w:id="420"/>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z477" w:id="438"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Заказчиками по договорам, направленным на развитие промышленности, являются крупные заказчики.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="420"/>
-    <w:bookmarkStart w:name="z478" w:id="421"/>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z478" w:id="439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Положения настоящей статьи не распространяются на Фонд национального благосостояния и юридические лица, пятьдесят и более процентов голосующих акций (долей участия в уставном капитале) которых прямо или косвенно принадлежат Фонду национального благосостояния на праве собственности или доверительного управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkEnd w:id="439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12527,490 +12827,490 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 47. Порядок планирования и заключения договоров, направленных на развитие промышленности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z745" w:id="422"/>
+    <w:bookmarkStart w:name="z745" w:id="440"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Уполномоченный орган в области государственного стимулирования промышленности ежегодно в срок до 10 декабря получает от:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z746" w:id="423"/>
+    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkStart w:name="z746" w:id="441"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) отдельных субъектов квазигосударственного сектора планы закупок (предварительный, годовой, долгосрочный), разрабатываемые и утверждаемые в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="423"/>
-    <w:bookmarkStart w:name="z747" w:id="424"/>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z747" w:id="442"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) недропользователей, обладающих правом на добычу твердых полезных ископаемых, за исключением общераспространенных полезных ископаемых, годовые (на один финансовый год) и среднесрочные (на пять финансовых лет) программы закупа товаров, работ и услуг, формируемые в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О недрах и недропользовании";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="424"/>
-    <w:bookmarkStart w:name="z748" w:id="425"/>
+    <w:bookmarkEnd w:id="442"/>
+    <w:bookmarkStart w:name="z748" w:id="443"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) субъектов естественных монополий перечни товаров, планируемых к закупу на предстоящий финансовый год или долгосрочный период, составляемые в соответствии с правилами осуществления деятельности субъектами естественных монополий, утверждаемыми согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закону</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О естественных монополиях";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z749" w:id="426"/>
+    <w:bookmarkEnd w:id="443"/>
+    <w:bookmarkStart w:name="z749" w:id="444"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) системообразующих предприятий планы закупок товаров на предстоящий финансовый год или долгосрочный период.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z750" w:id="427"/>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z750" w:id="445"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Планы закупок (программы, перечни товаров) крупных заказчиков, указанные в пункте 1 настоящей статьи, представляются в год, предшествующий первому году осуществления закупок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z751" w:id="428"/>
+    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkStart w:name="z751" w:id="446"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Планы закупок (программы, перечни товаров), указанные в пункте 1 настоящей статьи, предусматривают перечень товаров, планируемых к закупу, за исключением товаров, закупаемых на внутреннем рынке, или товаров иностранного происхождения, на которые распространяются гарантийные обязательства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z752" w:id="429"/>
+    <w:bookmarkEnd w:id="446"/>
+    <w:bookmarkStart w:name="z752" w:id="447"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4.  Уполномоченный орган в области государственного стимулирования промышленности с привлечением национального института развития в области развития внутристрановой ценности в течение тридцати календарных дней рассматривает планы закупок (программы, перечни товаров) крупных заказчиков на соответствие исключениям, указанным в пункте 3 настоящей статьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="429"/>
-    <w:bookmarkStart w:name="z753" w:id="430"/>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z753" w:id="448"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уполномоченный орган в области государственного стимулирования промышленности в случае выявления несоответствий требованиям, указанным в пункте 3 настоящей статьи, направляет крупным заказчикам уведомление с указанием замечаний к планам закупок (программам, перечням товаров).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="430"/>
-    <w:bookmarkStart w:name="z754" w:id="431"/>
+    <w:bookmarkEnd w:id="448"/>
+    <w:bookmarkStart w:name="z754" w:id="449"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Крупные заказчики в течение пяти рабочих дней со дня получения уведомления уполномоченного органа в области государственного стимулирования промышленности вносят изменения в свои планы закупок (программы, перечни товаров), указанные в пункте 1 настоящей статьи, и повторно направляют в уполномоченный орган в области государственного стимулирования промышленности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="431"/>
-    <w:bookmarkStart w:name="z755" w:id="432"/>
+    <w:bookmarkEnd w:id="449"/>
+    <w:bookmarkStart w:name="z755" w:id="450"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом срок согласования планов закупок (программ, перечней товаров) крупных заказчиков уполномоченным органом в области государственного стимулирования промышленности не должен превышать десять рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="432"/>
-    <w:bookmarkStart w:name="z756" w:id="433"/>
+    <w:bookmarkEnd w:id="450"/>
+    <w:bookmarkStart w:name="z756" w:id="451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Согласованный перечень товаров, планируемых к закупу, в срок до 1 февраля размещается в реестре товаров, работ и услуг, используемых при проведении операций по недропользованию, их производителей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="433"/>
-    <w:bookmarkStart w:name="z757" w:id="434"/>
+    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkStart w:name="z757" w:id="452"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6.   Предприятия обрабатывающей промышленности, заинтересованные в заключении договоров, направленных на развитие промышленности, подают заявку в реестре товаров, работ и услуг, используемых при проведении операций по недропользованию, их производителей для заключения офтейк-контрактов в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона и договоров гарантированного закупа в соответствии со статьей 48-1 настоящего Закона в срок не более тридцати календарных дней после опубликования перечня товаров, планируемых к закупу, в реестре товаров, работ и услуг, используемых при проведении операций по недропользованию, их производителей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="434"/>
-    <w:bookmarkStart w:name="z758" w:id="435"/>
+    <w:bookmarkEnd w:id="452"/>
+    <w:bookmarkStart w:name="z758" w:id="453"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Крупные заказчики рассматривают заявки от предприятий обрабатывающей промышленности и заключают офтейк-контракты или договоры гарантированного закупа в срок не более тридцати календарных дней с даты окончания подачи заявок в соответствии с правилами планирования и заключения договоров, направленных на развитие промышленности, а также мониторинга их исполнения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="435"/>
-    <w:bookmarkStart w:name="z759" w:id="436"/>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z759" w:id="454"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8.  После заключения договоров, направленных на развитие промышленности, крупный заказчик имеет право проводить лабораторные и (или) индустриальные испытания опытно-промышленной партии товара предприятия обрабатывающей промышленности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="436"/>
-    <w:bookmarkStart w:name="z760" w:id="437"/>
+    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkStart w:name="z760" w:id="455"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лабораторные и (или) индустриальные испытания опытно-промышленной партии товара предприятия обрабатывающей промышленности проводятся на основе технических характеристик, физических и (или) химических свойств, комплектации товара, предоставляемого крупным заказчиком до заключения договора, направленного на развитие промышленности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="437"/>
-    <w:bookmarkStart w:name="z761" w:id="438"/>
+    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkStart w:name="z761" w:id="456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае получения положительных результатов лабораторных и (или) индустриальных испытаний опытно-промышленной партии товара предприятия обрабатывающей промышленности производится поставка партии данного товара. При получении отрицательных результатов лабораторных и (или) индустриальных испытаний опытно-промышленной партии товара предприятия обрабатывающей промышленности договор, направленный на развитие промышленности, считается не исполненным по вине предприятия обрабатывающей промышленности и подлежит расторжению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="438"/>
-    <w:bookmarkStart w:name="z762" w:id="439"/>
+    <w:bookmarkEnd w:id="456"/>
+    <w:bookmarkStart w:name="z762" w:id="457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       До момента поставки товара в рамках договоров, направленных на развитие промышленности, крупные заказчики могут приобретать товар в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="439"/>
-    <w:bookmarkStart w:name="z763" w:id="440"/>
+    <w:bookmarkEnd w:id="457"/>
+    <w:bookmarkStart w:name="z763" w:id="458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Выставление дополнительных технических характеристик, физических и (или) химических свойств, требований к комплектации товара после подписания договора, направленного на развитие промышленности, запрещается. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkEnd w:id="458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13066,111 +13366,111 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 47-1. Закупки системообразующих предприятий</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z765" w:id="441"/>
+    <w:bookmarkStart w:name="z765" w:id="459"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Системообразующими предприятиями являются предприятия обрабатывающей промышленности, объем производства которых составляет более трех процентов от совокупного объема производства соответствующей области, города республиканского значения, столицы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="441"/>
-    <w:bookmarkStart w:name="z766" w:id="442"/>
+    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkStart w:name="z766" w:id="460"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Перечень системообразующих предприятий утверждается уполномоченным органом в области государственного стимулирования промышленности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="442"/>
-    <w:bookmarkStart w:name="z767" w:id="443"/>
+    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkStart w:name="z767" w:id="461"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Закупки товаров системообразующих предприятий подлежат мониторингу внутристрановой ценности уполномоченным органом в области государственного стимулирования промышленности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="443"/>
-    <w:bookmarkStart w:name="z768" w:id="444"/>
+    <w:bookmarkEnd w:id="461"/>
+    <w:bookmarkStart w:name="z768" w:id="462"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Закупки товаров системообразующими предприятиями осуществляются в соответствии с планами закупок товаров на предстоящий финансовый год или долгосрочный период при условии соблюдения требований, определенных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13205,51 +13505,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 48-1 и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkEnd w:id="462"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13305,270 +13605,270 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 48. Офтейк-контракты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z487" w:id="445"/>
+    <w:bookmarkStart w:name="z487" w:id="463"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. По офтейк-контрактам поставщик обязуется организовать производство соответствующего товара, в том числе за счет средств, полученных от заказчика в соответствии с договором.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="445"/>
-    <w:bookmarkStart w:name="z488" w:id="446"/>
+    <w:bookmarkEnd w:id="463"/>
+    <w:bookmarkStart w:name="z488" w:id="464"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заключенные офтейк-контракты могут использоваться в качестве предмета залога в финансовых организациях, в том числе в банках второго уровня и Банке Развития Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="446"/>
-    <w:bookmarkStart w:name="z489" w:id="447"/>
+    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkStart w:name="z489" w:id="465"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Не допускается в одностороннем порядке внесение в заключенный офтейк-контракт изменений по уменьшению объема закупки и снижению цены товара.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="447"/>
-    <w:bookmarkStart w:name="z490" w:id="448"/>
+    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkStart w:name="z490" w:id="466"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По долгосрочному офтейк-контракту заказчик обязан при условии надлежащего исполнения поставщиком обязательств, установленных таким договором, обеспечить приемку и оплату товаров в объемах, предусмотренных таким договором:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="448"/>
-    <w:bookmarkStart w:name="z491" w:id="449"/>
+    <w:bookmarkEnd w:id="466"/>
+    <w:bookmarkStart w:name="z491" w:id="467"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в первый год действия договора – в стопроцентном размере;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="449"/>
-    <w:bookmarkStart w:name="z492" w:id="450"/>
+    <w:bookmarkEnd w:id="467"/>
+    <w:bookmarkStart w:name="z492" w:id="468"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       во второй и последующие годы действия договора – в размере не менее пятидесяти процентов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="450"/>
-    <w:bookmarkStart w:name="z493" w:id="451"/>
+    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkStart w:name="z493" w:id="469"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Обязательства, установленные частью второй настоящего пункта, исчисляются исходя из объема поставки товара, предусмотренного договором на соответствующий календарный год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="451"/>
-    <w:bookmarkStart w:name="z494" w:id="452"/>
+    <w:bookmarkEnd w:id="469"/>
+    <w:bookmarkStart w:name="z494" w:id="470"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Срок действия офтейк-контракта определяется договором.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="452"/>
-    <w:bookmarkStart w:name="z495" w:id="453"/>
+    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkStart w:name="z495" w:id="471"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Отказ заказчика от выкупа оговоренного объема произведенного товара не по вине поставщика предусматривает неустойку, размер которой определяется в соответствии с правилами планирования и заключения договоров, направленных на развитие промышленности, а также мониторинга их исполнения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="453"/>
-    <w:bookmarkStart w:name="z496" w:id="454"/>
+    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkStart w:name="z496" w:id="472"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В офтейк-контрактах указываются конкретные наименования товаров с указанием их подробных технических характеристик, физических и (или) химических свойств, комплектации, объемов поставок на весь срок действия договора, другой информации, позволяющей однозначно идентифицировать товар, а также требования по минимальному уровню внутристрановой ценности, обязательства по разработке программы повышения показателя внутристрановой ценности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="454"/>
-    <w:bookmarkStart w:name="z655" w:id="455"/>
+    <w:bookmarkEnd w:id="472"/>
+    <w:bookmarkStart w:name="z655" w:id="473"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Сведения об офтейк-контрактах, их исполнителях, сроках и производимых товарах обрабатывающей промышленности вносятся уполномоченным органом в области государственного стимулирования промышленности в реестр офтейк-контрактов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkEnd w:id="473"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13604,230 +13904,230 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 48-1. Договоры гарантированного закупа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z770" w:id="456"/>
+    <w:bookmarkStart w:name="z770" w:id="474"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. По договорам гарантированного закупа предприятие обрабатывающей промышленности обязуется обеспечить поставку гарантированного объема товаров на долгосрочной основе в соответствии с условиями заключенного договора гарантированного закупа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="456"/>
-    <w:bookmarkStart w:name="z771" w:id="457"/>
+    <w:bookmarkEnd w:id="474"/>
+    <w:bookmarkStart w:name="z771" w:id="475"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заключенные договоры гарантированного закупа могут использоваться в качестве предмета залога в финансовых организациях, в том числе в банках второго уровня и Банке Развития Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="457"/>
-    <w:bookmarkStart w:name="z772" w:id="458"/>
+    <w:bookmarkEnd w:id="475"/>
+    <w:bookmarkStart w:name="z772" w:id="476"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Внесение изменений в заключенный договор гарантированного закупа осуществляется по согласованию крупного заказчика и предприятия обрабатывающей промышленности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="458"/>
-    <w:bookmarkStart w:name="z773" w:id="459"/>
+    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkStart w:name="z773" w:id="477"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Срок действия договора гарантированного закупа определяется договором, но не может быть менее одного года. Максимальный срок действия договора гарантированного закупа не может превышать десять лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="459"/>
-    <w:bookmarkStart w:name="z774" w:id="460"/>
+    <w:bookmarkEnd w:id="477"/>
+    <w:bookmarkStart w:name="z774" w:id="478"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Договор гарантированного закупа должен содержать:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="460"/>
-    <w:bookmarkStart w:name="z775" w:id="461"/>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z775" w:id="479"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       наименования товаров с указанием их подробных технических характеристик, физических и (или) химических свойств, комплектации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="461"/>
-    <w:bookmarkStart w:name="z776" w:id="462"/>
+    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkStart w:name="z776" w:id="480"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       объем поставок на весь срок действия договора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="462"/>
-    <w:bookmarkStart w:name="z777" w:id="463"/>
+    <w:bookmarkEnd w:id="480"/>
+    <w:bookmarkStart w:name="z777" w:id="481"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ответственность сторон договора за неисполнение и ненадлежащее исполнение обязательств по договору;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="463"/>
-    <w:bookmarkStart w:name="z778" w:id="464"/>
+    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkStart w:name="z778" w:id="482"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       иные условия по согласованию сторон.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkEnd w:id="482"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13883,1611 +14183,1437 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 49. Договоры контрактных закупок</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z498" w:id="465"/>
+    <w:bookmarkStart w:name="z498" w:id="483"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Контрактные закупки осуществляются на принципах офсетной политики при условии, что сумма закупок товаров, работ и услуг в год превышает пятисоттысячекратный размер месячного расчетного показателя, установленного законом о республиканском бюджете на соответствующий финансовый год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="465"/>
-    <w:bookmarkStart w:name="z499" w:id="466"/>
+    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkStart w:name="z499" w:id="484"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В соответствии с контрактными закупками поставщик обязуется помимо поставки товаров, работ и услуг выполнить дополнительные условия, предусматриваемые договором, в том числе путем создания совместного производства, которые зависят от вида закупаемой продукции, такие как:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="466"/>
-    <w:bookmarkStart w:name="z500" w:id="467"/>
+    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkStart w:name="z500" w:id="485"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) прямые инвестиции (в том числе вложения в инвестиционные проекты, напрямую не связанные с поставщиком продукции);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="467"/>
-    <w:bookmarkStart w:name="z501" w:id="468"/>
+    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkStart w:name="z501" w:id="486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) инвестиции в научно-исследовательские и опытно-конструкторские работы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="468"/>
-    <w:bookmarkStart w:name="z502" w:id="469"/>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z502" w:id="487"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) создание производств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="469"/>
-    <w:bookmarkStart w:name="z503" w:id="470"/>
+    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkStart w:name="z503" w:id="488"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) строительство специализированных учебных центров, реализация программ подготовки и переподготовки специалистов различной направленности для Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="470"/>
-    <w:bookmarkStart w:name="z504" w:id="471"/>
+    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkStart w:name="z504" w:id="489"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) развитие инфраструктуры по обслуживанию закупаемого товара;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="471"/>
-    <w:bookmarkStart w:name="z505" w:id="472"/>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z505" w:id="490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) передача технической документации, лицензий и иных документов, обеспечивающих трансферт технологий в страну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="472"/>
-    <w:bookmarkStart w:name="z506" w:id="473"/>
+    <w:bookmarkEnd w:id="490"/>
+    <w:bookmarkStart w:name="z506" w:id="491"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) иные условия в соответствии с правилами планирования и заключения договоров, направленных на развитие промышленности, а также мониторинга их исполнения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="473"/>
-    <w:bookmarkStart w:name="z507" w:id="474"/>
+    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkStart w:name="z507" w:id="492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Вышеуказанные условия могут применяться как по отдельности, так и в сочетании, в денежном выражении должны составлять не менее пяти процентов от суммы договора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="474"/>
-    <w:bookmarkStart w:name="z508" w:id="475"/>
+    <w:bookmarkEnd w:id="492"/>
+    <w:bookmarkStart w:name="z508" w:id="493"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Неисполнение поставщиком своих обязательств, предусмотренных пунктом 2 настоящей статьи, влечет взыскание неустойки и другие правовые последствия в соответствии с договором.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="475"/>
+    <w:bookmarkEnd w:id="493"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 50. Регулируемые закупки промышленной продукции</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z510" w:id="476"/>
+    <w:bookmarkStart w:name="z510" w:id="494"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Регулирование закупок промышленной продукции осуществляется в соответствии с законодательством Республики Казахстан о государственных закупках, недрах и недропользовании, об информатизации и иным законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="476"/>
-    <w:bookmarkStart w:name="z511" w:id="477"/>
+    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z511" w:id="495"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Регулируемые закупки промышленной продукции должны осуществляться с учетом требований национальных стандартов Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="477"/>
-[...12 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:bookmarkEnd w:id="495"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 51. База данных товаров, работ, услуг и их поставщиков</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...12 lines deleted...]
-    <w:bookmarkEnd w:id="478"/>
+      Сноска. Статья 51 действовала до 01.01.2026 в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9 настоящего Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 51-1. Порядок формирования реестра казахстанских товаропроизводителей</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z666" w:id="496"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Формирование реестра казахстанских товаропроизводителей (далее – реестр) осуществляется в соответствии с правилами ведения реестра казахстанских товаропроизводителей и состоит из следующих этапов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="496"/>
+    <w:bookmarkStart w:name="z667" w:id="497"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) подача заявки через личный кабинет пользователя на веб-портале объекта информационно-коммуникационной инфраструктуры "электронного правительства";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkStart w:name="z668" w:id="498"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) цифровая верификация;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="498"/>
+    <w:bookmarkStart w:name="z669" w:id="499"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оценка производства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="499"/>
+    <w:bookmarkStart w:name="z670" w:id="500"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) принятие решения уполномоченным органом в области государственного стимулирования промышленности о включении либо невключении в реестр.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="500"/>
+    <w:bookmarkStart w:name="z671" w:id="501"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. При подаче заявки представляются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkStart w:name="z672" w:id="502"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) согласие на сбор и обработку информации в соответствии с законодательством Республики Казахстан о персональных данных и их защите;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:name="z673" w:id="503"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) согласие на предоставление доступа к производственному объекту для оценки производства и осуществления мониторинга;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkStart w:name="z674" w:id="504"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) согласие на принятие обязательств по установлению системы видеонаблюдения на производственном объекте, предоставление удаленного доступа уполномоченному органу в области государственного стимулирования промышленности к просмотру видеоинформации для осуществления мониторинга;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkStart w:name="z675" w:id="505"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сведения, подтверждающие выполнение заявленных условий производства, производственных и технологических операций, включая видеоматериал, отображающий (подтверждающий) заявленный технологический процесс производства товара.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkStart w:name="z676" w:id="506"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. После подачи заявки осуществляется цифровая верификация по критериям, определенным правилами ведения реестра казахстанских товаропроизводителей, подтверждающим производственную деятельность.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkStart w:name="z677" w:id="507"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения, необходимые для включения в реестр, формируются объектом информационно-коммуникационной инфраструктуры "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="507"/>
+    <w:bookmarkStart w:name="z678" w:id="508"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Результаты цифровой верификации направляются заявителю в личный кабинет пользователя на веб-портале объекта информационно-коммуникационной инфраструктуры "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkStart w:name="z679" w:id="509"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае отрицательного результата цифровой верификации решение должно содержать мотивированный ответ с обоснованиями.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z680" w:id="510"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. При оценке производства уполномоченным органом в области государственного стимулирования промышленности с привлечением отраслевых государственных органов, отраслевых ассоциаций (союзов) осуществляется проверка выполнения заявленных условий производства, производственных и технологических операций на основании сведений, подтверждающих выполнение заявленных условий производства, производственных и технологических операций, включая видеоматериал, отображающий (подтверждающий) заявленный технологический процесс производства товара.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z681" w:id="511"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом заявленные заявителем производственные и технологические операции должны соответствовать минимальному порогу производственных и технологических операций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z682" w:id="512"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. При невозможности оценки производства на основании сведений, заявленных заявителем согласно пункту 2 настоящей статьи, уполномоченным органом в области государственного стимулирования промышленности с привлечением отраслевых государственных органов, отраслевых ассоциаций (союзов) осуществляется выездная инспекция.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="512"/>
+    <w:bookmarkStart w:name="z683" w:id="513"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Привлечение представителей отраслевых ассоциаций (союзов) для участия в выездной инспекции носит добровольный характер и осуществляется на безвозмездной основе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkStart w:name="z684" w:id="514"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По итогам выездной инспекции составляется акт оценки производства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkStart w:name="z685" w:id="515"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. При положительном результате оценки производства заявитель включается в реестр уполномоченным органом в области государственного стимулирования промышленности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkStart w:name="z686" w:id="516"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отрицательном результате оценки производства автоматически направляется мотивированный ответ с обоснованиями в личный кабинет пользователя на веб-портале объекта информационно-коммуникационной инфраструктуры "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z687" w:id="517"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Субъект предпринимательства вправе повторно подать заявку для включения в реестр после устранения выявленных несоответствий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkStart w:name="z688" w:id="518"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Заявитель несет ответственность, установленную законами Республики Казахстан, за достоверность представленных сведений, указанных в заявке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="518"/>
+    <w:bookmarkStart w:name="z689" w:id="519"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Подтверждением нахождения казахстанского товаропроизводителя в реестре является выписка из реестра, которая должна содержать сведения о казахстанском товаропроизводителе, производимом им товаре с указанием сведений о нем и доле внутристрановой ценности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkStart w:name="z690" w:id="520"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. При включении в реестр казахстанских товаропроизводителей, производящих товары, полностью произведенные на территории Республики Казахстан, оценка производства не требуется.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="520"/>
+    <w:bookmarkStart w:name="z691" w:id="521"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Требования настоящей статьи не распространяются на казахстанских производителей программного обеспечения и регламентируются статьей 51-2 настоящего Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Статья 51 действует до 01.01.2026 в соответствии со </w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 3 дополнена статьей 51-1 в соответствии с Законом РК от 19.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ст. 6</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>9 настоящего Закона.</w:t>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 51. База данных товаров, работ, услуг и их поставщиков</w:t>
-[...121 lines deleted...]
-    <w:bookmarkEnd w:id="484"/>
+        <w:t>Статья 51-2. Порядок включения и исключения производителей программного обеспечения из реестра</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z693" w:id="522"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. К товарам казахстанского происхождения приравнивается программное обеспечение, произведенное на территории Республики Казахстан и включенное в реестр доверенного программного обеспечения и продукции электронной промышленности в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkStart w:name="z694" w:id="523"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Порядок подтверждения казахстанского производителя программного обеспечения для включения в реестр определяется уполномоченным органом в сфере информатизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z695" w:id="524"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Уполномоченный орган в сфере информатизации ежеквартально проводит мониторинг казахстанских производителей программного обеспечения, находящихся в реестре, и уведомляет о его результатах уполномоченный орган в области государственного стимулирования промышленности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkStart w:name="z696" w:id="525"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Включение и исключение казахстанских производителей программного обеспечения из реестра осуществляются уполномоченным органом в области государственного стимулирования промышленности на основании уведомления уполномоченного органа в сфере информатизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkStart w:name="z697" w:id="526"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Казахстанские производители программного обеспечения в течение тридцати календарных дней со дня исключения из реестра вправе обжаловать уведомление в уполномоченный орган в сфере информатизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="526"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 3 дополнена статьей 51-2 в соответствии с Законом РК от 19.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 51-1. Порядок формирования реестра казахстанских товаропроизводителей</w:t>
-[...816 lines deleted...]
-        </w:rPr>
         <w:t>Статья 51-3. Товары, полностью произведенные на территории Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z699" w:id="516"/>
+    <w:bookmarkStart w:name="z699" w:id="527"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Товарами, полностью произведенными на территории Республики Казахстан, являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="516"/>
-    <w:bookmarkStart w:name="z700" w:id="517"/>
+    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkStart w:name="z700" w:id="528"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) природные ресурсы (полезные ископаемые и минеральные ресурсы, водные, земельные ресурсы), добытые из недр Республики Казахстан, на ее территории либо в ее территориальном море (иных внутренних водоемах) или с ее дна либо из атмосферного воздуха на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="517"/>
-    <w:bookmarkStart w:name="z701" w:id="518"/>
+    <w:bookmarkEnd w:id="528"/>
+    <w:bookmarkStart w:name="z701" w:id="529"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сельскохозяйственная продукция, произведенная в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="518"/>
-    <w:bookmarkStart w:name="z702" w:id="519"/>
+    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkStart w:name="z702" w:id="530"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) лом и отходы цветных и черных металлов, собранные или образованные на территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="519"/>
-    <w:bookmarkStart w:name="z703" w:id="520"/>
+    <w:bookmarkEnd w:id="530"/>
+    <w:bookmarkStart w:name="z703" w:id="531"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Сведения о лицензиях или контрактах на добычу твердых полезных ископаемых в соответствии с законодательством Республики Казахстан о недрах и недропользовании, за исключением общераспространенных полезных ископаемых, лома и отходов цветных и черных металлов, собранных или образованных на территории Республики Казахстан, представляются для включения в реестр уполномоченным органом в области твердых полезных ископаемых.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="520"/>
-    <w:bookmarkStart w:name="z704" w:id="521"/>
+    <w:bookmarkEnd w:id="531"/>
+    <w:bookmarkStart w:name="z704" w:id="532"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Сведения о контрактах на добычу углеводородов или урана в соответствии с законодательством Республики Казахстан о недрах и недропользовании представляются для включения в реестр уполномоченным органом в области углеводородов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="521"/>
-    <w:bookmarkStart w:name="z705" w:id="522"/>
+    <w:bookmarkEnd w:id="532"/>
+    <w:bookmarkStart w:name="z705" w:id="533"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Сведения о лицензиях или контрактах на добычу общераспространенных полезных ископаемых в соответствии с законодательством Республики Казахстан о недрах и недропользовании представляются для включения в реестр местными исполнительными органами области, города республиканского значения, столицы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="522"/>
-    <w:bookmarkStart w:name="z706" w:id="523"/>
+    <w:bookmarkEnd w:id="533"/>
+    <w:bookmarkStart w:name="z706" w:id="534"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Сведения о сельскохозяйственной продукции, произведенной на территории Республики Казахстан, представляются для включения в реестр уполномоченным органом в области развития агропромышленного комплекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="523"/>
-    <w:bookmarkStart w:name="z707" w:id="524"/>
+    <w:bookmarkEnd w:id="534"/>
+    <w:bookmarkStart w:name="z707" w:id="535"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Сведения о разрешениях на осуществление деятельности по сбору (заготовке), хранению, переработке и реализации лома и отходов цветных и черных металлов в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О разрешениях и уведомлениях" представляются для включения в реестр местными исполнительными органами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="524"/>
-    <w:bookmarkStart w:name="z708" w:id="525"/>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z708" w:id="536"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Сведения о товарах, полностью произведенных на территории Республики Казахстан, вносятся в реестр уполномоченным органом в области государственного стимулирования промышленности на основании сведений, представленных согласно пунктам 2, 3, 4, 5 и 6 настоящей статьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkEnd w:id="536"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15543,110 +15669,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 51-4. Мониторинг реестра</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z710" w:id="526"/>
+    <w:bookmarkStart w:name="z710" w:id="537"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. После включения казахстанского товаропроизводителя в реестр уполномоченным органом в области государственного стимулирования промышленности с периодичностью не менее одного раза в квартал осуществляется мониторинг посредством цифровой верификации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="526"/>
-    <w:bookmarkStart w:name="z711" w:id="527"/>
+    <w:bookmarkEnd w:id="537"/>
+    <w:bookmarkStart w:name="z711" w:id="538"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. По итогам мониторинга в случае выявления несоответствий критериям, определенным пунктом 3 статьи 51-1 настоящего Закона, направляется уведомление в личный кабинет пользователя на веб-портале объекта информационно-коммуникационной инфраструктуры "электронного правительства" о необходимости устранения выявленных несоответствий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="527"/>
-    <w:bookmarkStart w:name="z712" w:id="528"/>
+    <w:bookmarkEnd w:id="538"/>
+    <w:bookmarkStart w:name="z712" w:id="539"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае неустранения выявленных несоответствий казахстанский товаропроизводитель исключается из реестра.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="528"/>
+    <w:bookmarkEnd w:id="539"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15702,250 +15828,250 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 51-5. Апелляционная комиссия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z714" w:id="529"/>
+    <w:bookmarkStart w:name="z714" w:id="540"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Возражения, жалобы казахстанских товаропроизводителей по исключению из реестра по результатам мониторинга посредством цифровой верификации рассматриваются апелляционной комиссией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="529"/>
-    <w:bookmarkStart w:name="z715" w:id="530"/>
+    <w:bookmarkEnd w:id="540"/>
+    <w:bookmarkStart w:name="z715" w:id="541"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Состав и положение об апелляционной комиссии утверждаются уполномоченным органом в области государственного стимулирования промышленности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="530"/>
-    <w:bookmarkStart w:name="z716" w:id="531"/>
+    <w:bookmarkEnd w:id="541"/>
+    <w:bookmarkStart w:name="z716" w:id="542"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Возражения, жалобы казахстанских товаропроизводителей подаются в апелляционную комиссию в течение тридцати рабочих дней со дня исключения из реестра.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="531"/>
-    <w:bookmarkStart w:name="z717" w:id="532"/>
+    <w:bookmarkEnd w:id="542"/>
+    <w:bookmarkStart w:name="z717" w:id="543"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Апелляционная комиссия принимает решение по представленным возражению, жалобе посредством запроса необходимых документов и (или) проведения заслушивания, и (или) проведения выездной комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="532"/>
-    <w:bookmarkStart w:name="z718" w:id="533"/>
+    <w:bookmarkEnd w:id="543"/>
+    <w:bookmarkStart w:name="z718" w:id="544"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Апелляционная комиссия по результатам рассмотрения возражения, жалобы выносит одно из следующих решений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="533"/>
-    <w:bookmarkStart w:name="z719" w:id="534"/>
+    <w:bookmarkEnd w:id="544"/>
+    <w:bookmarkStart w:name="z719" w:id="545"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       о полном или частичном удовлетворении возражения, жалобы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="534"/>
-    <w:bookmarkStart w:name="z720" w:id="535"/>
+    <w:bookmarkEnd w:id="545"/>
+    <w:bookmarkStart w:name="z720" w:id="546"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       об отказе в удовлетворении возражения, жалобы с обоснованием принятия такого решения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="535"/>
-    <w:bookmarkStart w:name="z721" w:id="536"/>
+    <w:bookmarkEnd w:id="546"/>
+    <w:bookmarkStart w:name="z721" w:id="547"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Решение апелляционной комиссии выносится в письменном виде и является обязательным для исполнения уполномоченным органом в области государственного стимулирования промышленности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="536"/>
-    <w:bookmarkStart w:name="z722" w:id="537"/>
+    <w:bookmarkEnd w:id="547"/>
+    <w:bookmarkStart w:name="z722" w:id="548"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Решение апелляционной комиссии может быть обжаловано в суд.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="537"/>
-    <w:bookmarkStart w:name="z723" w:id="538"/>
+    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkStart w:name="z723" w:id="549"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. При удовлетворении возражения, жалобы казахстанский товаропроизводитель, подавший такие возражение, жалобу, включается в реестр уполномоченным органом в области государственного стимулирования промышленности без прохождения этапов, предусмотренных статьей 51-1 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="538"/>
+    <w:bookmarkEnd w:id="549"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16001,190 +16127,190 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 51-6. Исключение из реестра</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z725" w:id="539"/>
+    <w:bookmarkStart w:name="z725" w:id="550"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исключение казахстанского товаропроизводителя из реестра осуществляется уполномоченным органом в области государственного стимулирования промышленности на основании:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="539"/>
-    <w:bookmarkStart w:name="z726" w:id="540"/>
+    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkStart w:name="z726" w:id="551"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) результатов цифровой верификации при проведении мониторинга реестра;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="540"/>
-    <w:bookmarkStart w:name="z727" w:id="541"/>
+    <w:bookmarkEnd w:id="551"/>
+    <w:bookmarkStart w:name="z727" w:id="552"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) результатов мониторинга производителей программного обеспечения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="541"/>
-    <w:bookmarkStart w:name="z728" w:id="542"/>
+    <w:bookmarkEnd w:id="552"/>
+    <w:bookmarkStart w:name="z728" w:id="553"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) заявления казахстанского товаропроизводителя об исключении из реестра.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="542"/>
-    <w:bookmarkStart w:name="z729" w:id="543"/>
+    <w:bookmarkEnd w:id="553"/>
+    <w:bookmarkStart w:name="z729" w:id="554"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае ликвидации юридического лица в соответствии с законодательством Республики Казахстан или реорганизации юридического лица, за исключением реорганизации в форме преобразования, исключение казахстанского товаропроизводителя из реестра осуществляется автоматически.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="543"/>
-    <w:bookmarkStart w:name="z730" w:id="544"/>
+    <w:bookmarkEnd w:id="554"/>
+    <w:bookmarkStart w:name="z730" w:id="555"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При реорганизации вновь созданное юридическое лицо подает заявку для включения в реестр повторно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="544"/>
-    <w:bookmarkStart w:name="z731" w:id="545"/>
+    <w:bookmarkEnd w:id="555"/>
+    <w:bookmarkStart w:name="z731" w:id="556"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Казахстанские товаропроизводители, исключенные из реестра, имеют право повторной подачи заявки для включения в реестр в соответствии со статьей 51-1 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="545"/>
+    <w:bookmarkEnd w:id="556"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16240,230 +16366,230 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 51-7. Условия производства, производственные и технологические операции</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z733" w:id="546"/>
+    <w:bookmarkStart w:name="z733" w:id="557"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Производственными и технологическими операциями являются переработка, обработка сырья или материала, а также сборка материала, целью которых является получение товара.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="546"/>
-    <w:bookmarkStart w:name="z734" w:id="547"/>
+    <w:bookmarkEnd w:id="557"/>
+    <w:bookmarkStart w:name="z734" w:id="558"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Условия производства должны содержать одно или несколько критериев:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="547"/>
-    <w:bookmarkStart w:name="z735" w:id="548"/>
+    <w:bookmarkEnd w:id="558"/>
+    <w:bookmarkStart w:name="z735" w:id="559"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       производство товара из определенного вида сырья и (или) комплектующих материалов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="548"/>
-    <w:bookmarkStart w:name="z736" w:id="549"/>
+    <w:bookmarkEnd w:id="559"/>
+    <w:bookmarkStart w:name="z736" w:id="560"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       испытание продукции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="549"/>
-    <w:bookmarkStart w:name="z737" w:id="550"/>
+    <w:bookmarkEnd w:id="560"/>
+    <w:bookmarkStart w:name="z737" w:id="561"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       наличие нормативно-технических или разрешительных документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="550"/>
-    <w:bookmarkStart w:name="z738" w:id="551"/>
+    <w:bookmarkEnd w:id="561"/>
+    <w:bookmarkStart w:name="z738" w:id="562"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Условия производства, производственные и технологические операции разрабатываются и утверждаются уполномоченным органом в области государственного стимулирования промышленности по согласованию с отраслевыми государственными органами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="551"/>
-    <w:bookmarkStart w:name="z739" w:id="552"/>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z739" w:id="563"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отраслевые государственные органы в пределах своей компетенции участвуют в разработке условий производства, производственных и технологических операций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="552"/>
-    <w:bookmarkStart w:name="z740" w:id="553"/>
+    <w:bookmarkEnd w:id="563"/>
+    <w:bookmarkStart w:name="z740" w:id="564"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Условия производства, производственные и технологические операции должны содержать сведения об установленных на территории Республики Казахстан производственных и технологических операциях, а также о минимальном пороге производственных и технологических операций для каждого товара.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="553"/>
-    <w:bookmarkStart w:name="z741" w:id="554"/>
+    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkStart w:name="z741" w:id="565"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. При внесении изменений и (или) дополнений в условия производства, производственные и технологические операции производства товара не допускается установление более благоприятных условий производства, чем были установлены ранее.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="554"/>
+    <w:bookmarkEnd w:id="565"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16519,534 +16645,534 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 52. Регулирование импорта</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z520" w:id="555"/>
+    <w:bookmarkStart w:name="z520" w:id="566"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Регулирование импорта осуществляется в соответствии с законодательством Республики Казахстан и международными договорами, ратифицированными Республикой Казахстан, с учетом требований по обеспечению безопасности и качества товаров в соответствии с требованиями законодательства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="555"/>
-    <w:bookmarkStart w:name="z521" w:id="556"/>
+    <w:bookmarkEnd w:id="566"/>
+    <w:bookmarkStart w:name="z521" w:id="567"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В целях защиты экономических интересов Республики Казахстан осуществляется постоянный мониторинг цен импортируемых товаров, производимых на территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="556"/>
+    <w:bookmarkEnd w:id="567"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 53. Взаимодействие производителей промышленной продукции и субъектов внутренней торговли</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z523" w:id="557"/>
+    <w:bookmarkStart w:name="z523" w:id="568"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Местные исполнительные органы разрабатывают меры по созданию условий, благоприятствующих торговой деятельности в соответствующих административно-территориальных единицах, в том числе посредством заключения соответствующих соглашений с производителями промышленной продукции и субъектами внутренней торговли.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="557"/>
-    <w:bookmarkStart w:name="z524" w:id="558"/>
+    <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkStart w:name="z524" w:id="569"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Регулирование торговой деятельности осуществляется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О регулировании торговой деятельности".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="558"/>
-    <w:bookmarkStart w:name="z525" w:id="559"/>
+    <w:bookmarkEnd w:id="569"/>
+    <w:bookmarkStart w:name="z525" w:id="570"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. ПОВЫШЕНИЕ ЭФФЕКТИВНОСТИ И КОНКУРЕНТОСПОСОБНОСТИ ПРОМЫШЛЕННОСТИ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="559"/>
-    <w:bookmarkStart w:name="z526" w:id="560"/>
+    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkStart w:name="z526" w:id="571"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 1. Системные меры развития промышленности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="560"/>
+    <w:bookmarkEnd w:id="571"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 54. Повышение производительности труда</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z528" w:id="561"/>
+    <w:bookmarkStart w:name="z528" w:id="572"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Повышение производительности труда осуществляется посредством:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="561"/>
-    <w:bookmarkStart w:name="z529" w:id="562"/>
+    <w:bookmarkEnd w:id="572"/>
+    <w:bookmarkStart w:name="z529" w:id="573"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       оказания мер государственного стимулирования промышленности, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="562"/>
-    <w:bookmarkStart w:name="z530" w:id="563"/>
+    <w:bookmarkEnd w:id="573"/>
+    <w:bookmarkStart w:name="z530" w:id="574"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обучения и повышения кадрового потенциала;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="563"/>
-    <w:bookmarkStart w:name="z531" w:id="564"/>
+    <w:bookmarkEnd w:id="574"/>
+    <w:bookmarkStart w:name="z531" w:id="575"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       технологического развития обрабатывающей промышленности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="564"/>
-    <w:bookmarkStart w:name="z532" w:id="565"/>
+    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkStart w:name="z532" w:id="576"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       иных мер, определяемых Правительством Республики Казахстан на основании рекомендаций и предложений межведомственной комиссии по промышленной политике в соответствии с настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkEnd w:id="576"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 55. Обучение и повышение кадрового потенциала</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z534" w:id="566"/>
+    <w:bookmarkStart w:name="z534" w:id="577"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Обеспечение субъектов промышленно-инновационной деятельности квалифицированными кадровыми ресурсами осуществляется посредством размещения государственного образовательного заказа на подготовку специалистов для приоритетных секторов экономики.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="566"/>
-    <w:bookmarkStart w:name="z535" w:id="567"/>
+    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkStart w:name="z535" w:id="578"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уполномоченные органы в области государственного стимулирования промышленности и государственной поддержки инновационной деятельности на основе представляемых субъектами промышленно-инновационной деятельности сведений о потребностях в специалистах формируют предложения по определению перечня специальностей, по которым требуется подготовка специалистов для приоритетных секторов экономики, и направляют в уполномоченный орган по вопросам занятости населения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="567"/>
-    <w:bookmarkStart w:name="z536" w:id="568"/>
+    <w:bookmarkEnd w:id="578"/>
+    <w:bookmarkStart w:name="z536" w:id="579"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уполномоченный орган в области образования на основе потребности в специалистах по промышленно-инновационной деятельности, представляемой уполномоченным органом по вопросам занятости населения, формирует государственный образовательный заказ на подготовку специалистов для приоритетных секторов экономики.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="568"/>
-    <w:bookmarkStart w:name="z537" w:id="569"/>
+    <w:bookmarkEnd w:id="579"/>
+    <w:bookmarkStart w:name="z537" w:id="580"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В целях укрепления кадрового потенциала промышленности и обеспечения соответствия производственным требованиям организациями высшего и (или) послевузовского образования осуществляется актуализация образовательных программ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="569"/>
-    <w:bookmarkStart w:name="z538" w:id="570"/>
+    <w:bookmarkEnd w:id="580"/>
+    <w:bookmarkStart w:name="z538" w:id="581"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Уполномоченный орган в области государственного стимулирования промышленности оказывает содействие в вовлечении предприятий обрабатывающей промышленности в процесс организации дуального обучения, в том числе содействует в заключении трехсторонних договоров о дуальном обучении.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkEnd w:id="581"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 56. Технологическое развитие обрабатывающей промышленности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z540" w:id="571"/>
+    <w:bookmarkStart w:name="z540" w:id="582"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В целях повышения уровня технологического развития предприятий обрабатывающей промышленности и ее высокотехнологичных отраслей в соответствии с главой 23-1 Предпринимательского кодекса Республики Казахстан создаются технологические платформы и отраслевые центры технологических компетенций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="571"/>
-    <w:bookmarkStart w:name="z541" w:id="572"/>
+    <w:bookmarkEnd w:id="582"/>
+    <w:bookmarkStart w:name="z541" w:id="583"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Технологическая платформа представляет собой комплекс, состоящий из взаимосвязанных и взаимодополняющих элементов образовательной, научной и промышленно-инновационной инфраструктуры, субъектов научной, научно-технической, инновационной и промышленной деятельности, необходимой для обеспечения непрерывного процесса генерации и совершенствования технологий, подготовки кадров, реализации инновационных проектов и (или) инструментов для коммуникации и рыночно-ориентированной координации субъектов частного предпринимательства, научных организаций, организаций образования, государственных органов, организаций квазигосударственного сектора в целях технологического развития обрабатывающей промышленности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="572"/>
-    <w:bookmarkStart w:name="z542" w:id="573"/>
+    <w:bookmarkEnd w:id="583"/>
+    <w:bookmarkStart w:name="z542" w:id="584"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Отраслевые центры технологических компетенций должны аккумулировать в себе соответствующие знания, умения, навыки и опыт для выработки видения комплексного технологического развития обрабатывающей промышленности, а также обеспечить институциональную память его реализации путем привлечения экспертов с соответствующими компетенциями отраслевого и межотраслевого характера.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="573"/>
+    <w:bookmarkEnd w:id="584"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17075,70 +17201,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z544" w:id="574"/>
+    <w:bookmarkStart w:name="z544" w:id="585"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Для целей технологического развития обрабатывающей промышленности помимо предусмотренного настоящей статьей осуществляются стимулирование цифровой трансформации промышленности, внедрение Индустрии 4.0 и цифровых технологий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="574"/>
+    <w:bookmarkEnd w:id="585"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17174,921 +17300,921 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 57. Коммерциализация результатов научной и (или) научно-технической деятельности в промышленности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z546" w:id="575"/>
+    <w:bookmarkStart w:name="z546" w:id="586"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В целях коммерциализации результатов научной и (или) научно-технической деятельности в промышленности, а также для обеспечения технологической модернизации субъектов деятельности в сфере промышленности уполномоченным органом в области государственного стимулирования промышленности осуществляется сбор информации о потребностях субъектов деятельности в сфере промышленности в научных исследованиях и разработках. Указанная информация направляется уполномоченным органом в области государственного стимулирования промышленности для размещения на интернет-ресурсе уполномоченного органа в области науки и периодических печатных изданиях в целях привлечения научных организаций для осуществления научных исследований и разработок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkEnd w:id="586"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 58. Техническое регулирование и стандартизация продукции обрабатывающей промышленности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z548" w:id="576"/>
+    <w:bookmarkStart w:name="z548" w:id="587"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Инструментом обеспечения безопасности и качества промышленной продукции, устранения технических барьеров в торговле и повышения конкурентоспособности отечественной продукции является система технического регулирования и стандартизации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="576"/>
-    <w:bookmarkStart w:name="z549" w:id="577"/>
+    <w:bookmarkEnd w:id="587"/>
+    <w:bookmarkStart w:name="z549" w:id="588"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Приоритетами промышленной политики в области технического регулирования и стандартизации являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="577"/>
-    <w:bookmarkStart w:name="z550" w:id="578"/>
+    <w:bookmarkEnd w:id="588"/>
+    <w:bookmarkStart w:name="z550" w:id="589"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) улучшение использования научно-технического потенциала субъектов промышленно-инновационной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="578"/>
-    <w:bookmarkStart w:name="z551" w:id="579"/>
+    <w:bookmarkEnd w:id="589"/>
+    <w:bookmarkStart w:name="z551" w:id="590"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) повышение конкурентоспособности производимых товаров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="579"/>
-    <w:bookmarkStart w:name="z552" w:id="580"/>
+    <w:bookmarkEnd w:id="590"/>
+    <w:bookmarkStart w:name="z552" w:id="591"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) снятие существующих барьеров в торговле;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="580"/>
-    <w:bookmarkStart w:name="z553" w:id="581"/>
+    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkStart w:name="z553" w:id="592"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) снижение издержек при осуществлении международной торговли;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="581"/>
-    <w:bookmarkStart w:name="z554" w:id="582"/>
+    <w:bookmarkEnd w:id="592"/>
+    <w:bookmarkStart w:name="z554" w:id="593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) выход производимых товаров, работ и услуг на новые рынки и упрочение положения на освоенных рынках.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="582"/>
+    <w:bookmarkEnd w:id="593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 59. Привлечение инвестиций в промышленность</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z556" w:id="583"/>
+    <w:bookmarkStart w:name="z556" w:id="594"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В рамках привлечения инвестиций в промышленность государственными органами и организациями в пределах их компетенции осуществляются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="583"/>
-    <w:bookmarkStart w:name="z557" w:id="584"/>
+    <w:bookmarkEnd w:id="594"/>
+    <w:bookmarkStart w:name="z557" w:id="595"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) поиск и проведение переговоров с потенциальными инвесторами, в том числе иностранными, с целью привлечения их к участию в реализации промышленно-инновационных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="584"/>
-    <w:bookmarkStart w:name="z558" w:id="585"/>
+    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkStart w:name="z558" w:id="596"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) привлечение субъектов промышленно-инновационной деятельности к участию в бизнес-форумах, конференциях и семинарах по инвестиционной тематике;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="585"/>
-    <w:bookmarkStart w:name="z559" w:id="586"/>
+    <w:bookmarkEnd w:id="596"/>
+    <w:bookmarkStart w:name="z559" w:id="597"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) распространение информации о промышленно-инновационных проектах в средствах массовой информации, в том числе иностранных, посредством загранучреждений, а также через иностранные дипломатические и приравненные к ним представительства и консульские учреждения на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="586"/>
-    <w:bookmarkStart w:name="z560" w:id="587"/>
+    <w:bookmarkEnd w:id="597"/>
+    <w:bookmarkStart w:name="z560" w:id="598"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) стимулирование действующих инвесторов на осуществление реинвестирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="587"/>
-    <w:bookmarkStart w:name="z561" w:id="588"/>
+    <w:bookmarkEnd w:id="598"/>
+    <w:bookmarkStart w:name="z561" w:id="599"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) привлечение инвесторов, в том числе иностранных, для создания совместных производств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="588"/>
-    <w:bookmarkStart w:name="z562" w:id="589"/>
+    <w:bookmarkEnd w:id="599"/>
+    <w:bookmarkStart w:name="z562" w:id="600"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) привлечение транснациональных корпораций для вхождения в глобальные цепочки добавленной стоимости.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="589"/>
+    <w:bookmarkEnd w:id="600"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 60. Обеспечение отечественным сырьем предприятий обрабатывающей промышленности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z628" w:id="590"/>
+    <w:bookmarkStart w:name="z628" w:id="601"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Обеспечение предприятий обрабатывающей промышленности отечественным сырьем осуществляется на основании соглашений по обеспечению отечественным сырьем предприятий обрабатывающей промышленности, заключаемых между производителями отечественного сырьевого товара, предприятиями обрабатывающей промышленности и уполномоченным органом в области государственного стимулирования промышленности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="590"/>
-    <w:bookmarkStart w:name="z629" w:id="591"/>
+    <w:bookmarkEnd w:id="601"/>
+    <w:bookmarkStart w:name="z629" w:id="602"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Форма типового соглашения по обеспечению отечественным сырьем предприятий обрабатывающей промышленности утверждается уполномоченным органом в области государственного стимулирования промышленности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="591"/>
-    <w:bookmarkStart w:name="z630" w:id="592"/>
+    <w:bookmarkEnd w:id="602"/>
+    <w:bookmarkStart w:name="z630" w:id="603"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Порядок обеспечения предприятий обрабатывающей промышленности отечественным сырьем регламентируется правилами по обеспечению отечественным сырьем предприятий обрабатывающей промышленности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="592"/>
-    <w:bookmarkStart w:name="z631" w:id="593"/>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z631" w:id="604"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для целей настоящей статьи под отечественным сырьем понимаются товары, включенные в перечень отечественных сырьевых товаров, утверждаемый уполномоченным органом в области государственного стимулирования промышленности, произведенные в Республике Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="593"/>
-    <w:bookmarkStart w:name="z632" w:id="594"/>
+    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z632" w:id="605"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Перечень отечественных сырьевых товаров содержит наименования:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="594"/>
-    <w:bookmarkStart w:name="z633" w:id="595"/>
+    <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkStart w:name="z633" w:id="606"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       отечественного сырьевого товара; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="595"/>
-    <w:bookmarkStart w:name="z634" w:id="596"/>
+    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkStart w:name="z634" w:id="607"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       производителей отечественного сырьевого товара.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="596"/>
-    <w:bookmarkStart w:name="z635" w:id="597"/>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z635" w:id="608"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Для формирования перечня отечественных сырьевых товаров предприятия обрабатывающей промышленности подают заявки в уполномоченный орган в области государственного стимулирования промышленности в соответствии с правилами по обеспечению отечественным сырьем предприятий обрабатывающей промышленности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="597"/>
-    <w:bookmarkStart w:name="z636" w:id="598"/>
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkStart w:name="z636" w:id="609"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Основаниями для отказа в приеме заявок предприятий обрабатывающей промышленности являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="598"/>
-    <w:bookmarkStart w:name="z637" w:id="599"/>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z637" w:id="610"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неполный пакет документов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="599"/>
-    <w:bookmarkStart w:name="z638" w:id="600"/>
+    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkStart w:name="z638" w:id="611"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       отсутствие в Республике Казахстан производителей требуемого отечественного сырья.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="600"/>
-    <w:bookmarkStart w:name="z639" w:id="601"/>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkStart w:name="z639" w:id="612"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Производители отечественного сырьевого товара включаются в перечень отечественных сырьевых товаров, за исключением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="601"/>
-    <w:bookmarkStart w:name="z640" w:id="602"/>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z640" w:id="613"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       новых производств, под которыми понимаются предприятия, осуществляющие деятельность на территории Республики Казахстан менее трех лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="602"/>
-    <w:bookmarkStart w:name="z641" w:id="603"/>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z641" w:id="614"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       производителей малого объема производства сырьевого товара, определяемого правилами по обеспечению отечественным сырьем предприятий обрабатывающей промышленности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="603"/>
-    <w:bookmarkStart w:name="z642" w:id="604"/>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z642" w:id="615"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Доля обеспечения отечественным сырьем предприятий обрабатывающей промышленности производителями отечественного сырьевого товара определяется исходя из доли объема производства производителя сырьевого товара в общем объеме производства сырьевого товара в стране.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="604"/>
-    <w:bookmarkStart w:name="z643" w:id="605"/>
+    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkStart w:name="z643" w:id="616"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Заключение соглашений по обеспечению отечественным сырьем предприятий обрабатывающей промышленности является обязательным для производителей отечественного сырьевого товара, включенных в перечень отечественных сырьевых товаров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="605"/>
-    <w:bookmarkStart w:name="z644" w:id="606"/>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z644" w:id="617"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Соглашения по обеспечению отечественным сырьем предприятий обрабатывающей промышленности заключаются на условиях особого конкурентоспособного ценообразования, но не выше минимальной цены экспорта данного вида сырья конкретным производителем отечественного сырьевого товара.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="606"/>
-    <w:bookmarkStart w:name="z645" w:id="607"/>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z645" w:id="618"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Предприятия обрабатывающей промышленности при заключении соглашений по обеспечению отечественным сырьем принимают обязательства в соответствии с правилами по обеспечению отечественным сырьем предприятий обрабатывающей промышленности, в том числе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="607"/>
-    <w:bookmarkStart w:name="z646" w:id="608"/>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z646" w:id="619"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       увеличение передела отечественного сырья;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="608"/>
-    <w:bookmarkStart w:name="z647" w:id="609"/>
+    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkStart w:name="z647" w:id="620"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрет на реализацию полученного от производителя отечественного сырьевого товара третьим лицам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="609"/>
-    <w:bookmarkStart w:name="z648" w:id="610"/>
+    <w:bookmarkEnd w:id="620"/>
+    <w:bookmarkStart w:name="z648" w:id="621"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Порядок исполнения и мониторинга обязательств, установленных абзацем вторым части первой настоящего пункта, регламентируется правилами по обеспечению отечественным сырьем предприятий обрабатывающей промышленности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="610"/>
-    <w:bookmarkStart w:name="z649" w:id="611"/>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z649" w:id="622"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Нарушение предприятиями обрабатывающей промышленности запрета, установленного настоящим пунктом, влечет расторжение соответствующего соглашения по обеспечению отечественным сырьем предприятий обрабатывающей промышленности и запрет на участие в таких соглашениях. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="611"/>
-    <w:bookmarkStart w:name="z650" w:id="612"/>
+    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkStart w:name="z650" w:id="623"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Вывоз с территории Республики Казахстан отечественного сырья, включенного в перечень отечественных сырьевых товаров, допускается на основании лицензий, выдаваемых уполномоченным органом в области государственного стимулирования промышленности. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="612"/>
-    <w:bookmarkStart w:name="z651" w:id="613"/>
+    <w:bookmarkEnd w:id="623"/>
+    <w:bookmarkStart w:name="z651" w:id="624"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Выдача лицензий осуществляется только при условии исполнения производителем отечественного сырьевого товара обязательств по обеспечению отечественным сырьем предприятий обрабатывающей промышленности в соответствии с настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="613"/>
-    <w:bookmarkStart w:name="z652" w:id="614"/>
+    <w:bookmarkEnd w:id="624"/>
+    <w:bookmarkStart w:name="z652" w:id="625"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При этом исполнением обязательств по обеспечению отечественным сырьем предприятий обрабатывающей промышленности являются заключение соглашений по обеспечению отечественным сырьем предприятий обрабатывающей промышленности и исполнение обязательств в рамках заключенных соглашений по обеспечению отечественным сырьем предприятий обрабатывающей промышленности за период, предшествующий получению лицензии. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="614"/>
-    <w:bookmarkStart w:name="z653" w:id="615"/>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z653" w:id="626"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Мониторинг исполнения соглашений по обеспечению отечественным сырьем предприятий обрабатывающей промышленности проводится в соответствии с правилами по обеспечению отечественным сырьем предприятий обрабатывающей промышленности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkEnd w:id="626"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18124,487 +18250,487 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 61. Иные способы обеспечения сырьем предприятий обрабатывающей промышленности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z572" w:id="616"/>
+    <w:bookmarkStart w:name="z572" w:id="627"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Правительство Республики Казахстан проводит переговоры с правительствами иностранных государств по вопросам встречных поставок продукции хозяйствующими субъектами Республики Казахстан и иностранных государств на взаимовыгодных условиях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="616"/>
-    <w:bookmarkStart w:name="z573" w:id="617"/>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z573" w:id="628"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Правительство Республики Казахстан проводит переговоры с правительствами государств – членов Евразийского экономического союза о возможности обеспечения сырьем отечественных предприятий обрабатывающей промышленности, реализующих государственный заказ либо государственный оборонный заказ, по внутренней цене государств-членов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkEnd w:id="628"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 61-1. Развитие внутристрановой ценности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z780" w:id="618"/>
+    <w:bookmarkStart w:name="z780" w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Крупные заказчики обязаны разрабатывать, утверждать и реализовывать программы развития внутристрановой ценности в соответствии с правилами разработки, согласования, утверждения, реализации и мониторинга программ развития внутристрановой ценности и их типовой формой.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="618"/>
-    <w:bookmarkStart w:name="z781" w:id="619"/>
+    <w:bookmarkEnd w:id="629"/>
+    <w:bookmarkStart w:name="z781" w:id="630"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Программы развития внутристрановой ценности разрабатываются на срок от трех лет и утверждаются недропользователями, обладающими правом на добычу твердых полезных ископаемых, за исключением общераспространенных полезных ископаемых, в соответствии с законодательством Республики Казахстан о недрах и недропользовании по согласованию с уполномоченным органом в области государственного стимулирования промышленности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="619"/>
-    <w:bookmarkStart w:name="z782" w:id="620"/>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z782" w:id="631"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Программы развития внутристрановой ценности разрабатываются на срок от трех лет и утверждаются отдельными субъектами квазигосударственного сектора по согласованию с уполномоченным органом в области государственного стимулирования промышленности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="620"/>
-    <w:bookmarkStart w:name="z783" w:id="621"/>
+    <w:bookmarkEnd w:id="631"/>
+    <w:bookmarkStart w:name="z783" w:id="632"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Программы развития внутристрановой ценности разрабатываются на срок от трех лет и утверждаются субъектами естественных монополий, за исключением субъектов естественных монополий малой мощности, по согласованию с уполномоченным органом в области государственного стимулирования промышленности, а также с государственным органом, осуществляющим руководство в соответствующих сферах естественных монополий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="621"/>
-    <w:bookmarkStart w:name="z784" w:id="622"/>
+    <w:bookmarkEnd w:id="632"/>
+    <w:bookmarkStart w:name="z784" w:id="633"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Программы развития внутристрановой ценности разрабатываются на срок от трех лет и утверждаются системообразующими предприятиями по согласованию с уполномоченным органом в области государственного стимулирования промышленности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="622"/>
-    <w:bookmarkStart w:name="z785" w:id="623"/>
+    <w:bookmarkEnd w:id="633"/>
+    <w:bookmarkStart w:name="z785" w:id="634"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Основаниями для отказа в согласовании программ развития внутристрановой ценности соответствующими государственными органами являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="623"/>
-    <w:bookmarkStart w:name="z786" w:id="624"/>
+    <w:bookmarkEnd w:id="634"/>
+    <w:bookmarkStart w:name="z786" w:id="635"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заниженные целевые индикаторы по доле внутристрановой ценности в закупках товаров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="624"/>
-    <w:bookmarkStart w:name="z787" w:id="625"/>
+    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkStart w:name="z787" w:id="636"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) несоответствующие индикаторы по планированию, заключению договоров, направленных на развитие промышленности, исходя из количества заявок субъектов промышленно-инновационной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="625"/>
-    <w:bookmarkStart w:name="z788" w:id="626"/>
+    <w:bookmarkEnd w:id="636"/>
+    <w:bookmarkStart w:name="z788" w:id="637"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) отсутствие мероприятий по развитию малого и среднего предпринимательства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="626"/>
-    <w:bookmarkStart w:name="z789" w:id="627"/>
+    <w:bookmarkEnd w:id="637"/>
+    <w:bookmarkStart w:name="z789" w:id="638"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Программы развития внутристрановой ценности предусматривают следующие направления:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="627"/>
-    <w:bookmarkStart w:name="z790" w:id="628"/>
+    <w:bookmarkEnd w:id="638"/>
+    <w:bookmarkStart w:name="z790" w:id="639"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) повышение доли внутристрановой ценности в закупках товаров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="628"/>
-    <w:bookmarkStart w:name="z791" w:id="629"/>
+    <w:bookmarkEnd w:id="639"/>
+    <w:bookmarkStart w:name="z791" w:id="640"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) планирование, заключение и исполнение договоров, направленных на развитие промышленности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="629"/>
-    <w:bookmarkStart w:name="z792" w:id="630"/>
+    <w:bookmarkEnd w:id="640"/>
+    <w:bookmarkStart w:name="z792" w:id="641"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) развитие субъектов малого и среднего предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="630"/>
-    <w:bookmarkStart w:name="z793" w:id="631"/>
+    <w:bookmarkEnd w:id="641"/>
+    <w:bookmarkStart w:name="z793" w:id="642"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) иные направления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="631"/>
-    <w:bookmarkStart w:name="z794" w:id="632"/>
+    <w:bookmarkEnd w:id="642"/>
+    <w:bookmarkStart w:name="z794" w:id="643"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. По каждому направлению программ развития внутристрановой ценности предусматриваются планы мероприятий, содержащие конкретные действия крупных заказчиков, а также меры государственной поддержки частного предпринимательства, определяемые Предпринимательским кодексом Республики Казахстан в отношении таких субъектов, и иные мероприятия с конкретными целевыми показателями.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="632"/>
-    <w:bookmarkStart w:name="z795" w:id="633"/>
+    <w:bookmarkEnd w:id="643"/>
+    <w:bookmarkStart w:name="z795" w:id="644"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В целях мониторинга реализации программ развития внутристрановой ценности крупные заказчики предоставляют информацию об их реализации в соответствии с правилами разработки, согласования, утверждения, реализации и мониторинга программ развития внутристрановой ценности и их типовой формой.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="633"/>
-    <w:bookmarkStart w:name="z796" w:id="634"/>
+    <w:bookmarkEnd w:id="644"/>
+    <w:bookmarkStart w:name="z796" w:id="645"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мониторинг реализации программ развития внутристрановой ценности осуществляется уполномоченным органом в области государственного стимулирования промышленности в соответствии с правилами разработки, согласования, утверждения, реализации и мониторинга программ развития внутристрановой ценности и их типовой формой.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="634"/>
-    <w:bookmarkStart w:name="z797" w:id="635"/>
+    <w:bookmarkEnd w:id="645"/>
+    <w:bookmarkStart w:name="z797" w:id="646"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Порядок признания обязательств, устанавливаемых настоящей статьей, исполненными определяется в соответствии с правилами разработки, согласования, утверждения, реализации и мониторинга программ развития внутристрановой ценности и их типовой формой.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="635"/>
-    <w:bookmarkStart w:name="z798" w:id="636"/>
+    <w:bookmarkEnd w:id="646"/>
+    <w:bookmarkStart w:name="z798" w:id="647"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Неисполнение программ развития внутристрановой ценности влечет ответственность, установленную законами Республики Казахстан, за исключением случаев, когда такое неисполнение произошло не по вине крупного заказчика.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="636"/>
+    <w:bookmarkEnd w:id="647"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18643,1015 +18769,919 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z574" w:id="637"/>
+    <w:bookmarkStart w:name="z574" w:id="648"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 2. Развитие отраслей промышленности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="637"/>
+    <w:bookmarkEnd w:id="648"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 62. Соглашение о промышленной сборке</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z576" w:id="638"/>
+    <w:bookmarkStart w:name="z576" w:id="649"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В целях стимулирования развития производства транспортных средств и (или) их компонентов, сельскохозяйственной техники и (или) ее компонентов уполномоченный орган в области государственного стимулирования промышленности заключает с юридическими лицами Республики Казахстан соглашение о промышленной сборке транспортных средств, соглашение о промышленной сборке сельскохозяйственной техники, соглашение о промышленной сборке компонентов к транспортным средствам и (или) сельскохозяйственной технике в соответствии с типовыми формами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="638"/>
+    <w:bookmarkEnd w:id="649"/>
+    <w:bookmarkStart w:name="z577" w:id="650"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Наличие заключенного соглашения о промышленной сборке является основанием для предоставления инвестиционных преференций производителям транспортных средств и (или) их компонентов, а также сельскохозяйственной техники и (или) ее компонентов, заключившим специальный инвестиционный контракт в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 42-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона. В рамках заключенного соглашения о промышленной сборке предусматриваются встречные обязательства в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 27</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона для производителей транспортных средств, сельскохозяйственной техники, а также их компонентов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="650"/>
+    <w:bookmarkStart w:name="z578" w:id="651"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Заключение одного из соглашений, предусмотренных частью первой пункта 1 настоящей статьи, является подтверждением, что юридическое лицо Республики Казахстан является субъектом деятельности в сфере промышленности в области производства транспортных средств и (или) их компонентов, сельскохозяйственной техники и (или) ее компонентов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="651"/>
+    <w:bookmarkStart w:name="z579" w:id="652"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В целях контроля соблюдения условий, установленных для заключения соглашений, и требований, определенных соглашениями, предусмотренными частью первой пункта 1 настоящей статьи, уполномоченный орган в области государственного стимулирования промышленности осуществляет проверку соответствия юридического лица Республики Казахстан условиям заключения соглашений и исполнения принятых им обязательств в рамках таких соглашений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="652"/>
+    <w:bookmarkStart w:name="z580" w:id="653"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В случае выявления нарушений в части неисполнения или ненадлежащего исполнения юридическим лицом Республики Казахстан требований одного из соглашений, перечисленных в части первой пункта 1 настоящей статьи, уполномоченный орган в области государственного стимулирования промышленности при неустранении выявленных нарушений в трехмесячный срок с момента направления уведомления расторгает соглашение в одностороннем порядке в соответствии с гражданским законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="653"/>
+    <w:bookmarkStart w:name="z581" w:id="654"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Субъекты деятельности в сфере промышленности, заключившие соглашение о промышленной сборке и являющиеся производителями или уполномоченными представителями производителей транспортных средств, вправе осуществлять отзыв технически сложного товара (изделия) по инициативе производителя и в целях улучшения качества сервисного обслуживания транспортных средств на территории Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="654"/>
+    <w:bookmarkStart w:name="z582" w:id="655"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для целей применения настоящего пункта под отзывом технически сложного товара (изделия) понимается отзывная кампания, проводимая по инициативе и за счет производителя или его уполномоченного представителя в соответствии с законодательством Республики Казахстан для устранения недостатка или заводского брака, обнаруженного у определенной партии технически сложных товаров (изделий) после их выпуска, либо в целях улучшения характеристик технически сложных товаров (изделий), которая включает в себя оповещение покупателей и ремонт предоставленных ему технически сложных товаров (изделий).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="655"/>
+    <w:bookmarkStart w:name="z583" w:id="656"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Соглашения, предусмотренные частью первой пункта 1 настоящей статьи, включают обязательства юридического лица Республики Казахстан по возмещению предоставленных с даты заключения соглашения льгот по соответствующему коду единой Товарной номенклатуры внешнеэкономической деятельности Евразийского экономического союза (далее – ТН ВЭД) в соответствии с законодательством Республики Казахстан при расторжении соглашения в связи с неисполнением или ненадлежащим исполнением данным юридическим лицом требований соглашения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="656"/>
+    <w:bookmarkStart w:name="z584" w:id="657"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечания. Для целей настоящего параграфа:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="657"/>
+    <w:bookmarkStart w:name="z585" w:id="658"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      под транспортным средством понимается устройство, в том числе технически сложный товар (изделие), предназначенное для перевозки людей, грузов или оборудования, установленного на нем, за исключением сельскохозяйственной техники;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="658"/>
+    <w:bookmarkStart w:name="z586" w:id="659"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      под сельскохозяйственной техникой понимается техническое средство, в том числе технически сложный товар (изделие), предназначенное для повышения производительности труда в сельском хозяйстве путем механизации и автоматизации отдельных операций или технологических процессов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="659"/>
+    <w:bookmarkStart w:name="z587" w:id="660"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      под компонентом к транспортному средству понимаются составная часть конструкции транспортного средства, деталь, узел, комплектующее изделие, материал, химическая, лакокрасочная продукция и иные комплектующие, необходимые для производства транспортного средства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="660"/>
+    <w:bookmarkStart w:name="z588" w:id="661"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      под компонентом к сельскохозяйственной технике понимаются составная часть конструкции сельскохозяйственной техники, деталь, узел, комплектующее изделие, материал, химическая, лакокрасочная продукция и иные комплектующие, необходимые для производства сельскохозяйственной техники.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="661"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 62 с изменением, внесенным Законом РК от 18.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...301 lines deleted...]
-    <w:bookmarkEnd w:id="649"/>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 63. Соглашение о промышленной сборке транспортных средств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z590" w:id="650"/>
+    <w:bookmarkStart w:name="z590" w:id="662"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Соглашение о промышленной сборке транспортных средств, за исключением кодов ТН ВЭД седельных тягачей, автобусов, специальной техники, легковых и грузовых автомобилей, заключается с юридическими лицами Республики Казахстан по кодам ТН ВЭД в соответствии с правилами и условиями заключения таких соглашений, предусмотренными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 23)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 9 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="650"/>
-    <w:bookmarkStart w:name="z591" w:id="651"/>
+    <w:bookmarkEnd w:id="662"/>
+    <w:bookmarkStart w:name="z591" w:id="663"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Соглашение о промышленной сборке транспортных средств по кодам ТН ВЭД седельных тягачей, автобусов, специальной техники, легковых и грузовых автомобилей с юридическими лицами Республики Казахстан заключается в соответствии с правилами и условиями заключения таких соглашений, предусмотренными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 23)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 9 настоящего Закона, после выполнения начальных требований балльной системы оценки локализации, которые включают использование технологического оборудования и выполнение следующих условий:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="651"/>
-    <w:bookmarkStart w:name="z592" w:id="652"/>
+    <w:bookmarkEnd w:id="663"/>
+    <w:bookmarkStart w:name="z592" w:id="664"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) организацию на предприятии технологических операций по сварке, окраске (включая катафорез по легковым автомобилям) и сборке кузова (кабины) не менее одной модели по каждой производимой марке транспортного средства при производстве двух и более марок транспортных средств и не менее двух моделей при производстве только одной марки транспортного средства на предприятии – в отношении легковых автомобилей, не менее одной модели – в отношении седельных тягачей, автобусов, специальной техники и грузовых автомобилей по соответствующему коду ТН ВЭД с производственной мощностью предприятия при двухсменном режиме работы не менее двадцати пяти тысяч в год – в отношении легковых автомобилей, не менее десяти тысяч в год – в отношении седельных тягачей, специальной техники и грузовых автомобилей, не менее одной тысячи двухсот в год – в отношении автобусов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="652"/>
-    <w:bookmarkStart w:name="z593" w:id="653"/>
+    <w:bookmarkEnd w:id="664"/>
+    <w:bookmarkStart w:name="z593" w:id="665"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наличие производственных активов на балансе предприятия или лизинговой компании, включая лизинговые активы, используемые при осуществлении промышленной сборки, на сумму не менее восемнадцатимиллионнократного размера месячного расчетного показателя, установленного законом о республиканском бюджете на соответствующий финансовый год, – в отношении легковых автомобилей, не менее трехмиллионнопятисоттысячекратного размера месячного расчетного показателя, установленного законом о республиканском бюджете на соответствующий финансовый год, – в отношении седельных тягачей, автобусов, специальной техники и грузовых автомобилей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="653"/>
-    <w:bookmarkStart w:name="z594" w:id="654"/>
+    <w:bookmarkEnd w:id="665"/>
+    <w:bookmarkStart w:name="z594" w:id="666"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. При выполнении ранее принятых условий и обязательств соглашения (многостороннего соглашения) о промышленной сборке моторных транспортных средств, включая выполнение технологических операций по сварке и окраске, допускается заключение многостороннего соглашения о промышленной сборке транспортных средств в рамках заключенного с одним из юридических лиц Республики Казахстан соглашения в порядке, установленном правилами и условиями заключения таких соглашений, предусмотренными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 23)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 9 настоящего Закона, кроме многостороннего соглашения о промышленной сборке транспортных средств по кодам ТН ВЭД легковых автомобилей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="654"/>
-    <w:bookmarkStart w:name="z595" w:id="655"/>
+    <w:bookmarkEnd w:id="666"/>
+    <w:bookmarkStart w:name="z595" w:id="667"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       На заключаемые соглашения распространяются требования балльной системы оценки локализации в соответствии с правилами и условиями заключения таких соглашений, предусмотренными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 23)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 9 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="655"/>
-    <w:bookmarkStart w:name="z596" w:id="656"/>
+    <w:bookmarkEnd w:id="667"/>
+    <w:bookmarkStart w:name="z596" w:id="668"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Исполнение юридическим лицом Республики Казахстан заключенного соглашения о промышленной сборке транспортных средств по кодам ТН ВЭД седельных тягачей, автобусов, специальной техники, легковых и грузовых автомобилей предоставляет таким юридическим лицам возможность заключения долгосрочных договоров о государственных закупках товаров в соответствии с законодательством Республики Казахстан о государственных закупках, а также договоров, направленных на развитие промышленности, предусмотренных настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="656"/>
+    <w:bookmarkEnd w:id="668"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 64. Соглашение о промышленной сборке сельскохозяйственной техники</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z598" w:id="657"/>
+    <w:bookmarkStart w:name="z598" w:id="669"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Соглашение о промышленной сборке сельскохозяйственной техники по кодам ТН ВЭД тракторов, комбайнов зерноуборочных и комбайнов силосоуборочных с юридическими лицами Республики Казахстан заключается в соответствии с правилами и условиями заключения таких соглашений, предусмотренными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 22)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 9 настоящего Закона, при выполнении следующих условий:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="657"/>
-    <w:bookmarkStart w:name="z599" w:id="658"/>
+    <w:bookmarkEnd w:id="669"/>
+    <w:bookmarkStart w:name="z599" w:id="670"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осуществление операций по изготовлению, включая раскрой, гибку заготовок, сварку, сборку и окраску;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="658"/>
-    <w:bookmarkStart w:name="z600" w:id="659"/>
+    <w:bookmarkEnd w:id="670"/>
+    <w:bookmarkStart w:name="z600" w:id="671"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наличие производственных активов на балансе предприятия или лизинговой компании, включая лизинговые активы, используемые при осуществлении промышленной сборки, на сумму не менее пятисоттысячекратного размера месячного расчетного показателя, установленного законом о республиканском бюджете на соответствующий финансовый год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="659"/>
-    <w:bookmarkStart w:name="z601" w:id="660"/>
+    <w:bookmarkEnd w:id="671"/>
+    <w:bookmarkStart w:name="z601" w:id="672"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Соглашение о промышленной сборке сельскохозяйственной техники, за исключением кодов ТН ВЭД тракторов, комбайнов зерноуборочных и комбайнов силосоуборочных, с юридическими лицами Республики Казахстан заключается в соответствии с правилами и условиями заключения таких соглашений, предусмотренными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 22)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 9 настоящего Закона, при выполнении следующих условий:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="660"/>
-    <w:bookmarkStart w:name="z602" w:id="661"/>
+    <w:bookmarkEnd w:id="672"/>
+    <w:bookmarkStart w:name="z602" w:id="673"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осуществление операций по изготовлению, включая раскрой, гибку заготовок, сварку, сборку и окраску при их наличии в конструкции сельскохозяйственной техники;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="661"/>
-    <w:bookmarkStart w:name="z603" w:id="662"/>
+    <w:bookmarkEnd w:id="673"/>
+    <w:bookmarkStart w:name="z603" w:id="674"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наличие производственных активов на балансе предприятия или лизинговой компании, включая лизинговые активы, используемые при осуществлении промышленной сборки, на сумму не менее стотысячекратного размера месячного расчетного показателя, установленного законом о республиканском бюджете на соответствующий финансовый год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="662"/>
+    <w:bookmarkEnd w:id="674"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 65. Предоставление мер стимулирования в рамках соглашения о промышленной сборке</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...84 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z605" w:id="675"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Предоставление инвестиционных преференций по специальному инвестиционному проекту в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>статьей 286</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z606" w:id="663"/>
+        <w:t>статьей 42-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона, стимулирование производства в Республике Казахстан экологически чистых автомобильных транспортных средств (соответствующих экологическому классу, установленному техническим регламентом Евразийского экономического союза; с электродвигателями) и их компонентов, а также самоходной сельскохозяйственной техники, соответствующей экологическим требованиям, определенным техническими регламентами в соответствии с экологическим законодательством Республики Казахстан в отношении транспортных средств и (или) их компонентов, сельскохозяйственной техники и (или) ее компонентов по каждой выпущенной единице, заключение долгосрочных договоров о государственных закупках товаров в соответствии с законодательством Республики Казахстан о государственных закупках с учетом права Евразийского экономического союза, получение других мер, направленных на стимулирование развития производства, производителями транспортных средств, сельскохозяйственной техники, а также их компонентов допускаются только при условии наличия у юридического лица Республики Казахстан соответствующего соглашения о промышленной сборке транспортных средств и (или) их компонентов, сельскохозяйственной техники и (или) ее компонентов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="675"/>
+    <w:bookmarkStart w:name="z606" w:id="676"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Объем мер поддержки, предоставляемых юридическим лицам Республики Казахстан, с которыми заключены соглашения о промышленной сборке транспортных средств в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19666,440 +19696,502 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, определяется на основе балльной системы оценки локализации в соответствии с правилами и условиями заключения соглашений о промышленной сборке транспортных средств, предусмотренными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 23)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 9 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="663"/>
+    <w:bookmarkEnd w:id="676"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 65 с изменением, внесенным Законом РК от 18.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 66. Меры по снижению углеродного следа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z608" w:id="664"/>
+    <w:bookmarkStart w:name="z608" w:id="677"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В целях достижения углеродной нейтральности путем популяризации товаров с низким углеродным следом, в том числе работающих на водороде, уполномоченными органами в области государственного стимулирования промышленности и охраны окружающей среды предпринимаются меры по снижению углеродного следа, которые могут включать следующие направления: расширение производства таких товаров, стимулирование приобретения товаров, в том числе в соответствии с законодательством Республики Казахстан о государственных закупках, повышение привлекательности их эксплуатации и иные меры, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="664"/>
-    <w:bookmarkStart w:name="z609" w:id="665"/>
+    <w:bookmarkEnd w:id="677"/>
+    <w:bookmarkStart w:name="z609" w:id="678"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. ЗАКЛЮЧИТЕЛЬНЫЕ И ПЕРЕХОДНЫЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="665"/>
+    <w:bookmarkEnd w:id="678"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 67. Ответственность за нарушение законодательства Республики Казахстан о промышленной политике</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z611" w:id="666"/>
+    <w:bookmarkStart w:name="z611" w:id="679"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нарушение законодательства Республики Казахстан о промышленной политике влечет ответственность, установленную законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="666"/>
+    <w:bookmarkEnd w:id="679"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 68. Переходные положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z613" w:id="667"/>
+    <w:bookmarkStart w:name="z613" w:id="680"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Приостановить до 29 июня 2023 года действие:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="667"/>
-    <w:bookmarkStart w:name="z614" w:id="668"/>
+    <w:bookmarkEnd w:id="680"/>
+    <w:bookmarkStart w:name="z614" w:id="681"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункта 7)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 29 настоящего Закона, установив, что в период приостановления данный подпункт действует в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="668"/>
-    <w:bookmarkStart w:name="z615" w:id="669"/>
+    <w:bookmarkEnd w:id="681"/>
+    <w:bookmarkStart w:name="z615" w:id="682"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "7) предоставление земельных участков и прав недропользования;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="669"/>
-    <w:bookmarkStart w:name="z616" w:id="670"/>
+    <w:bookmarkEnd w:id="682"/>
+    <w:bookmarkStart w:name="z616" w:id="683"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, установив, что в период приостановления данная статья действует в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="670"/>
-    <w:bookmarkStart w:name="z617" w:id="671"/>
+    <w:bookmarkEnd w:id="683"/>
+    <w:bookmarkStart w:name="z617" w:id="684"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Статья 36. Предоставление земельных участков и прав недропользования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="671"/>
-    <w:bookmarkStart w:name="z618" w:id="672"/>
+    <w:bookmarkEnd w:id="684"/>
+    <w:bookmarkStart w:name="z618" w:id="685"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Предоставление земельных участков и прав недропользования субъектам промышленно-инновационной деятельности осуществляется посредством:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="672"/>
-    <w:bookmarkStart w:name="z619" w:id="673"/>
+    <w:bookmarkEnd w:id="685"/>
+    <w:bookmarkStart w:name="z619" w:id="686"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) выделения земельных участков на праве временного землепользования в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Земельным кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="673"/>
-    <w:bookmarkStart w:name="z620" w:id="674"/>
+    <w:bookmarkEnd w:id="686"/>
+    <w:bookmarkStart w:name="z620" w:id="687"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) предоставления права недропользования для проведения операций по разведке или добыче твердых полезных ископаемых, связанных с производственной деятельностью (технологическим циклом), в порядке, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О недрах и недропользовании".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="674"/>
-    <w:bookmarkStart w:name="z742" w:id="675"/>
+    <w:bookmarkEnd w:id="687"/>
+    <w:bookmarkStart w:name="z742" w:id="688"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Установить, что сертификаты о происхождении товара формы "СТ-KZ" и индустриальные сертификаты, выданные до введения в действие статей 51-1, 51-2, 51-3, 51-4, 51-5, 51-6 и 51-7 настоящего Закона, а также все связанные с ними акты государственных органов Республики Казахстан сохраняют свое действие до 1 января 2026 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="675"/>
-    <w:bookmarkStart w:name="z743" w:id="676"/>
+    <w:bookmarkEnd w:id="688"/>
+    <w:bookmarkStart w:name="z743" w:id="689"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Установить, что выдача сертификатов о происхождении товара формы "СТ-KZ" и индустриальных сертификатов осуществляется до 1 января 2026 года. Такие сертификаты о происхождении товара формы "СТ-KZ" и индустриальные сертификаты, а также все связанные с ними акты государственных органов Республики Казахстан сохраняют свое действие до 1 января 2026 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="676"/>
+    <w:bookmarkEnd w:id="689"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20155,190 +20247,190 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 69. Порядок введения в действие настоящего Закона</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z622" w:id="677"/>
+    <w:bookmarkStart w:name="z622" w:id="690"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящий Закон вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования, за исключением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="677"/>
-    <w:bookmarkStart w:name="z623" w:id="678"/>
+    <w:bookmarkEnd w:id="690"/>
+    <w:bookmarkStart w:name="z623" w:id="691"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункта 39)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 9, который вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="678"/>
-    <w:bookmarkStart w:name="z624" w:id="679"/>
+    <w:bookmarkEnd w:id="691"/>
+    <w:bookmarkStart w:name="z624" w:id="692"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, которая вводится в действие с 1 июля 2022 года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="679"/>
-    <w:bookmarkStart w:name="z744" w:id="680"/>
+    <w:bookmarkEnd w:id="692"/>
+    <w:bookmarkStart w:name="z744" w:id="693"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, которая действует до 1 января 2026 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="680"/>
+    <w:bookmarkEnd w:id="693"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20564,55 +20656,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>