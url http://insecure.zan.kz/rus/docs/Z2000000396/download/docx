--- v0 (2025-11-16)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="eda915a" w14:textId="eda915a">
+    <w:p w14:paraId="d5f38b4" w14:textId="d5f38b4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -285,51 +285,127 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Для удобства пользования ИЗПИ создано </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ОГЛАВЛЕНИЕ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">    </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      По всему тексту слова "информационная система", "информационной системы", "информационную систему", "информационной системе", "информационных систем" предусматриваются заменить соответственно словами "цифровая система", "цифровой системы", "цифровую систему", "цифровой системе", "цифровых систем" в соответствии с Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z8" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящий Закон устанавливает основополагающие принципы технического регулирования, возникающие при установлении, исполнении требований к продукции, связанным с ней процессам, оказанию услуг, а также определяет правовые основы функционирования государственной системы технического регулирования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z9" w:id="1"/>
     <w:p>
       <w:pPr>
@@ -543,224 +619,224 @@
         <w:t>
       8) услуга – деятельность, направленная на удовлетворение потребностей физических и (или) юридических лиц, результаты которой не имеют материального выражения, соответствующая требованиям документов по стандартизации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z20" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) государственная система технического регулирования – совокупность субъектов технического регулирования и отношений между ними по установлению требований к объектам технического регулирования в нормативных правовых актах, документах по стандартизации и их исполнению;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z21" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 10) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) реестр данных государственной системы технического регулирования (далее – реестр технического регулирования) – электронная база данных технических регламентов, субъектов аккредитации, выданных документов об оценке соответствия, экспертов-аудиторов по подтверждению соответствия, оборудования, информации о продукции, не соответствующей требованиям технических регламентов, и иных сведений в области технического регулирования;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z22" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) обязательная сертификация – форма обязательного подтверждения соответствия органом по подтверждению соответствия объектов технического регулирования требованиям технических регламентов;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z22" w:id="13"/>
-[...15 lines deleted...]
-      11) обязательная сертификация – форма обязательного подтверждения соответствия органом по подтверждению соответствия объектов технического регулирования требованиям технических регламентов;</w:t>
+    <w:bookmarkStart w:name="z23" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) нормативный технический документ – документ, содержащий технические и технологические нормы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z23" w:id="14"/>
-[...15 lines deleted...]
-      12) нормативный технический документ – документ, содержащий технические и технологические нормы;</w:t>
+    <w:bookmarkStart w:name="z24" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) учебный центр – юридическое лицо, осуществляющее подготовку и повышение квалификации экспертов-аудиторов по подтверждению соответствия;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:p>
-[...112 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z25" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) взаимосвязанные стандарты – национальные и (или) межгосударственные стандарты, обеспечивающие выполнение требований, установленных техническими регламентами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z26" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1382,71 +1458,91 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 1 с изменением, внесенным Законом РК от 06.04.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 1 с изменениями, внесенными законами РК от 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 19.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2825,7583 +2921,7541 @@
         <w:t>
       11) разрабатывает и утверждает правила формирования, ведения и сопровождения реестра технического регулирования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
     <w:bookmarkStart w:name="z123" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) обеспечивает функционирование Информационного центра;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z124" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 13) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) разрабатывает и утверждает разрешительные требования к экспертам-аудиторам по подтверждению соответствия, перечень документов, подтверждающих соответствие им, а также правила аттестации, продления действия аттестатов экспертов-аудиторов по подтверждению соответствия по согласованию с уполномоченным органом в сфере разрешений и уведомлений и уполномоченным органом в сфере информатизации;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z125" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) разрабатывает и утверждает требования к учебным центрам, правила их включения в реестр технического регулирования;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z125" w:id="106"/>
-[...15 lines deleted...]
-      14) разрабатывает и утверждает требования к учебным центрам, правила их включения в реестр технического регулирования;</w:t>
+    <w:bookmarkStart w:name="z126" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) осуществляет государственный контроль и надзор в части выпуска в обращение продукции на ее соответствие требованиям технических регламентов, а также за соблюдением субъектами государственного контроля и надзора в области технического регулирования требований, установленных законодательством Республики Казахстан в области технического регулирования, иных нормативных правовых актов Республики Казахстан либо решений Евразийской экономической комиссии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z126" w:id="107"/>
-[...15 lines deleted...]
-      15) осуществляет государственный контроль и надзор в части выпуска в обращение продукции на ее соответствие требованиям технических регламентов, а также за соблюдением субъектами государственного контроля и надзора в области технического регулирования требований, установленных законодательством Республики Казахстан в области технического регулирования, иных нормативных правовых актов Республики Казахстан либо решений Евразийской экономической комиссии;</w:t>
+    <w:bookmarkStart w:name="z127" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) разрабатывает и утверждает проверочные листы и критерии оценки степени риска в соответствии с Предпринимательским кодексом Республики Казахстан по проведению государственного контроля и надзора в области технического регулирования в части выпуска в обращение продукции на ее соответствие требованиям технических регламентов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z127" w:id="108"/>
-[...15 lines deleted...]
-      16) разрабатывает и утверждает проверочные листы и критерии оценки степени риска в соответствии с Предпринимательским кодексом Республики Казахстан по проведению государственного контроля и надзора в области технического регулирования в части выпуска в обращение продукции на ее соответствие требованиям технических регламентов;</w:t>
+    <w:bookmarkStart w:name="z570" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16-1) определяет перечень требований, нарушение которых влечет применение мер оперативного реагирования, а также определяет в отношении конкретных нарушений требований конкретный вид меры оперативного реагирования с указанием срока действия данной меры (при необходимости).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z570" w:id="109"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z571" w:id="110"/>
+    <w:bookmarkStart w:name="z571" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В перечень требований, нарушение которых влечет применение мер оперативного реагирования, включаются требования, являющиеся предметом государственного контроля в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 143</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Предпринимательского кодекса Республики Казахстан; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z572" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16-2) определяет порядок организации и проведения контрольного закупа в области технического регулирования;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z572" w:id="111"/>
-[...15 lines deleted...]
-      16-2) определяет порядок организации и проведения контрольного закупа в области технического регулирования;</w:t>
+    <w:bookmarkStart w:name="z128" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) создает консультативно-совещательные органы в интересах обеспечения безопасности продукции и процессов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z128" w:id="112"/>
-[...15 lines deleted...]
-      17) создает консультативно-совещательные органы в интересах обеспечения безопасности продукции и процессов;</w:t>
+    <w:bookmarkStart w:name="z129" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) осуществляет экспертизы, согласование разработанных технических регламентов, согласование приостановления либо отмены действия технических регламентов, в том числе инициирование вопросов приостановления либо отмены действия технических регламентов государственными органами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z129" w:id="113"/>
-[...15 lines deleted...]
-      18) осуществляет экспертизы, согласование разработанных технических регламентов, согласование приостановления либо отмены действия технических регламентов, в том числе инициирование вопросов приостановления либо отмены действия технических регламентов государственными органами;</w:t>
+    <w:bookmarkStart w:name="z130" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) разрабатывает и утверждает правила разработки, экспертизы, принятия, изменения и отмены технических регламентов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z130" w:id="114"/>
-[...15 lines deleted...]
-      19) разрабатывает и утверждает правила разработки, экспертизы, принятия, изменения и отмены технических регламентов;</w:t>
+    <w:bookmarkStart w:name="z131" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) разрабатывает и утверждает технические регламенты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z131" w:id="115"/>
-[...15 lines deleted...]
-      20) разрабатывает и утверждает технические регламенты;</w:t>
+    <w:bookmarkStart w:name="z132" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) разрабатывает и утверждает правила отзыва продукции, не соответствующей требованиям технических регламентов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z132" w:id="116"/>
-[...15 lines deleted...]
-      21) разрабатывает и утверждает правила отзыва продукции, не соответствующей требованиям технических регламентов;</w:t>
+    <w:bookmarkStart w:name="z133" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) запрещает выпуск в обращение продукции, представляющей непосредственную угрозу правам и законным интересам физических и юридических лиц, жизни и здоровью человека, окружающей среде, в соответствии с настоящим Законом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z133" w:id="117"/>
-[...15 lines deleted...]
-      22) запрещает выпуск в обращение продукции, представляющей непосредственную угрозу правам и законным интересам физических и юридических лиц, жизни и здоровью человека, окружающей среде, в соответствии с настоящим Законом;</w:t>
+    <w:bookmarkStart w:name="z134" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) осуществляет отмену действия документов об оценке соответствия в соответствии с настоящим Законом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z134" w:id="118"/>
-[...15 lines deleted...]
-      23) осуществляет отмену действия документов об оценке соответствия в соответствии с настоящим Законом;</w:t>
+    <w:bookmarkStart w:name="z135" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) принимает меры воздействия по пресечению и недопущению выпуска в обращение продукции, не соответствующей требованиям технических регламентов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z135" w:id="119"/>
-[...15 lines deleted...]
-      24) принимает меры воздействия по пресечению и недопущению выпуска в обращение продукции, не соответствующей требованиям технических регламентов;</w:t>
+    <w:bookmarkStart w:name="z136" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) изымает продукцию, представляющую непосредственную угрозу правам и законным интересам физических и юридических лиц, жизни и здоровью человека, окружающей среде, в соответствии с настоящим Законом и подает иск в суд о лишении субъекта надзора права владения, пользования и (или) распоряжения такой продукцией согласно гражданско-процессуальному законодательству Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z136" w:id="120"/>
-[...15 lines deleted...]
-      25) изымает продукцию, представляющую непосредственную угрозу правам и законным интересам физических и юридических лиц, жизни и здоровью человека, окружающей среде, в соответствии с настоящим Законом и подает иск в суд о лишении субъекта надзора права владения, пользования и (или) распоряжения такой продукцией согласно гражданско-процессуальному законодательству Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z137" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) вносит предложения государственным органам о приведении нормативных правовых актов и правовых актов, затрагивающих объекты технического регулирования, в соответствие с законодательством Республики Казахстан в области технического регулирования, техническими регламентами и национальными стандартами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z137" w:id="121"/>
-[...15 lines deleted...]
-      26) вносит предложения государственным органам о приведении нормативных правовых актов и правовых актов, затрагивающих объекты технического регулирования, в соответствие с законодательством Республики Казахстан в области технического регулирования, техническими регламентами и национальными стандартами;</w:t>
+    <w:bookmarkStart w:name="z138" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) обращается в суд при невыполнении или ненадлежащем выполнении физическими, юридическими лицами законных требований или предписаний, постановлений, выданных должностными лицами в области технического регулирования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z138" w:id="122"/>
-[...15 lines deleted...]
-      27) обращается в суд при невыполнении или ненадлежащем выполнении физическими, юридическими лицами законных требований или предписаний, постановлений, выданных должностными лицами в области технического регулирования.</w:t>
+    <w:bookmarkStart w:name="z139" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В сфере оценки соответствия уполномоченный орган осуществляет следующие полномочия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z139" w:id="123"/>
-[...15 lines deleted...]
-      2. В сфере оценки соответствия уполномоченный орган осуществляет следующие полномочия:</w:t>
+    <w:bookmarkStart w:name="z140" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) разрабатывает и утверждает правила оценки соответствия;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z140" w:id="124"/>
-[...15 lines deleted...]
-      1) разрабатывает и утверждает правила оценки соответствия;</w:t>
+    <w:bookmarkStart w:name="z141" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечивает организацию работ по межлабораторным сравнительным испытаниям (сличению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z141" w:id="125"/>
-[...15 lines deleted...]
-      2) обеспечивает организацию работ по межлабораторным сравнительным испытаниям (сличению);</w:t>
+    <w:bookmarkStart w:name="z142" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) разрабатывает и утверждает правила по проверке правильности и обоснованности оформления одобрений типа транспортного средства, одобрений типа шасси;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z142" w:id="126"/>
-[...15 lines deleted...]
-      3) разрабатывает и утверждает правила по проверке правильности и обоснованности оформления одобрений типа транспортного средства, одобрений типа шасси;</w:t>
+    <w:bookmarkStart w:name="z143" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) разрабатывает и утверждает правила выпуска в обращение продукции, не включенной в Единый перечень, включенной в Единый перечень, но в отношении которой не приняты или не введены в действие технические регламенты, а также перечень продукции, в отношении которой принимается декларация об общей безопасности, форму декларации об общей безопасности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z143" w:id="127"/>
-[...15 lines deleted...]
-      4) разрабатывает и утверждает правила выпуска в обращение продукции, не включенной в Единый перечень, включенной в Единый перечень, но в отношении которой не приняты или не введены в действие технические регламенты, а также перечень продукции, в отношении которой принимается декларация об общей безопасности, форму декларации об общей безопасности;</w:t>
+    <w:bookmarkStart w:name="z144" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) утверждает для применения на территории Республики Казахстан в целях обеспечения соблюдения требований технического регламента Евразийского экономического союза, проведения исследований (испытаний) и измерений при оценке соответствия объектов технического регулирования требованиям технического регламента Евразийского экономического союза национальные (государственные) стандарты государств – членов Евразийского экономического союза в качестве национальных стандартов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z144" w:id="128"/>
-[...15 lines deleted...]
-      5) утверждает для применения на территории Республики Казахстан в целях обеспечения соблюдения требований технического регламента Евразийского экономического союза, проведения исследований (испытаний) и измерений при оценке соответствия объектов технического регулирования требованиям технического регламента Евразийского экономического союза национальные (государственные) стандарты государств – членов Евразийского экономического союза в качестве национальных стандартов Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z145" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) разрабатывает и утверждает правила принятия решений о включении или исключении органов по оценке соответствия в национальную часть (из национальной части) единого реестра органов по оценке соответствия Евразийского экономического союза.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z145" w:id="129"/>
-[...15 lines deleted...]
-      6) разрабатывает и утверждает правила принятия решений о включении или исключении органов по оценке соответствия в национальную часть (из национальной части) единого реестра органов по оценке соответствия Евразийского экономического союза.</w:t>
+    <w:bookmarkStart w:name="z146" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Уполномоченный орган осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z146" w:id="130"/>
-[...15 lines deleted...]
-      3. Уполномоченный орган осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 7 с изменениями, внесенными законами РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 8. Компетенция государственных органов в области технического регулирования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z148" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственные органы в пределах своей компетенции в области технического регулирования осуществляют:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z149" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) разработку, утверждение, отмену, приостановление технических регламентов, а также внесение изменений и (или) дополнений в технические регламенты по вопросам, входящим в их компетенцию, по согласованию с уполномоченным органом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z150" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) подготовку и внесение в уполномоченный орган в порядке, установленном законодательством Республики Казахстан, предложений о разработке технических регламентов или изменений и (или) дополнений в технические регламенты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z151" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) создание экспертных советов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z152" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) государственный контроль и надзор в порядке, определенном Предпринимательским кодексом Республики Казахстан, за соблюдением требований соответствующих технических регламентов в рамках установленной компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z153" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) разработку и исполнение планов мероприятий по реализации технических регламентов, в том числе Евразийского экономического союза;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z154" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) реализацию принципов надлежащей лабораторной практики в соответствии с правилами, утвержденными уполномоченным органом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z155" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) разработку (участие в разработке) нормативно-методической базы в области надлежащей лабораторной практики;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z156" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) подготовку предложений по созданию, модернизации и оснащению органов по подтверждению соответствия и лабораторий по продукции, подлежащей обязательному подтверждению соответствия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z157" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) участие в работе по включению или исключению органов по оценке соответствия в национальную часть (из национальной части) единого реестра органов по оценке соответствия Евразийского экономического союза;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z158" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) в случае применения нормативных технических документов для реализации требований технических регламентов внесение предложений по их разработке в качестве национальных стандартов в порядке, установленном законодательством Республики Казахстан в сфере стандартизации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z159" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 9. Государственная монополия по аккредитации в области оценки соответствия</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z161" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. К государственной монополии по аккредитации в области оценки соответствия относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z162" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аккредитация в области оценки соответствия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z163" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) формирование, ведение и сопровождение реестра технического регулирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z164" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мониторинг соответствия надлежащей лабораторной практики.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z165" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Указанные в пункте 1 настоящей статьи виды деятельности осуществляются республиканским государственным предприятием, созданным по решению Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z166" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Цены на товары (работы, услуги), производимые и (или) реализуемые субъектом государственной монополии, устанавливаются уполномоченным органом по согласованию с антимонопольным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 10. Полномочия Национального органа по стандартизации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z168" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Национальный орган по стандартизации в области технического регулирования в пределах своей компетенции участвует в разработке технических регламентов в соответствии с настоящим Законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 11. Экспертные советы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z170" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Экспертные советы создаются в курируемых отраслях для выработки предложений по совершенствованию деятельности, развитию перспективных направлений, рассмотрению вопросов, связанных с применением технических регламентов, проведением анализа на соответствие государственной политике и целям в области технического регулирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z171" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Состав экспертных советов и положение о них утверждаются государственными органами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z172" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В состав экспертных советов могут быть включены представители государственных органов, профильных технических комитетов по стандартизации, Национальной палаты предпринимателей, отраслевых ассоциаций и другие заинтересованные лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z173" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Работа экспертных советов осуществляется в форме заседаний. С учетом рекомендаций экспертных советов формируются предложения и замечания в международные договоры и акты, составляющие право Евразийского экономического союза, и законодательство Республики Казахстан, а также переговорная позиция Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 12. Информационный центр</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z175" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Информационный центр создается и функционирует в порядке, определяемом уполномоченным органом, для взаимодействия с Секретариатом Всемирной торговой организации, членами Всемирной торговой организации, международными и иностранными организациями по стандартизации с целью оказания консультационных услуг и представления заинтересованным сторонам и иностранным государствам копий документов и информации о (об):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z176" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) действующих или разрабатываемых технических регламентах, ветеринарно-санитарных и фитосанитарных мерах, документах по стандартизации и изменениях к ним, процедурах подтверждения соответствия продукции, услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z177" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) членстве или участии Республики Казахстан в международных организациях и международных договорах двустороннего и многостороннего характера в сфере стандартизации, в области технического регулирования, аккредитации, ветеринарии и фитосанитарии, в сфере санитарно-эпидемиологического благополучия населения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z178" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) источниках опубликования проектов разрабатываемых и принятых технических регламентов, документов по стандартизации, ветеринарно-санитарных и фитосанитарных мер и процедур подтверждения соответствия продукции, услуги или сведениях о них.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z179" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Взаимодействие с Секретариатом Всемирной торговой организации и членами Всемирной торговой организации по вопросам, связанным с обязательствами Республики Казахстан во Всемирной торговой организации, осуществляется через Информационный центр по вопросам Всемирной торговой организации в соответствии с законодательством Республики Казахстан о регулировании торговой деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z180" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Информация, предусмотренная пунктом 1 настоящей статьи, размещается в форме уведомлений на интернет-ресурсе Информационного центра.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z181" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Формы, порядок заполнения и представления уведомлений определяются уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 7 с изменениями, внесенными законами РК от 19.04.2023 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 12 с изменением, внесенным Законом РК от 19.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.04.2024 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 13. Органы по подтверждению соответствия</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z183" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Органы по подтверждению соответствия подлежат аккредитации в порядке, установленном законодательством Республики Казахстан об аккредитации в области оценки соответствия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z184" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. При обязательном подтверждении органы по подтверждению соответствия должны использовать результаты испытаний аккредитованных лабораторий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z185" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Органы по подтверждению соответствия на условиях договора с заявителями в пределах области аккредитации осуществляют следующие функции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z186" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) рассматривают заявки заявителей на проведение работ по обязательному и добровольному подтверждению соответствия, идентифицируют продукцию, услугу, предоставленные для подтверждения соответствия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z187" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) проводят работы по обязательному и добровольному подтверждению соответствия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z188" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) проводят по заявкам заявителей работы, необходимые для принятия декларации о соответствии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z189" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Органы по подтверждению соответствия вправе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z190" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проводить обязательное и добровольное подтверждение соответствия объектов технического регулирования в пределах области аккредитации по заявкам заявителей с выдачей сертификатов соответствия и (или) регистрацией деклараций о соответствии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z191" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) запрашивать от заявителей представления документов и (или) сведений, необходимых для выполнения работ по подтверждению соответствия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z192" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Органы по подтверждению соответствия обязаны:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z193" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечить заявителям беспрепятственный доступ к информации о процедурах и условиях подтверждения соответствия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z194" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) не допускать дискриминацию по отношению к заявителям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z195" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществлять учет данных о зарегистрированных, выданных, приостановленных, отмененных (прекращенных) документах об оценке соответствия, отказах в сертификации и их передачу в соответствии с правилами оценки соответствия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z196" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) обеспечивать конфиденциальность информации, составляющей коммерческий интерес заявителей, независимо от страны происхождения продукции, услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z197" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) соблюдать требования законодательства Республики Казахстан в области технического регулирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z198" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Органы по подтверждению соответствия и эксперты-аудиторы за нарушение законодательства Республики Казахстан в области технического регулирования несут ответственность в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z199" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Органы по подтверждению соответствия не вправе оказывать консалтинговые услуги в области аккредитации и не должны быть аффилированными с лицами, оказывающими эти услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z200" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Органы по подтверждению соответствия должны иметь на праве собственности или ином законном основании и использовать лаборатории, обеспечивающие испытания объектов технического регулирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 14. Лаборатории</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z202" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Лаборатории на условиях договора с органами по подтверждению соответствия или другими заявителями:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z203" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проводят испытания объектов для целей обязательного или добровольного подтверждения соответствия в пределах своей области аккредитации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z204" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечивают достоверность результатов испытаний;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z205" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оформляют и выдают результаты работ в порядке и по формам, которые определены правилами оценки соответствия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z206" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) проводят фото- и (или) видеофиксацию испытаний, результатов исследований (испытаний) и измерений продукции, если это предусмотрено техническим регламентом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z207" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сохраняют контрольные образцы исследованной (испытанной) продукции, если это предусмотрено нормативными правовыми актами Республики Казахстан и (или) нормативной технической документацией;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z208" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществляют иную деятельность в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z209" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Лаборатория должна иметь на праве собственности или на ином законном основании и использовать лабораторное оборудование, объем (перечень) которого в отдельных отраслях устанавливается уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z210" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. За нарушение законодательства Республики Казахстан в области технического регулирования лаборатории несут ответственность в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 14 с изменением, внесенным Законом РК от 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 8. Компетенция государственных органов в области технического регулирования</w:t>
-[...241 lines deleted...]
-    <w:bookmarkEnd w:id="142"/>
+        <w:t xml:space="preserve">Статья 15. Компетенция экспертов-аудиторов по подтверждению соответствия, требования к ним и основания для приостановления действия, лишения (отзыва) аттестатов экспертов-аудиторов по подтверждению соответствия    </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z212" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Эксперты-аудиторы по подтверждению соответствия участвуют в проведении работ по подтверждению соответствия определенных видов продукции, процессов и услуг в составе органа по подтверждению соответствия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z213" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Физические лица проходят аттестацию в уполномоченном органе и имеют право осуществлять деятельность в качестве эксперта-аудитора по подтверждению соответствия в составе только одного органа по подтверждению соответствия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z214" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Эксперты-аудиторы по подтверждению соответствия не вправе выполнять работы по подтверждению соответствия конкретной продукции, процессов и услуг, если они представляют интересы заявителя или состоят в трудовых или иных договорных отношениях с ним.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z215" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Приостановление действия аттестата эксперта-аудитора по подтверждению соответствия производится ведомством уполномоченного органа в случае установления факта выполнения работ по подтверждению соответствия на основании такого аттестата эксперта-аудитора другим лицом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z216" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Лишение (отзыв) аттестата эксперта-аудитора по подтверждению соответствия производится решением суда по иску ведомства уполномоченного органа, его территориального подразделения, органа по аккредитации в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z217" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) установления факта предоставления экспертом-аудитором недостоверной или умышленно искаженной информации в документах, явившихся основанием для выдачи аттестата;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z218" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) повторного установления факта выполнения работ по подтверждению соответствия на основании такого аттестата эксперта-аудитора другим лицом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z219" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) трехкратного нарушения законодательства Республики Казахстан, не влекущего наложения административного взыскания в виде приостановления действия аттестата эксперта-аудитора по подтверждению соответствия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z220" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) повторного нарушения законодательства Республики Казахстан, причинившего ущерб правам и законным интересам физических и юридических лиц, интересам государства и (или) влекущего наложение административного взыскания в виде приостановления действия аттестата эксперта-аудитора по подтверждению соответствия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 9. Государственная монополия по аккредитации в области оценки соответствия</w:t>
-[...1304 lines deleted...]
-      4) повторного нарушения законодательства Республики Казахстан, причинившего ущерб правам и законным интересам физических и юридических лиц, интересам государства и (или) влекущего наложение административного взыскания в виде приостановления действия аттестата эксперта-аудитора по подтверждению соответствия.</w:t>
+        <w:t>Статья 16. Мониторинг соответствия надлежащей лабораторной практики</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z222" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Мониторинг соответствия надлежащей лабораторной практики осуществляется с целью проведения проверки процедур и нормативов, применяемых лабораториями, включенными в программу мониторинга соответствия принципам надлежащей лабораторной практики, для оценки степени соответствия лабораторий принципам надлежащей лабораторной практики и сравнения первичных данных и записей с данными и записями, содержащимися в промежуточных и заключительных отчетах лабораторий.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="196"/>
-    <w:p>
-[...36 lines deleted...]
-    <w:bookmarkStart w:name="z223" w:id="198"/>
+    <w:bookmarkStart w:name="z223" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Функции органа мониторинга соответствия надлежащей лабораторной практики возлагаются на субъект государственной монополии, созданный в порядке, предусмотренном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 9 настоящего Закона, который выполняет следующие функции:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z224" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ведет мониторинг соответствия лаборатории принципам надлежащей лабораторной практики;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z224" w:id="199"/>
-[...15 lines deleted...]
-      1) ведет мониторинг соответствия лаборатории принципам надлежащей лабораторной практики;</w:t>
+    <w:bookmarkStart w:name="z225" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) определяет статус соответствия лаборатории принципам надлежащей лабораторной практики;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z225" w:id="200"/>
-[...15 lines deleted...]
-      2) определяет статус соответствия лаборатории принципам надлежащей лабораторной практики;</w:t>
+    <w:bookmarkStart w:name="z226" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) готовит инспекторов, осуществляющих мониторинг соответствия надлежащей лабораторной практики;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z226" w:id="201"/>
-[...15 lines deleted...]
-      3) готовит инспекторов, осуществляющих мониторинг соответствия надлежащей лабораторной практики;</w:t>
+    <w:bookmarkStart w:name="z227" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ведет реестр лабораторий, включенных в программу мониторинга соответствия принципам надлежащей лабораторной практики;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z227" w:id="202"/>
-[...15 lines deleted...]
-      4) ведет реестр лабораторий, включенных в программу мониторинга соответствия принципам надлежащей лабораторной практики;</w:t>
+    <w:bookmarkStart w:name="z228" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) осуществляет обмен информацией, касающейся мониторинга соответствия надлежащей лабораторной практики.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z228" w:id="203"/>
-[...15 lines deleted...]
-      5) осуществляет обмен информацией, касающейся мониторинга соответствия надлежащей лабораторной практики.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 17. Права и обязанности владельца сертификата соответствия, лица, принимающего декларацию о соответствии</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z230" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. На сертификацию продукции серийного производства заявителем может быть изготовитель или уполномоченное изготовителем лицо.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z231" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При ввозе на территорию Республики Казахстан продукции серийного производства заявителем на ее сертификацию должно быть уполномоченное изготовителем лицо.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z232" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На сертификацию партии продукции (единичного изделия) заявителями могут быть изготовитель, продавец, импортер, уполномоченное изготовителем лицо.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z233" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При ввозе на территорию Республики Казахстан выпускаемой партиями продукции (единичного изделия) заявителем на ее (его) сертификацию должен быть импортер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z234" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Владелец сертификата соответствия имеет право:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z235" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обращаться в орган по подтверждению соответствия с заявкой на повторную сертификацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z236" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) подавать в орган по подтверждению соответствия заявку о внесении изменений и (или) дополнений в сертификат соответствия, выдаче дубликата сертификата, прекращении действия сертификата, выдаче сертификата при повторной сертификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z237" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обжаловать в уполномоченный орган решения и (или) действия (бездействие) органа по подтверждению соответствия, а в случае несогласия с решением уполномоченного органа либо неполучения ответа в установленный законом Республики Казахстан срок – обжаловать в суд;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z238" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществлять иные права в соответствии с настоящим Законом, иными законами Республики Казахстан, техническими регламентами Евразийского экономического союза и иным правом Евразийского экономического союза, а также международными договорами Республики Казахстан, не составляющими права Евразийского экономического союза, договором на выполнение работ по сертификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z239" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Владелец сертификата соответствия обязан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z240" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) постоянно выполнять требования сертификации, включая реализацию соответствующих изменений, доведенных до него органом по подтверждению соответствия, в соответствии с условиями договора между заявителем на проведение сертификации и органом по подтверждению соответствия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z241" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выполнять требования к продукции, установленные техническими регламентами, на соответствие которым проводилась сертификация;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z242" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) после приостановления действия или отмены сертификата соответствия прекратить использовать все рекламные материалы, которые содержат ссылки на сертификацию, и принять меры, предусматриваемые схемой сертификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z243" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) информировать орган по подтверждению соответствия обо всех изменениях продукции, процесса ее производства, системы управления (при наличии), об изменении технологического оснащения производства, переносе производственных площадей, изменении организационно-правового статуса или формы собственности, адреса, контактных данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z244" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Не допускается использование на территории Республики Казахстан при выпуске в обращение продукции, подлежащей обязательному подтверждению соответствия, сертификатов соответствия, сведения о которых отсутствуют в реестре технического регулирования или единых реестрах выданных или принятых документов об оценке соответствия Евразийского экономического союза.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z245" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Владелец сертификата соответствия несет установленную законами Республики Казахстан ответственность за выпуск в обращение продукции, не отвечающей требованиям, установленным техническими регламентами, и не соответствующей сведениям, указанным в сертификате соответствия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z246" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Лицо, принимающее декларацию о соответствии, имеет право:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z247" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выбирать любую схему подтверждения соответствия, применяемую при декларировании соответствия, из числа схем, предусмотренных для этого объекта оценки соответствия с учетом условий их применения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z248" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) определять конкретный состав доказательственных материалов в отношении определенного объекта оценки соответствия с учетом выбранной схемы подтверждения соответствия и требований к составу доказательственных материалов, определенных техническим регламентом, а в случаях, если технические регламенты отсутствуют либо состав доказательственных материалов ими не определен, – в соответствии с правилами оценки соответствия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z249" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) подавать в орган по подтверждению соответствия в письменной форме заявление о регистрации декларации о соответствии, если иное не предусмотрено техническими регламентами Евразийского экономического союза и иным правом Евразийского экономического союза;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z250" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) подавать в орган по подтверждению соответствия в письменной форме заявление о прекращении действия регистрации декларации о соответствии, уведомление о прекращении действия декларации о соответствии техническим регламентам Евразийского экономического союза или заявление о прекращении действия декларации о соответствии по единой форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z251" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) обжаловать в уполномоченный орган решения и (или) действия (бездействие) органа по подтверждению соответствия, а в случае несогласия с решением уполномоченного органа либо неполучения ответа в установленный законом Республики Казахстан срок – обжаловать в суд.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z252" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Лицо, принимающее декларацию о соответствии, обязано:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z253" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выполнять требования правил оценки соответствия и (или) решений Евразийского экономического союза, касающиеся проведения декларирования соответствия и регистрации деклараций о соответствии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z254" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечивать соответствие продукции, в отношении которой принята и зарегистрирована декларация о соответствии, требованиям, установленным техническими регламентами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z255" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) приостанавливать или прекращать выпуск в обращение продукции, в отношении которой имеется зарегистрированная декларация о соответствии, если эта продукция не соответствует требованиям технических регламентов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z256" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. При ввозе на территорию Республики Казахстан серийно выпускаемой продукции признается декларация о соответствии, принятая уполномоченным изготовителем лицом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z257" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При ввозе на территорию Республики Казахстан выпускаемой партиями продукции признается декларация о соответствии, принятая импортером.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z258" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Не допускается использование на территории Республики Казахстан при выпуске в обращение продукции, подлежащей обязательному подтверждению соответствия, деклараций о соответствии, сведения о которых отсутствуют в реестре технического регулирования или единых реестрах выданных или принятых документов об оценке соответствия Евразийского экономического союза.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z259" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Лицо, принявшее декларацию о соответствии, несет установленную законами Республики Казахстан ответственность за выпуск в обращение прошедшей процедуру подтверждения соответствия продукции, не отвечающей требованиям, установленным техническими регламентами, и не соответствующей сведениям, указанным в декларации о соответствии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z260" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Положения пункта 1 настоящей статьи применяются в отношении владельцев свидетельства о безопасности конструкции типа транспортного средства, одобрения типа транспортного средства с исключениями, предусмотренными соответствующим техническим регламентом Евразийского экономического союза.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 17. Права и обязанности владельца сертификата соответствия, лица, принимающего декларацию о соответствии</w:t>
-[...618 lines deleted...]
-      11. Положения пункта 1 настоящей статьи применяются в отношении владельцев свидетельства о безопасности конструкции типа транспортного средства, одобрения типа транспортного средства с исключениями, предусмотренными соответствующим техническим регламентом Евразийского экономического союза.</w:t>
+        <w:t>Статья 18. Реестр технического регулирования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z262" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Реестр технического регулирования формируется на основе данных и сведений государственных органов в сфере разрешений и уведомлений, физических и юридических лиц, других центральных и местных исполнительных органов, Государственной корпорации "Правительство для граждан", а также единых реестров выданных или принятых документов об оценке соответствия Евразийского экономического союза.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="234"/>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z263" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Доступ к данным реестра технического регулирования для его пользователей осуществляется через веб-портал уполномоченного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z264" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Формирование, ведение и сопровождение реестра включают в себя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z265" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ведение, передачу и хранение данных реестра технического регулирования посредством информационной системы технического регулирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z266" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) предоставление сведений и информации государственным органам, обладающим правом на получение информации, включенной в информационную систему технического регулирования, в соответствии с законами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z267" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оказание электронных услуг пользователям посредством информационной системы технического регулирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z268" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) публикацию сведений и информации из реестра технического регулирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z269" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) иные функции в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z270" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...160 lines deleted...]
-      5) иные функции в соответствии с законодательством Республики Казахстан.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. ТЕХНИЧЕСКИЕ РЕГЛАМЕНТЫ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z270" w:id="243"/>
-[...4 lines deleted...]
-        <w:jc w:val="left"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...15 lines deleted...]
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 19. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z272" w:id="244"/>
+    <w:bookmarkStart w:name="z272" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Технические регламенты разрабатываются и применяются в целях, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 4 настоящего Закона.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z273" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Требования принятых и введенных в действие технических регламентов Республики Казахстан и технических регламентов Евразийского экономического союза являются обязательными для соблюдения всеми субъектами технического регулирования.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z273" w:id="245"/>
-[...15 lines deleted...]
-      2. Требования принятых и введенных в действие технических регламентов Республики Казахстан и технических регламентов Евразийского экономического союза являются обязательными для соблюдения всеми субъектами технического регулирования.</w:t>
+    <w:bookmarkStart w:name="z274" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Требования, установленные техническими регламентами, являются обязательными, имеют прямое действие на всей территории Республики Казахстан и могут быть изменены посредством внесения изменений и (или) дополнений в соответствующие технические регламенты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z274" w:id="246"/>
-[...15 lines deleted...]
-      3. Требования, установленные техническими регламентами, являются обязательными, имеют прямое действие на всей территории Республики Казахстан и могут быть изменены посредством внесения изменений и (или) дополнений в соответствующие технические регламенты.</w:t>
+    <w:bookmarkStart w:name="z275" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Для продукции и (или) связанных с требованиями к продукции процессов разработки, проектирования, изысканий, производства, строительства, монтажа, наладки, эксплуатации (использования), хранения, перевозки (транспортирования), реализации и утилизации, в отношении которых не введены в действие технические регламенты Евразийского экономического союза, действуют требования технических регламентов Республики Казахстан и иных нормативных правовых актов Республики Казахстан либо решений Евразийской экономической комиссии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z275" w:id="247"/>
-[...15 lines deleted...]
-      4. Для продукции и (или) связанных с требованиями к продукции процессов разработки, проектирования, изысканий, производства, строительства, монтажа, наладки, эксплуатации (использования), хранения, перевозки (транспортирования), реализации и утилизации, в отношении которых не введены в действие технические регламенты Евразийского экономического союза, действуют требования технических регламентов Республики Казахстан и иных нормативных правовых актов Республики Казахстан либо решений Евразийской экономической комиссии.</w:t>
+    <w:bookmarkStart w:name="z276" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. При производстве в Республике Казахстан продукции, предназначенной для реализации на экспорт за пределы таможенной территории Евразийского экономического союза, если условиями внешнеторгового договора определены иные технические требования, чем те, которые установлены техническими регламентами Республики Казахстан или техническими регламентами Евразийского экономического союза, применяются условия такого договора.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z276" w:id="248"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z277" w:id="249"/>
+    <w:bookmarkStart w:name="z277" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Требования, определенные техническими регламентами к процессам, устанавливаются и применяются только в случае, если они могут повлиять на достижение целей, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 4 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z278" w:id="250"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z278" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Требования, установленные техническими регламентами, не должны создавать препятствия для предпринимательской деятельности в большей степени, чем это необходимо для выполнения целей, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 4 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z279" w:id="251"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z279" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. В случае несоответствия технического регламента положениям </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, интересам государственной политики, развитию материально-технической базы и уровню научно-технического развития, а также международным договорам, ратифицированным Республикой Казахстан, государственный орган, принявший технический регламент, обязан начать процедуру отмены или внесения изменений в такой нормативный правовой акт.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z280" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Технический регламент должен предусматривать срок и условия введения его в действие, устанавливающие время переходного периода, в течение которого должны быть учтены вопросы для введения в действие технического регламента, разработки и (или) внесения изменений и (или) дополнений в нормативную техническую документацию, а также вопросы, связанные с выпуском продукции.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z280" w:id="252"/>
-[...15 lines deleted...]
-      9. Технический регламент должен предусматривать срок и условия введения его в действие, устанавливающие время переходного периода, в течение которого должны быть учтены вопросы для введения в действие технического регламента, разработки и (или) внесения изменений и (или) дополнений в нормативную техническую документацию, а также вопросы, связанные с выпуском продукции.</w:t>
+    <w:bookmarkStart w:name="z281" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Требования технических регламентов считаются выполненными, если при производстве продукции использовались взаимосвязанные стандарты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z281" w:id="253"/>
-[...15 lines deleted...]
-      10. Требования технических регламентов считаются выполненными, если при производстве продукции использовались взаимосвязанные стандарты.</w:t>
+    <w:bookmarkStart w:name="z282" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Анализ и систематизация взаимосвязанных стандартов осуществляются Национальным органом по стандартизации в соответствии с законодательством Республики Казахстан в сфере стандартизации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z282" w:id="254"/>
-[...15 lines deleted...]
-      Анализ и систематизация взаимосвязанных стандартов осуществляются Национальным органом по стандартизации в соответствии с законодательством Республики Казахстан в сфере стандартизации.</w:t>
+    <w:bookmarkStart w:name="z283" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При производстве продукции могут использоваться документы по стандартизации при условии обеспечения ими выполнения требований и норм, установленных техническими регламентами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z283" w:id="255"/>
-[...15 lines deleted...]
-      При производстве продукции могут использоваться документы по стандартизации при условии обеспечения ими выполнения требований и норм, установленных техническими регламентами.</w:t>
+    <w:bookmarkStart w:name="z284" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. При отсутствии в технических регламентах схем подтверждения соответствия продукции они определяются в национальных стандартах.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z284" w:id="256"/>
-[...15 lines deleted...]
-      11. При отсутствии в технических регламентах схем подтверждения соответствия продукции они определяются в национальных стандартах.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 20. Содержание технических регламентов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z286" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Технические регламенты с учетом степени риска причинения вреда устанавливают минимально необходимые требования, обеспечивающие безопасность продукции, процессов, связанных с требованиями к данной продукции.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="256"/>
-    <w:p>
-[...32 lines deleted...]
-      1. Технические регламенты с учетом степени риска причинения вреда устанавливают минимально необходимые требования, обеспечивающие безопасность продукции, процессов, связанных с требованиями к данной продукции.</w:t>
+    <w:bookmarkStart w:name="z287" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Технический регламент должен содержать:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z287" w:id="258"/>
-[...15 lines deleted...]
-      2. Технический регламент должен содержать:</w:t>
+    <w:bookmarkStart w:name="z288" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) исчерпывающий перечень продукции, процессов, на которые распространяются его требования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z288" w:id="259"/>
-[...15 lines deleted...]
-      1) исчерпывающий перечень продукции, процессов, на которые распространяются его требования;</w:t>
+    <w:bookmarkStart w:name="z289" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) требования к характеристикам продукции, процессам, обеспечивающим достижение целей принятия технического регламента.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z289" w:id="260"/>
-[...15 lines deleted...]
-      2) требования к характеристикам продукции, процессам, обеспечивающим достижение целей принятия технического регламента.</w:t>
+    <w:bookmarkStart w:name="z290" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В техническом регламенте могут содержаться правила отбора проб и испытаний продукции, формы и схемы оценки соответствия и (или) требования к терминологии, упаковке, маркировке или этикетированию и правилам их нанесения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z290" w:id="261"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z291" w:id="262"/>
+    <w:bookmarkStart w:name="z291" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Технический регламент не должен содержать требования к конструкции и исполнению продукции, за исключением случаев, когда из-за отсутствия требований к конструкции и исполнению с учетом степени риска причинения вреда не обеспечивается достижение целей, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 4 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z292" w:id="263"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z292" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Международные, региональные стандарты и стандарты иностранных государств могут применяться в качестве основы при разработке технических регламентов полностью или частично, если они соответствуют целям, предусмотренным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 4 настоящего Закона.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z293" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В случае, если невозможно определить требования к продукции, длительное использование которой может причинить вред, нанесение которого зависит от факторов, не позволяющих определить степень допустимого риска, технический регламент должен содержать требования, касающиеся информирования потребителя о возможном вреде продукции и факторах, от которых он зависит.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z293" w:id="264"/>
-[...15 lines deleted...]
-      5. В случае, если невозможно определить требования к продукции, длительное использование которой может причинить вред, нанесение которого зависит от факторов, не позволяющих определить степень допустимого риска, технический регламент должен содержать требования, касающиеся информирования потребителя о возможном вреде продукции и факторах, от которых он зависит.</w:t>
+    <w:bookmarkStart w:name="z294" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. В технических регламентах с учетом степени риска причинения вреда могут содержаться специальные требования:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z294" w:id="265"/>
-[...15 lines deleted...]
-      6. В технических регламентах с учетом степени риска причинения вреда могут содержаться специальные требования:</w:t>
+    <w:bookmarkStart w:name="z295" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечивающие защиту отдельных категорий граждан (несовершеннолетних, беременных женщин, кормящих матерей, лиц с инвалидностью);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z295" w:id="266"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z296" w:id="267"/>
+    <w:bookmarkStart w:name="z296" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) применяемые в отдельных административно-территориальных единицах Республики Казахстан, если отсутствие таких требований в силу климатических и географических особенностей приведет к недостижению целей, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 4 настоящего Закона;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z297" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) к трансграничным опасным производственным объектам, которые в случае чрезвычайных ситуаций техногенного характера представляют угрозу жизни и здоровью человека, окружающей среде Республики Казахстан и других сопредельных государств.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z297" w:id="268"/>
-[...15 lines deleted...]
-      3) к трансграничным опасным производственным объектам, которые в случае чрезвычайных ситуаций техногенного характера представляют угрозу жизни и здоровью человека, окружающей среде Республики Казахстан и других сопредельных государств.</w:t>
+    <w:bookmarkStart w:name="z298" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В технических регламентах устанавливаются требования, обеспечивающие безопасность продукции, процессов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z298" w:id="269"/>
-[...15 lines deleted...]
-      7. В технических регламентах устанавливаются требования, обеспечивающие безопасность продукции, процессов.</w:t>
+    <w:bookmarkStart w:name="z299" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Не допускается внесение в технический регламент изменений и дополнений, содержащих требования к безопасности продукции и связанным с требованиями к ней процессам жизненного цикла ниже установленных в принятых технических регламентах.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z299" w:id="270"/>
-[...15 lines deleted...]
-      8. Не допускается внесение в технический регламент изменений и дополнений, содержащих требования к безопасности продукции и связанным с требованиями к ней процессам жизненного цикла ниже установленных в принятых технических регламентах.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 20 с изменением, внесенным Законом РК от 27.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 129-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 21. Особенности разработки, экспертизы, принятия, изменения и отмены технического регламента</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z301" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Технический регламент, изменения и (или) дополнения в технический регламент разрабатываются, принимаются и подлежат отмене в установленном порядке с учетом положений настоящего Закона.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z302" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Предложения по разработке, изменению, дополнению или отмене технического регламента подготавливаются государственными органами, в компетенцию которых входит установление обязательных правил и норм, с учетом предложений технических комитетов по стандартизации, Национальной палаты предпринимателей Республики Казахстан, Национального органа по стандартизации, заинтересованных сторон и представляются в уполномоченный орган.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z303" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Уполномоченный орган формирует и утверждает проект плана по разработке технических регламентов. Утвержденный план по разработке технических регламентов подлежит опубликованию на интернет-ресурсе уполномоченного органа в течение десяти календарных дней с даты утверждения в установленном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z304" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Не допускается финансирование за счет бюджетных средств работ по разработке технических регламентов, не предусмотренных планом по разработке технических регламентов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z305" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Государственный орган, разработавший проект технического регламента, размещает на интернет-ресурсе уполномоченного органа уведомление установленной формы о разработке проекта, изменений и (или) дополнений или отмене технического регламента не позднее тридцати календарных дней с момента начала работ по разработке проекта, изменению и дополнению или отмене нормативного правового акта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z306" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Государственный орган, разработавший проект технического регламента:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z307" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) организует публичное обсуждение проекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z308" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) дорабатывает проект с учетом полученных замечаний и размещает в информационной системе общего пользования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z309" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) представляет по запросу заинтересованным сторонам полученные замечания к проекту технического регламента;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z310" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) формирует перечень взаимосвязанных стандартов, в результате применения которых обеспечивается соблюдение требований технического регламента, а также перечень стандартов, содержащих правила и методы исследований (испытаний) и измерений, в том числе правила отбора образцов, необходимые для применения и исполнения требований технического регламента и осуществления оценки (подтверждения) соответствия продукции (далее – перечень стандартов, содержащих правила и методы), которые оформляются в виде приложения к проекту технического регламента.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z311" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перечень взаимосвязанных стандартов, в результате применения которых обеспечивается соблюдение требований технического регламента, не формируется в случае, если требования технического регламента могут быть выполнены непосредственно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z312" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перечень стандартов, содержащих правила и методы, не формируется в случаях, когда технический регламент не содержит требований о проведении оценки соответствия либо когда оценка соответствия требованиям технического регламента может быть осуществлена без проведения исследований (испытаний) и измерений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z313" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В перечень стандартов, содержащих правила и методы, включаются национальные стандарты и (или) межгосударственные стандарты, а в случае их отсутствия – методики выполнения измерений, которые являются обязательными для осуществления оценки (подтверждения) соответствия продукции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z314" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отсутствии в перечне стандартов, содержащих правила и методы, национального стандарта, межгосударственного стандарта, методики выполнения измерений, необходимых для применения и исполнения требования технического регламента и осуществления оценки соответствия объектов технического регулирования, соответствующее требование технического регламента вводится в действие только после того, когда соответствующий национальный стандарт и (или) межгосударственный стандарт, а в случае их отсутствия методика выполнения измерений будут включены в перечень стандартов, содержащих правила и методы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z315" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Срок публичного обсуждения проекта технического регламента (со дня опубликования уведомления о его разработке до дня опубликования уведомления о завершении публичного обсуждения) должен быть не менее шестидесяти календарных дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z316" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Уведомление о завершении публичного обсуждения проекта технического регламента должно быть опубликовано на интернет-ресурсе уполномоченного органа и содержать информацию о способе ознакомления с проектом и перечнем полученных замечаний, наименование государственного органа, разработавшего проект технического регламента, его почтовый и электронный адреса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z317" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Окончательная редакция проекта технического регламента представляется для принятия в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z318" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Между датой принятия и датой введения в действие или отмены технического регламента должен предусматриваться период времени, необходимый для осуществления мероприятий по обеспечению соблюдения его требований.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z319" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. При необходимости разработки, принятия и введения в действие технического регламента, в том числе внесения изменений в него, вызванной чрезвычайными обстоятельствами (информация от государственного органа о непосредственной угрозе жизни и здоровью человека, окружающей среде или национальной безопасности), технический регламент принимается без уведомлений и публичного обсуждения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z320" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Уведомление о принятом техническом регламенте должно быть опубликовано на интернет-ресурсе уполномоченного органа, а также направлено в Секретариат Всемирной торговой организации через Информационный центр по вопросам Всемирной торговой организации в соответствии с законодательством Республики Казахстан о регулировании торговой деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z321" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. ОЦЕНКА СООТВЕТСТВИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 22. Оценка соответствия</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z323" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Оценка соответствия выпускаемой в обращение продукции требованиям технических регламентов и (или) документов по стандартизации осуществляется до выпуска ее в обращение, если иное не установлено техническим регламентом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z324" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В правилах оценки соответствия устанавливаются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z325" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) формы, схемы, процедуры оценки соответствия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z326" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) формы документов об оценке соответствия, порядок их оформления, выдачи, периодической оценки, приостановления, возобновления и прекращения их действия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z327" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) порядок создания и применения системы добровольной сертификации, а также ведения реестра зарегистрированных систем добровольной сертификации и порядок представления сведений, содержащихся в указанном реестре.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 23. Формы и объекты оценки соответствия</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z329" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Оценка соответствия проводится в формах:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z330" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) подтверждения соответствия (декларирования соответствия и сертификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z331" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) испытаний, если они согласно техническим регламентам являются самостоятельной формой оценки соответствия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z332" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) иных, установленных техническими регламентами и (или) национальными стандартами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z333" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Установление государственными органами форм оценки соответствия, предусмотренных пунктом 1 настоящей статьи, подлежит согласованию с уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z334" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Объекты оценки соответствия определяются техническими регламентами и (или) документами по стандартизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 24. Документы об оценке соответствия</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z336" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К документам об оценке соответствия относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z337" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сертификат соответствия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z338" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) декларация о соответствии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z339" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) протокол испытаний, если испытание является самостоятельной формой оценки соответствия согласно техническим регламентам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z340" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) декларация об общей безопасности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z341" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) свидетельство о безопасности конструкции транспортного средства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z342" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) одобрение типа транспортного средства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z343" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) одобрение типа шасси;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z344" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) иные документы, установленные техническими регламентами и (или) документами по стандартизации в формах регистрации (государственной регистрации), испытаний, экспертизы и (или) в иной форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 25. Подтверждение соответствия продукции и процессов и услуг установленным требованиям</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z346" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Подтверждение соответствия продукции требованиям, установленным техническими регламентами, проводится в форме принятия декларации о соответствии и (или) в форме проведения сертификации и выдачи сертификата соответствия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z347" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Управление работами по подтверждению соответствия осуществляется в рамках государственной системы технического регулирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z348" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Подтверждение соответствия технически сложного изделия и (или) технически сложного товара обязательным требованиям проводится в форме сертификации, на конструктивные элементы технически сложного изделия и (или) технически сложного товара представляются протоколы испытаний, если иное не установлено техническими регламентами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z349" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Подтверждение соответствия продукции и процессов на территории Республики Казахстан носит обязательный или добровольный характер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z350" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Схемы подтверждения соответствия содержат способы установления соответствия (испытания, анализ состояния производства, оценку системы менеджмента качества, анализ технической документации, анализ продукции) и применяются органами по подтверждению соответствия и (или) изготовителями продукции при проведении процедур сертификации или принятия декларации о соответствии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z351" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При подтверждении соответствия продукции могут привлекаться технические эксперты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z352" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Иностранные и международные организации, выдающие документы об оценке соответствия иностранного образца, вправе осуществлять деятельность на территории Республики Казахстан с уведомлением уполномоченного органа о начале деятельности в порядке, установленном Законом Республики Казахстан "О разрешениях и уведомлениях".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 20 с изменением, внесенным Законом РК от 27.06.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 129-VII</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 25 с изменением, внесенным Законом РК от 27.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 87-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 21. Особенности разработки, экспертизы, принятия, изменения и отмены технического регламента</w:t>
-[...407 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:t>Статья 26. Обязательное подтверждение соответствия</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z354" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Продукция, подлежащая обязательному подтверждению соответствия, определяется техническими регламентами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z355" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Обязательное подтверждение соответствия осуществляется в формах:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z356" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) принятия декларации о соответствии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z357" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) проведения обязательной сертификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z358" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Обязательное подтверждение соответствия проводится только в случаях, установленных соответствующим техническим регламентом и исключительно на соответствие его требованиям.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z359" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В целях идентификации продукции допускается применение стандартов организаций, но стандарты организаций не могут применяться для проведения процедур обязательного подтверждения соответствия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z360" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Не относится к объектам обязательного подтверждения соответствия продукция, бывшая в употреблении, ввозимая для выставки и без ее целевого использования, а также поставляемая по линии гуманитарной помощи, если иное не установлено техническими регламентами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:bookmarkEnd w:id="291"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 27. Декларация об общей безопасности продукции</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z362" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Декларация об общей безопасности продукции оформляется в отношении продукции, не включенной в Единый перечень, а также продукции, включенной в Единый перечень, но в отношении которой не приняты или не введены в действие технические регламенты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z363" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Декларация об общей безопасности продукции принимается на добровольной основе изготовителем, уполномоченным изготовителем лицом, импортером, продавцом и вносится в информационную систему технического регулирования на основании уведомления, полученного от лица, принявшего декларацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z364" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Применение на добровольной основе национальных стандартов, действие которых распространяется на выпускаемую в обращение продукцию, является достаточным условием для обеспечения общей безопасности продукции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z365" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Декларация об общей безопасности продукции принимается на основании доказательств, полученных в результате применения национальных стандартов и (или) других документов по стандартизации и (или) использования технической документации и (или) результатов исследований (испытаний) и измерений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 22. Оценка соответствия</w:t>
-[...101 lines deleted...]
-    <w:bookmarkEnd w:id="296"/>
+        <w:t>Статья 28. Проверка правильности и обоснованности оформления одобрения типа транспортного средства, одобрения типа шасси</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z367" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Проверка правильности и обоснованности оформления одобрения типа транспортного средства, одобрения типа шасси осуществляется в целях утверждения и регистрации одобрения типа транспортного средства, одобрения типа шасси.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z368" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Орган по подтверждению соответствия представляет перечень документов, указанных в правилах по проверке правильности и обоснованности оформления одобрения типа транспортного средства, одобрения типа шасси, техническому секретариату.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z369" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Рассмотрение документов осуществляется техническим секретариатом в течение тридцати рабочих дней, исчисляемых с даты их поступления в технический секретариат.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z370" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В случаях неполноты представленных документов и (или) их несоответствия требованиям, установленным правилами по проверке правильности и обоснованности оформления одобрения типа транспортного средства, одобрения типа шасси, технический секретариат возвращает представленные документы с приложением письменного мотивированного отказа в орган по подтверждению соответствия в течение пятнадцати календарных дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z371" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В случае положительного решения технический секретариат направляет одобрение типа транспортного средства, одобрение типа шасси в уполномоченный орган.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z372" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Технический секретариат осуществляет сбор сведений о выданных лабораториями свидетельствах о безопасности конструкции транспортного средства с нарушениями в их оформлении и выдаче.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 23. Формы и объекты оценки соответствия</w:t>
-[...121 lines deleted...]
-    <w:bookmarkEnd w:id="302"/>
+        <w:t xml:space="preserve">Статья 29. Утверждение и регистрация одобрений типа транспортного средства, одобрений типа шасси   </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z374" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Утверждение и регистрация одобрений типа транспортного средства, одобрений типа шасси осуществляются в соответствии с правилами по утверждению и регистрации одобрений типа транспортного средства, одобрений типа шасси.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z375" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Технический секретариат для утверждения и регистрации представляет в уполномоченный орган одобрения типа транспортного средства, одобрения типа шасси.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z376" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Утверждение и регистрация одобрений типа транспортного средства, одобрений типа шасси осуществляются уполномоченным органом в течение десяти календарных дней, исчисляемых с даты их поступления в уполномоченный орган.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 24. Документы об оценке соответствия</w:t>
-[...181 lines deleted...]
-    <w:bookmarkEnd w:id="311"/>
+        <w:t xml:space="preserve">Статья 30. Присвоение международных идентификационных кодов изготовителям транспортных средств   </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z378" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Присвоение международных идентификационных кодов изготовителям транспортных средств осуществляется техническим секретариатом в соответствии с правилами присвоения международных идентификационных кодов изготовителям транспортных средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z379" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Изготовитель транспортного средства для получения свидетельства о присвоении международного идентификационного кода изготовителю транспортного средства направляет перечень документов в соответствии с правилами присвоения международных идентификационных кодов изготовителям транспортных средств в технический секретариат.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z380" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Рассмотрение документов по присвоению международных идентификационных кодов изготовителям транспортных средств осуществляется в течение тридцати календарных дней, исчисляемых с даты их поступления в технический секретариат.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z381" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. По результатам рассмотрения документов изготовителю транспортного средства выдается свидетельство о присвоении международного идентификационного кода изготовителю транспортного средства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 25. Подтверждение соответствия продукции и процессов и услуг установленным требованиям</w:t>
-[...203 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve">Статья 31. Права и обязанности изготовителей, импортеров, уполномоченных изготовителем лиц, продавцов продукции в сфере подтверждения соответствия </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z383" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Изготовители, импортеры, уполномоченные изготовителем лица и продавцы продукции вправе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z384" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выбирать предусмотренные для данной продукции форму и схемы подтверждения соответствия требованиям, установленным техническими регламентами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z385" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обращаться в любой орган по подтверждению соответствия, область аккредитации которого распространяется на заявляемую продукцию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z386" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) применять знак соответствия к продукции, прошедшей обязательное подтверждение соответствия, если это предусмотрено выбранной схемой подтверждения соответствия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z387" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) обращаться в уполномоченный орган с жалобами на неправомерные действия субъектов аккредитации в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z388" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) обращаться в суд за защитой своих прав и законных интересов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z389" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Изготовители, импортеры, уполномоченные изготовителем лица, продавцы продукции, подлежащей обязательному подтверждению соответствия, обязаны:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z390" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечить соответствие продукции требованиям, установленным техническими регламентами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z391" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечить проведение подтверждения соответствия продукции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z392" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) представлять по требованию приобретателей, в том числе потребителей, сертификаты соответствия, декларации о соответствии продукции, их копии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z393" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) указывать в сопроводительной документации сведения о сертификате соответствия или декларации о соответствии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z394" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) приостанавливать или прекращать выпуск в обращение продукции, если срок действия сертификата соответствия или декларации о соответствии истек либо действие сертификата соответствия или декларации о соответствии приостановлено, отменено или прекращено;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z395" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) извещать орган по подтверждению соответствия об изменениях, вносимых в техническую документацию или технологические процессы производства сертифицированной продукции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z396" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) приостанавливать производство и (или) выпуск в обращение продукции, не соответствующей требованиям, установленным техническими регламентами, по результатам подтверждения соответствия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z397" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) обеспечить отзыв продукции, не соответствующей требованиям, установленным техническими регламентами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z398" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) исполнять предписания уполномоченного органа и иных государственных органов, уполномоченных осуществлять государственный контроль и надзор за соблюдением требований технических регламентов, в установленные ими сроки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 26. Обязательное подтверждение соответствия</w:t>
-[...141 lines deleted...]
-    <w:bookmarkEnd w:id="325"/>
+        <w:t>Статья 32. Сертификат соответствия</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z400" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Сертификат соответствия выдается заявителю органом по подтверждению соответствия на продукцию, процессы и услуги при условии положительных результатов выполнения всех процедур согласно выбранной схеме подтверждения соответствия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z401" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Владельцами сертификата соответствия являются изготовитель, импортер, уполномоченное изготовителем лицо, продавец.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z402" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Формы сертификата соответствия и порядок их оформления определяются правилами оценки соответствия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z403" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сертификат соответствия подлежит регистрации в реестре технического регулирования или единых реестрах выданных или принятых документов об оценке соответствия Евразийского экономического союза органом по подтверждению соответствия, выдавшим его.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z404" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Действие сертификата соответствия распространяется на всей территории Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z405" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Сертификат соответствия на серийно выпускаемую продукцию выдается на срок, установленный схемой подтверждения соответствия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 27. Декларация об общей безопасности продукции</w:t>
-[...81 lines deleted...]
-    <w:bookmarkEnd w:id="329"/>
+        <w:t>Статья 33. Знак соответствия</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z407" w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Знак соответствия предназначается для маркировки продукции, прошедшей процедуры подтверждения соответствия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z408" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Изображение знака соответствия, технические требования к нему и порядок маркировки определяются национальными стандартами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z409" w:id="366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Изготовитель, импортер, уполномоченное изготовителем лицо, продавец, получившие сертификат соответствия, вправе применять знак соответствия любыми удобными для них установленными национальными стандартами способами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z410" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Не допускается нанесение знака соответствия на продукцию, подлежащую обязательному подтверждению соответствия и не прошедшую подтверждение соответствия требованиям, установленным техническими регламентами и (или) национальными стандартами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 28. Проверка правильности и обоснованности оформления одобрения типа транспортного средства, одобрения типа шасси</w:t>
-[...121 lines deleted...]
-    <w:bookmarkEnd w:id="335"/>
+        <w:t>Статья 34. Декларация о соответствии</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z412" w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Декларация о соответствии оформляется в отношении продукции, подлежащей обязательному подтверждению соответствия, в случае, если это предусмотрено техническими регламентами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z413" w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лицами, принимающими декларацию о соответствии, являются изготовитель, импортер, уполномоченное изготовителем лицо, продавец.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z414" w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Действие декларации о соответствии на серийно выпускаемую продукцию и на партию продукции устанавливается схемой подтверждения соответствия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z415" w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Декларация о соответствии подлежит регистрации в реестре технического регулирования или единых реестрах выданных или принятых документов об оценке соответствия Евразийского экономического союза органом по подтверждению соответствия, область аккредитации которого включает данный вид продукции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z416" w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Декларирование соответствия может осуществляться:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z417" w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) принятием декларации о соответствии на основании собственных доказательств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z418" w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) принятием декларации о соответствии на основании доказательств, полученных при участии органа по сертификации систем менеджмента качества и (или) аккредитованной лаборатории, и (или) органа по сертификации продукции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z419" w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перечень документов, которые могут использоваться в качестве доказательств для подтверждения соответствия, определяется соответствующим техническим регламентом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z420" w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В качестве доказательств используются техническая документация, результаты собственных исследований (испытаний) и измерений и (или) другие документы, послужившие основанием для подтверждения соответствия продукции требованиям, установленным техническими регламентами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z421" w:id="377"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При декларировании соответствия на основании собственных доказательств и доказательств, полученных с участием органа по подтверждению соответствия, заявитель по своему выбору в дополнение к собственным доказательствам вправе использовать протоколы исследований (испытаний) и измерений, проведенных в лаборатории, представлять сертификат системы менеджмента качества.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z422" w:id="378"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сертификат системы менеджмента качества может использоваться в составе доказательств при принятии декларации о соответствии, за исключением случая, если для такой продукции техническими регламентами предусмотрена иная форма подтверждения соответствия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z423" w:id="379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В течение трех лет с момента окончания срока действия декларации о соответствии первый экземпляр декларации о соответствии и материалы, используемые в качестве доказательств для подтверждения соответствия, хранятся у заявителя, а второй экземпляр декларации о соответствии хранится в органе по подтверждению соответствия, зарегистрировавшем ее.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Статья 29. Утверждение и регистрация одобрений типа транспортного средства, одобрений типа шасси   </w:t>
-[...61 lines deleted...]
-    <w:bookmarkEnd w:id="338"/>
+        <w:t>Статья 35. Условия обращения на рынке продукции, в отношении которой введены в действие технические регламенты</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z425" w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Необходимым условием обращения на рынке продукции, в отношении которой введены в действие технические регламенты, является ее соответствие требованиям, установленным техническими регламентами, подтвержденное в установленном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z426" w:id="381"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Продукция, соответствующая требованиям технических регламентов Евразийского экономического союза, распространяющимся на эту продукцию, и прошедшая установленные техническими регламентами Евразийского экономического союза процедуры оценки соответствия, подлежит обязательной маркировке единым знаком обращения продукции на рынке Евразийского экономического союза в соответствии с правом Евразийского экономического союза.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z427" w:id="382"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Запрещается выпуск в обращение продукции, в отношении которой введены в действие технические регламенты, не прошедшей оценку соответствия, а также без наличия документов об оценке соответствия или при отсутствии сведений о наличии таких документов в реестре технического регулирования или единых реестрах выданных или принятых документов об оценке соответствия Евразийского экономического союза.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z428" w:id="383"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Не допускается рекламирование продукции, в отношении которой введены в действие технические регламенты, не прошедшей оценку соответствия в установленном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z429" w:id="384"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Изготовители, уполномоченные изготовителем лица, импортеры, продавцы продукции при выпуске ее в обращение по требованию должностных лиц, осуществляющих государственный контроль и надзор в области технического регулирования, представляют им документы об оценке соответствия продукции требованиям, установленным техническими регламентами, или сведения о наличии таких документов из реестра технического регулирования или единых реестров выданных или принятых документов об оценке соответствия Евразийского экономического союза, другие доказательственные материалы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Статья 30. Присвоение международных идентификационных кодов изготовителям транспортных средств   </w:t>
-[...81 lines deleted...]
-    <w:bookmarkEnd w:id="342"/>
+        <w:t>Статья 36. Добровольное подтверждение соответствия</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z431" w:id="385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Добровольное подтверждение соответствия проводится в форме добровольной сертификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z432" w:id="386"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Добровольная сертификация проводится по инициативе и требованиям заявителя в отношении любых объектов оценки соответствия на предмет их соответствия документам по стандартизации, а при их отсутствии – заявленным требованиям.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z433" w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Порядок функционирования и применения системы добровольной сертификации, а также ведения реестра зарегистрированных систем добровольной сертификации и представления сведений, содержащихся в указанном реестре, определяется уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z434" w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Система добровольной сертификации может быть создана юридическим лицом и (или) физическим лицом, зарегистрированным в качестве индивидуального предпринимателя, или несколькими юридическими лицами и (или) физическими лицами, зарегистрированными в качестве индивидуальных предпринимателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z435" w:id="389"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лицо или лица, создавшие систему добровольной сертификации, устанавливают перечень объектов, подлежащих сертификации, и их характеристик, на соответствие которым осуществляется добровольная сертификация, определяют участников данной системы добровольной сертификации. Системой добровольной сертификации может предусматриваться применение знака соответствия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z436" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Добровольное подтверждение соответствия не заменяет обязательного подтверждения соответствия продукции, если это установлено техническим регламентом или иными нормативными правовыми актами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z437" w:id="391"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Добровольное подтверждение соответствия проводится органом по подтверждению соответствия на договорной основе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z438" w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Требования к порядку проведения процедуры добровольного подтверждения соответствия и присвоения знаков соответствия устанавливаются национальными стандартами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z439" w:id="393"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Государственными органами, местными исполнительными органами и иными организациями реализуются меры по созданию благоприятных условий для стимулирования развития отечественного производства товаров, работ, услуг, прошедших добровольное подтверждение соответствия национальным стандартам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Статья 31. Права и обязанности изготовителей, импортеров, уполномоченных изготовителем лиц, продавцов продукции в сфере подтверждения соответствия </w:t>
-[...321 lines deleted...]
-    <w:bookmarkEnd w:id="358"/>
+        <w:t>Статья 37. Подтверждение соответствия услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z441" w:id="394"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подтверждение соответствия услуг проводится путем добровольной сертификации оказываемых услуг на соответствие установленным требованиям законодательства Республики Казахстан и документов по стандартизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z442" w:id="395"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Схемы, применяемые при сертификации, определяются заявителем с учетом особенностей исполнения услуг, возможности проведения испытаний, требуемого уровня доказательности, возможных затрат заявителя при обеспечении сохранности имущества потребителя в порядке, определенном правилами оценки соответствия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 32. Сертификат соответствия</w:t>
-[...843 lines deleted...]
-      Схемы, применяемые при сертификации, определяются заявителем с учетом особенностей исполнения услуг, возможности проведения испытаний, требуемого уровня доказательности, возможных затрат заявителя при обеспечении сохранности имущества потребителя в порядке, определенном правилами оценки соответствия.</w:t>
+        <w:t>Статья 38. Испытания продукции</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z444" w:id="396"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Целями испытаний являются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="396"/>
-    <w:p>
-[...32 lines deleted...]
-      1. Целями испытаний являются:</w:t>
+    <w:bookmarkStart w:name="z445" w:id="397"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) определение характеристик свойств образца продукции, иного объекта оценки соответствия;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="397"/>
-    <w:bookmarkStart w:name="z445" w:id="398"/>
-[...15 lines deleted...]
-      1) определение характеристик свойств образца продукции, иного объекта оценки соответствия;</w:t>
+    <w:bookmarkStart w:name="z446" w:id="398"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечение проведения подтверждения соответствия, если испытания являются процедурой в рамках подтверждения соответствия;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="398"/>
-    <w:bookmarkStart w:name="z446" w:id="399"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z447" w:id="400"/>
+    <w:bookmarkStart w:name="z447" w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) иные цели, указанные в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 4 настоящего Закона, если испытания являются самостоятельной формой оценки соответствия.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z448" w:id="400"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Принципами испытаний являются:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="400"/>
-    <w:bookmarkStart w:name="z448" w:id="401"/>
-[...15 lines deleted...]
-      2. Принципами испытаний являются:</w:t>
+    <w:bookmarkStart w:name="z449" w:id="401"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) достоверность результатов испытаний, беспристрастность при проведении испытаний;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="401"/>
-    <w:bookmarkStart w:name="z449" w:id="402"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z450" w:id="403"/>
+    <w:bookmarkStart w:name="z450" w:id="402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) иные принципы, указанные в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 4 настоящего Закона, если испытания являются самостоятельной формой оценки соответствия.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z451" w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Испытания являются процедурой в рамках подтверждения соответствия, если это предусмотрено схемой подтверждения соответствия, применяемой при сертификации или декларировании соответствия. Испытания являются самостоятельной формой оценки соответствия, если это предусмотрено техническими регламентами.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="403"/>
-    <w:bookmarkStart w:name="z451" w:id="404"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z452" w:id="405"/>
+    <w:bookmarkStart w:name="z452" w:id="404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Испытания проводятся лабораторией на основании заявки заявителя на проведение испытаний и при условии заключения договора на выполнение работ по проведению испытаний, за исключением случая, предусмотренного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 43 настоящего Закона.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z453" w:id="405"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Испытания проводятся аккредитованной лабораторией с соответствующей областью аккредитации в случаях, если это предусмотрено схемой подтверждения соответствия, применяемой при сертификации или декларировании соответствия.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="405"/>
-    <w:bookmarkStart w:name="z453" w:id="406"/>
-[...15 lines deleted...]
-      5. Испытания проводятся аккредитованной лабораторией с соответствующей областью аккредитации в случаях, если это предусмотрено схемой подтверждения соответствия, применяемой при сертификации или декларировании соответствия.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 39. Признание результатов подтверждения соответствия иностранных государств</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z455" w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Сертификаты соответствия иностранных государств, протоколы испытаний продукции, знаки соответствия и иные документы об оценке соответствия признаются в порядке, определяемом уполномоченным органом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="406"/>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z456" w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Положения настоящей статьи не распространяются на иностранные сертификаты соответствия, протоколы испытаний, знаки соответствия и иные документы об оценке соответствия в отношении товаров, работ и услуг, предназначенных для послевыставочного использования территории международной специализированной выставки, а также реализации проектов на территории специальных экономических зон.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z457" w:id="408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...40 lines deleted...]
-      2. Положения настоящей статьи не распространяются на иностранные сертификаты соответствия, протоколы испытаний, знаки соответствия и иные документы об оценке соответствия в отношении товаров, работ и услуг, предназначенных для послевыставочного использования территории международной специализированной выставки, а также реализации проектов на территории специальных экономических зон.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. ГОСУДАРСТВЕННЫЙ КОНТРОЛЬ И НАДЗОР В ОБЛАСТИ ТЕХНИЧЕСКОГО РЕГУЛИРОВАНИЯ, ОСУЩЕСТВЛЯЕМЫЕ УПОЛНОМОЧЕННЫМ ОРГАНОМ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="408"/>
-    <w:bookmarkStart w:name="z457" w:id="409"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 40. Цели, субъекты и объекты государственного контроля и надзора в области технического регулирования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z459" w:id="409"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственный контроль и надзор в области технического регулирования направлены на предупреждение, выявление, пресечение нарушений законодательства Республики Казахстан в области технического регулирования в целях обеспечения безопасности объектов технического регулирования для жизни и здоровья человека и окружающей среды, в том числе растительного и животного мира, защиты имущества физических, юридических лиц и государства, в том числе через обеспечение достоверности их оценки соответствия, исключения ситуаций, вводящих в заблуждение потребителей относительно безопасности и качества объектов технического регулирования, и устранения технических барьеров в торговле.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z460" w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Субъектами государственного контроля и надзора в области технического регулирования являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z461" w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) эксперты-аудиторы по подтверждению соответствия, аккредитации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z462" w:id="412"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) субъекты аккредитации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...100 lines deleted...]
-      2) субъекты аккредитации;</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) исключен Законом РК от 19.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z464" w:id="413"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) организация, уполномоченная на выдачу сертификата о происхождении товара;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="413"/>
-    <w:p>
-[...226 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z465" w:id="414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) учебные центры;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="414"/>
     <w:bookmarkStart w:name="z466" w:id="415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -10583,51 +10637,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Статья 40 с изменениями, внесенными Законом РК от 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 19.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -13495,31 +13569,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>