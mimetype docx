--- v0 (2025-11-14)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="aaf98cc" w14:textId="aaf98cc">
+    <w:p w14:paraId="9c87832" w14:textId="9c87832">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -912,1052 +912,1386 @@
         <w:t xml:space="preserve">
       В настоящем Законе используются следующие основные понятия: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z21" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ансамбли и комплексы – группы изолированных или объединенных памятников, строений и сооружений фортификационного, дворцового, жилого, общественного, административного, торгового, производственного, научного, учебного, культового назначения, в том числе фрагменты исторических планировок и застроек поселений, локализуемые на исторически сложившихся территориях;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z22" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 2) предусматривается в редакции Закона РК от 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) памятники археологии – стоянки, городища, остатки древних построек, поселений, укреплений, производств, каналов, дорог, могильники, курганы, некрополи, мегалитические сооружения, каменные изваяния, петроглифы, участки исторического культурного слоя древних населенных пунктов и иные места, имеющие следы жизни и деятельности человека;</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 3) предусматривается в редакции Закона РК от 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) археологические работы – работы по выявлению, исследованию и сохранению объектов историко-культурного наследия путем проведения археологических раскопок и разведок;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Статью 3 предусматривается дополнить подпунктами 3-1), 3-2), 3-3), 3-4), 3-5), 3-6), 3-7), 3-8) и 3-9) в соответствии с Законом РК от 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сакральные объекты – исторические и памятные места, рукотворные и природные культовые объекты, ландшафты, сооружения, связанные с выдающимися историческими событиями и личностями, а также духовными ценностями народа;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z23" w:id="16"/>
-[...15 lines deleted...]
-      3) археологические работы – работы по выявлению, исследованию и сохранению объектов историко-культурного наследия путем проведения археологических раскопок и разведок;</w:t>
+    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) предварительный список всемирного культурного наследия Республики Казахстан – перечень памятников истории и культуры, представляемый в Комитет всемирного наследия ЮНЕСКО для включения в Список всемирного культурного и природного наследия ЮНЕСКО;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z24" w:id="17"/>
-[...15 lines deleted...]
-      4) сакральные объекты – исторические и памятные места, рукотворные и природные культовые объекты, ландшафты, сооружения, связанные с выдающимися историческими событиями и личностями, а также духовными ценностями народа;</w:t>
+    <w:bookmarkStart w:name="z26" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) памятники градостроительства и архитектуры – архитектурные ансамбли и комплексы, исторические центры, кварталы, площади, улицы, сооружения гражданской, жилой, промышленной, военной, культовой архитектуры, народного зодчества, а также связанные с ними произведения монументального, декоративно-прикладного и садово-паркового искусства, природные ландшафты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z25" w:id="18"/>
-[...15 lines deleted...]
-      5) предварительный список всемирного культурного наследия Республики Казахстан – перечень памятников истории и культуры, представляемый в Комитет всемирного наследия ЮНЕСКО для включения в Список всемирного культурного и природного наследия ЮНЕСКО;</w:t>
+    <w:bookmarkStart w:name="z27" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) охранное обязательство – документ, фиксирующий состояние памятника истории и культуры на момент оформления данного документа и условия содержания памятника истории и культуры собственником или пользователем памятника истории и культуры;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z26" w:id="19"/>
-[...15 lines deleted...]
-      6) памятники градостроительства и архитектуры – архитектурные ансамбли и комплексы, исторические центры, кварталы, площади, улицы, сооружения гражданской, жилой, промышленной, военной, культовой архитектуры, народного зодчества, а также связанные с ними произведения монументального, декоративно-прикладного и садово-паркового искусства, природные ландшафты;</w:t>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) мемориальная доска – плита из мрамора, гранита, металла или других материалов, содержащая информацию о выдающейся личности или знаменательном событии, устанавливаемая на фасадах зданий и сооружений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z27" w:id="20"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) сооружения монументального искусства – произведения монументального искусства (памятники, стелы, бюсты), устанавливаемые для увековечения памяти о выдающихся личностях, значимых исторических событиях; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) памятники истории и культуры – объекты историко-культурного наследия, включенные в Государственный список памятников истории и культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) научно-реставрационные работы на памятниках истории и культуры – научно-исследовательские, проектные и производственные работы, осуществляемые в целях обеспечения сохранности памятников истории и культуры;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z30" w:id="23"/>
-[...15 lines deleted...]
-      10) памятники истории и культуры – объекты историко-культурного наследия, включенные в Государственный список памятников истории и культуры;</w:t>
+    <w:bookmarkStart w:name="z32" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) Государственный список памятников истории и культуры – перечень объектов историко-культурного наследия, признанных памятниками истории и культуры, с указанием их вида, категории и координат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z31" w:id="24"/>
-[...15 lines deleted...]
-      11) научно-реставрационные работы на памятниках истории и культуры – научно-исследовательские, проектные и производственные работы, осуществляемые в целях обеспечения сохранности памятников истории и культуры;</w:t>
+    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) пользователь памятника истории и культуры – физическое или юридическое лицо, которому в соответствии с настоящим Законом предоставлено право пользования памятником истории и культуры на основании договора с его собственником;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z32" w:id="25"/>
-[...15 lines deleted...]
-      12) Государственный список памятников истории и культуры – перечень объектов историко-культурного наследия, признанных памятниками истории и культуры, с указанием их вида, категории и координат;</w:t>
+    <w:bookmarkStart w:name="z34" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) объекты историко-культурного наследия – недвижимые объекты со связанными с ними произведениями живописи, скульптуры, прикладного искусства, науки, техники и иными предметами материальной культуры, возникшими в результате исторических процессов и событий, представляющих собой интерес с точки зрения истории, археологии, архитектуры, градостроительства, искусства, науки, техники, эстетики, этнологии, антропологии, социальной культуры;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z33" w:id="26"/>
-[...15 lines deleted...]
-      13) пользователь памятника истории и культуры – физическое или юридическое лицо, которому в соответствии с настоящим Законом предоставлено право пользования памятником истории и культуры на основании договора с его собственником;</w:t>
+    <w:bookmarkStart w:name="z35" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) список предварительного учета объектов историко-культурного наследия (далее – список предварительного учета) – список вновь выявленных объектов историко-культурного наследия, подлежащих изучению и определению соответствующего статуса;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z34" w:id="27"/>
-[...15 lines deleted...]
-      14) объекты историко-культурного наследия – недвижимые объекты со связанными с ними произведениями живописи, скульптуры, прикладного искусства, науки, техники и иными предметами материальной культуры, возникшими в результате исторических процессов и событий, представляющих собой интерес с точки зрения истории, археологии, архитектуры, градостроительства, искусства, науки, техники, эстетики, этнологии, антропологии, социальной культуры;</w:t>
+    <w:bookmarkStart w:name="z36" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) уполномоченный орган по охране и использованию объектов историко-культурного наследия (далее – уполномоченный орган) – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в сфере охраны и использования объектов историко-культурного наследия;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z35" w:id="28"/>
-[...15 lines deleted...]
-      15) список предварительного учета объектов историко-культурного наследия (далее – список предварительного учета) – список вновь выявленных объектов историко-культурного наследия, подлежащих изучению и определению соответствующего статуса;</w:t>
+    <w:bookmarkStart w:name="z37" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) историко-культурная экспертиза – исследование, направленное на установление историко-культурной значимости и степени сохранности объекта историко-культурного наследия;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z36" w:id="29"/>
-[...15 lines deleted...]
-      16) уполномоченный орган по охране и использованию объектов историко-культурного наследия (далее – уполномоченный орган) – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в сфере охраны и использования объектов историко-культурного наследия;</w:t>
+    <w:bookmarkStart w:name="z38" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) историко-архитектурный опорный план – документ, фиксирующий территорию и месторасположение памятника истории и культуры в соответствующей местности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z37" w:id="30"/>
-[...15 lines deleted...]
-      17) историко-культурная экспертиза – исследование, направленное на установление историко-культурной значимости и степени сохранности объекта историко-культурного наследия;</w:t>
+    <w:bookmarkStart w:name="z39" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) Национальный пантеон – место для погребения умерших (погибших) лиц, представляющее собой архитектурный объект мемориального значения, основанный в целях увековечения памяти выдающихся деятелей государства, науки, культуры, а также лиц, внесших вклад в развитие Казахстана;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z38" w:id="31"/>
-[...15 lines deleted...]
-      18) историко-архитектурный опорный план – документ, фиксирующий территорию и месторасположение памятника истории и культуры в соответствующей местности;</w:t>
+    <w:bookmarkStart w:name="z40" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) Список всемирного культурного и природного наследия ЮНЕСКО – перечень объектов всемирного культурного и природного наследия, формируемый на основании решения Комитета всемирного наследия ЮНЕСКО.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z39" w:id="32"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 4. Объекты историко-культурного наследия </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="34"/>
+    <w:bookmarkStart w:name="z42" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Выявленные объекты историко-культурного наследия вносятся в список предварительного учета местными исполнительными органами областей, городов республиканского значения, столицы и до принятия окончательного решения об их статусе подлежат охране наравне с памятниками истории и культуры в соответствии с настоящим Законом. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z43" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Внесение в Государственный список памятников истории и культуры объектов историко-культурного наследия, внесенных в список предварительного учета, либо исключение их из списка предварительного учета производится соответствующими государственными органами в течение трех лет со дня внесения их в список предварительного учета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z44" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Срок, указанный в пункте 2 настоящей статьи, может быть продлен местными исполнительными органами областей, городов республиканского значения, столицы сроком не более чем на два года.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z43" w:id="35"/>
-[...15 lines deleted...]
-      2. Внесение в Государственный список памятников истории и культуры объектов историко-культурного наследия, внесенных в список предварительного учета, либо исключение их из списка предварительного учета производится соответствующими государственными органами в течение трех лет со дня внесения их в список предварительного учета.</w:t>
+    <w:bookmarkStart w:name="z45" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Объекты историко-культурного наследия приобретают статус памятников истории и культуры со дня внесения их в Государственный список памятников истории и культуры республиканского или местного значения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z44" w:id="36"/>
-[...15 lines deleted...]
-      3. Срок, указанный в пункте 2 настоящей статьи, может быть продлен местными исполнительными органами областей, городов республиканского значения, столицы сроком не более чем на два года.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 5. Памятники истории и культуры</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Памятники истории и культуры подразделяются на следующие виды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z45" w:id="37"/>
-[...15 lines deleted...]
-      4. Объекты историко-культурного наследия приобретают статус памятников истории и культуры со дня внесения их в Государственный список памятников истории и культуры республиканского или местного значения.</w:t>
+    <w:bookmarkStart w:name="z48" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) памятники археологии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:p>
-[...56 lines deleted...]
-    <w:bookmarkStart w:name="z49" w:id="40"/>
+    <w:bookmarkStart w:name="z49" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) памятники градостроительства и архитектуры; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z50" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ансамбли и комплексы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z51" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сакральные объекты;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z50" w:id="41"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z52" w:id="43"/>
+    <w:bookmarkStart w:name="z52" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) сооружения монументального искусства. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z53" w:id="44"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z53" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Памятники истории и культуры в Республике Казахстан подлежат обязательной защите и сохранению в порядке, предусмотренном настоящим Законом, обладают особым правовым режимом их использования, изменения права собственности на них и лишения их статуса. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z54" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лишение памятника истории и культуры его статуса и исключение из Государственного списка памятников истории и культуры допускаются лишь в случае полной физической утраты объекта и (или) утраты историко-культурной значимости.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z55" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. На памятники истории и культуры местный исполнительный орган соответствующей административно-территориальной единицы оформляет паспорт памятника истории и культуры в порядке, определяемом уполномоченным органом. При получении новых сведений о памятнике истории и культуры к паспорту памятника истории и культуры прилагается приложение с новыми сведениями.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z54" w:id="45"/>
-[...15 lines deleted...]
-      Лишение памятника истории и культуры его статуса и исключение из Государственного списка памятников истории и культуры допускаются лишь в случае полной физической утраты объекта и (или) утраты историко-культурной значимости.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 6. Категории памятников истории и культуры</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z57" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Памятники истории и культуры подразделяются на следующие категории:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z55" w:id="46"/>
-[...15 lines deleted...]
-      3. На памятники истории и культуры местный исполнительный орган соответствующей административно-территориальной единицы оформляет паспорт памятника истории и культуры в порядке, определяемом уполномоченным органом. При получении новых сведений о памятнике истории и культуры к паспорту памятника истории и культуры прилагается приложение с новыми сведениями.</w:t>
+    <w:bookmarkStart w:name="z58" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) памятники истории и культуры международного значения, имеющие особое значение для всемирной истории и культуры;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:p>
-[...56 lines deleted...]
-    <w:bookmarkStart w:name="z59" w:id="49"/>
+    <w:bookmarkStart w:name="z59" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) памятники истории и культуры республиканского значения, имеющие особое значение для истории и культуры Республики Казахстан; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z60" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) памятники истории и культуры местного значения, имеющие особое значение для истории и культуры соответствующей административно-территориальной единицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 7. Участие физических и юридических лиц в осуществлении мероприятий по охране и использованию объектов историко-культурного наследия </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z62" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Физические и юридические лица участвуют в популяризации памятников истории и культуры, содействуют местным исполнительным органам областей, городов республиканского значения, столицы, районов (городов областного значения) в осуществлении мероприятий по защите, сохранению и использованию объектов историко-культурного наследия.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z60" w:id="50"/>
-[...15 lines deleted...]
-      3) памятники истории и культуры местного значения, имеющие особое значение для истории и культуры соответствующей административно-территориальной единицы.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 8. Международное сотрудничество в сфере охраны и использования объектов историко-культурного наследия </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z64" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Международное сотрудничество в сфере охраны и использования объектов историко-культурного наследия осуществляется в соответствии с настоящим Законом и международными договорами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:p>
-[...32 lines deleted...]
-      Физические и юридические лица участвуют в популяризации памятников истории и культуры, содействуют местным исполнительным органам областей, городов республиканского значения, столицы, районов (городов областного значения) в осуществлении мероприятий по защите, сохранению и использованию объектов историко-культурного наследия.</w:t>
+    <w:bookmarkStart w:name="z65" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Международное сотрудничество в сфере охраны и использования объектов историко-культурного наследия осуществляется в целях охраны и использования памятников истории и культуры, являющихся:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:p>
-[...32 lines deleted...]
-      1. Международное сотрудничество в сфере охраны и использования объектов историко-культурного наследия осуществляется в соответствии с настоящим Законом и международными договорами Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z66" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) собственностью Республики Казахстан, но расположенных на территориях других государств;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z65" w:id="53"/>
-[...15 lines deleted...]
-      2. Международное сотрудничество в сфере охраны и использования объектов историко-культурного наследия осуществляется в целях охраны и использования памятников истории и культуры, являющихся:</w:t>
+    <w:bookmarkStart w:name="z67" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) собственностью других государств, но расположенных на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z66" w:id="54"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z68" w:id="56"/>
+    <w:bookmarkStart w:name="z68" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) собственностью других государств, расположенных на их территориях, но исторически связанных с Республикой Казахстан. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 9. Компетенция Правительства Республики Казахстан в сфере охраны и использования объектов историко-культурного наследия</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z70" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Правительство Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z71" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) разрабатывает основные направления государственной политики в сфере охраны и использования объектов историко-культурного наследия;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:p>
-[...32 lines deleted...]
-      Правительство Республики Казахстан:</w:t>
+    <w:bookmarkStart w:name="z72" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) утверждает положение о Национальном пантеоне;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z71" w:id="58"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2072,90 +2406,90 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Уполномоченный орган: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="60"/>
+    <w:bookmarkStart w:name="z76" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) на основе и во исполнение основных направлений внутренней и внешней политики государства, определенных Президентом Республики Казахстан, и основных направлений социально-экономической политики государства, его обороноспособности, безопасности, обеспечения общественного порядка, разработанных Правительством Республики Казахстан, формирует и реализует государственную политику в сфере охраны и использования объектов историко-культурного наследия в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z77" w:id="61"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z77" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осуществляет мониторинг состояния памятников истории и культуры международного и республиканского значения и обеспечивает их сохранность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2226,845 +2560,959 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) устанавливает ставки арендной платы за использование памятников истории и культуры, находящихся в государственной собственности; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="62"/>
+    <w:bookmarkStart w:name="z79" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) признает объект историко-культурного наследия и (или) памятник истории и культуры местного значения памятниками истории и культуры республиканского значения и включает их в Государственный список памятников истории и культуры республиканского значения на основании заключения историко-культурной экспертизы и рекомендации специальной комиссии по вопросам историко-культурного наследия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z80" w:id="63"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z80" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) лишает памятник истории и культуры республиканского значения его статуса и исключает его из Государственного списка памятников истории и культуры республиканского значения на основании заключения историко-культурной экспертизы и рекомендации специальной комиссии по вопросам историко-культурного наследия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z81" w:id="64"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z81" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) согласовывает Государственный список памятников истории и культуры местного значения; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z82" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) согласовывает проекты научно-реставрационных работ на памятниках истории и культуры, хозяйственной и иной деятельности на территориях памятников истории и культуры международного и республиканского значения и их охранных зон;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z83" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) формирует предварительный список всемирного культурного наследия Республики Казахстан из числа памятников истории и культуры;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z82" w:id="65"/>
-[...15 lines deleted...]
-      7) согласовывает проекты научно-реставрационных работ на памятниках истории и культуры, хозяйственной и иной деятельности на территориях памятников истории и культуры международного и республиканского значения и их охранных зон;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) исключен Законом РК от 10.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 153-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) исключен Законом РК от 10.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 153-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z86" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) согласовывает предоставление в пользование памятников истории и культуры международного и республиканского значения, являющихся государственной собственностью, также памятников истории и культуры местного значения, являющихся республиканской собственностью;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z83" w:id="66"/>
-[...15 lines deleted...]
-      8) формирует предварительный список всемирного культурного наследия Республики Казахстан из числа памятников истории и культуры;</w:t>
+    <w:bookmarkStart w:name="z87" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) согласовывает перемещение и изменение памятника истории и культуры;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z88" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) осуществляет межотраслевую координацию в сфере охраны и использования объектов историко-культурного наследия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z89" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) разрабатывает и утверждает правила выявления, учета, придания и лишения статуса, перемещения и изменения, мониторинга состояния и изменения категории памятников истории и культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z90" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) разрабатывает и утверждает правила предоставления в пользование памятников истории и культуры и доступа к ним;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z91" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) разрабатывает и утверждает правила выдачи охранных обязательств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z92" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) разрабатывает и утверждает правила определения охранной зоны, зоны регулирования застройки и зоны охраняемого природного ландшафта памятника истории и культуры и режима их использования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z93" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) разрабатывает и утверждает правила и условия проведения научно-реставрационных работ на памятниках истории и культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z94" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) разрабатывает и утверждает правила и условия осуществления археологических работ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z95" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) разрабатывает и утверждает правила установления сооружений монументального искусства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z96" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) разрабатывает и утверждает правила установления мемориальных досок;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z97" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) разрабатывает и утверждает нормативы расценок выполнения научно-реставрационных работ на памятниках истории и культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">9) исключен Законом РК от 10.01.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 153-VIII</w:t>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 23) предусматривается изменение Законом РК от 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...314 lines deleted...]
-    <w:bookmarkStart w:name="z98" w:id="79"/>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) разрабатывает и утверждает квалификационные требования и условия, предъявляемые при лицензировании деятельности по осуществлению научно-реставрационных работ на памятниках истории и культуры и (или) археологических работ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z300" w:id="80"/>
+    <w:bookmarkStart w:name="z300" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>24) разрабатывает и утверждает правила охраны и использования памятников истории и культуры;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z301" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24-1) разрабатывает и утверждает нормативные правовые акты в сфере охраны и использования объектов историко-культурного наследия в соответствии с целями, задачами настоящего Закона и законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z100" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 10 с изменениями, внесенными законами РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); 10.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 153-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 11. Компетенция местных исполнительных органов областей, городов республиканского значения, столицы, районов (городов областного значения)  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z102" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Местные исполнительные органы областей, городов республиканского значения, столицы:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z301" w:id="81"/>
-[...15 lines deleted...]
-      24-1) разрабатывает и утверждает нормативные правовые акты в сфере охраны и использования объектов историко-культурного наследия в соответствии с целями, задачами настоящего Закона и законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z103" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечивают выявление, учет, сохранение, изучение, использование и мониторинг состояния объектов историко-культурного наследия, за исключением объектов истоpико-культуpного наследия, находящихся на территории города областного значения с особым статусом, в соответствии с Законом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z100" w:id="82"/>
-[...178 lines deleted...]
-    <w:bookmarkStart w:name="z104" w:id="85"/>
+    <w:bookmarkStart w:name="z104" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) обеспечивают проведение научно-реставрационных работ на памятниках истории и культуры; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z105" w:id="86"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z105" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) предусматривают мероприятия по организации учета, сохранения, изучения, научно-реставрационных работ на памятниках истории и культуры местного значения и археологических работ в планах экономического и социального развития соответствующих территорий, за исключением памятников истории и культуры местного значения, находящихся на территории города областного значения с особым статусом, в соответствии с Законом Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3093,1256 +3541,1354 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z107" w:id="87"/>
+    <w:bookmarkStart w:name="z107" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) по согласованию с уполномоченным органом при разработке и утверждении градостроительных проектов обеспечивают выполнение мероприятий по выявлению, изучению, сохранению памятников истории и культуры всех категорий, составление историко-архитектурных опорных планов и карт-схем соответствующей местности, за исключением выполнения мероприятий, составления историко-архитектурных опорных планов и карт-схем города областного значения с особым статусом, в соответствии с Законом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z108" w:id="88"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z108" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) ведут работу по внесению в генеральные планы соответствующих населенных пунктов историко-архитектурных опорных планов, за исключением плана города областного значения с особым статусом, в соответствии с Законом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z109" w:id="89"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z109" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) оформляют и выдают охранные обязательства, контролируют их выполнение собственниками и пользователями памятников истории и культуры; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z110" w:id="90"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z110" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) создают комиссии по охране памятников истории и культуры; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z111" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) ведут работу по установлению сооружений монументального искусства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z112" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) ведут работу по установлению мемориальных досок;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z113" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) рассматривают и согласовывают научно-проектную документацию научно-реставрационных работ, планируемых на памятниках истории и культуры местного значения, за исключением научно-проектной документации научно-реставрационных работ, планируемых на памятниках истории и культуры местного значения, находящихся на территории города областного значения с особым статусом, в соответствии с Законом Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z111" w:id="91"/>
-[...15 lines deleted...]
-      9) ведут работу по установлению сооружений монументального искусства;</w:t>
+    <w:bookmarkStart w:name="z114" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) по согласованию с уполномоченным органом признают объекты историко-культурного наследия памятниками истории и культуры местного значения и включают их в Государственный список памятников истории и культуры местного значения на основании заключения историко-культурной экспертизы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z112" w:id="92"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z115" w:id="95"/>
+    <w:bookmarkStart w:name="z115" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13) лишают памятник истории и культуры местного значения его статуса и исключают его из Государственного списка памятников истории и культуры местного значения на основании заключения историко-культурной экспертизы по согласованию с уполномоченным органом; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z116" w:id="96"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z116" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) осуществляют в интересах местного государственного управления иные полномочия, возлагаемые на местные исполнительные органы законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z117" w:id="97"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z117" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Местные исполнительные органы районов (городов областного значения) на своей территории: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z118" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) привлекают общественность к проведению мероприятий по сохранению и популяризации памятников истории и культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z119" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) информируют местные исполнительные органы областей, городов республиканского значения, столицы или уполномоченный орган в пределах их компетенции об устранении порчи, угрозы разрушения памятников истории и культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z120" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) вносят предложения о включении объектов историко-культурного наследия в Государственный список памятников истории и культуры местного значения;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z118" w:id="98"/>
-[...15 lines deleted...]
-      1) привлекают общественность к проведению мероприятий по сохранению и популяризации памятников истории и культуры;</w:t>
+    <w:bookmarkStart w:name="z121" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществляют в интересах местного государственного управления иные полномочия, возлагаемые на местные исполнительные органы законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z119" w:id="99"/>
-[...15 lines deleted...]
-      2) информируют местные исполнительные органы областей, городов республиканского значения, столицы или уполномоченный орган в пределах их компетенции об устранении порчи, угрозы разрушения памятников истории и культуры;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 11 с изменениями, внесенными законами РК от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 03.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Статья 12 предусматривается в редакции Закона РК от 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 12. Лицензирование деятельности по осуществлению научно-реставрационных работ на памятниках истории и культуры и (или) археологических работ   </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z123" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Деятельность по осуществлению научно-реставрационных работ на памятниках истории и культуры и (или) археологических работ подлежит лицензированию в соответствии с законодательством Республики Казахстан о разрешениях и уведомлениях.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z120" w:id="100"/>
-[...15 lines deleted...]
-      3) вносят предложения о включении объектов историко-культурного наследия в Государственный список памятников истории и культуры местного значения;</w:t>
+    <w:bookmarkStart w:name="z124" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Заявители, подавшие заявление на получение лицензии на деятельность по осуществлению научно-реставрационных работ на памятниках истории и культуры и (или) археологических работ по подвиду осуществления археологических работ, и лицензиаты, осуществляющие данный подвид деятельности, должны иметь в своем составе не менее одного научного работника с высшим образованием по соответствующей специальности со стажем работы не менее пяти лет и ученой степенью в данной области или степенями магистра, доктора по профилю, доктора философии (PhD).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z121" w:id="101"/>
-[...15 lines deleted...]
-      4) осуществляют в интересах местного государственного управления иные полномочия, возлагаемые на местные исполнительные органы законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z125" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заявители, подавшие заявление на получение лицензии на деятельность по осуществлению научно-реставрационных работ на памятниках истории и культуры и (или) археологических работ по подвиду осуществления научно-реставрационных работ на памятниках истории и культуры, и лицензиаты, осуществляющие данный подвид деятельности, должны иметь в своем составе не менее одного специалиста-реставратора со cредним техническим и профессиональным образованием со стажем работы не менее пяти лет или научного работника по соответствующей специальности со стажем работы не менее пяти лет и ученой степенью в данной области или степенями магистра, доктора по профилю, доктора философии (PhD).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z126" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Научный работник или специалист-реставратор, работающий в организации, имеющей лицензию на деятельность по осуществлению научно-реставрационных работ на памятниках истории и культуры и (или) археологических работ, не может быть заявлен другой организацией в процессе подачи заявления для получения лицензии на указанные подвиды деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z127" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Лицензирование деятельности по осуществлению научно-реставрационных работ на памятниках истории и культуры и (или) археологических работ осуществляется уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 11 с изменениями, внесенными законами РК от 06.04.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 12 с изменением, внесенным Законом РК от 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 03.03.2025 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Статья 12. Лицензирование деятельности по осуществлению научно-реставрационных работ на памятниках истории и культуры и (или) археологических работ   </w:t>
-[...177 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Статья 13. Государственный контроль в сфере охраны и использования объектов историко-культурного наследия </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z129" w:id="107"/>
+    <w:bookmarkStart w:name="z129" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Целью государственного контроля в сфере охраны и использования объектов историко-культурного наследия является обеспечение соблюдения физическими и юридическими лицами законодательства Республики Казахстан об охране и использовании объектов историко-культурного наследия. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z130" w:id="108"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z130" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государственный контроль в сфере охраны и использования объектов историко-культурного наследия осуществляется уполномоченным органом и местными исполнительными органами областей, городов республиканского значения, столицы, города областного значения с особым статусом в соответствии с Законом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z131" w:id="109"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z131" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Государственный контроль в сфере охраны и использования объектов историко-культурного наследия, осуществляемый уполномоченным органом, включает в себя контроль за: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z132" w:id="110"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z132" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) использованием и порядком содержания памятников истории и культуры международного и республиканского значения; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z133" w:id="111"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z133" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) установлением сооружений монументального искусства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z134" w:id="112"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z134" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) проведением археологических и научно-реставрационных работ на памятниках истории и культуры международного и республиканского значения. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z135" w:id="113"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z135" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Государственный контроль в сфере охраны и использования объектов историко-культурного наследия, осуществляемый местными исполнительными органами областей, городов республиканского значения, столицы, города областного значения с особым статусом, в соответствии с Законом Республики Казахстан, включает в себя контроль за: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z136" w:id="114"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z136" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) использованием и порядком содержания памятников истории и культуры местного значения; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z137" w:id="115"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z137" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) проведением научно-реставрационных работ на памятниках истории и культуры местного значения и археологических работ, за исключением работ на памятниках истории и культуры международного и республиканского значения.  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z138" w:id="116"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z138" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Государственный контроль в сфере охраны и использования объектов историко-культурного наследия осуществляется в форме проверок и профилактического контроля с посещением субъекта (объекта) контроля в соответствии с Предпринимательским кодексом Республики Казахстан.  </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 13 с изменениями, внесенными законами РК от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 03.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 14. Субъекты права собственности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z140" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Субъектами права собственности на объекты историко-культурного наследия являются Республика Казахстан, физические и юридические лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 15. Государственная собственность на памятники истории и культуры</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z142" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Памятники истории и культуры, находящиеся на территории Республики Казахстан и не принадлежащие другим субъектам, являются собственностью Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z143" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Республика Казахстан может приобретать права собственности на памятники истории и культуры, составляющие историко-культурное наследие народа Казахстана, имеющие историко-культурную ценность, по договорам с их собственниками.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:p>
-[...80 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z144" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      От имени Республики Казахстан полномочия собственника на памятники истории и культуры международного и республиканского значения осуществляет уполномоченный орган, а на памятники истории и культуры местного значения – местные исполнительные органы областей, городов республиканского значения, столицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 14. Субъекты права собственности</w:t>
-[...112 lines deleted...]
-        </w:rPr>
         <w:t>Статья 16. Права собственника памятника истории и культуры</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z146" w:id="121"/>
+    <w:bookmarkStart w:name="z146" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Собственнику принадлежат права владения, пользования и распоряжения памятниками истории и культуры как объектами собственности, за исключением права их самостоятельного уничтожения. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z147" w:id="122"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z147" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Собственник памятника истории и культуры вправе требовать неразглашения его содержания или отказывать в доступе для исследований и публичном осмотре на срок до пятидесяти лет, если объект собственности принадлежит ему на правах наследования и по своему происхождению или содержанию связан с личностью завещателя или предками собственника. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z148" w:id="123"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z148" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Собственник имеет право извлечения прибыли (получения дохода) в результате использования и эксплуатации памятников истории и культуры, ограниченное охранным обязательством. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 17. Обязанности собственников и пользователей памятников истории и культуры </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z150" w:id="124"/>
+    <w:bookmarkStart w:name="z150" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Собственники и пользователи памятников истории и культуры осуществляют деятельность по их сохранению и обязаны соблюдать условия содержания памятника истории и культуры путем:  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z151" w:id="125"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z151" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) принятия мер по обеспечению сохранности памятников истории и культуры;   </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z152" w:id="126"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z152" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) обеспечения доступа к памятнику истории и культуры в научных, образовательных, туристских, информационных и воспитательных целях в порядке и пределах, устанавливаемых договорами с местными исполнительными органами областей, городов республиканского значения, столицы, за исключением случаев, предусмотренных частью второй </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.    </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z153" w:id="127"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z153" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Собственники памятников истории и культуры обязаны уведомлять местные исполнительные органы областей, городов республиканского значения, столицы о предполагаемых или свершившихся изменениях прав собственности.  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z154" w:id="128"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z154" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Условия содержания памятников истории и культуры собственниками и пользователями памятников истории и культуры фиксируются в охранном обязательстве, выдаваемом местными исполнительными органами областей, городов республиканского значения, столицы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 18. Изъятие бесхозяйственно содержащихся памятников истории и культуры </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z156" w:id="129"/>
+    <w:bookmarkStart w:name="z156" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Изъятие у собственника бесхозяйственно содержащихся памятников истории и культуры производится в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4357,1151 +4903,2119 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Гражданского кодекса Республики Казахстан, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О государственном имуществе" и с настоящим Законом.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 19. Преимущества при приобретении права собственности на памятник истории и культуры   </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z158" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Собственники частей памятника истории и культуры, находящегося в общей долевой собственности, имеют преимущественное право приобретения в собственность других частей этого памятника истории и культуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z159" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Преимущественное право приобретения других частей памятника истории и культуры, предусмотренное частью первой настоящей статьи, распространяется и на случаи, когда собственность покупателя не имеет статуса памятника истории и культуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z160" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При публичной продаже памятника истории и культуры государство имеет право преимущественного приобретения по рыночной (аукционной) цене, за исключением случаев, установленных частями первой и второй настоящей статьи.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Статья 19. Преимущества при приобретении права собственности на памятник истории и культуры   </w:t>
-[...75 lines deleted...]
-        </w:rPr>
         <w:t>Статья 20. Охрана и использование объектов историко-культурного наследия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z162" w:id="133"/>
+    <w:bookmarkStart w:name="z162" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Объекты историко-культурного наследия используются в научных, образовательных и информационных целях. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z163" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Охрана и использование объектов историко-культурного наследия включают мероприятия по выявлению, учету, исследованию и мониторингу состояния объектов историко-культурного наследия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 21. Государственные списки памятников истории и культуры</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z165" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственный список памятников истории и культуры республиканского значения утверждается уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z166" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственный список памятников истории и культуры местного значения утверждается местными исполнительными органами областей, городов республиканского значения, столицы по согласованию с уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z163" w:id="134"/>
-[...15 lines deleted...]
-      2. Охрана и использование объектов историко-культурного наследия включают мероприятия по выявлению, учету, исследованию и мониторингу состояния объектов историко-культурного наследия.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 22. Специальная комиссия по вопросам историко-культурного наследия</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z168" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При уполномоченном органе в целях выработки предложений и рекомендаций по вопросам историко-культурного наследия создается консультативно-совещательный орган – специальная комиссия по вопросам историко-культурного наследия.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z169" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Положение и состав специальной комиссии по вопросам историко-культурного наследия утверждаются уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 21. Государственные списки памятников истории и культуры</w:t>
-[...112 lines deleted...]
-        </w:rPr>
         <w:t>Статья 23. Охрана и использование памятников истории и культуры</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z171" w:id="139"/>
+    <w:bookmarkStart w:name="z171" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Памятники истории и культуры используются в целях возрождения и сохранения духовных и культурных традиций народа Казахстана, а также в научных, образовательных, туристских, информационных и воспитательных целях. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z172" w:id="140"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 1 предусматривается дополнить частью второй в соответствии с Законом РК от 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z172" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Режим использования земель памятников истории и культуры определяется в проектах охранных зон, зон регулирования застройки и зон охраняемого природного ландшафта памятников истории и культуры, утверждаемых местными исполнительными органами областей, городов республиканского значения, столицы. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z173" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Охрана и использование памятников истории и культуры включают мероприятия по сохранению, исследованию, популяризации и мониторингу состояния памятников истории и культуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 24. Порядок и условия предоставления памятников истории и культуры в пользование  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z175" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Предоставление в пользование памятников истории и культуры физическим и юридическим лицам осуществляется для научных, образовательных, туристских, информационных и воспитательных целей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z176" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Памятники истории и культуры местного значения, являющиеся коммунальной собственностью, предоставляются в пользование по решению местных исполнительных органов областей, городов республиканского значения, столицы.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z173" w:id="141"/>
-[...15 lines deleted...]
-      3. Охрана и использование памятников истории и культуры включают мероприятия по сохранению, исследованию, популяризации и мониторингу состояния памятников истории и культуры.</w:t>
+    <w:bookmarkStart w:name="z177" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Памятники истории и культуры местного значения, являющиеся республиканской собственностью, предоставляются в пользование по решению уполномоченного органа по управлению государственным имуществом по согласованию с уполномоченным органом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z178" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Памятники истории и культуры международного и республиканского значения, являющиеся коммунальной собственностью, предоставляются в пользование по решению местных исполнительных органов областей, городов республиканского значения, столицы по согласованию с уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z179" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Памятники истории и культуры международного и республиканского значения, являющиеся республиканской собственностью, предоставляются в пользование по решению уполномоченного органа по управлению государственным имуществом по согласованию с уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Статья 24. Порядок и условия предоставления памятников истории и культуры в пользование  </w:t>
-[...58 lines deleted...]
-      Памятники истории и культуры местного значения, являющиеся республиканской собственностью, предоставляются в пользование по решению уполномоченного органа по управлению государственным имуществом по согласованию с уполномоченным органом.</w:t>
+        <w:t xml:space="preserve">Статья 25. Лишение права пользования памятником истории и культуры </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z181" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Физические и юридические лица, в пользовании которых находится памятник истории и культуры, лишаются права пользования в соответствии с законами Республики Казахстан в случае нарушения ими обязанности пользования памятником истории и культуры в соответствии с его характером и назначением, в результате чего памятник истории и культуры подвергается угрозе уничтожения или порчи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z178" w:id="145"/>
-[...15 lines deleted...]
-      Памятники истории и культуры международного и республиканского значения, являющиеся коммунальной собственностью, предоставляются в пользование по решению местных исполнительных органов областей, городов республиканского значения, столицы по согласованию с уполномоченным органом.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 26. Обеспечение сохранности объектов историко-культурного наследия, находящихся на землях, предоставленных в собственность и пользование </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z183" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Собственники земельных участков и землепользователи обязаны обеспечить сохранность объектов историко-культурного наследия, находящихся на предоставленных им землях.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z179" w:id="146"/>
-[...15 lines deleted...]
-      Памятники истории и культуры международного и республиканского значения, являющиеся республиканской собственностью, предоставляются в пользование по решению уполномоченного органа по управлению государственным имуществом по согласованию с уполномоченным органом.</w:t>
+    <w:bookmarkStart w:name="z184" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае невыполнения лицами, указанными в части первой настоящей статьи, обязанности по обеспечению сохранности объектов историко-культурного наследия земельные участки, занимаемые объектами историко-культурного наследия, изымаются в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Статья 25. Лишение права пользования памятником истории и культуры </w:t>
-[...92 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Статья 27. Согласование градостроительных проектов </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z186" w:id="150"/>
+    <w:bookmarkStart w:name="z186" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Градостроительные проекты, затрагивающие территории памятников истории и культуры, подлежат согласованию с уполномоченным органом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Заголовок статьи 28 предусматривается в редакции Закона РК от 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 28. Зоны охраны памятников истории и культуры </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z188" w:id="151"/>
+    <w:bookmarkStart w:name="z188" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. В целях обеспечения охраны памятников истории и культуры каждому памятнику истории и культуры устанавливаются его охранная зона, зона регулирования застройки и зона охраняемого природного ландшафта. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkEnd w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Определение границ охранных зон, зон регулирования застройки и зон охраняемого природного ландшафта памятников истории и культуры осуществляется:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z190" w:id="152"/>
+    <w:bookmarkStart w:name="z190" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       местными исполнительными органами – в отношении памятников истории и культуры местного значения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z191" w:id="153"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z191" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       уполномоченным органом – в отношении памятников истории и культуры международного и республиканского значения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z192" w:id="154"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Статью 28 предусматривается дополнить пунктом 1-1 в соответствии с Законом РК от 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z192" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Границы охранных зон, зон регулирования застройки и зон охраняемого природного ландшафта памятников истории и культуры утверждаются местными исполнительными органами областей, городов республиканского значения, столицы и вносятся в историко-архитектурный опорный план и карту-схему соответствующей местности, где фиксируется расположение памятников истории и культуры. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z193" w:id="155"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Статью 28 предусматривается дополнить пунктом 2-1 в соответствии с Законом РК от 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z193" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Нарушение режима использования земель в пределах охранных зон, зон регулирования застройки и зон охраняемого природного ландшафта памятников истории и культуры влечет административную ответственность в соответствии с Кодексом Республики Казахстан об административных правонарушениях. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkEnd w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 29. Перемещение и изменение памятника истории и культуры</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z195" w:id="156"/>
+    <w:bookmarkStart w:name="z195" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Перемещением и изменением памятника истории и культуры является изменение положения памятника истории и культуры в пространстве, его облика, объемно-планировочных и конструктивных решений и структур, интерьера и иных физических характеристик, отраженных в паспорте памятника истории и культуры.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z196" w:id="157"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z196" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Перемещение и изменение памятника истории и культуры запрещаются. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z197" w:id="158"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z197" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Исключение допускается лишь в случаях разрушения более семидесяти процентов памятника истории и культуры либо утраты историко-культурной значимости или если его перемещение и изменение повлекут улучшение условий его сохранения решением: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z198" w:id="159"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z198" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) уполномоченного органа на основании заключения историко-культурной экспертизы и рекомендации специальной комиссии по вопросам историко-культурного наследия на памятники истории и культуры международного и республиканского значения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z199" w:id="160"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z199" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) местных исполнительных органов областей, городов республиканского значения, столицы на основании заключения историко-культурной экспертизы на памятники истории и культуры местного значения по согласованию с уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z200" w:id="161"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z200" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Физические и юридические лица, получившие решение, при перемещении и изменении памятника истории и культуры обязаны обеспечить условия его сохранности. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z201" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перемещенный и измененный памятник истории и культуры фиксируется:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z202" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      местными исполнительными органами областей, городов республиканского значения, столицы – в отношении памятников истории и культуры местного значения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z203" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       уполномоченным органом – в отношении памятников истории и культуры международного и республиканского значения.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z201" w:id="162"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z204" w:id="165"/>
+    <w:bookmarkStart w:name="z204" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Расходы, связанные с осуществлением указанных работ, производятся за счет физических и юридических лиц, получивших решение на перемещение и изменение памятника истории и культуры. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkEnd w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 30. Обеспечение сохранности объектов историко-культурного наследия при освоении территорий     </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z206" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В часть 1 пункта 1 предусматривается изменение Законом РК от 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. При освоении территорий до отвода земельных участков должны производиться археологические работы по выявлению объектов историко-культурного наследия в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z207" w:id="167"/>
+    <w:bookmarkStart w:name="z207" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае обнаружения объектов, имеющих историческую, научную, художественную и культурную ценность, физические и юридические лица обязаны приостановить дальнейшее ведение работ и в течение трех рабочих дней сообщить об этом уполномоченному органу и местным исполнительным органам областей, городов республиканского значения, столицы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z208" w:id="168"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 1 предусматривается дополнить частями второй, третьей, четвертой и пятой в соответствии с Законом РК от 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В часть 1 пункта 2 предусматривается изменение Законом РК от 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. При выявлении объектов историко-культурного наследия на стадии освоения земельных участков они в течение одного месяца с момента сообщения об обнаружении включаются в список предварительного учета местными исполнительными органами областей, городов республиканского значения, столицы и до принятия окончательного решения об их статусе подлежат охране наравне с памятниками истории и культуры в соответствии с настоящим Законом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z209" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В часть 2 пункта 2 предусматривается изменение Законом РК от 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Внесение в Государственный список памятников истории и культуры объектов историко-культурного наследия, выявленных в ходе освоения земельных участков и включенных в список предварительного учета, либо исключение их из списка предварительного учета производится соответствующими государственными органами в течение трех месяцев с момента их включения в список предварительного учета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z210" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Часть 3 пункта 2 предусматривается исключить Законом РК от 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае невыполнения мероприятий, предусмотренных настоящим пунктом, в установленные сроки собственник либо землепользователь вправе возобновить освоение земельного участка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z211" w:id="171"/>
+    <w:bookmarkStart w:name="z211" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При намерениях начать крупномасштабные восстановительные или новые строительные работы на территориях памятников истории и культуры, включенных в Список всемирного культурного и природного наследия ЮНЕСКО, уполномоченным органом предварительно через Министерство иностранных дел Республики Казахстан направляется уведомление в Комитет всемирного наследия ЮНЕСКО в соответствии с Конвенцией об охране всемирного культурного и природного наследия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z212" w:id="172"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z212" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Запрещается проведение работ, которые могут создавать угрозу существованию объектов историко-культурного наследия. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkEnd w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5670,310 +7184,530 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z222" w:id="173"/>
+    <w:bookmarkStart w:name="z222" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. К научно-реставрационным работам на памятнике истории и культуры относятся: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z223" w:id="174"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z223" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) научное исследование – комплекс мероприятий, направленных на изучение, оценку качества, степени сохранности и определение объема необходимых работ, осуществляемых по сохранению памятника истории и культуры, в том числе деятельность, осуществляемая в ходе разработки научно-проектной документации; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z224" w:id="175"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z224" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) консервация – комплекс мероприятий, предохраняющих памятник истории и культуры от дальнейшего разрушения и обеспечивающих закрепление и защиту конструктивных частей и декоративных элементов без изменений исторически сложившегося облика памятника истории и культуры. К консервации относятся и противоаварийные работы, состоящие из мероприятий, обеспечивающих физическую сохранность памятника истории и культуры; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z225" w:id="176"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z225" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) реставрация – комплекс мероприятий, обеспечивающих сохранение и раскрытие исторического, архитектурно-художественного облика памятника истории и культуры путем освобождения его от наслоений, не имеющих ценности и искажающих облик памятника истории и культуры, восполнение утраченных элементов здания, ансамбля и комплекса на основе научно обоснованных данных; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z226" w:id="177"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z226" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) воссоздание – комплекс мероприятий по восстановлению утраченного памятника истории и культуры при наличии достаточных научных данных и особой исторической, научной, художественной или культурной ценности памятника истории и культуры; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z227" w:id="178"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z227" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) ремонт – комплекс мероприятий по поддержанию технического состояния памятника истории и культуры путем проведения периодических работ без изменения его существующего облика; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z228" w:id="179"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z228" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) приспособление – комплекс мероприятий, проводимых в целях создания условий для современного использования памятника истории и культуры без нанесения ущерба его исторической, научной, художественной или культурной ценности и сохранности. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z229" w:id="180"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z229" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Научно-реставрационные работы на памятнике истории и культуры осуществляются в соответствии с научно-проектной документацией научно-реставрационных работ на памятниках истории и культуры.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z230" w:id="181"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 2 предусматривается дополнить частью второй в соответствии с Законом РК от 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z230" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Научно-реставрационные работы на памятниках истории и культуры осуществляются за счет бюджетных средств, привлечения инвестиций, а также средств собственников и пользователей памятников истории и культуры. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z231" w:id="182"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 4 предусматривается изменение Законом РК от 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Научно-реставрационные работы на памятниках истории и культуры осуществляются физическими и юридическими лицами на основании лицензии на деятельность по осуществлению научно-реставрационных работ на памятниках истории и культуры и (или) археологических работ, а также лицензии на строительно-монтажные работы в случае проведения строительно-монтажных работ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z232" w:id="183"/>
+    <w:bookmarkStart w:name="z232" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Научно-реставрационные работы на памятниках истории и культуры осуществляются на основе утвержденного уполномоченным органом плана научно-реставрационных работ на памятниках истории и культуры.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z302" w:id="184"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z302" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Проведение научно-реставрационных работ на памятниках истории и культуры вне плана не допускается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z303" w:id="185"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z303" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       План научно-реставрационных работ на памятниках истории и культуры формируется уполномоченным органом на предстоящий календарный год с учетом предложений государственных органов и местных исполнительных органов, а также физических и юридических лиц.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkEnd w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6134,279 +7868,1131 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 33. Планирование археологических работ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
-[...10 lines deleted...]
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 33 исключена Законом РК от 10.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 153-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Заголовок статьи 34 предусматривается в редакции Закона РК от 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 34. Осуществление археологических работ и их планирование</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z304" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В часть 1 пункта 1 предусматривается изменение Законом РК от 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осуществление археологических работ на территории Республики Казахстан допускается при наличии лицензии на деятельность по осуществлению научно-реставрационных работ на памятниках истории и культуры и (или) археологических работ, а также в порядке, определяемом уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z305" w:id="187"/>
+    <w:bookmarkStart w:name="z305" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Физические и юридические лица, осуществляющие археологические работы, до их начала обязаны известить местные исполнительные органы областей, городов республиканского значения, столицы о начале археологических работ, за исключением работ на памятниках истории и культуры международного и республиканского значения, о чем извещается уполномоченный орган.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z306" w:id="188"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Часть 1 пункта 2 предусматривается в редакции Закона РК от 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Археологические работы осуществляются на основе утвержденного уполномоченным органом плана археологических работ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z307" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Часть 2 пункта 2 предусматривается в редакции Закона РК от 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Проведение археологических работ вне плана не допускается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z308" w:id="190"/>
+    <w:bookmarkStart w:name="z308" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       План археологических работ формируется уполномоченным органом на предстоящий календарный год с учетом предложений государственных органов и местных исполнительных органов, а также физических и юридических лиц.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z309" w:id="191"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 2 предусматривается дополнить частью четвертой в соответствии с Законом РК от 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 3 предусматривается изменение Законом РК от 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. После завершения археологических работ физические и юридические лица, проводившие их, обязаны провести работы по консервации объекта, восстановить участки земли и другие природные объекты, нарушенные вследствие проведения археологических работ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z310" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 4 предусматривается исключить Законом РК от 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Все материалы и находки, полученные физическими и юридическими лицами Республики Казахстан и других государств в результате археологических работ на территории Казахстана, передаются в государственные музеи Республики Казахстан в порядке, определяемом уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Статью 34 предусматривается дополнить пунктом 5 в соответствии с Законом РК от 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      Сноска. Статья 34 - в редакции Закона РК от 10.01.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 153-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -6419,536 +9005,852 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Закон предусматривается дополнить статьями 34-1, 34-2 и 34-3 в соответствии с Законом РК от 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 35. Обнаружение клада, содержащего вещи, относящиеся к культурным ценностям </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z265" w:id="193"/>
+    <w:bookmarkStart w:name="z265" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. При обнаружении клада, содержащего вещи, относящиеся к культурным ценностям, они подлежат передаче в собственность Республики Казахстан. Собственник недвижимости, в которой был обнаружен такой клад, и лицо, обнаружившее клад, имеют право в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 247</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Гражданского кодекса Республики Казахстан на получение вознаграждения в размере пятидесяти процентов от стоимости клада в равных долях, если договором между ними не установлено иное. В случае обнаружения клада, содержащего вещи, относящиеся к культурным ценностям, на земельном участке или в иной недвижимости, которые принадлежат государству, лицо, обнаружившее клад, вправе получить пятьдесят процентов стоимости этого клада.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z266" w:id="194"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z266" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Стоимость клада определяется на основе отчета об оценке имущества в соответствии с законодательством Республики Казахстан об оценочной деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z267" w:id="195"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z267" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Выплата вознаграждения за обнаружение клада, содержащего вещи, относящиеся к культурным ценностям, производится из бюджетных средств в соответствии с Бюджетным кодексом Республики Казахстан.  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkEnd w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 36. Историко-культурная экспертиза</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z269" w:id="196"/>
+    <w:bookmarkStart w:name="z269" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Объектами историко-культурной экспертизы являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z270" w:id="197"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 1) предусматривается в редакции Закона РК от 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) земельные участки, подлежащие освоению;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z271" w:id="198"/>
+    <w:bookmarkStart w:name="z271" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) материалы, обосновывающие включение объектов историко-культурного наследия в государственные списки памятников истории и культуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z272" w:id="199"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z272" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) материалы, обосновывающие исключение памятников истории и культуры из государственных списков памятников истории и культуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z273" w:id="200"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z273" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) материалы, обосновывающие включение памятников истории и культуры в предварительный список всемирного культурного наследия Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z274" w:id="201"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z274" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) материалы, обосновывающие изменение категории памятника истории и культуры, перемещение и изменение памятника истории и культуры.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z275" w:id="202"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 2 предусматривается в редакции Закона РК от 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Историко-культурную экспертизу проводят физические и юридические лица, осуществляющие деятельность в сфере охраны и использования объектов историко-культурного наследия, имеющие лицензию на деятельность по осуществлению научно-реставрационных работ на памятниках истории и культуры и (или) археологических работ, а также аккредитацию субъекта научной и (или) научно-технической деятельности в соответствии с законодательством Республики Казахстан о науке. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z276" w:id="203"/>
+    <w:bookmarkStart w:name="z276" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Историко-культурная экспертиза проводится в порядке, определяемом уполномоченным органом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z277" w:id="204"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z277" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. По итогам проведения историко-культурной экспертизы выдается заключение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z278" w:id="205"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z278" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заключение историко-культурной экспертизы может быть обжаловано в уполномоченный орган либо судебном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkEnd w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 37. Ответственность за нарушение законодательства Республики Казахстан об охране и использовании объектов историко-культурного наследия </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z280" w:id="206"/>
+    <w:bookmarkStart w:name="z280" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нарушение законодательства Республики Казахстан об охране и использовании объектов историко-культурного наследия влечет ответственность, установленную законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkEnd w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 38. Переходное положение </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z282" w:id="207"/>
+    <w:bookmarkStart w:name="z282" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лицензии на деятельность по осуществлению археологических и (или) научно-реставрационных работ на памятниках истории и культуры, выданные до введения в действие настоящего Закона, подлежат переоформлению в течение трех лет после введения в действие настоящего Закона в порядке, установленном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkEnd w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 39. Порядок введения в действие настоящего Закона </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z284" w:id="208"/>
+    <w:bookmarkStart w:name="z284" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящий Закон вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования, за исключением </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 12, который вводится в действие по истечении шести месяцев после дня его первого официального опубликования.      </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z285" w:id="209"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z285" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 2 июля 1992 года "Об охране и использовании объектов историко-культурного наследия" (Ведомости Верховного Совета Республики Казахстан, 1992 г., № 15, ст.363; 1995 г., № 20, ст.120; Ведомости Парламента Республики Казахстан, 2004 г., № 23, ст.142; 2007 г., № 2, ст.18; № 17, ст.139; 2009 г., № 18, ст.84; 2010 г., № 5, ст.23; 2011 г., № 1, ст.2; № 5, ст.43; № 11, ст.102; № 12, ст.111; 2012 г., № 15, ст.97; 2013 г., № 14, ст.75; 2014 г., № 1, ст.4; № 10, ст.52; № 19-І, 19-ІІ, ст.96; № 23, ст.143; 2015 г., № 19-ІІ, ст.105; № 20-ІV, ст.113; 2016 г., № 6, ст.45; 2017 г., № 9, ст.18; 2018 г., № 10, ст.32).       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkEnd w:id="194"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -7092,55 +9994,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>