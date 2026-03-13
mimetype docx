--- v0 (2025-10-01)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="05ea170" w14:textId="05ea170">
+    <w:p w14:paraId="4b8d375" w14:textId="4b8d375">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -288,50 +288,126 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Для удобства пользования РЦПИ создано </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ОГЛАВЛЕНИЕ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      По всему тексту слова "Единой автоматизированной информационной системы", "Единая автоматизированная информационная система", "Единую автоматизированную информационную систему" предусматриваются заменить соответственно словами "Единой автоматизированной цифровой системы", "Единая автоматизированная цифровая система", "Единую автоматизированную цифровую систему" в соответствии с Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z8" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящий Закон регулирует общественные отношения и определяет правовые, экономические и организационные основы сферы кинематографии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2156,127 +2232,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание РЦПИ!</w:t>
+        <w:t xml:space="preserve">10) действовал до 31.12.2025 в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...60 lines deleted...]
-      10) разрабатывает и утверждает правила и условия выплаты субсидий в сфере кинематографии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z64" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) осуществляет возрастную классификацию фильмов, предназначенных для проката на территории Республики Казахстан, при выдаче прокатного удостоверения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
     <w:bookmarkStart w:name="z65" w:id="61"/>
     <w:p>
       <w:pPr>
@@ -3023,964 +3057,1058 @@
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 9 настоящего Закона; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z91" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 4) предусматривается изменение Законом РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в случае, если содержание фильма направлено на пропаганду или агитацию насильственного изменения конституционного строя, нарушения целостности Республики, подрыва безопасности государства, разжигания социальной, расовой, национальной, религиозной, сословной и родовой розни, культа жестокости и насилия, а также порнографии.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z92" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В случае установления недостоверности и (или) искаженности информации о фильме, ранее послужившей основанием для выдачи прокатного удостоверения, уполномоченный орган приостанавливает действие прокатного удостоверения.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z92" w:id="86"/>
-[...15 lines deleted...]
-      7. В случае установления недостоверности и (или) искаженности информации о фильме, ранее послужившей основанием для выдачи прокатного удостоверения, уполномоченный орган приостанавливает действие прокатного удостоверения.</w:t>
+    <w:bookmarkStart w:name="z93" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Действие прокатного удостоверения приостанавливается на срок, необходимый для устранения причин, повлекших приостановление действия прокатного удостоверения, но не более чем на шестьдесят календарных дней.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z93" w:id="87"/>
-[...15 lines deleted...]
-      Действие прокатного удостоверения приостанавливается на срок, необходимый для устранения причин, повлекших приостановление действия прокатного удостоверения, но не более чем на шестьдесят календарных дней.</w:t>
+    <w:bookmarkStart w:name="z94" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Решение о приостановлении действия прокатного удостоверения оформляется приказом лица, выдавшего его, либо лица, его замещающего, в течение трех рабочих дней со дня выявления обстоятельств уполномоченным органом и вступает в силу со дня уведомления физического или юридического лица, получившего прокатное удостоверение, о принятом решении.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z94" w:id="88"/>
-[...15 lines deleted...]
-      Решение о приостановлении действия прокатного удостоверения оформляется приказом лица, выдавшего его, либо лица, его замещающего, в течение трех рабочих дней со дня выявления обстоятельств уполномоченным органом и вступает в силу со дня уведомления физического или юридического лица, получившего прокатное удостоверение, о принятом решении.</w:t>
+    <w:bookmarkStart w:name="z95" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Действие прокатного удостоверения возобновляется приказом лица, приостановившего действие прокатного удостоверения, либо лица, его замещающего, в течение трех рабочих дней со дня регистрации письменного заявления физического или юридического лица, получившего прокатное удостоверение, об устранении обстоятельств, повлекших ранее приостановление действия прокатного удостоверения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z95" w:id="89"/>
-[...15 lines deleted...]
-      Действие прокатного удостоверения возобновляется приказом лица, приостановившего действие прокатного удостоверения, либо лица, его замещающего, в течение трех рабочих дней со дня регистрации письменного заявления физического или юридического лица, получившего прокатное удостоверение, об устранении обстоятельств, повлекших ранее приостановление действия прокатного удостоверения.</w:t>
+    <w:bookmarkStart w:name="z96" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае неустранения обстоятельств, ранее послуживших основанием для приостановления действия прокатного удостоверения, уполномоченный орган отзывает в судебном порядке прокатное удостоверение.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z96" w:id="90"/>
-[...15 lines deleted...]
-      В случае неустранения обстоятельств, ранее послуживших основанием для приостановления действия прокатного удостоверения, уполномоченный орган отзывает в судебном порядке прокатное удостоверение.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 8. Возрастная классификация фильмов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z98" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. На все фильмы, произведенные в Республике Казахстан, и фильмы, ввозимые (доставленные) на территорию Республики Казахстан с целью проката, осуществляется возрастная классификация с присвоением следующих возрастных категорий:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:p>
-[...32 lines deleted...]
-      1. На все фильмы, произведенные в Республике Казахстан, и фильмы, ввозимые (доставленные) на территорию Республики Казахстан с целью проката, осуществляется возрастная классификация с присвоением следующих возрастных категорий:</w:t>
+    <w:bookmarkStart w:name="z99" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "до 6 лет" - фильмы, предназначенные для детей, не достигших шести лет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z99" w:id="92"/>
-[...15 lines deleted...]
-      1) "до 6 лет" - фильмы, предназначенные для детей, не достигших шести лет;</w:t>
+    <w:bookmarkStart w:name="z100" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "с 6 лет" - фильмы, предназначенные для детей, достигших шести лет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z100" w:id="93"/>
-[...15 lines deleted...]
-      2) "с 6 лет" - фильмы, предназначенные для детей, достигших шести лет;</w:t>
+    <w:bookmarkStart w:name="z101" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) "с 12 лет" - фильмы, предназначенные для детей, достигших двенадцати лет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z101" w:id="94"/>
-[...15 lines deleted...]
-      3) "с 12 лет" - фильмы, предназначенные для детей, достигших двенадцати лет;</w:t>
+    <w:bookmarkStart w:name="z102" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) "с 14 лет" - фильмы, предназначенные для детей, достигших четырнадцати лет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z102" w:id="95"/>
-[...15 lines deleted...]
-      4) "с 14 лет" - фильмы, предназначенные для детей, достигших четырнадцати лет;</w:t>
+    <w:bookmarkStart w:name="z103" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) "с 16 лет" - фильмы, предназначенные для детей, достигших шестнадцати лет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z103" w:id="96"/>
-[...15 lines deleted...]
-      5) "с 16 лет" - фильмы, предназначенные для детей, достигших шестнадцати лет;</w:t>
+    <w:bookmarkStart w:name="z104" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) "с 18 лет" - фильмы, предназначенные для зрителей, достигших восемнадцати лет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z104" w:id="97"/>
-[...15 lines deleted...]
-      6) "с 18 лет" - фильмы, предназначенные для зрителей, достигших восемнадцати лет;</w:t>
+    <w:bookmarkStart w:name="z105" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) "с 21 года" - фильмы, предназначенные для зрителей, достигших двадцати одного года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z105" w:id="98"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z106" w:id="99"/>
+    <w:bookmarkStart w:name="z106" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Критерии отнесения фильмов к возрастным категориям "до 6 лет", "с 6 лет", "с 12 лет", "с 14 лет" и "с 16 лет" соответствуют критериям, предусмотренным в Законе Республики Казахстан "О защите детей от информации, причиняющей вред их здоровью и развитию". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z107" w:id="100"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z107" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       К возрастной категории "с 18 лет" относятся фильмы, содержащие: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z108" w:id="101"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z108" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       информацию, причиняющую вред здоровью и развитию детей, за исключением информации, запрещенной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституцией</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан и законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z109" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      описания и (или) изображения самоубийства, убийства, проблем семейной жизни и развода, наркотической и алкогольной зависимости, заболеваний, асоциального поведения, обнажения, сцен полового акта или других эротических действий при условии оправданности их сюжетом и художественной задачей кинопроизведения;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z109" w:id="102"/>
-[...15 lines deleted...]
-      описания и (или) изображения самоубийства, убийства, проблем семейной жизни и развода, наркотической и алкогольной зависимости, заболеваний, асоциального поведения, обнажения, сцен полового акта или других эротических действий при условии оправданности их сюжетом и художественной задачей кинопроизведения;</w:t>
+    <w:bookmarkStart w:name="z110" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      эпизодическое употребление грубых жаргонных слов, брани, ненормативной лексики.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z110" w:id="103"/>
-[...15 lines deleted...]
-      эпизодическое употребление грубых жаргонных слов, брани, ненормативной лексики.</w:t>
+    <w:bookmarkStart w:name="z111" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К возрастной категории "с 21 года" относятся фильмы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z111" w:id="104"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z112" w:id="105"/>
+    <w:bookmarkStart w:name="z112" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       содержащие описания и (или) изображения любых сцен, за исключением информации, запрещенной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституцией</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан и законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z113" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не содержащие ограничения в употреблении грубых жаргонных слов, брани, ненормативной лексики.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z113" w:id="106"/>
-[...15 lines deleted...]
-      не содержащие ограничения в употреблении грубых жаргонных слов, брани, ненормативной лексики.</w:t>
+    <w:bookmarkStart w:name="z114" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Прокат фильма по телеканалам с возрастной категорией "с 18 лет" допускается после 22 часов до 06 часов утра местного времени, с возрастной категорией "с 21 года" - после ноля часов до 06 часов утра местного времени, за исключением фильмов, распространяемых на платной основе с применением декодирующих технических устройств.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z114" w:id="107"/>
-[...15 lines deleted...]
-      3. Прокат фильма по телеканалам с возрастной категорией "с 18 лет" допускается после 22 часов до 06 часов утра местного времени, с возрастной категорией "с 21 года" - после ноля часов до 06 часов утра местного времени, за исключением фильмов, распространяемых на платной основе с применением декодирующих технических устройств.</w:t>
+    <w:bookmarkStart w:name="z115" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прокат фильма с возрастной категорией "с 21 года" на территории Республики Казахстан допускается в кинозалах и иных предназначенных для этих целей местах после 22 часов до 06 часов утра местного времени.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z115" w:id="108"/>
-[...15 lines deleted...]
-      Прокат фильма с возрастной категорией "с 21 года" на территории Республики Казахстан допускается в кинозалах и иных предназначенных для этих целей местах после 22 часов до 06 часов утра местного времени.</w:t>
+    <w:bookmarkStart w:name="z116" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Физические или юридические лица, получившие прокатное удостоверение и (или) осуществляющие прокат фильмов на территории Республики Казахстан, обязаны информировать зрителя о возрастной категории фильма.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z116" w:id="109"/>
-[...15 lines deleted...]
-      4. Физические или юридические лица, получившие прокатное удостоверение и (или) осуществляющие прокат фильмов на территории Республики Казахстан, обязаны информировать зрителя о возрастной категории фильма.</w:t>
+    <w:bookmarkStart w:name="z117" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Знак возрастной категории фильмов "до 6 лет", "с 6 лет", "с 12 лет", "с 14 лет", "с 16 лет" и "с 18 лет" должен соответствовать требованиям, предусмотренным законодательством Республики Казахстан о защите детей от информации, причиняющей вред их здоровью и развитию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z117" w:id="110"/>
-[...15 lines deleted...]
-      5. Знак возрастной категории фильмов "до 6 лет", "с 6 лет", "с 12 лет", "с 14 лет", "с 16 лет" и "с 18 лет" должен соответствовать требованиям, предусмотренным законодательством Республики Казахстан о защите детей от информации, причиняющей вред их здоровью и развитию.</w:t>
+    <w:bookmarkStart w:name="z118" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Знак возрастной категории фильмов "с 21 года" обозначается знаком "21+" в ромбе и (или) текстовым предупреждением в виде словосочетания "для зрителей, достигших двадцати одного года".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z118" w:id="111"/>
-[...15 lines deleted...]
-      Знак возрастной категории фильмов "с 21 года" обозначается знаком "21+" в ромбе и (или) текстовым предупреждением в виде словосочетания "для зрителей, достигших двадцати одного года".</w:t>
+    <w:bookmarkStart w:name="z119" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Информация о возрастной категории фильма должна быть указана и доступна для зрителей в соответствии с требованиями законодательства Республики Казахстан о защите детей от информации, причиняющей вред их здоровью и развитию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z119" w:id="112"/>
-[...15 lines deleted...]
-      6. Информация о возрастной категории фильма должна быть указана и доступна для зрителей в соответствии с требованиями законодательства Республики Казахстан о защите детей от информации, причиняющей вред их здоровью и развитию.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 8 с изменениями, внесенными законами РК от 29.09.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 143</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 19.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 9. Язык проката фильмов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z121" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Прокат фильмов на территории Республики Казахстан осуществляется на казахском и других языках.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:p>
-[...114 lines deleted...]
-      1. Прокат фильмов на территории Республики Казахстан осуществляется на казахском и других языках.</w:t>
+    <w:bookmarkStart w:name="z122" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Прокат национальных фильмов должен осуществляться на казахском языке и может осуществляться на других языках.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z122" w:id="114"/>
-[...15 lines deleted...]
-      2. Прокат национальных фильмов должен осуществляться на казахском языке и может осуществляться на других языках.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Фильмы, прокат и показ которых на территории Республики Казахстан осуществляются в кинозалах и иных предназначенных для этих целей местах не на казахском языке, должны быть дублированы либо субтитрированы, либо обеспечены закадровым переводом на казахский язык, за исключением фильмов ограниченного проката.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z209" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При дублировании, субтитрировании либо обеспечении закадровым переводом фильмов на казахский язык должен быть соблюден порядок слов в предложении, правильное их составление и произношение. Субтитрирование излагается в соответствии с нормами орфографии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:p>
-[...33 lines deleted...]
-      При дублировании, субтитрировании либо обеспечении закадровым переводом фильмов на казахский язык должен быть соблюден порядок слов в предложении, правильное их составление и произношение. Субтитрирование излагается в соответствии с нормами орфографии.</w:t>
+    <w:bookmarkStart w:name="z210" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перевод содержания дублирования, субтитрирования либо обеспечение закадровым переводом фильмов не должны искажать их основной смысл.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z210" w:id="116"/>
-[...15 lines deleted...]
-      Перевод содержания дублирования, субтитрирования либо обеспечение закадровым переводом фильмов не должны искажать их основной смысл.</w:t>
+    <w:bookmarkStart w:name="z124" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прокат и показ фильмов на телеканалах осуществляются в соответствии с законодательством Республики Казахстан о масс-медиа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z124" w:id="117"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z219" w:id="118"/>
+    <w:bookmarkStart w:name="z219" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3-1. Прокат детских анимационных фильмов и фильмов для семейного просмотра, получивших государственную поддержку в виде финансирования дубляжа на казахский язык, и их показ в кинозалах и иных предназначенных для этих целей местах на территории Республики Казахстан должны осуществляться на казахском языке. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z220" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прокат и показ на территории Республики Казахстан таких фильмов в кинозалах и иных предназначенных для этих целей местах могут осуществляться и на других языках.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z220" w:id="119"/>
-[...15 lines deleted...]
-      Прокат и показ на территории Республики Казахстан таких фильмов в кинозалах и иных предназначенных для этих целей местах могут осуществляться и на других языках.</w:t>
+    <w:bookmarkStart w:name="z125" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Употребляемая в фильме ненормативная лексика должна быть устранена соответствующими техническими средствами (звуковым сигналом).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z125" w:id="120"/>
-[...15 lines deleted...]
-      4. Употребляемая в фильме ненормативная лексика должна быть устранена соответствующими техническими средствами (звуковым сигналом).</w:t>
+    <w:bookmarkStart w:name="z126" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В случае, если в фильме, произведенном в Республике Казахстан, вместе с казахским языком применены другие языки, при осуществлении его проката и показа текст на других языках должен быть субтитрирован либо обеспечен закадровым переводом на казахский язык.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z126" w:id="121"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4076,2728 +4204,2467 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 10. Виды фильмов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z128" w:id="122"/>
+    <w:bookmarkStart w:name="z128" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. По видам фильмы подразделяются на: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z129" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) анимационный фильм - фильм, создаваемый путем использования графических методов и приемов изобразительного искусства, а также возможностей компьютерной графики с оживлением действий и сцен;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z129" w:id="123"/>
-[...15 lines deleted...]
-      1) анимационный фильм - фильм, создаваемый путем использования графических методов и приемов изобразительного искусства, а также возможностей компьютерной графики с оживлением действий и сцен;</w:t>
+    <w:bookmarkStart w:name="z130" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) документальный фильм - фильм, создаваемый на основе сценарного сюжета, в котором зафиксированы актуальные события, факты действительности в совокупности, которые трактуются режиссером средствами операторского искусства, монтажного строя и другими средствами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z130" w:id="124"/>
-[...15 lines deleted...]
-      2) документальный фильм - фильм, создаваемый на основе сценарного сюжета, в котором зафиксированы актуальные события, факты действительности в совокупности, которые трактуются режиссером средствами операторского искусства, монтажного строя и другими средствами;</w:t>
+    <w:bookmarkStart w:name="z131" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) игровой фильм - фильм, создаваемый на основе сценария и воплощаемый средствами актерской игры, режиссуры, операторского искусства, творчества художника-постановщика, композитора и других субъектов отношений в сфере кинематографии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z131" w:id="125"/>
-[...15 lines deleted...]
-      3) игровой фильм - фильм, создаваемый на основе сценария и воплощаемый средствами актерской игры, режиссуры, операторского искусства, творчества художника-постановщика, композитора и других субъектов отношений в сфере кинематографии;</w:t>
+    <w:bookmarkStart w:name="z132" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) хроникальный фильм - фильм, в котором зафиксированы актуальные события и факты действительности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z132" w:id="126"/>
-[...15 lines deleted...]
-      4) хроникальный фильм - фильм, в котором зафиксированы актуальные события и факты действительности.</w:t>
+    <w:bookmarkStart w:name="z133" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Фильм продолжительностью не менее пятидесяти двух минут является полнометражным, фильм продолжительностью менее пятидесяти двух минут - короткометражным фильмом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z133" w:id="127"/>
-[...15 lines deleted...]
-      2. Фильм продолжительностью не менее пятидесяти двух минут является полнометражным, фильм продолжительностью менее пятидесяти двух минут - короткометражным фильмом.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 11. Единая автоматизированная информационная система мониторинга фильмов на территории Казахстана</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z135" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В целях систематизации и учета фильмов на территории Республики Казахстан уполномоченным органом ведется Единая автоматизированная информационная система мониторинга фильмов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z136" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Организация, осуществляющая деятельность по показу фильма, ведет учет и предоставляет информацию по фильмам в Единую автоматизированную информационную систему мониторинга фильмов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z137" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Ведение Единой автоматизированной информационной системы мониторинга фильмов осуществляется в порядке, определенном уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 11. Единая автоматизированная информационная система мониторинга фильмов на территории Казахстана</w:t>
-[...58 lines deleted...]
-      3. Ведение Единой автоматизированной информационной системы мониторинга фильмов осуществляется в порядке, определенном уполномоченным органом.</w:t>
+        <w:t>Статья 12. Государственная поддержка в сфере кинематографии</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z139" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственная поддержка в сфере кинематографии осуществляется по следующим направлениям:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:p>
-[...32 lines deleted...]
-      1. Государственная поддержка в сфере кинематографии осуществляется по следующим направлениям:</w:t>
+    <w:bookmarkStart w:name="z140" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) финансирование национальных фильмов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z140" w:id="132"/>
-[...15 lines deleted...]
-      1) финансирование национальных фильмов;</w:t>
+    <w:bookmarkStart w:name="z141" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) финансирование кинопроектов, претендующих на признание их национальными фильмами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z141" w:id="133"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z221" w:id="134"/>
+    <w:bookmarkStart w:name="z221" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2-1) финансирование дубляжа на казахский язык детских анимационных фильмов и фильмов для семейного просмотра, ввозимых на территорию Республики Казахстан; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z222" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-2) финансирование деятельности, направленной на участие субъектов кинематографической деятельности в международных кинофестивалях, организацию дней казахстанского кино в стране и за рубежом;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z222" w:id="135"/>
-[...15 lines deleted...]
-      2-2) финансирование деятельности, направленной на участие субъектов кинематографической деятельности в международных кинофестивалях, организацию дней казахстанского кино в стране и за рубежом;</w:t>
+    <w:bookmarkStart w:name="z142" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сохранение национальных фильмов и их исходных материалов как неотъемлемой части национального культурного достояния;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z142" w:id="136"/>
-[...15 lines deleted...]
-      3) сохранение национальных фильмов и их исходных материалов как неотъемлемой части национального культурного достояния;</w:t>
+    <w:bookmarkStart w:name="z143" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) проведение научно-исследовательских работ в сфере кинематографии в соответствии с законодательством Республики Казахстан о науке;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z143" w:id="137"/>
-[...15 lines deleted...]
-      4) проведение научно-исследовательских работ в сфере кинематографии в соответствии с законодательством Республики Казахстан о науке;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) действовал до 31.12.2025 в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z223" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) организация повышения квалификации кадров в сфере кинематографии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
-    <w:p>
-[...129 lines deleted...]
-      6) организация повышения квалификации кадров в сфере кинематографии.</w:t>
+    <w:bookmarkStart w:name="z145" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственная финансовая поддержка предоставляется для организации производства, проката и показа национальных фильмов и связанных с этим мероприятий, а также продвижения национальных фильмов за рубежом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z145" w:id="139"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z224" w:id="140"/>
+    <w:bookmarkStart w:name="z224" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Средства, ежегодно выделяемые на производство национальных фильмов, направляются в следующих объемах: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z225" w:id="141"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z225" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) на исторические, патриотические и имиджевые фильмы – семьдесят процентов; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z226" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) на софинансирование частных кинопроектов, в том числе дебютных фильмов, – тридцать процентов.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z226" w:id="142"/>
-[...15 lines deleted...]
-      2) на софинансирование частных кинопроектов, в том числе дебютных фильмов, – тридцать процентов.</w:t>
+    <w:bookmarkStart w:name="z146" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Финансирование кинопроектов, претендующих на признание их национальными фильмами, по которым принято решение о финансировании, в соответствии с настоящим Законом осуществляется в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z146" w:id="143"/>
-[...15 lines deleted...]
-      3. Финансирование кинопроектов, претендующих на признание их национальными фильмами, по которым принято решение о финансировании, в соответствии с настоящим Законом осуществляется в следующих объемах:</w:t>
+    <w:bookmarkStart w:name="z147" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) для социально значимых фильмов, дебютных фильмов, фильмов-событий - до ста процентов сметной стоимости производства в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z147" w:id="144"/>
-[...15 lines deleted...]
-      1) для социально значимых фильмов, дебютных фильмов, фильмов-событий - до ста процентов сметной стоимости производства в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z148" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) для фильмов совместного производства - в пределах, предусмотренных в рамках соответствующих соглашений о производстве таких фильмов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z148" w:id="145"/>
-[...15 lines deleted...]
-      2) для фильмов совместного производства - в пределах, предусмотренных в рамках соответствующих соглашений о производстве таких фильмов;</w:t>
+    <w:bookmarkStart w:name="z149" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) для игровых фильмов, предназначенных для широкой зрительской аудитории, не может превышать:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z149" w:id="146"/>
-[...15 lines deleted...]
-      3) для игровых фильмов, предназначенных для широкой зрительской аудитории, не может превышать:</w:t>
+    <w:bookmarkStart w:name="z150" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      с 1 января 2019 года - девяносто процентов сметной стоимости их производства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z150" w:id="147"/>
-[...15 lines deleted...]
-      с 1 января 2019 года - девяносто процентов сметной стоимости их производства;</w:t>
+    <w:bookmarkStart w:name="z151" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      с 1 января 2020 года - восемьдесят процентов сметной стоимости их производства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z151" w:id="148"/>
-[...15 lines deleted...]
-      с 1 января 2020 года - восемьдесят процентов сметной стоимости их производства;</w:t>
+    <w:bookmarkStart w:name="z152" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      с 1 января 2021 года - семьдесят процентов сметной стоимости их производства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z152" w:id="149"/>
-[...15 lines deleted...]
-      с 1 января 2021 года - семьдесят процентов сметной стоимости их производства.</w:t>
+    <w:bookmarkStart w:name="z153" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Критерии отнесения фильмов к категориям, указанным в пункте 3 настоящей статьи, определяются уполномоченным органом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z153" w:id="150"/>
-[...15 lines deleted...]
-      4. Критерии отнесения фильмов к категориям, указанным в пункте 3 настоящей статьи, определяются уполномоченным органом.</w:t>
+    <w:bookmarkStart w:name="z154" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Физические и (или) юридические лица, получившие государственную поддержку в виде финансирования национального фильма через Государственный центр поддержки национального кино, осуществляют отчисления с доходов от проката и показа национальных фильмов в Государственный центр поддержки национального кино в объеме, соразмерном процентному соотношению полученной государственной поддержки, в порядке, определенном уполномоченным органом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z154" w:id="151"/>
-[...15 lines deleted...]
-      5. Физические и (или) юридические лица, получившие государственную поддержку в виде финансирования национального фильма через Государственный центр поддержки национального кино, осуществляют отчисления с доходов от проката и показа национальных фильмов в Государственный центр поддержки национального кино в объеме, соразмерном процентному соотношению полученной государственной поддержки, в порядке, определенном уполномоченным органом.</w:t>
+    <w:bookmarkStart w:name="z155" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Физические и (или) юридические лица, получившие государственную поддержку на производство фильмов, указанных в подпункте 1) пункта 3 настоящей статьи, осуществляют отчисления в Государственный центр поддержки национального кино в объеме двадцати процентов от доходов от проката и показа национальных фильмов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z155" w:id="152"/>
-[...15 lines deleted...]
-      Физические и (или) юридические лица, получившие государственную поддержку на производство фильмов, указанных в подпункте 1) пункта 3 настоящей статьи, осуществляют отчисления в Государственный центр поддержки национального кино в объеме двадцати процентов от доходов от проката и показа национальных фильмов.</w:t>
+    <w:bookmarkStart w:name="z156" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. При уполномоченном органе в целях выработки предложений и рекомендаций по вопросам государственной поддержки в виде финансирования национальных фильмов, дубляжа на казахский язык детских анимационных фильмов и фильмов для семейного просмотра, ввозимых на территорию Республики Казахстан, создается консультативно-совещательный орган – Межведомственная комиссия по вопросам государственной поддержки в сфере кинематографии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z156" w:id="153"/>
-[...15 lines deleted...]
-      6. При уполномоченном органе в целях выработки предложений и рекомендаций по вопросам государственной поддержки в виде финансирования национальных фильмов, дубляжа на казахский язык детских анимационных фильмов и фильмов для семейного просмотра, ввозимых на территорию Республики Казахстан, создается консультативно-совещательный орган – Межведомственная комиссия по вопросам государственной поддержки в сфере кинематографии.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 12 с изменениями, внесенными законами РК от 29.09.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 143</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 13. Государственный центр поддержки национального кино</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z159" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственный центр поддержки национального кино является некоммерческой организацией, создаваемой в организационно-правовой форме акционерного общества, единственным учредителем и акционером которого является Правительство Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
-    <w:p>
-[...114 lines deleted...]
-      1. Государственный центр поддержки национального кино является некоммерческой организацией, создаваемой в организационно-правовой форме акционерного общества, единственным учредителем и акционером которого является Правительство Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z160" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Органами Государственного центра поддержки национального кино являются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z160" w:id="155"/>
-[...15 lines deleted...]
-      2. Органами Государственного центра поддержки национального кино являются:</w:t>
+    <w:bookmarkStart w:name="z161" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) высший орган - единственный акционер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z161" w:id="156"/>
-[...15 lines deleted...]
-      1) высший орган - единственный акционер;</w:t>
+    <w:bookmarkStart w:name="z162" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) орган управления - совет директоров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z162" w:id="157"/>
-[...15 lines deleted...]
-      2) орган управления - совет директоров;</w:t>
+    <w:bookmarkStart w:name="z163" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) исполнительный орган - правление;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z163" w:id="158"/>
-[...15 lines deleted...]
-      3) исполнительный орган - правление;</w:t>
+    <w:bookmarkStart w:name="z164" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) иные органы в соответствии с уставом Государственного центра поддержки национального кино.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z164" w:id="159"/>
-[...15 lines deleted...]
-      4) иные органы в соответствии с уставом Государственного центра поддержки национального кино.</w:t>
+    <w:bookmarkStart w:name="z165" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Государственный центр поддержки национального кино создает службу внутреннего аудита.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z165" w:id="160"/>
-[...15 lines deleted...]
-      3. Государственный центр поддержки национального кино создает службу внутреннего аудита.</w:t>
+    <w:bookmarkStart w:name="z166" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Активы Государственного центра поддержки национального кино формируются за счет:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z166" w:id="161"/>
-[...15 lines deleted...]
-      4. Активы Государственного центра поддержки национального кино формируются за счет:</w:t>
+    <w:bookmarkStart w:name="z167" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственного имущества;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z167" w:id="162"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z168" w:id="163"/>
+    <w:bookmarkStart w:name="z168" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) отчислений лиц, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 12 настоящего Закона;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z169" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) добровольных имущественных взносов и пожертвований иных лиц;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z169" w:id="164"/>
-[...15 lines deleted...]
-      3) добровольных имущественных взносов и пожертвований иных лиц;</w:t>
+    <w:bookmarkStart w:name="z170" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) иных не запрещенных законами Республики Казахстан поступлений в Государственный центр поддержки национального кино.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z170" w:id="165"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z171" w:id="166"/>
+    <w:bookmarkStart w:name="z171" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Государственный центр поддержки национального кино является единым оператором по: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z228" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) предоставлению государственной поддержки в виде финансирования кинопроектов, претендующих на признание их национальными фильмами, и национальных фильмов, за исключением средств, выделяемых на выполнение государственного задания для юридического лица со стопроцентным участием государства в уставном капитале, основным предметом деятельности которого является производство фильмов, в размере не менее тридцати процентов от общего объема финансирования фильмов;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z228" w:id="167"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z229" w:id="168"/>
+    <w:bookmarkStart w:name="z229" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) финансированию дубляжа на казахский язык детских анимационных фильмов и фильмов для семейного просмотра, ввозимых на территорию Республики Казахстан; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) действовал до 31.12.2025 в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z180" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. В целях выработки предложений по признанию фильма национальным и финансированию дубляжа на казахский язык детских анимационных фильмов и фильмов для семейного просмотра, ввозимых на территорию Республики Казахстан, при Государственном центре поддержки национального кино создается Экспертный совет – консультативно-совещательный орган из числа творческих работников, работников культуры и экспертов в сфере кинематографии.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="168"/>
-    <w:p>
-[...133 lines deleted...]
-    <w:bookmarkStart w:name="z181" w:id="170"/>
+    <w:bookmarkStart w:name="z181" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">6-1. В целях выработки предложений в сфере кинематографии при Государственном центре поддержки национального кино создается Национальная кинокомиссия – консультативно-совещательный орган из числа представителей государственных органов, субъектов кинематографической деятельности и экспертов в сфере кинематографии. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z232" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Положение и состав Национальной кинокомиссии утверждаются уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z232" w:id="171"/>
-[...15 lines deleted...]
-      Положение и состав Национальной кинокомиссии утверждаются уполномоченным органом.</w:t>
+    <w:bookmarkStart w:name="z182" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Убытки, причиненные Государственному центру поддержки национального кино, возмещаются в порядке, определенном гражданским законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z182" w:id="172"/>
-[...15 lines deleted...]
-      7. Убытки, причиненные Государственному центру поддержки национального кино, возмещаются в порядке, определенном гражданским законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z183" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Производство фильмов в рамках государственного информационного заказа осуществляется в соответствии с Законом Республики Казахстан "О масс-медиа".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z183" w:id="173"/>
-[...15 lines deleted...]
-      8. Производство фильмов в рамках государственного информационного заказа осуществляется в соответствии с Законом Республики Казахстан "О масс-медиа".</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 13 с изменениями, внесенными законами РК от 29.09.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 143</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 19.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 10.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 153-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 13-1. Сценическо-постановочные средства национальных фильмов </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z234" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Хранение, обеспечение сохранности, использование и предоставление в пользование сценическо-постановочных средств национальных фильмов, частично или полностью финансируемых за счет бюджетных средств, осуществляются юридическим лицом со стопроцентным участием государства в уставном капитале, основным предметом деятельности которого является производство фильмов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 13 с изменениями, внесенными законами РК от 29.09.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 13-1 в соответствии с Законом РК от 29.09.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 143</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 19.04.2023 </w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Статья 13-1. Сценическо-постановочные средства национальных фильмов </w:t>
-[...18 lines deleted...]
-      Хранение, обеспечение сохранности, использование и предоставление в пользование сценическо-постановочных средств национальных фильмов, частично или полностью финансируемых за счет бюджетных средств, осуществляются юридическим лицом со стопроцентным участием государства в уставном капитале, основным предметом деятельности которого является производство фильмов.</w:t>
+        <w:t>Статья 14. Национальный фильм</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z185" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Фильм признается национальным при совокупности следующих оснований:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z186" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) если фильм отражает события национальной истории, современной жизни Республики Казахстан, посвящен общечеловеческим гуманитарным, социальным и нравственным проблемам, событиям мировой истории, имеющим социально-культурное значение для Республики Казахстан, и (или) может способствовать укреплению имиджа и авторитета Республики Казахстан на международном уровне;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z187" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при производстве, распространении и показе фильмов не менее семидесяти процентов общего объема работ по смете осуществляют субъекты кинематографической деятельности, зарегистрированные на территории Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z188" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) продюсерами фильма являются гражданин Республики Казахстан и (или) юридическое лицо, зарегистрированное на территории Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z189" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в состав авторов фильма (автор сценария, режиссер-постановщик, оператор-постановщик, художник-постановщик, автор музыкального произведения) входят не более чем пятьдесят процентов лиц, не являющихся гражданами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z190" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В соответствии с условиями международного договора, ратифицированного Республикой Казахстан, фильм, снятый совместно с иностранными субъектами кинематографической деятельности, может быть признан национальным.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z191" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. На фильм, признанный национальным, выдается удостоверение национального фильма.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 13-1 в соответствии с Законом РК от 29.09.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 14 с изменениями, внесенными Законом РК от 29.09.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 143</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 14. Национальный фильм</w:t>
-[...217 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Статья 14-1. Детские анимационные фильмы и фильмы для семейного просмотра </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z236" w:id="182"/>
+    <w:bookmarkStart w:name="z236" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Детским анимационным фильмом является фильм для детей со знаком возрастной категории фильмов "до 6 лет", "с 6 лет" и "с 12 лет". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z237" w:id="183"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z237" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Фильмом для семейного просмотра является игровой фильм со знаком возрастной категории фильмов "до 6 лет", "с 6 лет" и "с 12 лет". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z238" w:id="184"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z238" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Отбор детских анимационных фильмов, ввозимых на территорию Республики Казахстан, для получения государственной поддержки в виде финансирования дубляжа на казахский язык осуществляется при совокупности следующих оснований, если фильм: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z239" w:id="185"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z239" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) направлен на гармоничное интеллектуально-образовательное развитие личности, духовно-нравственное воспитание детей; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z240" w:id="186"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z240" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) соответствует возрастной классификации фильмов; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z241" w:id="187"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z241" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) соответствует требованиям к распространению информационной продукции, предусмотренным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О защите детей от информации, причиняющей вред их здоровью и развитию"; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z242" w:id="188"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z242" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) не противоречит национальным интересам Республики Казахстан, предусмотренным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О национальной безопасности Республики Казахстан"; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z243" w:id="189"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z243" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) предназначен для широкой дистрибуции с высоким рейтингом ожидания по международным стандартам; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z244" w:id="190"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z244" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) набрал необходимое количество голосов по итогам предварительного онлайн-голосования на интернет-ресурсе Государственного центра поддержки национального кино. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z245" w:id="191"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z245" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Отбор фильмов для семейного просмотра, ввозимых на территорию Республики Казахстан, для получения государственной поддержки в виде финансирования дубляжа на казахский язык осуществляется при совокупности следующих оснований, если фильм: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z246" w:id="192"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z246" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) направлен на укрепление и развитие семейных отношений, духовно-нравственных ценностей, не противоречит общепринятым нормам морали и нравственности; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z247" w:id="193"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z247" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) соответствует возрастной классификации фильмов; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z248" w:id="194"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z248" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) соответствует требованиям к распространению информационной продукции, предусмотренным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О защите детей от информации, причиняющей вред их здоровью и развитию"; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z249" w:id="195"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z249" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) не противоречит национальным интересам Республики Казахстан, предусмотренным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О национальной безопасности Республики Казахстан"; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z250" w:id="196"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z250" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) предназначен для широкой дистрибуции с высоким рейтингом ожидания по международным стандартам; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z251" w:id="197"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z251" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) набрал необходимое количество голосов по итогам предварительного онлайн-голосования на интернет-ресурсе Государственного центра поддержки национального кино. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z252" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Порядок онлайн-голосования определяется в соответствии с правилами отбора детских анимационных фильмов и фильмов для семейного просмотра, ввозимых на территорию Республики Казахстан, для дубляжа на казахский язык.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z252" w:id="198"/>
-[...15 lines deleted...]
-      5. Порядок онлайн-голосования определяется в соответствии с правилами отбора детских анимационных фильмов и фильмов для семейного просмотра, ввозимых на территорию Республики Казахстан, для дубляжа на казахский язык.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 14-1 в соответствии с Законом РК от 29.09.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 143</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 15. Действовала до 31.12.2025 в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 16. Хранение фильмов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z198" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государство осуществляет мероприятия, направленные на сохранение Государственного фонда фильмов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="198"/>
-    <w:p>
-[...172 lines deleted...]
-      Субсидией в сфере кинематографии является вид бюджетной субсидии, предоставляемой на безвозмездной и безвозвратной основе иностранному юридическому лицу, его филиалу или представительству, заключившему соглашение на предоставление субсидии в сфере кинематографии (далее – соглашение). </w:t>
+    <w:bookmarkStart w:name="z199" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственный фонд фильмов передается на постоянное хранение юридическому лицу Республики Казахстан без иностранного участия (далее в настоящей статье – юридическое лицо), определяемому уполномоченным органом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="199"/>
-    <w:p>
-[...171 lines deleted...]
-    <w:bookmarkEnd w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Юридическое лицо осуществляет мероприятия, направленные на обеспечение сохранности, хранение, копирование, тиражирование, прокат и показ киноколлекции Государственного фонда фильмов. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6828,110 +6695,110 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Национальные фильмы, получившие частичное государственное финансирование, включаются в состав Государственного фонда фильмов на основании договоров, заключенных между единым оператором, указанным в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 13 настоящего Закона, и субъектами кинематографической деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z200" w:id="202"/>
+    <w:bookmarkStart w:name="z200" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Юридическое лицо осуществляет перенос материалов фильмов, кинолетописи с аналоговых на электронные носители.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z201" w:id="203"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z201" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Юридическое лицо при хранении Государственного фонда фильмов обеспечивает свободный и безвозмездный доступ к исходным материалам фильмов их правообладателям, а также соблюдение авторских и смежных прав.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z202" w:id="204"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z202" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Государственный фонд фильмов не подлежит приватизации. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkEnd w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6987,108 +6854,108 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 17. Ответственность за нарушение законодательства Республики Казахстан о кинематографии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z204" w:id="205"/>
+    <w:bookmarkStart w:name="z204" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нарушение законодательства Республики Казахстан о кинематографии влечет ответственность, установленную законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkEnd w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 18. Порядок введения в действие настоящего Закона</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z206" w:id="206"/>
+    <w:bookmarkStart w:name="z206" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Настоящий Закон вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z207" w:id="207"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z207" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Установить, что </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7123,51 +6990,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 статьи 12, подпункт 3) пункта 5 статьи 13 и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статья 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона действуют до 31 декабря 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkEnd w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>