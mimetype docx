--- v0 (2025-12-30)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c74644d" w14:textId="c74644d">
+    <w:p w14:paraId="27cebbc" w14:textId="27cebbc">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2368,51 +2368,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья19 с изменениями, внесенными законами РК от 06.05.2020 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 19 с изменениями, внесенными законами РК от 06.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 323-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).; от 09.06.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -8035,71 +8035,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) о допуске к прохождению стажировки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="292"/>
     <w:bookmarkStart w:name="z307" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) об отказе в допуске к прохождению стажировки со дня поступления обращения заявителя в президиум коллегии адвокатов.</w:t>
+      2) об отказе в допуске к прохождению стажировки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="293"/>
     <w:bookmarkStart w:name="z308" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Решение по заявлению о допуске к прохождению стажировки принимается в течение пяти рабочих дней.</w:t>
+      Решение по заявлению о допуске к прохождению стажировки принимается в течение пяти рабочих дней со дня поступления обращения заявителя в президиум коллегии адвокатов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="294"/>
     <w:bookmarkStart w:name="z309" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Отказ в допуске к прохождению стажировки по причине набора большого количества стажеров адвокатов не допускается.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="295"/>
     <w:bookmarkStart w:name="z310" w:id="296"/>
     <w:p>
@@ -8339,50 +8339,112 @@
         <w:t>
       9. Помощник и стажер адвоката не вправе самостоятельно заниматься адвокатской деятельностью.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="306"/>
     <w:bookmarkStart w:name="z321" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Уставом коллегии адвокатов могут быть предусмотрены меры материального поощрения стажеров за работу, выполняемую в ходе стажировки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 38 с изменениями, внесенными Законом РК от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z322" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 39. Аттестация лиц, претендующих на занятие адвокатской деятельностью</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="308"/>
     <w:bookmarkStart w:name="z1108" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -15390,2704 +15452,2524 @@
         <w:t>
       3. Адвокатская контора учреждается (создается) членом (членами) коллегии адвокатов. Адвокат может выступить партнером только одной адвокатской конторы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="590"/>
     <w:bookmarkStart w:name="z620" w:id="591"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Партнеры адвокатской конторы не отвечают по ее обязательствам, а адвокатская контора не отвечает по обязательствам своих партнеров.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="591"/>
-    <w:p>
-[...113 lines deleted...]
-    <w:bookmarkStart w:name="z622" w:id="592"/>
+    <w:bookmarkStart w:name="z621" w:id="592"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Адвокатская контора может выступать представителем адвокатов по расчетам с клиентами и третьими лицами и другим вопросам, предусмотренным учредительными документами адвокатской конторы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="592"/>
+    <w:bookmarkStart w:name="z622" w:id="593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Адвокаты, учредившие (создавшие) адвокатскую контору, заключают между собой партнерский договор в простой письменной форме. По партнерскому договору адвокаты обязуются объединить свои усилия для оказания юридической помощи от имени всех партнеров. Партнерский договор не предоставляется для государственной регистрации адвокатской конторы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="592"/>
-    <w:bookmarkStart w:name="z623" w:id="593"/>
+    <w:bookmarkEnd w:id="593"/>
+    <w:bookmarkStart w:name="z623" w:id="594"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Ведение общих дел адвокатской конторы осуществляется управляющим партнером, если иное не установлено партнерским договором. Договор об оказании юридической помощи может заключаться адвокатской конторой от своего имени, по поручению, за счет и в интересах всех партнеров, входящих в нее.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="593"/>
-    <w:bookmarkStart w:name="z624" w:id="594"/>
+    <w:bookmarkEnd w:id="594"/>
+    <w:bookmarkStart w:name="z624" w:id="595"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Адвокатская контора, учрежденная (созданная) одним адвокатом, осуществляет свою деятельность на основании устава.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="594"/>
-    <w:bookmarkStart w:name="z625" w:id="595"/>
+    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkStart w:name="z625" w:id="596"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Адвокат адвокатской конторы обязан в течение десяти календарных дней после ее государственной регистрации и (или) принятия в адвокатскую контору письменно уведомить об этом соответствующую коллегию адвокатов и представить в ее распоряжение партнерские документы адвокатской конторы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="595"/>
-    <w:bookmarkStart w:name="z626" w:id="596"/>
+    <w:bookmarkEnd w:id="596"/>
+    <w:bookmarkStart w:name="z626" w:id="597"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Имущество, внесенное партнерами адвокатских контор в качестве вкладов, принадлежит адвокатской конторе на праве собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="596"/>
-    <w:bookmarkStart w:name="z627" w:id="597"/>
+    <w:bookmarkEnd w:id="597"/>
+    <w:bookmarkStart w:name="z627" w:id="598"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Изменение состава партнеров адвокатской конторы может осуществляться вследствие:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="597"/>
-    <w:bookmarkStart w:name="z628" w:id="598"/>
+    <w:bookmarkEnd w:id="598"/>
+    <w:bookmarkStart w:name="z628" w:id="599"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) выхода партнера;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="598"/>
-    <w:bookmarkStart w:name="z629" w:id="599"/>
+    <w:bookmarkEnd w:id="599"/>
+    <w:bookmarkStart w:name="z629" w:id="600"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) принятия нового партнера;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="599"/>
-    <w:bookmarkStart w:name="z630" w:id="600"/>
+    <w:bookmarkEnd w:id="600"/>
+    <w:bookmarkStart w:name="z630" w:id="601"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) прекращения партнером адвокатской деятельности по основаниям, предусмотренным настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="600"/>
-    <w:bookmarkStart w:name="z631" w:id="601"/>
+    <w:bookmarkEnd w:id="601"/>
+    <w:bookmarkStart w:name="z631" w:id="602"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Партнеры адвокатской конторы вправе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="601"/>
-    <w:bookmarkStart w:name="z632" w:id="602"/>
+    <w:bookmarkEnd w:id="602"/>
+    <w:bookmarkStart w:name="z632" w:id="603"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) при выходе из адвокатской конторы либо прекращении адвокатской деятельности получить часть имущества адвокатской конторы или стоимость этого имущества в пределах стоимости имущества, переданного ими в собственность адвокатской конторы, если иное не предусмотрено уставом адвокатской конторы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="602"/>
-    <w:bookmarkStart w:name="z633" w:id="603"/>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z633" w:id="604"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) получить в случае ликвидации адвокатской конторы часть ее имущества, оставшегося после расчетов с кредиторами, в пределах стоимости имущества, переданного ими в собственность адвокатской конторы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="603"/>
-    <w:bookmarkStart w:name="z634" w:id="604"/>
+    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z634" w:id="605"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Специальное разрешение государственных органов на создание адвокатских контор не требуется.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkEnd w:id="605"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 63 с изменениями, внесенными Законом РК от 09.06.2021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 63 с изменениями, внесенными законами РК от 09.06.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 49-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 18.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z635" w:id="606"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 64. Осуществление адвокатской деятельности индивидуально</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkStart w:name="z636" w:id="607"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Адвокат, принявший решение осуществлять профессиональную деятельность индивидуально, уведомляет об этом коллегию адвокатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z637" w:id="608"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В уведомлении указываются фамилия, имя, отчество (при его наличии) адвоката, его постоянное место нахождения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkStart w:name="z638" w:id="609"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Адвокат, осуществляющий профессиональную деятельность индивидуально без образования юридического лица, вправе иметь расчетный и иные счета в банках, личную печать, штампы, личные бланки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z639" w:id="610"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 65. Республиканская коллегия адвокатов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkStart w:name="z640" w:id="611"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Республиканская коллегия адвокатов является некоммерческой, независимой, профессиональной, самоуправляемой, самофинансируемой организацией, основанной на обязательном членстве коллегий адвокатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkStart w:name="z641" w:id="612"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Республиканская коллегия адвокатов как организация адвокатского самоуправления создается в целях представительства и защиты интересов коллегий адвокатов и адвокатов в государственных и иных организациях в Республике Казахстан и за ее пределами, координации деятельности коллегий адвокатов, обеспечения высокого уровня оказываемой адвокатами юридической помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z642" w:id="613"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Республиканская коллегия адвокатов образуется Республиканской конференцией коллегий адвокатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z643" w:id="614"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Устав Республиканской коллегии адвокатов принимается Республиканской конференцией коллегий адвокатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z644" w:id="615"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Республиканская коллегия адвокатов подлежит государственной регистрации в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkStart w:name="z645" w:id="616"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Реорганизация и ликвидация Республиканской коллегии адвокатов осуществляются в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z646" w:id="617"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Решения Республиканской коллегии адвокатов и ее органов, принятые в пределах их компетенции, обязательны для коллегий адвокатов и адвокатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z647" w:id="618"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Республиканская коллегия адвокатов ведет реестр адвокатов в актуальном состоянии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z648" w:id="619"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Республиканская коллегия адвокатов рассматривает жалобы на действия (бездействие) адвокатов, решения органов управления коллегий адвокатов в соответствии с настоящим Законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkStart w:name="z649" w:id="620"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. В случаях, предусмотренных уставом, в Республиканской коллегии адвокатов могут быть созданы комиссия по этике и другие органы, действующие на основании положений, принимаемых Республиканской конференцией коллегий адвокатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="620"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 65 с изменениями, внесенными Законом РК от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z635" w:id="605"/>
+    <w:bookmarkStart w:name="z650" w:id="621"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 64. Осуществление адвокатской деятельности индивидуально</w:t>
-[...63 lines deleted...]
-    <w:bookmarkStart w:name="z639" w:id="609"/>
+        <w:t xml:space="preserve"> Статья 66. Устав Республиканской коллегии адвокатов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z651" w:id="622"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Устав Республиканской коллегии адвокатов должен предусматривать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkStart w:name="z652" w:id="623"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наименование, предмет и цели деятельности Республиканской коллегии адвокатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="623"/>
+    <w:bookmarkStart w:name="z653" w:id="624"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) права и обязанности членов Республиканской коллегии адвокатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="624"/>
+    <w:bookmarkStart w:name="z654" w:id="625"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) структуру Республиканской коллегии адвокатов, порядок формирования и компетенцию ее органов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z655" w:id="626"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) источники образования имущества и порядок распоряжения им;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="626"/>
+    <w:bookmarkStart w:name="z656" w:id="627"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) размер и порядок отчислений, осуществляемых коллегиями адвокатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z657" w:id="628"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) порядок реорганизации и ликвидации Республиканской коллегии адвокатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkStart w:name="z658" w:id="629"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Устав Республиканской коллегии может содержать иные положения, не противоречащие законодательству Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 66 с изменениями, внесенными Законом РК от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z659" w:id="630"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 65. Республиканская коллегия адвокатов</w:t>
-[...202 lines deleted...]
-    <w:bookmarkEnd w:id="619"/>
+        <w:t xml:space="preserve"> Статья 67. Республиканская конференция коллегий адвокатов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z660" w:id="631"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Высшим органом Республиканской коллегии адвокатов является Республиканская конференция коллегий адвокатов, которая созывается не реже одного раза в два года. Конференция считается правомочной, если в ее работе принимают участие делегаты от не менее трех четвертей членов Республиканской коллегии адвокатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="631"/>
+    <w:bookmarkStart w:name="z661" w:id="632"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Конференция вправе решать любые вопросы деятельности Республиканской коллегии адвокатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="632"/>
+    <w:bookmarkStart w:name="z662" w:id="633"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К исключительной компетенции конференции относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="633"/>
+    <w:bookmarkStart w:name="z663" w:id="634"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) принятие устава Республиканской коллегии адвокатов и внесение в него изменений и дополнений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="634"/>
+    <w:bookmarkStart w:name="z664" w:id="635"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) определение места нахождения президиума Республиканской коллегии адвокатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkStart w:name="z665" w:id="636"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) избрание и освобождение от должности членов президиума Республиканской коллегии адвокатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="636"/>
+    <w:bookmarkStart w:name="z666" w:id="637"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) избрание и освобождение от должности председателя Республиканской коллегии адвокатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="637"/>
+    <w:bookmarkStart w:name="z667" w:id="638"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) избрание и освобождение от должности членов и председателя ревизионной комиссии Республиканской коллегии адвокатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="638"/>
+    <w:bookmarkStart w:name="z668" w:id="639"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) избрание и освобождение от должности членов и председателя дисциплинарной комиссии адвокатуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="639"/>
+    <w:bookmarkStart w:name="z669" w:id="640"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) утверждение нормы представительства делегатов от коллегий адвокатов на Республиканскую конференцию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="640"/>
+    <w:bookmarkStart w:name="z670" w:id="641"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) утверждение Кодекса профессиональной этики адвокатов и внесение в него изменений и дополнений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="641"/>
+    <w:bookmarkStart w:name="z671" w:id="642"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) утверждение положения о порядке проведения аттестации адвокатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="642"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 65 с изменениями, внесенными Законом РК от 09.06.2021 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) Исключен от 09.06.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 49-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z650" w:id="620"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11) Исключен от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12) Исключен от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13) Исключен от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14) Исключен от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15) Исключен от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16) Исключен от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17) Исключен от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z680" w:id="643"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) утверждение объема и порядка оказания комплексной социальной юридической помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="643"/>
+    <w:bookmarkStart w:name="z681" w:id="644"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) утверждение правил поведения адвокатов в средствах массовой информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="644"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20) Исключен от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">21) Исключен от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z684" w:id="645"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) определение размера и порядка взносов, осуществляемых коллегиями адвокатов на общие нужды Республиканской коллегии адвокатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="645"/>
+    <w:bookmarkStart w:name="z685" w:id="646"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) утверждение сметы расходов на содержание Республиканской коллегии адвокатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="646"/>
+    <w:bookmarkStart w:name="z686" w:id="647"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) утверждение отчета президиума Республиканской коллегии адвокатов, в том числе об исполнении сметы расходов на содержание Республиканской коллегии адвокатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="647"/>
+    <w:bookmarkStart w:name="z687" w:id="648"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) утверждение отчета ревизионной комиссии о результатах финансово-хозяйственной деятельности Республиканской коллегии адвокатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="648"/>
+    <w:bookmarkStart w:name="z688" w:id="649"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) утверждение регламента конференции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="649"/>
+    <w:bookmarkStart w:name="z689" w:id="650"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) осуществление иных функций, предусмотренных уставом Республиканской коллегии адвокатов и законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="650"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 67 с изменениями, внесенными Законом РК от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z690" w:id="651"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 66. Устав Республиканской коллегии адвокатов</w:t>
-[...1420 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Статья 68. Президиум Республиканской коллегии адвокатов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="650"/>
-    <w:bookmarkStart w:name="z691" w:id="651"/>
+    <w:bookmarkEnd w:id="651"/>
+    <w:bookmarkStart w:name="z691" w:id="652"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Президиум Республиканской коллегии адвокатов является коллегиальным исполнительным органом Республиканской коллегии адвокатов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="651"/>
-    <w:bookmarkStart w:name="z692" w:id="652"/>
+    <w:bookmarkEnd w:id="652"/>
+    <w:bookmarkStart w:name="z692" w:id="653"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Президиум Республиканской коллегии адвокатов избирается тайным голосованием на четыре года и состоит из равного количества адвокатов от каждой коллегии адвокатов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="652"/>
-    <w:bookmarkStart w:name="z693" w:id="653"/>
+    <w:bookmarkEnd w:id="653"/>
+    <w:bookmarkStart w:name="z693" w:id="654"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Одно и то же лицо не может состоять в президиуме Республиканской коллегии адвокатов более одного срока.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="653"/>
-    <w:bookmarkStart w:name="z694" w:id="654"/>
+    <w:bookmarkEnd w:id="654"/>
+    <w:bookmarkStart w:name="z694" w:id="655"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Президиум:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="654"/>
-    <w:bookmarkStart w:name="z695" w:id="655"/>
+    <w:bookmarkEnd w:id="655"/>
+    <w:bookmarkStart w:name="z695" w:id="656"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) организует работу Республиканской коллегии адвокатов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="655"/>
-    <w:bookmarkStart w:name="z696" w:id="656"/>
+    <w:bookmarkEnd w:id="656"/>
+    <w:bookmarkStart w:name="z696" w:id="657"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) организует исполнение решений Республиканской конференции коллегий адвокатов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="656"/>
-    <w:bookmarkStart w:name="z697" w:id="657"/>
+    <w:bookmarkEnd w:id="657"/>
+    <w:bookmarkStart w:name="z697" w:id="658"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в период между конференциями принимает решения о досрочном прекращении полномочий членов президиума и ревизионной комиссии, исключенных из членов коллегий адвокатов по основаниям, предусмотренным настоящим Законом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="657"/>
-    <w:bookmarkStart w:name="z698" w:id="658"/>
+    <w:bookmarkEnd w:id="658"/>
+    <w:bookmarkStart w:name="z698" w:id="659"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) разрабатывает документы, подлежащие утверждению Республиканской конференцией коллегий адвокатов, в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="658"/>
-    <w:bookmarkStart w:name="z699" w:id="659"/>
+    <w:bookmarkEnd w:id="659"/>
+    <w:bookmarkStart w:name="z699" w:id="660"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) координирует деятельность коллегий адвокатов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="659"/>
-    <w:bookmarkStart w:name="z700" w:id="660"/>
+    <w:bookmarkEnd w:id="660"/>
+    <w:bookmarkStart w:name="z700" w:id="661"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) представляет в уполномоченный орган статистические сведения об оказанной адвокатами юридической помощи по форме, утверждаемой уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="660"/>
-    <w:bookmarkStart w:name="z701" w:id="661"/>
+    <w:bookmarkEnd w:id="661"/>
+    <w:bookmarkStart w:name="z701" w:id="662"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) организует работу по повышению профессионального уровня адвокатов, разрабатывает единую методику профессиональной подготовки адвокатов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="661"/>
-    <w:bookmarkStart w:name="z702" w:id="662"/>
+    <w:bookmarkEnd w:id="662"/>
+    <w:bookmarkStart w:name="z702" w:id="663"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) защищает социальные и профессиональные права адвокатов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="662"/>
-    <w:bookmarkStart w:name="z703" w:id="663"/>
+    <w:bookmarkEnd w:id="663"/>
+    <w:bookmarkStart w:name="z703" w:id="664"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) участвует в проведении экспертиз проектов нормативных правовых актов по вопросам, относящимся к адвокатской деятельности, в случаях и порядке, предусмотренных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="663"/>
-    <w:bookmarkStart w:name="z704" w:id="664"/>
+    <w:bookmarkEnd w:id="664"/>
+    <w:bookmarkStart w:name="z704" w:id="665"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) обобщает ежеквартально отчеты коллегий адвокатов об их деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="664"/>
-    <w:bookmarkStart w:name="z705" w:id="665"/>
+    <w:bookmarkEnd w:id="665"/>
+    <w:bookmarkStart w:name="z705" w:id="666"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) организует методическое обеспечение по вопросам адвокатской деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="665"/>
-    <w:bookmarkStart w:name="z706" w:id="666"/>
+    <w:bookmarkEnd w:id="666"/>
+    <w:bookmarkStart w:name="z706" w:id="667"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) организует информационное обеспечение коллегий адвокатов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="666"/>
-    <w:bookmarkStart w:name="z707" w:id="667"/>
+    <w:bookmarkEnd w:id="667"/>
+    <w:bookmarkStart w:name="z707" w:id="668"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) ежегодно по результатам мониторинга определяет среднюю стоимость услуг адвокатов коллегий (по видам услуг) и обеспечивает размещение этой информации на интернет-ресурсе Республиканской коллегии адвокатов и публикацию в средствах массовой информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="667"/>
-    <w:bookmarkStart w:name="z708" w:id="668"/>
+    <w:bookmarkEnd w:id="668"/>
+    <w:bookmarkStart w:name="z708" w:id="669"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) размещает на интернет-ресурсе Республиканской коллегии адвокатов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="668"/>
-    <w:bookmarkStart w:name="z709" w:id="669"/>
+    <w:bookmarkEnd w:id="669"/>
+    <w:bookmarkStart w:name="z709" w:id="670"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       список адвокатов, занимающихся адвокатской деятельностью, а также списки адвокатов территориальных коллегий адвокатов в актуальном состоянии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="669"/>
-    <w:bookmarkStart w:name="z710" w:id="670"/>
+    <w:bookmarkEnd w:id="670"/>
+    <w:bookmarkStart w:name="z710" w:id="671"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       нормативные правовые акты Республики Казахстан, касающиеся адвокатской деятельности и юридической помощи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="670"/>
+    <w:bookmarkEnd w:id="671"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18188,570 +18070,570 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       стандарты повышения квалификации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z715" w:id="671"/>
+    <w:bookmarkStart w:name="z715" w:id="672"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       отчет о финансово-хозяйственной деятельности Республиканской коллегии адвокатов, включающий информацию обо всех поступлениях и расходах по каждой специфике отдельно;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="671"/>
-    <w:bookmarkStart w:name="z716" w:id="672"/>
+    <w:bookmarkEnd w:id="672"/>
+    <w:bookmarkStart w:name="z716" w:id="673"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сведения о составах президиумов коллегий адвокатов и Республиканской коллегии адвокатов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="672"/>
-    <w:bookmarkStart w:name="z717" w:id="673"/>
+    <w:bookmarkEnd w:id="673"/>
+    <w:bookmarkStart w:name="z717" w:id="674"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сведения об оказании комплексной социальной юридической помощи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="673"/>
-    <w:bookmarkStart w:name="z718" w:id="674"/>
+    <w:bookmarkEnd w:id="674"/>
+    <w:bookmarkStart w:name="z718" w:id="675"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       результаты работы дисциплинарной комиссии адвокатуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="674"/>
-    <w:bookmarkStart w:name="z719" w:id="675"/>
+    <w:bookmarkEnd w:id="675"/>
+    <w:bookmarkStart w:name="z719" w:id="676"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мероприятия и события адвокатуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="675"/>
-    <w:bookmarkStart w:name="z720" w:id="676"/>
+    <w:bookmarkEnd w:id="676"/>
+    <w:bookmarkStart w:name="z720" w:id="677"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       и иную необходимую информацию о деятельности Республиканской коллегии адвокатов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="676"/>
-    <w:bookmarkStart w:name="z721" w:id="677"/>
+    <w:bookmarkEnd w:id="677"/>
+    <w:bookmarkStart w:name="z721" w:id="678"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республиканской коллегией адвокатов должны быть предусмотрены способы получения информации членами коллегий адвокатов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="677"/>
-    <w:bookmarkStart w:name="z722" w:id="678"/>
+    <w:bookmarkEnd w:id="678"/>
+    <w:bookmarkStart w:name="z722" w:id="679"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) созывает не реже одного раза в два года Республиканскую конференцию коллегий адвокатов, формирует ее повестку дня;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="678"/>
-    <w:bookmarkStart w:name="z723" w:id="679"/>
+    <w:bookmarkEnd w:id="679"/>
+    <w:bookmarkStart w:name="z723" w:id="680"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) в пределах своей компетенции распоряжается имуществом Республиканской коллегии адвокатов в соответствии со сметой и назначением имущества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="679"/>
-    <w:bookmarkStart w:name="z724" w:id="680"/>
+    <w:bookmarkEnd w:id="680"/>
+    <w:bookmarkStart w:name="z724" w:id="681"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) утверждает регламент президиума Республиканской коллегии адвокатов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="680"/>
-    <w:bookmarkStart w:name="z725" w:id="681"/>
+    <w:bookmarkEnd w:id="681"/>
+    <w:bookmarkStart w:name="z725" w:id="682"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) утверждает эмблему Республиканской коллегии адвокатов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="681"/>
-    <w:bookmarkStart w:name="z1044" w:id="682"/>
+    <w:bookmarkEnd w:id="682"/>
+    <w:bookmarkStart w:name="z1044" w:id="683"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18-1) утверждает стандарты оказания юридической помощи по согласованию с уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="682"/>
-    <w:bookmarkStart w:name="z1045" w:id="683"/>
+    <w:bookmarkEnd w:id="683"/>
+    <w:bookmarkStart w:name="z1045" w:id="684"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18-2) утверждает критерий качества оказания юридической помощи по согласованию с уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="683"/>
-    <w:bookmarkStart w:name="z1046" w:id="684"/>
+    <w:bookmarkEnd w:id="684"/>
+    <w:bookmarkStart w:name="z1046" w:id="685"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18-3) утверждает форму и описание адвокатской мантии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="684"/>
-    <w:bookmarkStart w:name="z1047" w:id="685"/>
+    <w:bookmarkEnd w:id="685"/>
+    <w:bookmarkStart w:name="z1047" w:id="686"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18-4) разрабатывает и утверждает форму удостоверения адвоката и порядок его заполнения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="685"/>
-    <w:bookmarkStart w:name="z1048" w:id="686"/>
+    <w:bookmarkEnd w:id="686"/>
+    <w:bookmarkStart w:name="z1048" w:id="687"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18-5) утверждает положение о порядке прохождения стажировки стажерами адвокатов по согласованию с уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="686"/>
-    <w:bookmarkStart w:name="z1049" w:id="687"/>
+    <w:bookmarkEnd w:id="687"/>
+    <w:bookmarkStart w:name="z1049" w:id="688"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18-6) утверждает стандарты повышения квалификации адвокатов по согласованию с уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="687"/>
-    <w:bookmarkStart w:name="z1050" w:id="688"/>
+    <w:bookmarkEnd w:id="688"/>
+    <w:bookmarkStart w:name="z1050" w:id="689"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18-7) утверждает порядок повышения квалификации адвокатов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="688"/>
-    <w:bookmarkStart w:name="z1051" w:id="689"/>
+    <w:bookmarkEnd w:id="689"/>
+    <w:bookmarkStart w:name="z1051" w:id="690"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18-8) утверждает форму, порядок оформления и направления адвокатского запроса по согласованию с уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="689"/>
-    <w:bookmarkStart w:name="z1052" w:id="690"/>
+    <w:bookmarkEnd w:id="690"/>
+    <w:bookmarkStart w:name="z1052" w:id="691"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18-9) утверждает положение о дисциплинарной комиссии адвокатов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="690"/>
-    <w:bookmarkStart w:name="z1053" w:id="691"/>
+    <w:bookmarkEnd w:id="691"/>
+    <w:bookmarkStart w:name="z1053" w:id="692"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18-10) утверждает положение о дисциплинарной комиссии адвокатуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="691"/>
-    <w:bookmarkStart w:name="z1097" w:id="692"/>
+    <w:bookmarkEnd w:id="692"/>
+    <w:bookmarkStart w:name="z1097" w:id="693"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18-11) разрабатывает и утверждает методические рекомендации по вопросам противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения для адвокатов с учетом особенностей и специфики их деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="692"/>
-    <w:bookmarkStart w:name="z1098" w:id="693"/>
+    <w:bookmarkEnd w:id="693"/>
+    <w:bookmarkStart w:name="z1098" w:id="694"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18-12) проводит в пределах своей компетенции анализ и мониторинг деятельности адвокатов на предмет выявления рисков легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения, обобщает практику применения законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения и вносит предложения по его совершенствованию с ежегодным предоставлением такой информации в уполномоченный орган по финансовому мониторингу по форме и в сроки, которые установлены уполномоченным органом по финансовому мониторингу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="693"/>
-    <w:bookmarkStart w:name="z726" w:id="694"/>
+    <w:bookmarkEnd w:id="694"/>
+    <w:bookmarkStart w:name="z726" w:id="695"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) осуществляет иные функции, предусмотренные уставом Республиканской коллегии адвокатов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="694"/>
-    <w:bookmarkStart w:name="z727" w:id="695"/>
+    <w:bookmarkEnd w:id="695"/>
+    <w:bookmarkStart w:name="z727" w:id="696"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. По требованию ревизионной комиссии или не менее одной трети от общего числа коллегий адвокатов президиум Республиканской коллегии адвокатов обязан в течение двух месяцев созвать внеочередную Республиканскую конференцию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="695"/>
-    <w:bookmarkStart w:name="z728" w:id="696"/>
+    <w:bookmarkEnd w:id="696"/>
+    <w:bookmarkStart w:name="z728" w:id="697"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Решения президиума принимаются простым большинством голосов от общего числа членов, присутствующих на его заседании.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="696"/>
+    <w:bookmarkEnd w:id="697"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18790,466 +18672,466 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z729" w:id="697"/>
+    <w:bookmarkStart w:name="z729" w:id="698"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 69. Председатель Республиканской коллегии адвокатов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="697"/>
-    <w:bookmarkStart w:name="z730" w:id="698"/>
+    <w:bookmarkEnd w:id="698"/>
+    <w:bookmarkStart w:name="z730" w:id="699"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Председателем Республиканской коллегии адвокатов может быть избран адвокат, имеющий стаж адвокатской деятельности не менее пяти лет. Председатель Республиканской коллегии адвокатов избирается тайным голосованием на срок четыре года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="698"/>
-    <w:bookmarkStart w:name="z731" w:id="699"/>
+    <w:bookmarkEnd w:id="699"/>
+    <w:bookmarkStart w:name="z731" w:id="700"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Одно и то же лицо не может занимать должность председателя Республиканской коллегии адвокатов более одного срока.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="699"/>
-    <w:bookmarkStart w:name="z732" w:id="700"/>
+    <w:bookmarkEnd w:id="700"/>
+    <w:bookmarkStart w:name="z732" w:id="701"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Председатель Республиканской коллегии адвокатов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="700"/>
-    <w:bookmarkStart w:name="z733" w:id="701"/>
+    <w:bookmarkEnd w:id="701"/>
+    <w:bookmarkStart w:name="z733" w:id="702"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) представляет Республиканскую коллегию адвокатов в государственных и иных организациях, а также в отношениях с физическими лицами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="701"/>
-    <w:bookmarkStart w:name="z734" w:id="702"/>
+    <w:bookmarkEnd w:id="702"/>
+    <w:bookmarkStart w:name="z734" w:id="703"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) действует от имени Республиканской коллегии адвокатов без доверенности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="702"/>
-    <w:bookmarkStart w:name="z735" w:id="703"/>
+    <w:bookmarkEnd w:id="703"/>
+    <w:bookmarkStart w:name="z735" w:id="704"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) выдает доверенности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="703"/>
-    <w:bookmarkStart w:name="z736" w:id="704"/>
+    <w:bookmarkEnd w:id="704"/>
+    <w:bookmarkStart w:name="z736" w:id="705"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) заключает сделки от имени Республиканской коллегии адвокатов и распоряжается имуществом Республиканской коллегии адвокатов по решению президиума Республиканской коллегии адвокатов в соответствии со сметой и назначением имущества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="704"/>
-    <w:bookmarkStart w:name="z737" w:id="705"/>
+    <w:bookmarkEnd w:id="705"/>
+    <w:bookmarkStart w:name="z737" w:id="706"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) созывает заседания президиума Республиканской коллегии адвокатов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="705"/>
-    <w:bookmarkStart w:name="z738" w:id="706"/>
+    <w:bookmarkEnd w:id="706"/>
+    <w:bookmarkStart w:name="z738" w:id="707"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) обеспечивает исполнение решений президиума Республиканской коллегии адвокатов и решений Республиканской конференции коллегий адвокатов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="706"/>
-    <w:bookmarkStart w:name="z739" w:id="707"/>
+    <w:bookmarkEnd w:id="707"/>
+    <w:bookmarkStart w:name="z739" w:id="708"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 70. Ревизионная комиссия Республиканской коллегии адвокатов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="707"/>
-    <w:bookmarkStart w:name="z740" w:id="708"/>
+    <w:bookmarkEnd w:id="708"/>
+    <w:bookmarkStart w:name="z740" w:id="709"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Ревизионная комиссия Республиканской коллегии адвокатов является органом Республиканской коллегии адвокатов, осуществляющим контроль за ее финансово-хозяйственной деятельностью, и подотчетной Республиканской конференции коллегий адвокатов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="708"/>
-    <w:bookmarkStart w:name="z741" w:id="709"/>
+    <w:bookmarkEnd w:id="709"/>
+    <w:bookmarkStart w:name="z741" w:id="710"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ревизионная комиссия Республиканской коллегии адвокатов может быть образована из числа членов коллегий адвокатов. Члены ревизионной комиссии Республиканской коллегии адвокатов не вправе занимать иную выборную должность в Республиканской коллегии адвокатов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="709"/>
-    <w:bookmarkStart w:name="z742" w:id="710"/>
+    <w:bookmarkEnd w:id="710"/>
+    <w:bookmarkStart w:name="z742" w:id="711"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ревизионная комиссия Республиканской коллегии адвокатов образуется в составе не более пяти человек. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="710"/>
-    <w:bookmarkStart w:name="z743" w:id="711"/>
+    <w:bookmarkEnd w:id="711"/>
+    <w:bookmarkStart w:name="z743" w:id="712"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Члены ревизионной комиссии Республиканской коллегии адвокатов осуществляют свою деятельность на добровольных началах безвозмездно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="711"/>
-    <w:bookmarkStart w:name="z744" w:id="712"/>
+    <w:bookmarkEnd w:id="712"/>
+    <w:bookmarkStart w:name="z744" w:id="713"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Ревизионная комиссия Республиканской коллегии адвокатов избирается Республиканской конференцией коллегий адвокатов на срок не свыше четырех лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="712"/>
-    <w:bookmarkStart w:name="z745" w:id="713"/>
+    <w:bookmarkEnd w:id="713"/>
+    <w:bookmarkStart w:name="z745" w:id="714"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Одно и то же лицо не может быть в составе ревизионной комиссии Республиканской коллегии адвокатов более одного срока.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="713"/>
-    <w:bookmarkStart w:name="z746" w:id="714"/>
+    <w:bookmarkEnd w:id="714"/>
+    <w:bookmarkStart w:name="z746" w:id="715"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Ревизионная комиссия Республиканской коллегии адвокатов имеет право в любое время производить проверки финансово-хозяйственной деятельности Республиканской коллегии адвокатов и обладает для этой цели правом доступа ко всей документации органов Республиканской коллегии адвокатов. По требованию ревизионной комиссии Республиканской коллегии адвокатов члены органов Республиканской коллегии адвокатов обязаны давать необходимые пояснения в устной или письменной форме.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="714"/>
-    <w:bookmarkStart w:name="z747" w:id="715"/>
+    <w:bookmarkEnd w:id="715"/>
+    <w:bookmarkStart w:name="z747" w:id="716"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Ревизионная комиссия Республиканской коллегии адвокатов в обязательном порядке проводит проверку годового отчета о финансово-хозяйственной деятельности Республиканской коллегии адвокатов и размещает ее результаты на интернет-ресурсе Республиканской коллегии адвокатов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="715"/>
-    <w:bookmarkStart w:name="z748" w:id="716"/>
+    <w:bookmarkEnd w:id="716"/>
+    <w:bookmarkStart w:name="z748" w:id="717"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Ревизионная комиссия Республиканской коллегии адвокатов представляет отчет очередному собранию Республиканской конференции коллегий адвокатов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="716"/>
-    <w:bookmarkStart w:name="z749" w:id="717"/>
+    <w:bookmarkEnd w:id="717"/>
+    <w:bookmarkStart w:name="z749" w:id="718"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Порядок работы, периодичность представления отчета ревизионной комиссии Республиканской коллегии адвокатов определяются уставом и внутренними документами Республиканской коллегии адвокатов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="717"/>
+    <w:bookmarkEnd w:id="718"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19268,662 +19150,662 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z750" w:id="718"/>
+    <w:bookmarkStart w:name="z750" w:id="719"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 71. Имущество Республиканской коллегии адвокатов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="718"/>
-    <w:bookmarkStart w:name="z751" w:id="719"/>
+    <w:bookmarkEnd w:id="719"/>
+    <w:bookmarkStart w:name="z751" w:id="720"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Имущество Республиканской коллегии адвокатов формируется за счет взносов, осуществляемых коллегиями адвокатов, грантов и благотворительной помощи, пожертвований, поступающих от юридических и физических лиц в порядке, установленном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="719"/>
-    <w:bookmarkStart w:name="z752" w:id="720"/>
+    <w:bookmarkEnd w:id="720"/>
+    <w:bookmarkStart w:name="z752" w:id="721"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. К затратам на общие нужды Республиканской коллегии адвокатов относятся расходы на ее материальное обеспечение, вознаграждение адвокатов и компенсация расходов, связанных с их работой в органах Республиканской коллегии адвокатов, расходы на заработную плату работников аппарата Республиканской коллегии адвокатов и иные расходы, предусмотренные законодательством Республики Казахстан и сметой Республиканской коллегии адвокатов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="720"/>
-    <w:bookmarkStart w:name="z753" w:id="721"/>
+    <w:bookmarkEnd w:id="721"/>
+    <w:bookmarkStart w:name="z753" w:id="722"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 72. Дисциплинарная ответственность адвокатов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="721"/>
-    <w:bookmarkStart w:name="z754" w:id="722"/>
+    <w:bookmarkEnd w:id="722"/>
+    <w:bookmarkStart w:name="z754" w:id="723"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Привлечение адвоката к дисциплинарной ответственности осуществляется дисциплинарной комиссией адвокатов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="722"/>
-    <w:bookmarkStart w:name="z755" w:id="723"/>
+    <w:bookmarkEnd w:id="723"/>
+    <w:bookmarkStart w:name="z755" w:id="724"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дисциплинарная комиссия адвокатов является независимым органом коллегии адвокатов, избираемым общим собранием (конференцией) членов коллегии адвокатов и подотчетным ему (ей). Решения дисциплинарной комиссии адвокатов носят обязательный характер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="723"/>
-    <w:bookmarkStart w:name="z756" w:id="724"/>
+    <w:bookmarkEnd w:id="724"/>
+    <w:bookmarkStart w:name="z756" w:id="725"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В состав дисциплинарной комиссии адвокатов включаются шесть адвокатов со стажем адвокатской практики не менее пяти лет по представлению коллегии адвокатов, три представителя общественности, предложенные органами юстиции, два судьи в отставке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="724"/>
-    <w:bookmarkStart w:name="z757" w:id="725"/>
+    <w:bookmarkEnd w:id="725"/>
+    <w:bookmarkStart w:name="z757" w:id="726"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Председателем дисциплинарной комиссии адвокатов является адвокат.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="725"/>
-    <w:bookmarkStart w:name="z758" w:id="726"/>
+    <w:bookmarkEnd w:id="726"/>
+    <w:bookmarkStart w:name="z758" w:id="727"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Одно и то же лицо не может состоять в дисциплинарной комиссии адвокатов более одного срока.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="726"/>
+    <w:bookmarkEnd w:id="727"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Положение о дисциплинарной комиссии адвокатов и процедура привлечения к дисциплинарной ответственности устанавливаются Республиканской коллегией адвокатов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z760" w:id="727"/>
+    <w:bookmarkStart w:name="z760" w:id="728"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок полномочий дисциплинарной комиссии адвокатов составляет четыре года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="727"/>
-    <w:bookmarkStart w:name="z761" w:id="728"/>
+    <w:bookmarkEnd w:id="728"/>
+    <w:bookmarkStart w:name="z761" w:id="729"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Дисциплинарное дело рассматривается дисциплинарной комиссией адвокатов в срок не более двух месяцев со дня выявления нарушения. Дисциплинарное производство может быть приостановлено в случаях временной нетрудоспособности адвоката и нахождения его в командировке. Срок приостановления не включается в общий срок рассмотрения дисциплинарного дела.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="728"/>
-    <w:bookmarkStart w:name="z762" w:id="729"/>
+    <w:bookmarkEnd w:id="729"/>
+    <w:bookmarkStart w:name="z762" w:id="730"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. При рассмотрении дисциплинарного дела дисциплинарная комиссия адвокатов обязана приглашать на свои заседания лиц, направивших жалобы, а также членов коллегии адвокатов, в отношении которых рассматривается жалоба. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="729"/>
-    <w:bookmarkStart w:name="z763" w:id="730"/>
+    <w:bookmarkEnd w:id="730"/>
+    <w:bookmarkStart w:name="z763" w:id="731"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае внесения органами юстиции представления о возбуждении дисциплинарного производства его обязательное рассмотрение осуществляется с участием представителя органа юстиции. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="730"/>
-    <w:bookmarkStart w:name="z764" w:id="731"/>
+    <w:bookmarkEnd w:id="731"/>
+    <w:bookmarkStart w:name="z764" w:id="732"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Неявка указанных лиц, надлежащим образом извещенных о времени и месте рассмотрения, не препятствует рассмотрению дисциплинарного производства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="731"/>
-    <w:bookmarkStart w:name="z765" w:id="732"/>
+    <w:bookmarkEnd w:id="732"/>
+    <w:bookmarkStart w:name="z765" w:id="733"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Основанием для возбуждения дисциплинарного производства является наличие достаточных оснований, указывающих на нарушение адвокатом требований настоящего Закона, законодательства Республики Казахстан об адвокатской деятельности и юридической помощи, Кодекса профессиональной этики адвокатов, устава коллегии адвокатов, решений органов Республиканской коллегии адвокатов, коллегий адвокатов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="732"/>
-    <w:bookmarkStart w:name="z766" w:id="733"/>
+    <w:bookmarkEnd w:id="733"/>
+    <w:bookmarkStart w:name="z766" w:id="734"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Дисциплинарная комиссия адвокатов вправе применить к адвокату следующие меры дисциплинарного взыскания: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="733"/>
-    <w:bookmarkStart w:name="z767" w:id="734"/>
+    <w:bookmarkEnd w:id="734"/>
+    <w:bookmarkStart w:name="z767" w:id="735"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) замечание;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="734"/>
-    <w:bookmarkStart w:name="z768" w:id="735"/>
+    <w:bookmarkEnd w:id="735"/>
+    <w:bookmarkStart w:name="z768" w:id="736"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) выговор;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="735"/>
-    <w:bookmarkStart w:name="z769" w:id="736"/>
+    <w:bookmarkEnd w:id="736"/>
+    <w:bookmarkStart w:name="z769" w:id="737"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) строгий выговор;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="736"/>
-    <w:bookmarkStart w:name="z770" w:id="737"/>
+    <w:bookmarkEnd w:id="737"/>
+    <w:bookmarkStart w:name="z770" w:id="738"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) исключение из коллегии адвокатов по основаниям и в порядке, которые предусмотрены </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="737"/>
-    <w:bookmarkStart w:name="z771" w:id="738"/>
+    <w:bookmarkEnd w:id="738"/>
+    <w:bookmarkStart w:name="z771" w:id="739"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. За совершение адвокатом дисциплинарного проступка может быть наложено только одно дисциплинарное взыскание.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="738"/>
-    <w:bookmarkStart w:name="z772" w:id="739"/>
+    <w:bookmarkEnd w:id="739"/>
+    <w:bookmarkStart w:name="z772" w:id="740"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дисциплинарное взыскание может быть наложено в срок не более одного месяца со дня его выявления, но не более шести месяцев со дня его совершения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="739"/>
-    <w:bookmarkStart w:name="z773" w:id="740"/>
+    <w:bookmarkEnd w:id="740"/>
+    <w:bookmarkStart w:name="z773" w:id="741"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дисциплинарная комиссия по результатам рассмотрения дисциплинарного дела может вынести предписание, обязывающее члена коллегии адвокатов устранить выявленные нарушения и устанавливающее сроки их устранения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="740"/>
-    <w:bookmarkStart w:name="z774" w:id="741"/>
+    <w:bookmarkEnd w:id="741"/>
+    <w:bookmarkStart w:name="z774" w:id="742"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Решения, предусмотренные пунктом 5 настоящей статьи, принимаются большинством голосов членов дисциплинарной комиссии адвокатов и вступают в силу со дня их принятия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="741"/>
-    <w:bookmarkStart w:name="z775" w:id="742"/>
+    <w:bookmarkEnd w:id="742"/>
+    <w:bookmarkStart w:name="z775" w:id="743"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Заседание дисциплинарной комиссии адвокатов считается правомочным, если на нем присутствует более половины ее членов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="742"/>
-    <w:bookmarkStart w:name="z776" w:id="743"/>
+    <w:bookmarkEnd w:id="743"/>
+    <w:bookmarkStart w:name="z776" w:id="744"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Коллегия адвокатов в течение пяти рабочих дней со дня принятия дисциплинарной комиссией адвокатов решения о применении мер дисциплинарного взыскания в отношении члена коллегии адвокатов направляет копию решения члену коллегии адвокатов, а также лицу, направившему жалобу, по которой принято решение, с использованием средств связи, обеспечивающих фиксирование его получения. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="743"/>
-    <w:bookmarkStart w:name="z777" w:id="744"/>
+    <w:bookmarkEnd w:id="744"/>
+    <w:bookmarkStart w:name="z777" w:id="745"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Решение дисциплинарной комиссии адвокатов может быть оспорено в дисциплинарной комиссии адвокатуры или суде в течение трех месяцев с момента оглашения данного решения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="744"/>
-    <w:bookmarkStart w:name="z778" w:id="745"/>
+    <w:bookmarkEnd w:id="745"/>
+    <w:bookmarkStart w:name="z778" w:id="746"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Результаты работы дисциплинарной комиссии адвокатов размещаются на интернет-ресурсе коллегии адвокатов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="745"/>
+    <w:bookmarkEnd w:id="746"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19942,1577 +19824,1577 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z779" w:id="746"/>
+    <w:bookmarkStart w:name="z779" w:id="747"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 73. Дисциплинарная комиссия адвокатуры</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="746"/>
-    <w:bookmarkStart w:name="z780" w:id="747"/>
+    <w:bookmarkEnd w:id="747"/>
+    <w:bookmarkStart w:name="z780" w:id="748"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Привлечение к дисциплинарной ответственности членов органов управления коллегий адвокатов, членов органов управления Республиканской коллегии адвокатов осуществляется дисциплинарной комиссией адвокатуры.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="747"/>
-    <w:bookmarkStart w:name="z781" w:id="748"/>
+    <w:bookmarkEnd w:id="748"/>
+    <w:bookmarkStart w:name="z781" w:id="749"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дисциплинарная комиссия адвокатуры также рассматривает жалобы на решения дисциплинарной комиссии адвокатов, обобщает дисциплинарную практику.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="748"/>
-    <w:bookmarkStart w:name="z782" w:id="749"/>
+    <w:bookmarkEnd w:id="749"/>
+    <w:bookmarkStart w:name="z782" w:id="750"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дисциплинарная комиссия адвокатуры является независимым органом Республиканской коллегии адвокатов, избираемым Республиканской конференцией коллегий адвокатов и подотчетным ей. Решения дисциплинарной комиссии адвокатуры носят обязательный характер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="749"/>
-    <w:bookmarkStart w:name="z783" w:id="750"/>
+    <w:bookmarkEnd w:id="750"/>
+    <w:bookmarkStart w:name="z783" w:id="751"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В состав дисциплинарной комиссии адвокатуры включаются шесть адвокатов со стажем адвокатской практики не менее пяти лет по представлению Республиканской коллегии адвокатов, три представителя общественности, предложенные уполномоченным органом, два судьи в отставке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="750"/>
-    <w:bookmarkStart w:name="z784" w:id="751"/>
+    <w:bookmarkEnd w:id="751"/>
+    <w:bookmarkStart w:name="z784" w:id="752"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Председателем дисциплинарной комиссии адвокатуры является адвокат.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="751"/>
-    <w:bookmarkStart w:name="z785" w:id="752"/>
+    <w:bookmarkEnd w:id="752"/>
+    <w:bookmarkStart w:name="z785" w:id="753"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Одно и то же лицо не может состоять в дисциплинарной комиссии адвокатуры более одного срока.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="752"/>
-    <w:bookmarkStart w:name="z786" w:id="753"/>
+    <w:bookmarkEnd w:id="753"/>
+    <w:bookmarkStart w:name="z786" w:id="754"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок полномочий дисциплинарной комиссии адвокатуры составляет четыре года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="753"/>
-    <w:bookmarkStart w:name="z787" w:id="754"/>
+    <w:bookmarkEnd w:id="754"/>
+    <w:bookmarkStart w:name="z787" w:id="755"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Привлечение к дисциплинарной ответственности членов органов управления коллегий адвокатов, членов органов управления Республиканской коллегии адвокатов производится по правилам, установленным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 72</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="754"/>
-    <w:bookmarkStart w:name="z788" w:id="755"/>
+    <w:bookmarkEnd w:id="755"/>
+    <w:bookmarkStart w:name="z788" w:id="756"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Дисциплинарная комиссия адвокатуры вправе применить к членам органов управления коллегий адвокатов, членам органов управления Республиканской коллегии адвокатов следующие меры дисциплинарного взыскания: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="755"/>
-    <w:bookmarkStart w:name="z789" w:id="756"/>
+    <w:bookmarkEnd w:id="756"/>
+    <w:bookmarkStart w:name="z789" w:id="757"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) замечание;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="756"/>
-    <w:bookmarkStart w:name="z790" w:id="757"/>
+    <w:bookmarkEnd w:id="757"/>
+    <w:bookmarkStart w:name="z790" w:id="758"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) выговор;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="757"/>
-    <w:bookmarkStart w:name="z791" w:id="758"/>
+    <w:bookmarkEnd w:id="758"/>
+    <w:bookmarkStart w:name="z791" w:id="759"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) строгий выговор.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="758"/>
-    <w:bookmarkStart w:name="z792" w:id="759"/>
+    <w:bookmarkEnd w:id="759"/>
+    <w:bookmarkStart w:name="z792" w:id="760"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. В случае, если по результатам рассмотрения дела дисциплинарная комиссия установит наличие оснований для исключения лица, привлекаемого к ответственности, из коллегии адвокатов, она поручает соответствующей коллегии адвокатов рассмотреть вопрос о прекращении членства адвоката в коллегии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="759"/>
-    <w:bookmarkStart w:name="z793" w:id="760"/>
+    <w:bookmarkEnd w:id="760"/>
+    <w:bookmarkStart w:name="z793" w:id="761"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Решение коллегии адвокатов об исключении члена из коллегии может быть обжаловано в суд в месячный срок со дня вручения адвокату копии постановления президиума коллегии адвокатов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="760"/>
-    <w:bookmarkStart w:name="z794" w:id="761"/>
+    <w:bookmarkEnd w:id="761"/>
+    <w:bookmarkStart w:name="z794" w:id="762"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Дисциплинарная комиссия адвокатуры по результатам рассмотрения жалобы на решение, действия (бездействие) дисциплинарной комиссии адвокатов имеет право:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="761"/>
-    <w:bookmarkStart w:name="z795" w:id="762"/>
+    <w:bookmarkEnd w:id="762"/>
+    <w:bookmarkStart w:name="z795" w:id="763"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) оставить жалобу без удовлетворения, а решение дисциплинарной комиссии адвокатов без изменений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="762"/>
-    <w:bookmarkStart w:name="z796" w:id="763"/>
+    <w:bookmarkEnd w:id="763"/>
+    <w:bookmarkStart w:name="z796" w:id="764"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) изменить решение дисциплинарной комиссии адвокатов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="763"/>
-    <w:bookmarkStart w:name="z797" w:id="764"/>
+    <w:bookmarkEnd w:id="764"/>
+    <w:bookmarkStart w:name="z797" w:id="765"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) отменить решение дисциплинарной комиссии адвокатов и принять новое решение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="764"/>
-    <w:bookmarkStart w:name="z798" w:id="765"/>
+    <w:bookmarkEnd w:id="765"/>
+    <w:bookmarkStart w:name="z798" w:id="766"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) направить дело на новое рассмотрение в соответствующую дисциплинарную комиссию адвокатов и обязать дисциплинарную комиссию адвокатов совершить определенные действия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="765"/>
-    <w:bookmarkStart w:name="z799" w:id="766"/>
+    <w:bookmarkEnd w:id="766"/>
+    <w:bookmarkStart w:name="z799" w:id="767"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заседание дисциплинарной комиссии адвокатуры считается правомочным, если на нем присутствует более половины ее членов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="766"/>
-    <w:bookmarkStart w:name="z800" w:id="767"/>
+    <w:bookmarkEnd w:id="767"/>
+    <w:bookmarkStart w:name="z800" w:id="768"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Решение дисциплинарной комиссии адвокатуры принимается путем открытого голосования большинством голосов членов комиссии, присутствующих на заседании.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="767"/>
-    <w:bookmarkStart w:name="z801" w:id="768"/>
+    <w:bookmarkEnd w:id="768"/>
+    <w:bookmarkStart w:name="z801" w:id="769"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Решение дисциплинарной комиссии адвокатуры может быть оспорено в суде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="768"/>
-    <w:bookmarkStart w:name="z802" w:id="769"/>
+    <w:bookmarkEnd w:id="769"/>
+    <w:bookmarkStart w:name="z802" w:id="770"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Результаты работы дисциплинарной комиссии адвокатуры размещаются на интернет-ресурсе Республиканской коллегии адвокатов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="769"/>
+    <w:bookmarkEnd w:id="770"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья73 с изменением, внесенным Законом РК от 09.06.2021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 73 с изменением, внесенным Законом РК от 09.06.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 49-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z803" w:id="770"/>
+    <w:bookmarkStart w:name="z803" w:id="771"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 74. Обжалование действий (бездействия) коллегии адвокатов, решений ее органов управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="770"/>
-    <w:bookmarkStart w:name="z804" w:id="771"/>
+    <w:bookmarkEnd w:id="771"/>
+    <w:bookmarkStart w:name="z804" w:id="772"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Лицо в случае нарушения его прав и законных интересов действиями (бездействием) коллегии адвокатов и (или) решениями ее органов управления вправе оспорить такие действия (бездействие) и (или) решения </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="771"/>
-    <w:bookmarkStart w:name="z805" w:id="772"/>
+    <w:bookmarkEnd w:id="772"/>
+    <w:bookmarkStart w:name="z805" w:id="773"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в Республиканской коллегии адвокатов или суде. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="772"/>
-    <w:bookmarkStart w:name="z806" w:id="773"/>
+    <w:bookmarkEnd w:id="773"/>
+    <w:bookmarkStart w:name="z806" w:id="774"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> РАЗДЕЛ 4. ОКАЗАНИЕ ЮРИДИЧЕСКОЙ ПОМОЩИ ЮРИДИЧЕСКИМИ КОНСУЛЬТАНТАМИ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="773"/>
-    <w:bookmarkStart w:name="z807" w:id="774"/>
+    <w:bookmarkEnd w:id="774"/>
+    <w:bookmarkStart w:name="z807" w:id="775"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. СТАТУС ЮРИДИЧЕСКОГО КОНСУЛЬТАНТА</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="774"/>
-    <w:bookmarkStart w:name="z808" w:id="775"/>
+    <w:bookmarkEnd w:id="775"/>
+    <w:bookmarkStart w:name="z808" w:id="776"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 75. Юридический консультант</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="775"/>
-    <w:bookmarkStart w:name="z809" w:id="776"/>
+    <w:bookmarkEnd w:id="776"/>
+    <w:bookmarkStart w:name="z809" w:id="777"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Юридическим консультантом является физическое лицо, имеющее высшее юридическое образование, стаж работы по юридической специальности не менее двух лет, прошедшее аттестацию, являющееся членом палаты юридических консультантов и оказывающее юридическую помощь.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="776"/>
-    <w:bookmarkStart w:name="z810" w:id="777"/>
+    <w:bookmarkEnd w:id="777"/>
+    <w:bookmarkStart w:name="z810" w:id="778"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Юридический консультант может оказывать юридическую помощь самостоятельно, занимаясь частной практикой в виде индивидуального предпринимательства либо без государственной регистрации в качестве индивидуального предпринимателя, а также на основании трудового договора с юридическим лицом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="777"/>
-    <w:bookmarkStart w:name="z811" w:id="778"/>
+    <w:bookmarkEnd w:id="778"/>
+    <w:bookmarkStart w:name="z811" w:id="779"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 76. Права и обязанности юридического консультанта</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="778"/>
-    <w:bookmarkStart w:name="z812" w:id="779"/>
+    <w:bookmarkEnd w:id="779"/>
+    <w:bookmarkStart w:name="z812" w:id="780"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Юридический консультант вправе оказывать лицу, обратившемуся за помощью, любую юридическую помощь, в которой оно нуждается, в порядке и на условиях, определенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="779"/>
-    <w:bookmarkStart w:name="z813" w:id="780"/>
+    <w:bookmarkEnd w:id="780"/>
+    <w:bookmarkStart w:name="z813" w:id="781"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Юридический консультант от своего имени заключает письменный договор об оказании юридической помощи с обратившимся к нему лицом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="780"/>
-    <w:bookmarkStart w:name="z814" w:id="781"/>
+    <w:bookmarkEnd w:id="781"/>
+    <w:bookmarkStart w:name="z814" w:id="782"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае оказания юридической помощи юридическим консультантом, действующим на основании трудового договора с юридическим лицом, письменный договор об оказании юридической помощи клиенту заключается юридическим лицом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="781"/>
-    <w:bookmarkStart w:name="z815" w:id="782"/>
+    <w:bookmarkEnd w:id="782"/>
+    <w:bookmarkStart w:name="z815" w:id="783"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Юридический консультант, выступая в качестве представителя, правомочен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="782"/>
-    <w:bookmarkStart w:name="z816" w:id="783"/>
+    <w:bookmarkEnd w:id="783"/>
+    <w:bookmarkStart w:name="z816" w:id="784"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) представлять права и интересы лиц, обратившихся за юридической помощью, в судах, государственных, иных органах и организациях, в компетенцию которых входит разрешение соответствующих вопросов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="783"/>
-    <w:bookmarkStart w:name="z817" w:id="784"/>
+    <w:bookmarkEnd w:id="784"/>
+    <w:bookmarkStart w:name="z817" w:id="785"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) запрашивать и получать во всех государственных органах, органах местного самоуправления и юридических лицах сведения, необходимые для оказания юридической помощи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="784"/>
-    <w:bookmarkStart w:name="z818" w:id="785"/>
+    <w:bookmarkEnd w:id="785"/>
+    <w:bookmarkStart w:name="z818" w:id="786"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в порядке и пределах, установленных законодательством Республики Казахстан, самостоятельно собирать необходимые для оказания юридической помощи фактические данные, а также представлять их в государственные органы и должностным лицам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="785"/>
-    <w:bookmarkStart w:name="z819" w:id="786"/>
+    <w:bookmarkEnd w:id="786"/>
+    <w:bookmarkStart w:name="z819" w:id="787"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) знакомиться с материалами, касающимися лица, обратившегося за юридической помощью, включая процессуальные документы, судебные дела, и фиксировать содержащуюся в них информацию любым способом, не запрещенным законами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="786"/>
-    <w:bookmarkStart w:name="z820" w:id="787"/>
+    <w:bookmarkEnd w:id="787"/>
+    <w:bookmarkStart w:name="z820" w:id="788"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) запрашивать на договорной основе заключения специалистов для разъяснения вопросов, возникающих в связи с оказанием юридической помощи и требующих специальных знаний в области науки, техники, искусства и других сферах деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="787"/>
-    <w:bookmarkStart w:name="z821" w:id="788"/>
+    <w:bookmarkEnd w:id="788"/>
+    <w:bookmarkStart w:name="z821" w:id="789"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) заявлять ходатайства, приносить в установленном порядке жалобы на решения и действия (бездействие) органов государственной власти, местного самоуправления, общественных объединений, организаций, должностных лиц и государственных служащих, ущемляющих права и охраняемые законом интересы лиц, обратившихся за помощью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="788"/>
-    <w:bookmarkStart w:name="z822" w:id="789"/>
+    <w:bookmarkEnd w:id="789"/>
+    <w:bookmarkStart w:name="z822" w:id="790"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) использовать все не запрещенные законом средства и способы защиты прав и законных интересов лиц, обратившихся за юридической помощью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="789"/>
-    <w:bookmarkStart w:name="z823" w:id="790"/>
+    <w:bookmarkEnd w:id="790"/>
+    <w:bookmarkStart w:name="z823" w:id="791"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) проводить примирительные процедуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="790"/>
-    <w:bookmarkStart w:name="z824" w:id="791"/>
+    <w:bookmarkEnd w:id="791"/>
+    <w:bookmarkStart w:name="z824" w:id="792"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) оказывать комплексную социальную юридическую помощь;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="791"/>
-    <w:bookmarkStart w:name="z825" w:id="792"/>
+    <w:bookmarkEnd w:id="792"/>
+    <w:bookmarkStart w:name="z825" w:id="793"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) совершать иные действия, не противоречащие законодательству Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="792"/>
-    <w:bookmarkStart w:name="z826" w:id="793"/>
+    <w:bookmarkEnd w:id="793"/>
+    <w:bookmarkStart w:name="z826" w:id="794"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Юридический консультант обязан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="793"/>
-    <w:bookmarkStart w:name="z827" w:id="794"/>
+    <w:bookmarkEnd w:id="794"/>
+    <w:bookmarkStart w:name="z827" w:id="795"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) соблюдать требования законодательства Республики Казахстан об адвокатской деятельности и юридической помощи, а также требования правил и стандартов палаты юридических консультантов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="794"/>
-    <w:bookmarkStart w:name="z828" w:id="795"/>
+    <w:bookmarkEnd w:id="795"/>
+    <w:bookmarkStart w:name="z828" w:id="796"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) соблюдать правила Кодекса профессиональной этики, установленные палатой юридических консультантов, членом которой он является, а также уплачивать взносы, установленные настоящим Законом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="795"/>
-    <w:bookmarkStart w:name="z829" w:id="796"/>
+    <w:bookmarkEnd w:id="796"/>
+    <w:bookmarkStart w:name="z829" w:id="797"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) руководствоваться в профессиональной деятельности принципами оказания юридической помощи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="796"/>
-    <w:bookmarkStart w:name="z830" w:id="797"/>
+    <w:bookmarkEnd w:id="797"/>
+    <w:bookmarkStart w:name="z830" w:id="798"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) быть членом одной из палат юридических консультантов для оказания юридической помощи в виде представительства интересов лиц в судах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="797"/>
-    <w:bookmarkStart w:name="z831" w:id="798"/>
+    <w:bookmarkEnd w:id="798"/>
+    <w:bookmarkStart w:name="z831" w:id="799"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) сообщать клиенту о невозможности своего участия в оказании юридической помощи вследствие возникновения обстоятельств, препятствующих ее оказанию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="798"/>
-    <w:bookmarkStart w:name="z832" w:id="799"/>
+    <w:bookmarkEnd w:id="799"/>
+    <w:bookmarkStart w:name="z832" w:id="800"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) обеспечивать сохранность документов, получаемых от клиента и третьих лиц при оказании юридической помощи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="799"/>
-    <w:bookmarkStart w:name="z833" w:id="800"/>
+    <w:bookmarkEnd w:id="800"/>
+    <w:bookmarkStart w:name="z833" w:id="801"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) предоставлять клиенту информацию о членстве в палате юридических консультантов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="800"/>
-    <w:bookmarkStart w:name="z834" w:id="801"/>
+    <w:bookmarkEnd w:id="801"/>
+    <w:bookmarkStart w:name="z834" w:id="802"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) представлять по требованию клиента копию договора страхования профессиональной ответственности юридического консультанта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="801"/>
-    <w:bookmarkStart w:name="z835" w:id="802"/>
+    <w:bookmarkEnd w:id="802"/>
+    <w:bookmarkStart w:name="z835" w:id="803"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) по требованию клиента представлять выписку из реестра членов палаты юридических консультантов, членом которой он является;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="802"/>
-    <w:bookmarkStart w:name="z836" w:id="803"/>
+    <w:bookmarkEnd w:id="803"/>
+    <w:bookmarkStart w:name="z836" w:id="804"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) заключать соглашение о неразглашении конфиденциальной информации с клиентом, если об этом не возражает клиент;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="803"/>
-    <w:bookmarkStart w:name="z837" w:id="804"/>
+    <w:bookmarkEnd w:id="804"/>
+    <w:bookmarkStart w:name="z837" w:id="805"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) выполнять любые не запрещенные законом действия по установлению фактических обстоятельств, направленные на обеспечение прав, свобод и законных интересов клиента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="804"/>
-    <w:bookmarkStart w:name="z838" w:id="805"/>
+    <w:bookmarkEnd w:id="805"/>
+    <w:bookmarkStart w:name="z838" w:id="806"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) по требованию клиента хранить копии документов, которые использовались при оказании юридической помощи, на бумажных или электронных носителях либо в форме электронных документов в течение трех лет с даты завершения оказания юридической помощи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="805"/>
-    <w:bookmarkStart w:name="z839" w:id="806"/>
+    <w:bookmarkEnd w:id="806"/>
+    <w:bookmarkStart w:name="z839" w:id="807"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) постоянно повышать свою квалификацию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="806"/>
-    <w:bookmarkStart w:name="z840" w:id="807"/>
+    <w:bookmarkEnd w:id="807"/>
+    <w:bookmarkStart w:name="z840" w:id="808"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) осуществлять страхование профессиональной ответственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="807"/>
-    <w:bookmarkStart w:name="z841" w:id="808"/>
+    <w:bookmarkEnd w:id="808"/>
+    <w:bookmarkStart w:name="z841" w:id="809"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В случае, если юридический консультант состоит в трудовых отношениях с юридическим лицом, обязанности, предусмотренные в подпунктах 5), 6), 8), 10) и 12) пункта 4 настоящей статьи, возлагаются на это юридическое лицо.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="808"/>
-    <w:bookmarkStart w:name="z842" w:id="809"/>
+    <w:bookmarkEnd w:id="809"/>
+    <w:bookmarkStart w:name="z842" w:id="810"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Юридическому консультанту запрещается занимать по делу правовую позицию, ухудшающую положение лица, обратившегося за помощью, использовать свои полномочия в ущерб лицу, интересы которого он представляет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="809"/>
-    <w:bookmarkStart w:name="z843" w:id="810"/>
+    <w:bookmarkEnd w:id="810"/>
+    <w:bookmarkStart w:name="z843" w:id="811"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Юридическому консультанту запрещается оказывать юридическую помощь в случае наличия конфликта интересов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="810"/>
-    <w:bookmarkStart w:name="z844" w:id="811"/>
+    <w:bookmarkEnd w:id="811"/>
+    <w:bookmarkStart w:name="z844" w:id="812"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Юридический консультант обязан отказаться от оказания юридической помощи в случаях, если:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="811"/>
-    <w:bookmarkStart w:name="z845" w:id="812"/>
+    <w:bookmarkEnd w:id="812"/>
+    <w:bookmarkStart w:name="z845" w:id="813"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       имеется конфликт интересов клиента и юридического консультанта, его близких родственников, а также при наличии других обстоятельств, составляющих конфликт интересов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="812"/>
-    <w:bookmarkStart w:name="z846" w:id="813"/>
+    <w:bookmarkEnd w:id="813"/>
+    <w:bookmarkStart w:name="z846" w:id="814"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       имеются основания, предусмотренные процессуальным законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="813"/>
+    <w:bookmarkEnd w:id="814"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 76-1. Гарантии деятельности юридического консультанта</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1055" w:id="814"/>
+    <w:bookmarkStart w:name="z1055" w:id="815"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Права юридического консультанта не подлежат ограничениям, кроме случаев, прямо предусмотренных законами Республики Казахстан. Вмешательство либо воспрепятствование законной деятельности юридического консультанта влечет ответственность, предусмотренную законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="814"/>
-    <w:bookmarkStart w:name="z1056" w:id="815"/>
+    <w:bookmarkEnd w:id="815"/>
+    <w:bookmarkStart w:name="z1056" w:id="816"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Государственные органы, органы местного самоуправления и юридические лица обязаны в течение десяти рабочих дней дать письменный ответ на запрос юридического консультанта, связанный с оказанием им юридической помощи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="815"/>
-    <w:bookmarkStart w:name="z1057" w:id="816"/>
+    <w:bookmarkEnd w:id="816"/>
+    <w:bookmarkStart w:name="z1057" w:id="817"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В представлении юридическому консультанту запрошенных сведений может быть отказано в случае, если информация отнесена к информации с ограниченным доступом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="816"/>
-    <w:bookmarkStart w:name="z1058" w:id="817"/>
+    <w:bookmarkEnd w:id="817"/>
+    <w:bookmarkStart w:name="z1058" w:id="818"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Юридический консультант при выполнении принятого поручения имеет право использовать в суде и других государственных и негосударственных органах и организациях компьютеры, смартфоны и иные технические средства, необходимые для оказания юридической помощи, в порядке, установленном процессуальным законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="817"/>
+    <w:bookmarkEnd w:id="818"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21531,445 +21413,445 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z847" w:id="818"/>
+    <w:bookmarkStart w:name="z847" w:id="819"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 77. Страхование деятельности юридического консультанта</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="818"/>
-    <w:bookmarkStart w:name="z848" w:id="819"/>
+    <w:bookmarkEnd w:id="819"/>
+    <w:bookmarkStart w:name="z848" w:id="820"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Юридический консультант обязан заключить договор страхования профессиональной ответственности по обязательствам, возникающим вследствие причинения вреда третьим лицам, которым в соответствии с договором оказывается юридическая помощь.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="819"/>
-    <w:bookmarkStart w:name="z849" w:id="820"/>
+    <w:bookmarkEnd w:id="820"/>
+    <w:bookmarkStart w:name="z849" w:id="821"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Юридический консультант не вправе приступать к оказанию юридической помощи при отсутствии договора страхования профессиональной ответственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="820"/>
-    <w:bookmarkStart w:name="z850" w:id="821"/>
+    <w:bookmarkEnd w:id="821"/>
+    <w:bookmarkStart w:name="z850" w:id="822"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае, если юридический консультант состоит в трудовых отношениях с юридическим лицом, обязанность по заключению договора страхования профессиональной ответственности юридического консультанта возлагается на это юридическое лицо.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="821"/>
-    <w:bookmarkStart w:name="z851" w:id="822"/>
+    <w:bookmarkEnd w:id="822"/>
+    <w:bookmarkStart w:name="z851" w:id="823"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Объектом страхования профессиональной ответственности юридического консультанта являются имущественные интересы страхователя (застрахованного лица), связанные с его обязанностью в порядке, установленном законодательством Республики Казахстан, возместить вред, причиненный третьим лицам, которым в соответствии с договором оказывается юридическая помощь, в результате осуществления деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="822"/>
-    <w:bookmarkStart w:name="z852" w:id="823"/>
+    <w:bookmarkEnd w:id="823"/>
+    <w:bookmarkStart w:name="z852" w:id="824"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Страховым случаем по договору страхования профессиональной ответственности юридического консультанта является факт наступления гражданско-правовой ответственности страхователя по возмещению вреда, причиненного имущественным интересам третьих лиц, которым в соответствии с договором оказывается юридическая помощь, в результате допущенных застрахованным лицом профессиональных ошибок при оказании юридической помощи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="823"/>
-    <w:bookmarkStart w:name="z853" w:id="824"/>
+    <w:bookmarkEnd w:id="824"/>
+    <w:bookmarkStart w:name="z853" w:id="825"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Под профессиональными ошибками для целей настоящей статьи понимаются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="824"/>
-    <w:bookmarkStart w:name="z854" w:id="825"/>
+    <w:bookmarkEnd w:id="825"/>
+    <w:bookmarkStart w:name="z854" w:id="826"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) пропуск процессуальных сроков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="825"/>
-    <w:bookmarkStart w:name="z855" w:id="826"/>
+    <w:bookmarkEnd w:id="826"/>
+    <w:bookmarkStart w:name="z855" w:id="827"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) неправильное оформление документов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="826"/>
-    <w:bookmarkStart w:name="z856" w:id="827"/>
+    <w:bookmarkEnd w:id="827"/>
+    <w:bookmarkStart w:name="z856" w:id="828"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) неизвещение лица, которому в соответствии с договором оказывается юридическая помощь, о последствиях совершаемых юридических действий, повлекших причинение ему вреда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="827"/>
-    <w:bookmarkStart w:name="z857" w:id="828"/>
+    <w:bookmarkEnd w:id="828"/>
+    <w:bookmarkStart w:name="z857" w:id="829"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) утрата или порча документов, полученных страхователем (застрахованным лицом) от клиента для оказания юридической помощи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="828"/>
-    <w:bookmarkStart w:name="z858" w:id="829"/>
+    <w:bookmarkEnd w:id="829"/>
+    <w:bookmarkStart w:name="z858" w:id="830"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) неправомерное разглашение сведений, которые стали известны застрахованному лицу в процессе оказания им юридической помощи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="829"/>
-    <w:bookmarkStart w:name="z859" w:id="830"/>
+    <w:bookmarkEnd w:id="830"/>
+    <w:bookmarkStart w:name="z859" w:id="831"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Договором страхования профессиональной ответственности юридического консультанта могут быть определены иные действия (бездействие), повлекшие причинение вреда имущественным интересам третьих лиц, которым в соответствии с договором оказывается юридическая помощь, в результате оказания такой помощи застрахованным лицом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="830"/>
-    <w:bookmarkStart w:name="z860" w:id="831"/>
+    <w:bookmarkEnd w:id="831"/>
+    <w:bookmarkStart w:name="z860" w:id="832"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Страховой случай считается наступившим, если вред, причиненный третьим лицам, которым в соответствии с договором оказывается юридическая помощь, явился следствием неумышленного нарушения страхователем (застрахованным лицом) профессиональных обязанностей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="831"/>
-    <w:bookmarkStart w:name="z861" w:id="832"/>
+    <w:bookmarkEnd w:id="832"/>
+    <w:bookmarkStart w:name="z861" w:id="833"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5.    Размер страховой суммы по договору страхования профессиональной ответственности юридического консультанта определяется его условиями и должен составлять для юридических консультантов, осуществляющих деятельность на территории города республиканского значения, столицы, – не менее тысячекратного, для иных юридических консультантов – не менее пятисоткратного размера месячного расчетного показателя, установленного законом о республиканском бюджете на соответствующий финансовый год, на дату заключения договора страхования профессиональной ответственности юридического консультанта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="832"/>
-    <w:bookmarkStart w:name="z862" w:id="833"/>
+    <w:bookmarkEnd w:id="833"/>
+    <w:bookmarkStart w:name="z862" w:id="834"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Порядок и иные условия страхования профессиональной ответственности юридического консультанта определяются соглашением сторон на основании типового договора страхования профессиональной ответственности юридического консультанта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="833"/>
+    <w:bookmarkEnd w:id="834"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 77-1. Помощники юридического консультанта</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1060" w:id="834"/>
+    <w:bookmarkStart w:name="z1060" w:id="835"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Юридические консультанты могут иметь помощников.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="834"/>
-    <w:bookmarkStart w:name="z1061" w:id="835"/>
+    <w:bookmarkEnd w:id="835"/>
+    <w:bookmarkStart w:name="z1061" w:id="836"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Помощники юридического консультанта могут работать на основе трудового договора. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="835"/>
-    <w:bookmarkStart w:name="z1062" w:id="836"/>
+    <w:bookmarkEnd w:id="836"/>
+    <w:bookmarkStart w:name="z1062" w:id="837"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Помощники юридических консультантов вправе по указанию и под ответственность юридического консультанта выполнять его поручения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="836"/>
+    <w:bookmarkEnd w:id="837"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22005,190 +21887,190 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 77-2. Тайна юридического консультанта </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1064" w:id="837"/>
+    <w:bookmarkStart w:name="z1064" w:id="838"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тайну юридического консультанта составляют факт обращения к юридическому консультанту, сведения о содержании устных и письменных переговоров с лицом, обратившимся за помощью, и другими лицами, о характере и результатах действий, предпринимаемых в интересах лица, обратившегося за помощью.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="837"/>
-    <w:bookmarkStart w:name="z1065" w:id="838"/>
+    <w:bookmarkEnd w:id="838"/>
+    <w:bookmarkStart w:name="z1065" w:id="839"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Юридические консультанты, их помощники, должностные лица палат юридических консультантов и их органов, а также лицо, утратившее статус юридического консультанта, не вправе разглашать, а также использовать в своих интересах или интересах третьих лиц какие-либо сведения, полученные в связи с оказанием юридической помощи и (или) в результате осуществления своей профессиональной деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="838"/>
-    <w:bookmarkStart w:name="z1066" w:id="839"/>
+    <w:bookmarkEnd w:id="839"/>
+    <w:bookmarkStart w:name="z1066" w:id="840"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. За разглашение сведений, относящихся к тайне юридического консультанта, без согласия лица, обратившегося за помощью, за исключением случаев, предусмотренных законодательством Республики Казахстан, лица, указанные в пункте 2 настоящей статьи, несут ответственность в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="839"/>
-    <w:bookmarkStart w:name="z1067" w:id="840"/>
+    <w:bookmarkEnd w:id="840"/>
+    <w:bookmarkStart w:name="z1067" w:id="841"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Представление сведений и информации в уполномоченный орган по финансовому мониторингу в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения" не является разглашением тайны юридического консультанта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="840"/>
-    <w:bookmarkStart w:name="z1068" w:id="841"/>
+    <w:bookmarkEnd w:id="841"/>
+    <w:bookmarkStart w:name="z1068" w:id="842"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Обязанность хранения профессиональной тайны не ограничена во времени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="841"/>
-    <w:bookmarkStart w:name="z1069" w:id="842"/>
+    <w:bookmarkEnd w:id="842"/>
+    <w:bookmarkStart w:name="z1069" w:id="843"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Юридические консультанты, их помощники, должностные лица палат юридических консультантов и их органов, а также лицо, утратившее статус юридического консультанта, обязаны принимать необходимые меры для сохранения профессиональной тайны, в том числе и ее защиты от несанкционированного доступа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="842"/>
+    <w:bookmarkEnd w:id="843"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22207,126 +22089,126 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z863" w:id="843"/>
+    <w:bookmarkStart w:name="z863" w:id="844"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. ОРГАНИЗАЦИЯ ДЕЯТЕЛЬНОСТИ ЮРИДИЧЕСКИХ КОНСУЛЬТАНТОВ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="843"/>
-    <w:bookmarkStart w:name="z864" w:id="844"/>
+    <w:bookmarkEnd w:id="844"/>
+    <w:bookmarkStart w:name="z864" w:id="845"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 78. Палата юридических консультантов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="844"/>
-    <w:bookmarkStart w:name="z865" w:id="845"/>
+    <w:bookmarkEnd w:id="845"/>
+    <w:bookmarkStart w:name="z865" w:id="846"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Палатой юридических консультантов признается саморегулируемая, основанная на обязательном членстве организация, созданная в целях регулирования деятельности по оказанию юридической помощи и контроля за деятельностью своих членов в части соблюдения ими требований законодательства Республики Казахстан об адвокатской деятельности и юридической помощи, правил и стандартов палаты юридических консультантов, Кодекса профессиональной этики, включенная в реестр палат юридических консультантов, объединяющая на условиях членства не менее двухсот юридических консультантов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="845"/>
-    <w:bookmarkStart w:name="z866" w:id="846"/>
+    <w:bookmarkEnd w:id="846"/>
+    <w:bookmarkStart w:name="z866" w:id="847"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Деятельность палаты юридических консультантов регулируется Законом Республики Казахстан "О саморегулировании", настоящим Законом, законодательством Республики Казахстан, а также уставом, правилами и стандартами палаты юридических консультантов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="846"/>
+    <w:bookmarkEnd w:id="847"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22362,1078 +22244,886 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 78-1. Республиканская коллегия юридических консультантов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1071" w:id="847"/>
+    <w:bookmarkStart w:name="z1071" w:id="848"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Республиканская коллегия юридических консультантов – некоммерческая организация, основанная на добровольном членстве палат юридических консультантов, представляющих не менее двух третей областей, городов республиканского значения и столицы, деятельность и полномочия которой определяются настоящим Законом, иным законодательством Республики Казахстан, уставом коллегии и осуществляются в отношении и интересах палат юридических консультантов, являющихся ее членами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="847"/>
-    <w:bookmarkStart w:name="z1072" w:id="848"/>
+    <w:bookmarkEnd w:id="848"/>
+    <w:bookmarkStart w:name="z1072" w:id="849"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республиканская коллегия юридических консультантов образуется учредительным съездом представителей палат юридических консультантов, представляющих не менее двух третей областей, городов республиканского значения и столицы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="848"/>
-    <w:bookmarkStart w:name="z1073" w:id="849"/>
+    <w:bookmarkEnd w:id="849"/>
+    <w:bookmarkStart w:name="z1073" w:id="850"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Органами управления Республиканской коллегии юридических консультантов являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="849"/>
-    <w:bookmarkStart w:name="z1074" w:id="850"/>
+    <w:bookmarkEnd w:id="850"/>
+    <w:bookmarkStart w:name="z1074" w:id="851"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) высший орган управления – съезд представителей палат юридических консультантов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="850"/>
-    <w:bookmarkStart w:name="z1075" w:id="851"/>
+    <w:bookmarkEnd w:id="851"/>
+    <w:bookmarkStart w:name="z1075" w:id="852"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) постоянно действующий исполнительный орган управления – правление, возглавляемое председателем;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="851"/>
-    <w:bookmarkStart w:name="z1076" w:id="852"/>
+    <w:bookmarkEnd w:id="852"/>
+    <w:bookmarkStart w:name="z1076" w:id="853"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) орган внутреннего контроля за финансово-хозяйственной деятельностью – ревизионная комиссия (ревизор).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="852"/>
-    <w:bookmarkStart w:name="z1077" w:id="853"/>
+    <w:bookmarkEnd w:id="853"/>
+    <w:bookmarkStart w:name="z1077" w:id="854"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Республиканская коллегия юридических консультантов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="853"/>
-    <w:bookmarkStart w:name="z1078" w:id="854"/>
+    <w:bookmarkEnd w:id="854"/>
+    <w:bookmarkStart w:name="z1078" w:id="855"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осуществляет координацию деятельности палат юридических консультантов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="854"/>
-    <w:bookmarkStart w:name="z1079" w:id="855"/>
+    <w:bookmarkEnd w:id="855"/>
+    <w:bookmarkStart w:name="z1079" w:id="856"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) представляет интересы палат юридических консультантов в государственных органах, негосударственных организациях, в том числе иностранных и международных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="855"/>
-    <w:bookmarkStart w:name="z1080" w:id="856"/>
+    <w:bookmarkEnd w:id="856"/>
+    <w:bookmarkStart w:name="z1080" w:id="857"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) принимает участие в разработке нормативных правовых актов и разрабатывает методические материалы по вопросам юридической помощи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="856"/>
-    <w:bookmarkStart w:name="z1081" w:id="857"/>
+    <w:bookmarkEnd w:id="857"/>
+    <w:bookmarkStart w:name="z1081" w:id="858"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осуществляет иную деятельность, не противоречащую законодательству Республики Казахстан и международным договорам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="857"/>
-    <w:bookmarkStart w:name="z1082" w:id="858"/>
+    <w:bookmarkEnd w:id="858"/>
+    <w:bookmarkStart w:name="z1082" w:id="859"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Председатель Республиканской коллегии юридических консультантов избирается тайным голосованием сроком на четыре года. При этом одно и то же лицо не может занимать должность председателя коллегии более двух сроков подряд.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="858"/>
-    <w:bookmarkStart w:name="z1083" w:id="859"/>
+    <w:bookmarkEnd w:id="859"/>
+    <w:bookmarkStart w:name="z1083" w:id="860"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Полномочия председателя Республиканской коллегии юридических консультантов определяются ее уставом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="859"/>
+    <w:bookmarkEnd w:id="860"/>
+    <w:bookmarkStart w:name="z1084" w:id="861"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Съезд Республиканской коллегии юридических консультантов определяет размер и порядок осуществления ежемесячных взносов, отчисляемых палатами юридических консультантов на общие нужды Республиканской коллегии юридических консультантов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="861"/>
+    <w:bookmarkStart w:name="z1085" w:id="862"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Правление Республиканской коллегии юридических консультантов составляет годовой отчет о финансово-хозяйственной деятельности Республиканской коллегии юридических консультантов, включающий информацию обо всех поступлениях и расходах, и размещает его на интернет-ресурсе Республиканской коллегии юридических консультантов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="862"/>
+    <w:bookmarkStart w:name="z1086" w:id="863"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Ревизионная комиссия (ревизор) Республиканской коллегии юридических консультантов проводит проверку годового отчета о финансово-хозяйственной деятельности Республиканской коллегии юридических консультантов и размещает ее результаты на интернет-ресурсе Республиканской коллегии юридических консультантов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="863"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Примечание ИЗПИ! </w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 5 дополнена статьей 78-1 в соответствии с Законом РК от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...229 lines deleted...]
-    <w:bookmarkEnd w:id="862"/>
+    </w:p>
+    <w:bookmarkStart w:name="z867" w:id="864"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...52 lines deleted...]
-    <w:bookmarkStart w:name="z867" w:id="863"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 79. Устав палаты юридических консультантов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="864"/>
+    <w:bookmarkStart w:name="z868" w:id="865"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Устав палаты юридических консультантов разрабатывается на основе типового устава палаты, утверждаемого уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="865"/>
+    <w:bookmarkStart w:name="z869" w:id="866"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 79. Устав палаты юридических консультантов</w:t>
-[...36 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Статья 80. Функции палаты юридических консультантов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="865"/>
-    <w:bookmarkStart w:name="z870" w:id="866"/>
+    <w:bookmarkEnd w:id="866"/>
+    <w:bookmarkStart w:name="z870" w:id="867"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Палата юридических консультантов осуществляет следующие функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="866"/>
-    <w:bookmarkStart w:name="z871" w:id="867"/>
+    <w:bookmarkEnd w:id="867"/>
+    <w:bookmarkStart w:name="z871" w:id="868"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) устанавливает правила профессионального поведения и Кодекс профессиональной этики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="867"/>
-    <w:bookmarkStart w:name="z872" w:id="868"/>
+    <w:bookmarkEnd w:id="868"/>
+    <w:bookmarkStart w:name="z872" w:id="869"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) устанавливает правила и условия приема в члены палаты; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="868"/>
-    <w:bookmarkStart w:name="z873" w:id="869"/>
+    <w:bookmarkEnd w:id="869"/>
+    <w:bookmarkStart w:name="z873" w:id="870"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) устанавливает по согласованию с уполномоченным органом стандарты оказания юридической помощи, критерии качества юридической помощи и обеспечивает их исполнение членами палаты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="869"/>
-    <w:bookmarkStart w:name="z874" w:id="870"/>
+    <w:bookmarkEnd w:id="870"/>
+    <w:bookmarkStart w:name="z874" w:id="871"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) обеспечивает размещение не реже одного раза в год на своем интернет-ресурсе сводно-аналитической информации о формируемой средней стоимости оказываемых членами палаты юридических услуг за предыдущий период, начиная с даты последнего размещения данной информации, на основании данных, предоставляемых членами палаты, с учетом требований о конфиденциальности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="870"/>
-    <w:bookmarkStart w:name="z875" w:id="871"/>
+    <w:bookmarkEnd w:id="871"/>
+    <w:bookmarkStart w:name="z875" w:id="872"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) устанавливает объем и порядок оказания комплексной социальной юридической помощи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="871"/>
-    <w:bookmarkStart w:name="z876" w:id="872"/>
+    <w:bookmarkEnd w:id="872"/>
+    <w:bookmarkStart w:name="z876" w:id="873"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) обеспечивает повышение квалификации своих членов в соответствии с утвержденными стандартами палаты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="872"/>
-    <w:bookmarkStart w:name="z877" w:id="873"/>
+    <w:bookmarkEnd w:id="873"/>
+    <w:bookmarkStart w:name="z877" w:id="874"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) организует информационное и методическое обеспечение членов палаты юридических консультантов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="873"/>
-    <w:bookmarkStart w:name="z1091" w:id="874"/>
+    <w:bookmarkEnd w:id="874"/>
+    <w:bookmarkStart w:name="z1091" w:id="875"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7-1) организует работу по оказанию гарантированной государством юридической помощи в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="874"/>
-    <w:bookmarkStart w:name="z878" w:id="875"/>
+    <w:bookmarkEnd w:id="875"/>
+    <w:bookmarkStart w:name="z878" w:id="876"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) представляет интересы своих членов в государственных органах, негосударственных организациях, в том числе иностранных и международных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="875"/>
+    <w:bookmarkEnd w:id="876"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) осуществляет контроль за соблюдением членами палаты юридических консультантов требований законодательства Республики Казахстан об адвокатской деятельности и юридической помощи, правил и стандартов оказания юридической помощи, Кодекса профессиональной этики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1099" w:id="876"/>
+    <w:bookmarkStart w:name="z1099" w:id="877"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9-1) организует работу по обеспечению соблюдения юридическими консультантами требований законодательства Республики Казахстан о противодействии коррупции, противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="876"/>
-    <w:bookmarkStart w:name="z880" w:id="877"/>
+    <w:bookmarkEnd w:id="877"/>
+    <w:bookmarkStart w:name="z880" w:id="878"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) рассматривает вопросы о привлечении членов палаты юридических консультантов к ответственности за нарушение требований настоящего Закона, законодательства Республики Казахстан об адвокатской деятельности и юридической помощи, правил и стандартов оказания юридической помощи, Кодекса профессиональной этики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="877"/>
-    <w:bookmarkStart w:name="z881" w:id="878"/>
+    <w:bookmarkEnd w:id="878"/>
+    <w:bookmarkStart w:name="z881" w:id="879"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) содействует организации прохождения профессиональной практики выпускниками организаций послесреднего, высшего юридического образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="878"/>
-    <w:bookmarkStart w:name="z882" w:id="879"/>
+    <w:bookmarkEnd w:id="879"/>
+    <w:bookmarkStart w:name="z882" w:id="880"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) обобщает практику и вырабатывает рекомендации и предложения по дальнейшему совершенствованию и развитию юридической помощи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="879"/>
-    <w:bookmarkStart w:name="z883" w:id="880"/>
+    <w:bookmarkEnd w:id="880"/>
+    <w:bookmarkStart w:name="z883" w:id="881"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13) ведет реестр членов палаты юридических консультантов; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="880"/>
-    <w:bookmarkStart w:name="z1100" w:id="881"/>
+    <w:bookmarkEnd w:id="881"/>
+    <w:bookmarkStart w:name="z1100" w:id="882"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13-1) разрабатывает и утверждает методические рекомендации по вопросам противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения для юридических консультантов с учетом особенностей и специфики их деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="881"/>
-    <w:bookmarkStart w:name="z1101" w:id="882"/>
+    <w:bookmarkEnd w:id="882"/>
+    <w:bookmarkStart w:name="z1101" w:id="883"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13-2) проводит в пределах своей компетенции анализ и мониторинг деятельности юридических консультантов на предмет выявления рисков легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения, обобщает практику применения законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения и вносит предложения по его совершенствованию с ежегодным предоставлением такой информации в уполномоченный орган по финансовому мониторингу по форме и в сроки, которые установлены уполномоченным органом по финансовому мониторингу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="882"/>
-    <w:bookmarkStart w:name="z884" w:id="883"/>
+    <w:bookmarkEnd w:id="883"/>
+    <w:bookmarkStart w:name="z884" w:id="884"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) осуществляет иные функции, установленные настоящим Законом, законодательством Республики Казахстан, уставом палаты юридических консультантов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="883"/>
+    <w:bookmarkEnd w:id="884"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23472,146 +23162,146 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z885" w:id="884"/>
+    <w:bookmarkStart w:name="z885" w:id="885"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 81. Права и обязанности палаты юридических консультантов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="884"/>
-    <w:bookmarkStart w:name="z886" w:id="885"/>
+    <w:bookmarkEnd w:id="885"/>
+    <w:bookmarkStart w:name="z886" w:id="886"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Права и обязанности палаты юридических консультантов определяются Законом Республики Казахстан "О саморегулировании".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="885"/>
-    <w:bookmarkStart w:name="z887" w:id="886"/>
+    <w:bookmarkEnd w:id="886"/>
+    <w:bookmarkStart w:name="z887" w:id="887"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Палата юридических консультантов обязана ежеквартально предоставлять в уполномоченный орган информацию о включении членов в палату юридических консультантов, приостановлении членства и об исключении из членства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="886"/>
-    <w:bookmarkStart w:name="z888" w:id="887"/>
+    <w:bookmarkEnd w:id="887"/>
+    <w:bookmarkStart w:name="z888" w:id="888"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 82. Членство в палате юридических консультантов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="887"/>
-    <w:bookmarkStart w:name="z889" w:id="888"/>
+    <w:bookmarkEnd w:id="888"/>
+    <w:bookmarkStart w:name="z889" w:id="889"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Членство в палате юридических консультантов для лиц, осуществляющих юридическую помощь в виде представительства интересов физических и юридических лиц в соответствии с Гражданским процессуальным кодексом Республики Казахстан и Административным процедурно-процессуальным кодексом Республики Казахстан, является обязательным.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="888"/>
+    <w:bookmarkEnd w:id="889"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23630,1159 +23320,1159 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2021).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z890" w:id="889"/>
+    <w:bookmarkStart w:name="z890" w:id="890"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 83. Условия и порядок приобретения и прекращения членства в палате юридических консультантов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="889"/>
-    <w:bookmarkStart w:name="z891" w:id="890"/>
+    <w:bookmarkEnd w:id="890"/>
+    <w:bookmarkStart w:name="z891" w:id="891"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Членом палаты юридических консультантов может быть физическое лицо, соответствующее требованиям, установленным в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статье 75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, а также прошедшее аттестацию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="890"/>
-    <w:bookmarkStart w:name="z892" w:id="891"/>
+    <w:bookmarkEnd w:id="891"/>
+    <w:bookmarkStart w:name="z892" w:id="892"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Палатой юридических консультантов могут быть предусмотрены дополнительные требования к членам палаты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="891"/>
-    <w:bookmarkStart w:name="z893" w:id="892"/>
+    <w:bookmarkEnd w:id="892"/>
+    <w:bookmarkStart w:name="z893" w:id="893"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аттестация проводится в виде комплексного тестирования на знание законодательства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="892"/>
-    <w:bookmarkStart w:name="z894" w:id="893"/>
+    <w:bookmarkEnd w:id="893"/>
+    <w:bookmarkStart w:name="z894" w:id="894"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Порядок и условия проведения аттестации для вступления в палату юридических консультантов определяются палатой юридических консультантов по согласованию с уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="893"/>
-    <w:bookmarkStart w:name="z895" w:id="894"/>
+    <w:bookmarkEnd w:id="894"/>
+    <w:bookmarkStart w:name="z895" w:id="895"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Претендент, соответствующий требованиям настоящего Закона и набравший пороговый балл комплексного тестирования, установленный палатой юридических консультантов, считается прошедшим аттестацию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="894"/>
-    <w:bookmarkStart w:name="z896" w:id="895"/>
+    <w:bookmarkEnd w:id="895"/>
+    <w:bookmarkStart w:name="z896" w:id="896"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Юридическим консультантом не может быть лицо, признанное в судебном порядке недееспособным либо ограниченно дееспособным либо имеющее непогашенную или неснятую в установленном законом порядке судимость.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="895"/>
-    <w:bookmarkStart w:name="z897" w:id="896"/>
+    <w:bookmarkEnd w:id="896"/>
+    <w:bookmarkStart w:name="z897" w:id="897"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       От прохождения аттестации освобождаются: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="896"/>
-    <w:bookmarkStart w:name="z898" w:id="897"/>
+    <w:bookmarkEnd w:id="897"/>
+    <w:bookmarkStart w:name="z898" w:id="898"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) лица, сдавшие квалификационный экзамен в Квалификационной комиссии при Высшем Судебном Совете Республики Казахстан, успешно прошедшие стажировку в суде и получившие положительный отзыв пленарного заседания областного или приравненного к нему суда; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="897"/>
-    <w:bookmarkStart w:name="z899" w:id="898"/>
+    <w:bookmarkEnd w:id="898"/>
+    <w:bookmarkStart w:name="z899" w:id="899"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) лица, прекратившие полномочия судьи по основаниям, предусмотренным подпунктами 1), 2), 3), 9), 10) и 12) пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Конституционного закона Республики Казахстан "О судебной системе и статусе судей Республики Казахстан"; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="898"/>
-    <w:bookmarkStart w:name="z900" w:id="899"/>
+    <w:bookmarkEnd w:id="899"/>
+    <w:bookmarkStart w:name="z900" w:id="900"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) лица, имеющие ученую степень по юридической специальности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="899"/>
-    <w:bookmarkStart w:name="z901" w:id="900"/>
+    <w:bookmarkEnd w:id="900"/>
+    <w:bookmarkStart w:name="z901" w:id="901"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) лица, имеющие лицензию на занятие адвокатской деятельностью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="900"/>
-    <w:bookmarkStart w:name="z902" w:id="901"/>
+    <w:bookmarkEnd w:id="901"/>
+    <w:bookmarkStart w:name="z902" w:id="902"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) лица, уволенные из органов прокуратуры и следствия, при наличии стажа работы в должности прокурора или следователя не менее десяти лет, за исключением уволенных по отрицательным мотивам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="901"/>
-    <w:bookmarkStart w:name="z903" w:id="902"/>
+    <w:bookmarkEnd w:id="902"/>
+    <w:bookmarkStart w:name="z903" w:id="903"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Для вступления в палату юридических консультантов претендент представляет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="902"/>
-    <w:bookmarkStart w:name="z904" w:id="903"/>
+    <w:bookmarkEnd w:id="903"/>
+    <w:bookmarkStart w:name="z904" w:id="904"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) документ о высшем юридическом образовании;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="903"/>
-    <w:bookmarkStart w:name="z905" w:id="904"/>
+    <w:bookmarkEnd w:id="904"/>
+    <w:bookmarkStart w:name="z905" w:id="905"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) справку об отсутствии непогашенной или неснятой судимости;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="904"/>
-    <w:bookmarkStart w:name="z906" w:id="905"/>
+    <w:bookmarkEnd w:id="905"/>
+    <w:bookmarkStart w:name="z906" w:id="906"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) документы, подтверждающие наличие стажа работы по юридической специальности не менее двух лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="905"/>
-    <w:bookmarkStart w:name="z907" w:id="906"/>
+    <w:bookmarkEnd w:id="906"/>
+    <w:bookmarkStart w:name="z907" w:id="907"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) результаты аттестации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="906"/>
-    <w:bookmarkStart w:name="z908" w:id="907"/>
+    <w:bookmarkEnd w:id="907"/>
+    <w:bookmarkStart w:name="z908" w:id="908"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Юридический консультант одновременно может быть членом только одной палаты юридических консультантов, отвечающей требованиям настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="907"/>
-    <w:bookmarkStart w:name="z909" w:id="908"/>
+    <w:bookmarkEnd w:id="908"/>
+    <w:bookmarkStart w:name="z909" w:id="909"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Коллегиальный орган управления палаты юридических консультантов принимает решение о соответствии лица требованиям, установленным настоящей статьей, в течение пяти рабочих дней со дня поступления заявления и необходимых документов от такого лица.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="908"/>
-    <w:bookmarkStart w:name="z910" w:id="909"/>
+    <w:bookmarkEnd w:id="909"/>
+    <w:bookmarkStart w:name="z910" w:id="910"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лицо, в отношении которого принято решение о его соответствии требованиям, установленным настоящей статьей, считается принятым в члены палаты юридических консультантов, и сведения о таком лице вносятся в реестр членов палаты юридических консультантов в течение трех рабочих дней со дня представления таким лицом договора страхования профессиональной ответственности юридического консультанта. Такому лицу в течение пяти рабочих дней со дня внесения сведений о нем в реестр членов палаты юридических консультантов выдается документ, подтверждающий действительное членство в палате юридических консультантов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="909"/>
-    <w:bookmarkStart w:name="z911" w:id="910"/>
+    <w:bookmarkEnd w:id="910"/>
+    <w:bookmarkStart w:name="z911" w:id="911"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Основаниями для отказа в принятии лица в члены палаты юридических консультантов являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="910"/>
-    <w:bookmarkStart w:name="z912" w:id="911"/>
+    <w:bookmarkEnd w:id="911"/>
+    <w:bookmarkStart w:name="z912" w:id="912"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) несоответствие лица требованиям настоящей статьи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="911"/>
-    <w:bookmarkStart w:name="z913" w:id="912"/>
+    <w:bookmarkEnd w:id="912"/>
+    <w:bookmarkStart w:name="z913" w:id="913"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) исключение лица из реестра членов палаты юридических консультантов за нарушение требований законодательства Республики Казахстан об адвокатской деятельности и юридической помощи, правил и стандартов оказания юридической помощи, Кодекса профессиональной этики, если с даты исключения прошло менее чем три года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="912"/>
-    <w:bookmarkStart w:name="z914" w:id="913"/>
+    <w:bookmarkEnd w:id="913"/>
+    <w:bookmarkStart w:name="z914" w:id="914"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Решение палаты юридических консультантов об отказе в приеме в члены палаты юридических консультантов может быть обжаловано в уполномоченный орган.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="913"/>
-    <w:bookmarkStart w:name="z915" w:id="914"/>
+    <w:bookmarkEnd w:id="914"/>
+    <w:bookmarkStart w:name="z915" w:id="915"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При неурегулированности спора решение уполномоченного органа может быть обжаловано в суд.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="914"/>
-    <w:bookmarkStart w:name="z916" w:id="915"/>
+    <w:bookmarkEnd w:id="915"/>
+    <w:bookmarkStart w:name="z916" w:id="916"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Членство в палате юридических консультантов прекращается коллегиальным органом управления палаты юридических консультантов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="915"/>
-    <w:bookmarkStart w:name="z917" w:id="916"/>
+    <w:bookmarkEnd w:id="916"/>
+    <w:bookmarkStart w:name="z917" w:id="917"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) на основании заявления юридического консультанта о выходе из членов палаты юридических консультантов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="916"/>
-    <w:bookmarkStart w:name="z918" w:id="917"/>
+    <w:bookmarkEnd w:id="917"/>
+    <w:bookmarkStart w:name="z918" w:id="918"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) по основаниям, предусмотренным уставом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="917"/>
-    <w:bookmarkStart w:name="z919" w:id="918"/>
+    <w:bookmarkEnd w:id="918"/>
+    <w:bookmarkStart w:name="z919" w:id="919"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Членство лица в палате юридических консультантов не может быть прекращено до окончания проверки в случае поступления в указанную палату жалобы на него, если в отношении члена палаты юридических консультантов проводится проверка или рассматривается дело о применении меры дисциплинарного воздействия, а в случае выявления нарушений – до окончания рассмотрения дисциплинарной комиссией дела о нарушении и применении меры дисциплинарного взыскания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="918"/>
-    <w:bookmarkStart w:name="z920" w:id="919"/>
+    <w:bookmarkEnd w:id="919"/>
+    <w:bookmarkStart w:name="z920" w:id="920"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Запись о прекращении членства в палате юридических консультантов вносится в реестр членов палаты юридических консультантов в случае поступления в палату юридических консультантов информации, подтверждающей смерть члена палаты юридических консультантов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="919"/>
-    <w:bookmarkStart w:name="z921" w:id="920"/>
+    <w:bookmarkEnd w:id="920"/>
+    <w:bookmarkStart w:name="z921" w:id="921"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Лицо, в отношении которого принято решение о прекращении членства в палате юридических консультантов, обязано уведомить о факте прекращения своего членства в палате юридических консультантов своих клиентов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="920"/>
-    <w:bookmarkStart w:name="z922" w:id="921"/>
+    <w:bookmarkEnd w:id="921"/>
+    <w:bookmarkStart w:name="z922" w:id="922"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Палата юридических консультантов не позднее дня, следующего за днем принятия коллегиальным органом управления палаты юридических консультантов решения о прекращении членства юридического консультанта в палате юридических консультантов, обязана разместить такое решение на интернет-ресурсе палаты юридических консультантов, а также направить копии такого решения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="921"/>
-    <w:bookmarkStart w:name="z923" w:id="922"/>
+    <w:bookmarkEnd w:id="922"/>
+    <w:bookmarkStart w:name="z923" w:id="923"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) лицу, в отношении которого принято решение о прекращении членства в палате юридических консультантов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="922"/>
-    <w:bookmarkStart w:name="z924" w:id="923"/>
+    <w:bookmarkEnd w:id="923"/>
+    <w:bookmarkStart w:name="z924" w:id="924"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) всем саморегулируемым организациям, внесенным в реестр палат юридических консультантов, если исключение лица из членов палаты юридических консультантов связано с нарушением им требований законодательства Республики Казахстан об адвокатской деятельности и юридической помощи, правил и стандартов оказания юридической помощи, Кодекса профессиональной этики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="923"/>
-    <w:bookmarkStart w:name="z925" w:id="924"/>
+    <w:bookmarkEnd w:id="924"/>
+    <w:bookmarkStart w:name="z925" w:id="925"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) уполномоченному органу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="924"/>
-    <w:bookmarkStart w:name="z926" w:id="925"/>
+    <w:bookmarkEnd w:id="925"/>
+    <w:bookmarkStart w:name="z926" w:id="926"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 84. Органы управления палаты юридических консультантов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="925"/>
-    <w:bookmarkStart w:name="z927" w:id="926"/>
+    <w:bookmarkEnd w:id="926"/>
+    <w:bookmarkStart w:name="z927" w:id="927"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Органами управления палаты юридических консультантов являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="926"/>
-    <w:bookmarkStart w:name="z928" w:id="927"/>
+    <w:bookmarkEnd w:id="927"/>
+    <w:bookmarkStart w:name="z928" w:id="928"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) общее собрание членов палаты юридических консультантов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="927"/>
-    <w:bookmarkStart w:name="z929" w:id="928"/>
+    <w:bookmarkEnd w:id="928"/>
+    <w:bookmarkStart w:name="z929" w:id="929"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) коллегиальный орган управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="928"/>
-    <w:bookmarkStart w:name="z930" w:id="929"/>
+    <w:bookmarkEnd w:id="929"/>
+    <w:bookmarkStart w:name="z930" w:id="930"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) исполнительный орган управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="929"/>
-    <w:bookmarkStart w:name="z931" w:id="930"/>
+    <w:bookmarkEnd w:id="930"/>
+    <w:bookmarkStart w:name="z931" w:id="931"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) контрольный орган (ревизионная комиссия).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="930"/>
-    <w:bookmarkStart w:name="z932" w:id="931"/>
+    <w:bookmarkEnd w:id="931"/>
+    <w:bookmarkStart w:name="z932" w:id="932"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В порядке, предусмотренном Законом Республики Казахстан "О саморегулировании", в палате юридических консультантов могут быть созданы специализированные органы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="931"/>
-    <w:bookmarkStart w:name="z933" w:id="932"/>
+    <w:bookmarkEnd w:id="932"/>
+    <w:bookmarkStart w:name="z933" w:id="933"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 85. Общее собрание членов палаты юридических консультантов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="932"/>
-    <w:bookmarkStart w:name="z934" w:id="933"/>
+    <w:bookmarkEnd w:id="933"/>
+    <w:bookmarkStart w:name="z934" w:id="934"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Высшим органом управления палаты юридических консультантов является общее собрание членов палаты юридических консультантов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="933"/>
-    <w:bookmarkStart w:name="z935" w:id="934"/>
+    <w:bookmarkEnd w:id="934"/>
+    <w:bookmarkStart w:name="z935" w:id="935"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Компетенция общего собрания членов палаты юридических консультантов и порядок его деятельности определяются Законом Республики Казахстан "О саморегулировании", настоящим Законом и иными законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="934"/>
-    <w:bookmarkStart w:name="z936" w:id="935"/>
+    <w:bookmarkEnd w:id="935"/>
+    <w:bookmarkStart w:name="z936" w:id="936"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Уставом палаты юридических консультантов могут быть предусмотрены и иные полномочия общего собрания членов палаты юридических консультантов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="935"/>
-    <w:bookmarkStart w:name="z937" w:id="936"/>
+    <w:bookmarkEnd w:id="936"/>
+    <w:bookmarkStart w:name="z937" w:id="937"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 86. Коллегиальный орган управления и исполнительный орган управления палаты юридических консультантов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="936"/>
-    <w:bookmarkStart w:name="z938" w:id="937"/>
+    <w:bookmarkEnd w:id="937"/>
+    <w:bookmarkStart w:name="z938" w:id="938"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Компетенция, порядок создания и деятельность коллегиального органа управления и исполнительного органа управления палаты юридических консультантов определяются Законом Республики Казахстан "О саморегулировании", настоящим Законом, иными законами Республики Казахстан и уставом палаты юридических консультантов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="937"/>
+    <w:bookmarkEnd w:id="938"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 86-1. Оплата гарантированной государством юридической помощи, оказываемой юридическим консультантом</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1093" w:id="938"/>
+    <w:bookmarkStart w:name="z1093" w:id="939"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Оплата гарантированной государством юридической помощи, оказываемой юридическим консультантом, производится за счет бюджетных средств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="938"/>
-    <w:bookmarkStart w:name="z1094" w:id="939"/>
+    <w:bookmarkEnd w:id="939"/>
+    <w:bookmarkStart w:name="z1094" w:id="940"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Размеры оплаты гарантированной государством юридической помощи, оказываемой юридическим консультантом, и возмещения расходов, связанных с правовым консультированием, защитой и представительством, а также проведением примирительных процедур, устанавливаются Правительством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="939"/>
-    <w:bookmarkStart w:name="z1095" w:id="940"/>
+    <w:bookmarkEnd w:id="940"/>
+    <w:bookmarkStart w:name="z1095" w:id="941"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Порядок оплаты юридической помощи, оказываемой юридическим консультантом, и возмещения расходов, связанных с правовым консультированием, защитой и представительством, а также проведением примирительных процедур, устанавливается правилами оплаты гарантированной государством юридической помощи, утверждаемыми уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="940"/>
-    <w:bookmarkStart w:name="z1096" w:id="941"/>
+    <w:bookmarkEnd w:id="941"/>
+    <w:bookmarkStart w:name="z1096" w:id="942"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. В случаях, предусмотренных законодательством Республики Казахстан, оплата гарантированной государством юридической помощи, оказываемой юридическим консультантом, командировочных, транспортных расходов и возмещение других его расходов, связанных с правовым консультированием, защитой и представительством, производятся по определениям судов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="941"/>
+    <w:bookmarkEnd w:id="942"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24801,166 +24491,166 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z939" w:id="942"/>
+    <w:bookmarkStart w:name="z939" w:id="943"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 87. Ревизионная комиссия палаты юридических консультантов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="942"/>
-    <w:bookmarkStart w:name="z940" w:id="943"/>
+    <w:bookmarkEnd w:id="943"/>
+    <w:bookmarkStart w:name="z940" w:id="944"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Ревизионная комиссия палаты юридических консультантов является органом палаты юридических консультантов, осуществляющим контроль за финансово-хозяйственной деятельностью палаты юридических консультантов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="943"/>
-    <w:bookmarkStart w:name="z941" w:id="944"/>
+    <w:bookmarkEnd w:id="944"/>
+    <w:bookmarkStart w:name="z941" w:id="945"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ревизионная комиссия может быть образована из числа членов палаты юридических консультантов. Члены коллегиального и исполнительного органов управления палаты юридических консультантов не могут входить в состав ревизионной комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="944"/>
-    <w:bookmarkStart w:name="z942" w:id="945"/>
+    <w:bookmarkEnd w:id="945"/>
+    <w:bookmarkStart w:name="z942" w:id="946"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Компетенция и порядок деятельности ревизионной комиссии определяются Законом Республики Казахстан "О саморегулировании", иными законами Республики Казахстан и уставом палаты юридических консультантов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="945"/>
-    <w:bookmarkStart w:name="z943" w:id="946"/>
+    <w:bookmarkEnd w:id="946"/>
+    <w:bookmarkStart w:name="z943" w:id="947"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 88. Взносы палаты юридических консультантов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="946"/>
-    <w:bookmarkStart w:name="z946" w:id="947"/>
+    <w:bookmarkEnd w:id="947"/>
+    <w:bookmarkStart w:name="z946" w:id="948"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В палате юридических консультантов устанавливаются ежегодные членские взносы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="947"/>
+    <w:bookmarkEnd w:id="948"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Размер ежегодных членских взносов должен составлять не менее пятнадцатикратного и не более семидесятипятикратного размера месячного расчетного показателя, установленного законом о республиканском бюджете на соответствующий финансовый год.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -25051,1252 +24741,1252 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z947" w:id="948"/>
+    <w:bookmarkStart w:name="z947" w:id="949"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 89. Обеспечение палатой юридических консультантов доступа к информации и ее защиты от неправомерного использования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="948"/>
-    <w:bookmarkStart w:name="z948" w:id="949"/>
+    <w:bookmarkEnd w:id="949"/>
+    <w:bookmarkStart w:name="z948" w:id="950"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Палата юридических консультантов посредством размещения на своем интернет-ресурсе и опубликования в средствах массовой информации, распространяемых на всей территории Республики Казахстан, обязана обеспечить доступ к следующей информации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="949"/>
-    <w:bookmarkStart w:name="z949" w:id="950"/>
+    <w:bookmarkEnd w:id="950"/>
+    <w:bookmarkStart w:name="z949" w:id="951"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) о составе своих членов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="950"/>
-    <w:bookmarkStart w:name="z950" w:id="951"/>
+    <w:bookmarkEnd w:id="951"/>
+    <w:bookmarkStart w:name="z950" w:id="952"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) об условиях, способах и порядке обеспечения ответственности членов палаты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="951"/>
-    <w:bookmarkStart w:name="z951" w:id="952"/>
+    <w:bookmarkEnd w:id="952"/>
+    <w:bookmarkStart w:name="z951" w:id="953"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) о членах, прекративших свое членство в палате юридических консультантов и об основаниях прекращения их членства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="952"/>
-    <w:bookmarkStart w:name="z952" w:id="953"/>
+    <w:bookmarkEnd w:id="953"/>
+    <w:bookmarkStart w:name="z952" w:id="954"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) об условиях членства в палате юридических консультантов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="953"/>
-    <w:bookmarkStart w:name="z953" w:id="954"/>
+    <w:bookmarkEnd w:id="954"/>
+    <w:bookmarkStart w:name="z953" w:id="955"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) о содержании правил и стандартов палаты юридических консультантов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="954"/>
-    <w:bookmarkStart w:name="z954" w:id="955"/>
+    <w:bookmarkEnd w:id="955"/>
+    <w:bookmarkStart w:name="z954" w:id="956"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) о критериях качества юридической помощи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="955"/>
-    <w:bookmarkStart w:name="z955" w:id="956"/>
+    <w:bookmarkEnd w:id="956"/>
+    <w:bookmarkStart w:name="z955" w:id="957"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) о структуре и компетенции органов управления и специализированных органов палаты юридических консультантов, количественном и персональном составе коллегиального органа управления, исполнительного органа управления палаты юридических консультантов,  о лице, осуществляющем функции единоличного исполнительного органа управления палаты юридических консультантов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="956"/>
-    <w:bookmarkStart w:name="z956" w:id="957"/>
+    <w:bookmarkEnd w:id="957"/>
+    <w:bookmarkStart w:name="z956" w:id="958"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) о решениях, принятых общим собранием членов палаты юридических консультантов и коллегиальным органом управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="957"/>
-    <w:bookmarkStart w:name="z957" w:id="958"/>
+    <w:bookmarkEnd w:id="958"/>
+    <w:bookmarkStart w:name="z957" w:id="959"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) о случаях привлечения членов палаты юридических консультантов к ответственности за нарушение требований законодательства Республики Казахстан об адвокатской деятельности и юридической помощи, правил и стандартов, Кодекса профессиональной этики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="958"/>
-    <w:bookmarkStart w:name="z958" w:id="959"/>
+    <w:bookmarkEnd w:id="959"/>
+    <w:bookmarkStart w:name="z958" w:id="960"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) о любых исках и заявлениях, поданных палатой юридических консультантов в суды, а также в отношении палаты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="959"/>
-    <w:bookmarkStart w:name="z959" w:id="960"/>
+    <w:bookmarkEnd w:id="960"/>
+    <w:bookmarkStart w:name="z959" w:id="961"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) об отчете о финансово-хозяйственной деятельности, включающем информацию обо всех поступлениях и расходах по каждой специфике отдельно;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="960"/>
-    <w:bookmarkStart w:name="z960" w:id="961"/>
+    <w:bookmarkEnd w:id="961"/>
+    <w:bookmarkStart w:name="z960" w:id="962"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) иной информации, предусмотренной настоящим Законом, законодательством Республики Казахстан и (или) внутренними документами палаты юридических консультантов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="961"/>
-    <w:bookmarkStart w:name="z961" w:id="962"/>
+    <w:bookmarkEnd w:id="962"/>
+    <w:bookmarkStart w:name="z961" w:id="963"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Палатой должны быть предусмотрены способы получения, использования, обработки, хранения и защиты информации, неправомерное использование которой работниками может причинить моральный вред и (или) имущественный ущерб членам палаты юридических консультантов или создать предпосылки для причинения такого вреда и (или) ущерба.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="962"/>
-    <w:bookmarkStart w:name="z962" w:id="963"/>
+    <w:bookmarkEnd w:id="963"/>
+    <w:bookmarkStart w:name="z962" w:id="964"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Палата юридических консультантов несет перед своими членами ответственность за действия своих работников, связанные с неправомерным использованием информации, ставшей известной им в силу служебного положения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="963"/>
-    <w:bookmarkStart w:name="z963" w:id="964"/>
+    <w:bookmarkEnd w:id="964"/>
+    <w:bookmarkStart w:name="z963" w:id="965"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Палата юридических консультантов несет ответственность за неисполнение и (или) ненадлежащее исполнение обязанностей по раскрытию информации в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="964"/>
-    <w:bookmarkStart w:name="z964" w:id="965"/>
+    <w:bookmarkEnd w:id="965"/>
+    <w:bookmarkStart w:name="z964" w:id="966"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 90. Реестр палат юридических консультантов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="965"/>
-    <w:bookmarkStart w:name="z965" w:id="966"/>
+    <w:bookmarkEnd w:id="966"/>
+    <w:bookmarkStart w:name="z965" w:id="967"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Уполномоченный орган ведет реестр палат юридических консультантов в электронном формате.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="966"/>
-    <w:bookmarkStart w:name="z966" w:id="967"/>
+    <w:bookmarkEnd w:id="967"/>
+    <w:bookmarkStart w:name="z966" w:id="968"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Сведения, содержащиеся в реестре палат юридических консультантов, являются открытыми и размещаются на интернет-ресурсе уполномоченного органа в актуальном состоянии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="967"/>
-    <w:bookmarkStart w:name="z967" w:id="968"/>
+    <w:bookmarkEnd w:id="968"/>
+    <w:bookmarkStart w:name="z967" w:id="969"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения о некоммерческой организации, соответствующей требованиям статьи 78 настоящего Закона, вносятся в реестр палат юридических консультантов на основании уведомления в соответствии с Законом Республики Казахстан "О разрешениях и уведомлениях".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="968"/>
-    <w:bookmarkStart w:name="z968" w:id="969"/>
+    <w:bookmarkEnd w:id="969"/>
+    <w:bookmarkStart w:name="z968" w:id="970"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       После получения уведомления уполномоченный орган самостоятельно проверяет соблюдение палатой юридических консультантов требований, установленных настоящим Законом и законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="969"/>
-    <w:bookmarkStart w:name="z969" w:id="970"/>
+    <w:bookmarkEnd w:id="970"/>
+    <w:bookmarkStart w:name="z969" w:id="971"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 91. Исключение из реестра палат юридических консультантов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="970"/>
-    <w:bookmarkStart w:name="z970" w:id="971"/>
+    <w:bookmarkEnd w:id="971"/>
+    <w:bookmarkStart w:name="z970" w:id="972"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Основаниями исключения из реестра палат юридических консультантов являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="971"/>
-    <w:bookmarkStart w:name="z971" w:id="972"/>
+    <w:bookmarkEnd w:id="972"/>
+    <w:bookmarkStart w:name="z971" w:id="973"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заявление палаты юридических консультантов об исключении из реестра палат юридических консультантов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="972"/>
-    <w:bookmarkStart w:name="z972" w:id="973"/>
+    <w:bookmarkEnd w:id="973"/>
+    <w:bookmarkStart w:name="z972" w:id="974"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ликвидация или реорганизация некоммерческой организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="973"/>
-    <w:bookmarkStart w:name="z973" w:id="974"/>
+    <w:bookmarkEnd w:id="974"/>
+    <w:bookmarkStart w:name="z973" w:id="975"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) вступившее в законную силу решение суда об исключении из реестра палат юридических консультантов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="974"/>
-    <w:bookmarkStart w:name="z974" w:id="975"/>
+    <w:bookmarkEnd w:id="975"/>
+    <w:bookmarkStart w:name="z974" w:id="976"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 92. Реестр членов палаты юридических консультантов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="975"/>
-    <w:bookmarkStart w:name="z975" w:id="976"/>
+    <w:bookmarkEnd w:id="976"/>
+    <w:bookmarkStart w:name="z975" w:id="977"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Палата юридических консультантов ведет реестр членов палаты юридических консультантов в электронном формате и размещает его на своем интернет-ресурсе в актуальном состоянии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="976"/>
-    <w:bookmarkStart w:name="z976" w:id="977"/>
+    <w:bookmarkEnd w:id="977"/>
+    <w:bookmarkStart w:name="z976" w:id="978"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Реестр членов палаты юридических консультантов является компонентом реестра палат юридических консультантов, соответствующим требованиям настоящего Закона и содержащим сведения о членстве в палате юридических консультантов, его приостановлении и прекращении.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="977"/>
-    <w:bookmarkStart w:name="z977" w:id="978"/>
+    <w:bookmarkEnd w:id="978"/>
+    <w:bookmarkStart w:name="z977" w:id="979"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Лицо приобретает все права члена палаты юридических консультантов с даты внесения сведений о нем, предусмотренных настоящей статьей, в реестр членов палаты юридических консультантов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="978"/>
-    <w:bookmarkStart w:name="z978" w:id="979"/>
+    <w:bookmarkEnd w:id="979"/>
+    <w:bookmarkStart w:name="z978" w:id="980"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Реестр членов палаты юридических консультантов содержит следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="979"/>
-    <w:bookmarkStart w:name="z979" w:id="980"/>
+    <w:bookmarkEnd w:id="980"/>
+    <w:bookmarkStart w:name="z979" w:id="981"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) регистрационный номер члена палаты юридических консультантов, дату его регистрации в реестре;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="980"/>
-    <w:bookmarkStart w:name="z980" w:id="981"/>
+    <w:bookmarkEnd w:id="981"/>
+    <w:bookmarkStart w:name="z980" w:id="982"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) фамилию, имя, отчество (при его наличии) члена палаты юридических консультантов, дату его рождения, данные документа, удостоверяющего личность, место жительства, индивидуальный идентификационный номер (для физического лица), номера контактных телефонов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="981"/>
-    <w:bookmarkStart w:name="z981" w:id="982"/>
+    <w:bookmarkEnd w:id="982"/>
+    <w:bookmarkStart w:name="z981" w:id="983"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) сведения об обеспечении имущественной ответственности члена палаты юридических консультантов; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="982"/>
-    <w:bookmarkStart w:name="z982" w:id="983"/>
+    <w:bookmarkEnd w:id="983"/>
+    <w:bookmarkStart w:name="z982" w:id="984"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сведения о результатах проведенных палатой юридических консультантов проверок члена палаты и фактах применения к нему дисциплинарных и иных взысканий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="983"/>
-    <w:bookmarkStart w:name="z983" w:id="984"/>
+    <w:bookmarkEnd w:id="984"/>
+    <w:bookmarkStart w:name="z983" w:id="985"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) иные сведения, предусмотренные уполномоченным органом, палатой юридических консультантов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="984"/>
-    <w:bookmarkStart w:name="z984" w:id="985"/>
+    <w:bookmarkEnd w:id="985"/>
+    <w:bookmarkStart w:name="z984" w:id="986"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В отношении лиц, прекративших свое членство в палате юридических консультантов, в реестре членов палаты юридических консультантов наряду с информацией, указанной в пункте 4 настоящей статьи, должна содержаться подлежащая размещению на интернет-ресурсе информация о дате прекращения членства в палате юридических консультантов и об основаниях такого прекращения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="985"/>
-    <w:bookmarkStart w:name="z985" w:id="986"/>
+    <w:bookmarkEnd w:id="986"/>
+    <w:bookmarkStart w:name="z985" w:id="987"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Раскрытию на интернет-ресурсе палаты юридических консультантов подлежат сведения, указанные в пункте 4 настоящей статьи, за исключением сведений о месте жительства, данных документа, удостоверяющего личность, и иных сведений, если доступ к ним ограничен законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="986"/>
-    <w:bookmarkStart w:name="z986" w:id="987"/>
+    <w:bookmarkEnd w:id="987"/>
+    <w:bookmarkStart w:name="z986" w:id="988"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Палата юридических консультантов ведет реестр членов палаты юридических консультантов со дня внесения сведений о ней в реестр палат в соответствии с требованиями, установленными настоящим Законом и Законом Республики Казахстан "О саморегулировании".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="987"/>
-    <w:bookmarkStart w:name="z987" w:id="988"/>
+    <w:bookmarkEnd w:id="988"/>
+    <w:bookmarkStart w:name="z987" w:id="989"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Член палаты юридических консультантов обязан уведомлять палату юридических консультантов в письменной форме или путем направления электронного документа о наступлении любых событий, влекущих за собой изменение информации, содержащейся в реестре членов палаты юридических консультантов, в течение трех рабочих дней со дня, следующего за днем наступления таких событий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="988"/>
-    <w:bookmarkStart w:name="z988" w:id="989"/>
+    <w:bookmarkEnd w:id="989"/>
+    <w:bookmarkStart w:name="z988" w:id="990"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Информация, содержащаяся в реестре членов палаты юридических консультантов, за исключением сведений о месте жительства, данных документа, удостоверяющего личность, и иных сведений, если доступ к ним ограничен законами Республики Казахстан, представляется по запросам физических и юридических лиц в порядке, определенном палатой юридических консультантов. Срок представления такой информации не может превышать пять рабочих дней со дня поступления соответствующего запроса. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="989"/>
-    <w:bookmarkStart w:name="z989" w:id="990"/>
+    <w:bookmarkEnd w:id="990"/>
+    <w:bookmarkStart w:name="z989" w:id="991"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 93. Контроль палаты юридических консультантов за деятельностью своих членов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="990"/>
-    <w:bookmarkStart w:name="z990" w:id="991"/>
+    <w:bookmarkEnd w:id="991"/>
+    <w:bookmarkStart w:name="z990" w:id="992"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Порядок осуществления контроля палатой юридических консультантов за деятельностью юридических консультантов в части соблюдения ими требований правил и стандартов палаты юридических консультантов, условий членства в палате определяется Законом Республики Казахстан "О саморегулировании".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="991"/>
-    <w:bookmarkStart w:name="z991" w:id="992"/>
+    <w:bookmarkEnd w:id="992"/>
+    <w:bookmarkStart w:name="z991" w:id="993"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 94. Ответственность членов палаты юридических консультантов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="992"/>
-    <w:bookmarkStart w:name="z992" w:id="993"/>
+    <w:bookmarkEnd w:id="993"/>
+    <w:bookmarkStart w:name="z992" w:id="994"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       За нарушение требований законодательства Республики Казахстан об адвокатской деятельности и юридической помощи, устава, правил и стандартов палаты юридических консультантов, Кодекса профессиональной этики ее член несет ответственность в соответствии с настоящим Законом, законами Республики Казахстан, правилами и стандартами палаты юридических консультантов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="993"/>
-    <w:bookmarkStart w:name="z993" w:id="994"/>
+    <w:bookmarkEnd w:id="994"/>
+    <w:bookmarkStart w:name="z993" w:id="995"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Порядок наложения взысканий на членов палаты юридических консультантов, их снятия и обжалования определяется уставом и правилами палаты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="994"/>
-    <w:bookmarkStart w:name="z994" w:id="995"/>
+    <w:bookmarkEnd w:id="995"/>
+    <w:bookmarkStart w:name="z994" w:id="996"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 95. Обжалование действий (бездействия) палаты юридических консультантов, решений ее органов управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="995"/>
-    <w:bookmarkStart w:name="z995" w:id="996"/>
+    <w:bookmarkEnd w:id="996"/>
+    <w:bookmarkStart w:name="z995" w:id="997"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Член палаты юридических консультантов в случае нарушения его прав и законных интересов действиями (бездействием) палаты юридических консультантов, решениями ее органов управления вправе оспорить такие действия (бездействие), решения в уполномоченном органе или в суде, а также требовать возмещения палатой юридических консультантов причиненного ему вреда в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="996"/>
-    <w:bookmarkStart w:name="z996" w:id="997"/>
+    <w:bookmarkEnd w:id="997"/>
+    <w:bookmarkStart w:name="z996" w:id="998"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случаях, предусмотренных настоящим Законом, действия (бездействие) палаты юридических консультантов, решения ее органов управления могут быть оспорены в суде с соблюдением обязательного досудебного порядка урегулирования спора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="997"/>
-    <w:bookmarkStart w:name="z997" w:id="998"/>
+    <w:bookmarkEnd w:id="998"/>
+    <w:bookmarkStart w:name="z997" w:id="999"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 96. Ответственность палат юридических консультантов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="998"/>
-    <w:bookmarkStart w:name="z998" w:id="999"/>
+    <w:bookmarkEnd w:id="999"/>
+    <w:bookmarkStart w:name="z998" w:id="1000"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. За нарушение требований законодательства Республики Казахстан об адвокатской деятельности и юридической помощи, правил и стандартов палаты юридических консультантов, Кодекса профессиональной этики палата юридических консультантов несет ответственность в соответствии с настоящим Законом и иными законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="999"/>
-    <w:bookmarkStart w:name="z999" w:id="1000"/>
+    <w:bookmarkEnd w:id="1000"/>
+    <w:bookmarkStart w:name="z999" w:id="1001"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Палаты юридических консультантов, члены палат юридических консультантов, клиенты вправе обратиться в уполномоченный орган о нарушениях законодательства Республики Казахстан об адвокатской деятельности и юридической помощи, правил и стандартов палаты юридических консультантов, Кодекса профессиональной этики.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1000"/>
-    <w:bookmarkStart w:name="z1000" w:id="1001"/>
+    <w:bookmarkEnd w:id="1001"/>
+    <w:bookmarkStart w:name="z1000" w:id="1002"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. При поступлении жалобы уполномоченный орган направляет ее в соответствующую палату в случае, если жалоба не была ранее рассмотрена палатой юридических консультантов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1001"/>
-    <w:bookmarkStart w:name="z1001" w:id="1002"/>
+    <w:bookmarkEnd w:id="1002"/>
+    <w:bookmarkStart w:name="z1001" w:id="1003"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. В случае, если жалоба была предметом рассмотрения палатой, уполномоченный орган рассматривает обращение в установленном законами Республики Казахстан порядке. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1002"/>
-    <w:bookmarkStart w:name="z1002" w:id="1003"/>
+    <w:bookmarkEnd w:id="1003"/>
+    <w:bookmarkStart w:name="z1002" w:id="1004"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По итогам рассмотрения жалобы уполномоченный орган вправе применить к палате юридических консультантов меры воздействия в виде предписания, предупреждения, а также принять иные меры в соответствии с настоящим Законом и иными законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1003"/>
-    <w:bookmarkStart w:name="z1003" w:id="1004"/>
+    <w:bookmarkEnd w:id="1004"/>
+    <w:bookmarkStart w:name="z1003" w:id="1005"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае, если палатой юридических консультантов не приняты или приняты несвоевременно меры по предписанию, предупреждению уполномоченного органа, уполномоченный орган инициирует вопрос о применении к палате юридических консультантов меры воздействия в виде исключения из реестра палат юридических консультантов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1004"/>
-    <w:bookmarkStart w:name="z1004" w:id="1005"/>
+    <w:bookmarkEnd w:id="1005"/>
+    <w:bookmarkStart w:name="z1004" w:id="1006"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В случае наличия нарушений в действиях (бездействии) палаты юридических консультантов, решениях ее органов управления в отношении палаты юридических консультантов может применяться мера воздействия в виде исключения из реестра палат юридических консультантов в судебном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1005"/>
-    <w:bookmarkStart w:name="z1005" w:id="1006"/>
+    <w:bookmarkEnd w:id="1006"/>
+    <w:bookmarkStart w:name="z1005" w:id="1007"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 97. Государственный контроль за палатами юридических консультантов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1006"/>
-    <w:bookmarkStart w:name="z1006" w:id="1007"/>
+    <w:bookmarkEnd w:id="1007"/>
+    <w:bookmarkStart w:name="z1006" w:id="1008"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Уполномоченный орган осуществляет контроль в сфере оказания юридической помощи за исполнением палатами юридических консультантов требований законодательства Республики Казахстан об адвокатской деятельности и юридической помощи, правил и стандартов палаты юридических консультантов, Кодекса профессиональной этики.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1007"/>
-    <w:bookmarkStart w:name="z1007" w:id="1008"/>
+    <w:bookmarkEnd w:id="1008"/>
+    <w:bookmarkStart w:name="z1007" w:id="1009"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Контроль в сфере оказания юридической помощи за деятельностью палат юридических консультантов осуществляется путем проведения внеплановых проверок и профилактического контроля с посещением субъекта контроля в соответствии с Предпринимательским кодексом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1008"/>
+    <w:bookmarkEnd w:id="1009"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -26315,107 +26005,107 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1008" w:id="1009"/>
+    <w:bookmarkStart w:name="z1008" w:id="1010"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 7. ЗАКЛЮЧИТЕЛЬНЫЕ И ПЕРЕХОДНЫЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1009"/>
-    <w:bookmarkStart w:name="z1009" w:id="1010"/>
+    <w:bookmarkEnd w:id="1010"/>
+    <w:bookmarkStart w:name="z1009" w:id="1011"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 98. Порядок введения в действие настоящего Закона</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1010"/>
-    <w:bookmarkStart w:name="z1010" w:id="1011"/>
+    <w:bookmarkEnd w:id="1011"/>
+    <w:bookmarkStart w:name="z1010" w:id="1012"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящий Закон вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования, за исключением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1011"/>
-    <w:bookmarkStart w:name="z1011" w:id="1012"/>
+    <w:bookmarkEnd w:id="1012"/>
+    <w:bookmarkStart w:name="z1011" w:id="1013"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -26530,212 +26220,212 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 2 статьи 67, абзаца десятого </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункта 14)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 статьи 68, которые вводятся в действие с 1 января 2019 года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1012"/>
-    <w:bookmarkStart w:name="z1012" w:id="1013"/>
+    <w:bookmarkEnd w:id="1013"/>
+    <w:bookmarkStart w:name="z1012" w:id="1014"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, которая вводится в действие с 1 января 2019 года, установив, что до 1 января 2019 года данная статья действует в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1013"/>
-    <w:bookmarkStart w:name="z1013" w:id="1014"/>
+    <w:bookmarkEnd w:id="1014"/>
+    <w:bookmarkStart w:name="z1013" w:id="1015"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Статья 46. Удостоверение полномочий адвоката</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1014"/>
-    <w:bookmarkStart w:name="z1014" w:id="1015"/>
+    <w:bookmarkEnd w:id="1015"/>
+    <w:bookmarkStart w:name="z1014" w:id="1016"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Полномочия адвоката на ведение конкретного дела удостоверяются ордером, выдаваемым юридической консультацией или адвокатской конторой, а при осуществлении им своей деятельности индивидуально без регистрации юридического лица – президиумом коллегии адвокатов. Форма ордера утверждается уполномоченным органом. Контроль и учет выдачи ордеров осуществляются президиумом коллегии адвокатов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1015"/>
-    <w:bookmarkStart w:name="z1015" w:id="1016"/>
+    <w:bookmarkEnd w:id="1016"/>
+    <w:bookmarkStart w:name="z1015" w:id="1017"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Форма удостоверения адвоката и порядок его заполнения разрабатываются и утверждаются Республиканской коллегией адвокатов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1016"/>
-    <w:bookmarkStart w:name="z1016" w:id="1017"/>
+    <w:bookmarkEnd w:id="1017"/>
+    <w:bookmarkStart w:name="z1016" w:id="1018"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лицо, статус адвоката которого приостановлен или прекращен, после принятия соответствующего решения обязано сдать свое удостоверение в коллегию адвокатов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1017"/>
-    <w:bookmarkStart w:name="z1017" w:id="1018"/>
+    <w:bookmarkEnd w:id="1018"/>
+    <w:bookmarkStart w:name="z1017" w:id="1019"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Полномочия иностранного адвоката, осуществляющего свою деятельность на основании соответствующего международного договора, ратифицированного Республикой Казахстан, подтверждаются документами, удостоверяющими личность, статус адвоката и его полномочия на оказание юридической помощи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1018"/>
-    <w:bookmarkStart w:name="z1018" w:id="1019"/>
+    <w:bookmarkEnd w:id="1019"/>
+    <w:bookmarkStart w:name="z1018" w:id="1020"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Адвокат имеет право заниматься адвокатской деятельностью на всей территории Республики Казахстан, а также за ее пределами, если это необходимо для выполнения принятого поручения и не противоречит законодательству соответствующих государств и международным договорам, ратифицированным Республикой Казахстан.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1019"/>
-    <w:bookmarkStart w:name="z1019" w:id="1020"/>
+    <w:bookmarkEnd w:id="1020"/>
+    <w:bookmarkStart w:name="z1019" w:id="1021"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -26830,251 +26520,251 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 4 статьи 76, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 77</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, которые вводятся в действие с 1 января 2020 года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1020"/>
-    <w:bookmarkStart w:name="z1020" w:id="1021"/>
+    <w:bookmarkEnd w:id="1021"/>
+    <w:bookmarkStart w:name="z1020" w:id="1022"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) предложения первого части второй </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 83, которое вводится в действие с 1 января 2020 года, установив, что до 1 января 2020 года данное предложение действует в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1021"/>
-    <w:bookmarkStart w:name="z1021" w:id="1022"/>
+    <w:bookmarkEnd w:id="1022"/>
+    <w:bookmarkStart w:name="z1021" w:id="1023"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Лицо, в отношении которого принято решение о его соответствии требованиям, установленным настоящей статьей, считается принятым в члены палаты юридических консультантов, и сведения о таком лице вносятся в реестр членов палаты юридических консультантов в течение трех рабочих дней.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1022"/>
-    <w:bookmarkStart w:name="z1022" w:id="1023"/>
+    <w:bookmarkEnd w:id="1023"/>
+    <w:bookmarkStart w:name="z1022" w:id="1024"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Физические и юридические лица, оказывающие юридическую помощь до введения в действие настоящего Закона, приводят свою деятельность в соответствие с требованиями настоящего Закона в течение одного года со дня введения в действие настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1023"/>
-    <w:bookmarkStart w:name="z1023" w:id="1024"/>
+    <w:bookmarkEnd w:id="1024"/>
+    <w:bookmarkStart w:name="z1023" w:id="1025"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Коллегии адвокатов, Республиканская коллегия адвокатов, которые осуществляли свою деятельность до введения в действие настоящего Закона, должны привести свою деятельность в соответствие с требованиями настоящего Закона, включая порядок избрания председателей, формирования органов управления коллегий адвокатов, Республиканской коллегии адвокатов, и подлежат перерегистрации в органах юстиции в течение шести месяцев со дня введения в действие настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1024"/>
-    <w:bookmarkStart w:name="z1024" w:id="1025"/>
+    <w:bookmarkEnd w:id="1025"/>
+    <w:bookmarkStart w:name="z1024" w:id="1026"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Признать утратившими силу:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1025"/>
-    <w:bookmarkStart w:name="z1025" w:id="1026"/>
+    <w:bookmarkEnd w:id="1026"/>
+    <w:bookmarkStart w:name="z1025" w:id="1027"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 5 декабря 1997 года "Об адвокатской деятельности" (Ведомости Парламента Республики Казахстан, 1997 г., № 22, ст.328; 2001 г., № 15-16, ст.236; 2003 г., № 11, ст.65; 2004 г., № 23, ст.142; 2007 г., № 2, ст.18; № 9, ст.67; № 10, ст.69; 2009 г., № 8, ст.44; № 19, ст.88; № 24, ст.130; 2010 г., № 5, ст.23; 2011 г., № 23, ст.179; 2012 г., № 4, ст.32; № 6, ст.44; № 10, ст.77; 2013 г., № 14, ст.72, 74; № 15, ст.76; 2014 г., № 10, ст.52; № 11, ст.61; № 16, ст.90; № 19-I, 19-II, ст.96; 2015 г., № 16, ст.79; № 20-VІІ, ст.115; № 23-ІІ, ст.170; 2016 г., № 7-II, cт.55);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1026"/>
-    <w:bookmarkStart w:name="z1026" w:id="1027"/>
+    <w:bookmarkEnd w:id="1027"/>
+    <w:bookmarkStart w:name="z1026" w:id="1028"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 3 июля 2013 года "О гарантированной государством юридической помощи" (Ведомости Парламента Республики Казахстан, 2013 г., № 14, ст.73; 2014 г., № 19-I, 19-II, ст.96; 2015 г., № 10, ст.50; № 20-IV, cт.113; № 22-I, ст.141).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1027"/>
+    <w:bookmarkEnd w:id="1028"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>