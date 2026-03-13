--- v1 (2026-03-04)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="27cebbc" w14:textId="27cebbc">
+    <w:p w14:paraId="9485886" w14:textId="9485886">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -186,50 +186,126 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      По всему тексту слова "электронного правительства", "Единая информационная система", "единая информационная система", "единой информационной системы", "Единой информационной системой", "единой информационной системе", "единую информационную систему", "единой информационной системой", "информационная система" предусматриваются заменить соответственно словами "цифрового правительства", "Единая цифровая система", "единая цифровая система", "единой цифровой системы", "Единой цифровой системой", "единой цифровой системе", "единую цифровую систему", "единой цифровой системой", "цифровая система" в соответствии с Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      Сноска. По всему тексту слова "и финансированию терроризма", "и финансирования терроризма" заменены соответственно словами "финансированию терроризма и финансированию распространения оружия массового уничтожения", "финансирования терроризма и финансирования распространения оружия массового уничтожения" в соответствии с Законом РК от 19.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 219-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z4" w:id="0"/>
     <w:p>
@@ -3402,899 +3478,993 @@
         <w:t>
       Единой информационной системой юридической помощи является информационная система, предназначенная для автоматизации адвокатской деятельности и деятельности юридических консультантов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
     <w:bookmarkStart w:name="z136" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При функционировании единой информационной системы юридической помощи обеспечивается соблюдение конфиденциальности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z1028" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В ч. 3 статьи 24 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Объекты информатизации единой информационной системы юридической помощи передаются в доверительное управление Республиканской коллегии адвокатов и Республиканской коллегии юридических консультантов в порядке, установленном Законом Республики Казахстан "О государственном имуществе".</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 24 с изменением, внесенным Законом РК от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z137" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> РАЗДЕЛ 2. ГАРАНТИРОВАННАЯ ГОСУДАРСТВОМ ЮРИДИЧЕСКАЯ ПОМОЩЬ</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z138" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. СИСТЕМА ГАРАНТИРОВАННОЙ ГОСУДАРСТВОМ ЮРИДИЧЕСКОЙ ПОМОЩИ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z139" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 25. Лица, оказывающие гарантированную государством   юридическую помощь, и порядок ее оказания</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z140" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Гарантированная государством юридическая помощь оказывается:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z141" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственными органами безвозмездно в виде правового информирования в пределах их компетенции в порядке, установленном Законом Республики Казахстан "О доступе к информации";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z142" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) адвокатами в порядке, установленном настоящим Законом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z1088" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) юридическими консультантами в порядке, установленном настоящим Законом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z143" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) нотариусами безвозмездно в случаях и порядке, установленных Законом Республики Казахстан "О нотариате";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z144" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) частными судебными исполнителями безвозмездно при исполнении социально значимой категории дел в случаях и порядке, установленных Законом Республики Казахстан "Об исполнительном производстве и статусе судебных исполнителей".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z145" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случаях, предусмотренных законами Республики Казахстан, гарантированная государством юридическая помощь может безвозмездно оказываться иными лицами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 24 с изменением, внесенным Законом РК от 09.06.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 49-VII</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 25 с изменением, внесенным Законом РК от 20.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z137" w:id="130"/>
+    <w:bookmarkStart w:name="z146" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> РАЗДЕЛ 2. ГАРАНТИРОВАННАЯ ГОСУДАРСТВОМ ЮРИДИЧЕСКАЯ ПОМОЩЬ</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z138" w:id="131"/>
+        <w:t xml:space="preserve"> Статья 26. Лица, имеющие право на получение гарантированной государством юридической помощи</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z154" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Право на бесплатное получение гарантированной государством юридической помощи в виде правового информирования имеют все физические и (или) юридические лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Гарантированная государством юридическая помощь в виде правового консультирования оказывается в порядке, установленном настоящим Законом и законодательством Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) физическим лицам по вопросам взыскания алиментов, назначения пенсии и пособий, реабилитации, получения статуса беженца или кандаса, несовершеннолетним, оставшимся без попечения родителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жертвам сексуального насилия, торговли людьми, акта терроризма либо подвергшимся пыткам по вопросам обеспечения и защиты их прав и законных интересов, связанных с данным статусом или ситуацией;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) физическим лицам по вопросам возмещения вреда, причиненного смертью кормильца;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) физическим лицам по вопросам возмещения вреда, причиненного повреждением здоровья, связанным с работой, либо причиненного уголовным правонарушением;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) физическим лицам, являющимся участниками Великой Отечественной войны, лицами, приравненными по льготам к участникам Великой Отечественной войны, а также ветеранами боевых действий на территории других государств, военнослужащими срочной службы, лицами с инвалидностью первой и второй групп, пенсионерами по возрасту, по вопросам, не связанным с предпринимательской деятельностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) многодетным семьям по вопросам, не связанным с предпринимательской деятельностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) малообеспеченным лицам (семьям), имеющим среднедушевые доходы в месяц ниже черты бедности, установленной в областях, городах республиканского значения, столице, по вопросам, не связанным с предпринимательской деятельностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Гарантированная государством юридическая помощь в виде защиты и представительства интересов физических лиц в судах, органах уголовного преследования, иных государственных органах и негосударственных организациях оказывается в порядке, установленном настоящим Законом и законодательством Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) лицу, привлекаемому к административной ответственности в соответствии с законодательством Республики Казахстан об административных правонарушениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) истцу либо ответчику в соответствии с гражданским процессуальным законодательством Республики Казахстан и истцу в соответствии с законодательством Республики Казахстан об административном судопроизводстве;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) подозреваемому, обвиняемому, подсудимому, осужденному, оправданному, потерпевшему в соответствии с уголовно-процессуальным законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Лица, указанные в пунктах 1, 2 и 3 настоящей статьи, вправе получить гарантированную государством юридическую помощь на территории Республики Казахстан независимо от места жительства и места нахождения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В интересах лица, нуждающегося в гарантированной государством юридической помощи, с ходатайством об оказании такой помощи может обратиться его представитель в порядке, установленном законами.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 26 - в редакции Закона РК от 20.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z155" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. СИСТЕМА ГАРАНТИРОВАННОЙ ГОСУДАРСТВОМ ЮРИДИЧЕСКОЙ ПОМОЩИ</w:t>
-[...257 lines deleted...]
-      1. Право на бесплатное получение гарантированной государством юридической помощи в виде правового информирования имеют все физические и (или) юридические лица.</w:t>
+        <w:t xml:space="preserve"> Статья 27. Права и обязанности лица, нуждающегося   в гарантированной государством юридической помощи</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
-    <w:p>
-[...327 lines deleted...]
-        <w:t xml:space="preserve"> Статья 27. Права и обязанности лица, нуждающегося   в гарантированной государством юридической помощи</w:t>
+    <w:bookmarkStart w:name="z156" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Лицо, нуждающееся в гарантированной государством юридической помощи, имеет право:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z156" w:id="143"/>
-[...15 lines deleted...]
-      1. Лицо, нуждающееся в гарантированной государством юридической помощи, имеет право:</w:t>
+    <w:bookmarkStart w:name="z157" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) равного доступа к гарантированной государством юридической помощи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z157" w:id="144"/>
-[...15 lines deleted...]
-      1) равного доступа к гарантированной государством юридической помощи;</w:t>
+    <w:bookmarkStart w:name="z158" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) получить информацию о своих правах, обязанностях и условиях оказания гарантированной государством юридической помощи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z158" w:id="145"/>
-[...15 lines deleted...]
-      2) получить информацию о своих правах, обязанностях и условиях оказания гарантированной государством юридической помощи;</w:t>
+    <w:bookmarkStart w:name="z159" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обратиться за оказанием бесплатной юридической помощи к лицам, оказывающим гарантированную государством юридическую помощь;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z159" w:id="146"/>
-[...15 lines deleted...]
-      3) обратиться за оказанием бесплатной юридической помощи к лицам, оказывающим гарантированную государством юридическую помощь;</w:t>
+    <w:bookmarkStart w:name="z160" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) получить гарантированную государством юридическую помощь или отказаться от ее получения в порядке, предусмотренном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z160" w:id="147"/>
-[...15 lines deleted...]
-      4) получить гарантированную государством юридическую помощь или отказаться от ее получения в порядке, предусмотренном законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z161" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) обжаловать действия либо бездействие лиц, оказывающих гарантированную государством юридическую помощь, в порядке, предусмотренном настоящим Законом и законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z161" w:id="148"/>
-[...15 lines deleted...]
-      5) обжаловать действия либо бездействие лиц, оказывающих гарантированную государством юридическую помощь, в порядке, предусмотренном настоящим Законом и законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z162" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) на конфиденциальность вопроса, по которому оказана гарантированная государством юридическая помощь.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z162" w:id="149"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z163" w:id="150"/>
+    <w:bookmarkStart w:name="z163" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Лицо, обратившееся с ходатайством об оказании ему гарантированной государством юридической помощи, предусмотренной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4309,1220 +4479,1220 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 15 настоящего Закона, обязано:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z164" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) представить документы, подтверждающие его право на получение гарантированной государством юридической помощи, перечень которых утверждается уполномоченным органом;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z164" w:id="151"/>
-[...15 lines deleted...]
-      1) представить документы, подтверждающие его право на получение гарантированной государством юридической помощи, перечень которых утверждается уполномоченным органом;</w:t>
+    <w:bookmarkStart w:name="z165" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) своевременно извещать об изменении обстоятельств, влияющих на условия оказания гарантированной государством юридической помощи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z165" w:id="152"/>
-[...15 lines deleted...]
-      2) своевременно извещать об изменении обстоятельств, влияющих на условия оказания гарантированной государством юридической помощи;</w:t>
+    <w:bookmarkStart w:name="z166" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обеспечить достоверность информации, на которой основана необходимость оказания гарантированной государством юридической помощи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z166" w:id="153"/>
-[...15 lines deleted...]
-      3) обеспечить достоверность информации, на которой основана необходимость оказания гарантированной государством юридической помощи.</w:t>
+    <w:bookmarkStart w:name="z167" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 28. Организация, порядок оказания и учет гарантированной государством юридической помощи, оказываемой адвокатами</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z167" w:id="154"/>
+    <w:bookmarkStart w:name="z168" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Участие адвокатов в оказании гарантированной государством юридической помощи организуется коллегией адвокатов области, города республиканского значения, столицы посредством единой информационной системы юридической помощи в порядке, определенном Республиканской коллегией адвокатов по согласованию с уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z169" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Коллегия адвокатов области, города республиканского значения, столицы ежегодно не позднее первого декабря направляет в территориальный орган юстиции список адвокатов, участвующих в системе оказания гарантированной государством юридической помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z170" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Критерии отбора адвокатов для участия в системе оказания гарантированной государством юридической помощи утверждаются Республиканской коллегией адвокатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z171" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Преимущественное право включения в список адвокатов, участвующих в системе оказания гарантированной государством юридической помощи, предоставляется адвокатам, оказывающим комплексную социальную юридическую помощь.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z172" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В списке указываются фамилия, имя, отчество (при его наличии) адвоката, номер и дата выдачи лицензии на занятие адвокатской деятельностью, форма организации адвокатской деятельности, наименование и место осуществления адвокатской деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z173" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Список адвокатов периодически обновляется президиумом коллегии адвокатов и поддерживается в актуальном состоянии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z174" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выбор адвоката для оказания квалифицированной юридической помощи по назначению органов, ведущих уголовный процесс, судов или органов (должностных лиц), уполномоченных рассматривать дела об административных правонарушениях, может осуществляться с помощью единой информационной системы юридической помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z176" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Территориальный орган юстиции ежегодно не позднее пятнадцатого декабря заключает с адвокатами соглашение об оказании гарантированной государством юридической помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z177" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма соглашения, разрабатываемая и утверждаемая уполномоченным органом с учетом рекомендаций Республиканской коллегии адвокатов, должна содержать обязанности адвокатов и условия по полноценному обеспечению юридической помощью населения, проживающего на территории области, города республиканского значения, столицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z178" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Территориальный орган юстиции ежегодно не позднее двадцать пятого декабря размещает на своем интернет-ресурсе список адвокатов, участвующих в системе оказания гарантированной государством юридической помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z1029" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Республиканская коллегия адвокатов не позднее двадцать пятого декабря размещает в единой информационной системе юридической помощи список адвокатов, участвующих в системе оказания гарантированной государством юридической помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z179" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Оказание гарантированной государством юридической помощи в виде правового консультирования осуществляется в служебном помещении адвоката непосредственно в момент обращения заявителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z180" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При невозможности оказания юридической помощи непосредственно после обращения заявителя она должна быть оказана в срок, не превышающий трех рабочих дней. Заявитель в доступной форме извещается адвокатом о дне и времени приема.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z181" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Правовое консультирование проводится по месту нахождения заявителя, если он вследствие тяжелого заболевания, инвалидности, связанных с затруднениями в передвижении, или иных обстоятельств не в состоянии явиться в назначенное адвокатом место приема.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z182" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По одному и тому же вопросу лицо может получить гарантированную государством юридическую помощь один раз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z183" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Учет гарантированной государством юридической помощи ведется адвокатом, предоставляющим такую помощь, в порядке, определенном уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z184" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Адвокаты ежемесячно формируют отчет об оказанной ими гарантированной государством юридической помощи не позднее пятого числа месяца, следующего за отчетным, через единую информационную систему юридической помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма отчета утверждается уполномоченным органом с учетом рекомендаций Республиканской коллегии адвокатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z185" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Коллегия адвокатов области, города республиканского значения, столицы ежегодно не позднее пятого июля и пятого января представляет в территориальный орган юстиции через единую информационную систему юридической помощи сводный отчет об оказанной адвокатами гарантированной государством юридической помощи по форме, утверждаемой уполномоченным органом с учетом рекомендаций Республиканской коллегии адвокатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z186" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сводный отчет коллегии адвокатов области, города республиканского значения, столицы содержит информацию об обеспечении гарантированной государством юридической помощью сельских населенных пунктов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 28 с изменениями, внесенными законами РК от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 20.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...398 lines deleted...]
-      Сводный отчет коллегии адвокатов области, города республиканского значения, столицы содержит информацию об обеспечении гарантированной государством юридической помощью сельских населенных пунктов.</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 28-1. Порядок оказания гарантированной государством юридической помощи юридическими консультантами</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1090" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Участие юридических консультантов в оказании гарантированной государством юридической помощи организуется палатами юридических консультантов в порядке, определенном уполномоченным органом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 28 с изменениями, внесенными законами РК от 09.06.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 49-VII</w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 28-1 в соответствии с Законом РК от 20.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 20.06.2022 </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z187" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...20 lines deleted...]
-      Участие юридических консультантов в оказании гарантированной государством юридической помощи организуется палатами юридических консультантов в порядке, определенном уполномоченным органом.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 29. Отказ в оказании гарантированной государством юридической помощи</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="174"/>
-    <w:p>
-[...75 lines deleted...]
-        <w:t xml:space="preserve"> Статья 29. Отказ в оказании гарантированной государством юридической помощи</w:t>
+    <w:bookmarkStart w:name="z188" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В оказании гарантированной государством юридической помощи в виде правового информирования отказывается, если обращение заявителя не имеет правового характера.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z188" w:id="176"/>
-[...15 lines deleted...]
-      1. В оказании гарантированной государством юридической помощи в виде правового информирования отказывается, если обращение заявителя не имеет правового характера.</w:t>
+    <w:bookmarkStart w:name="z189" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В оказании гарантированной государством юридической помощи в виде правового консультирования, защиты и представительства отказывается при наличии одного из следующих оснований:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z189" w:id="177"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z190" w:id="178"/>
+    <w:bookmarkStart w:name="z190" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) заявитель не относится к категории лиц, имеющих право на получение гарантированной государством юридической помощи, предусмотренных пунктами 2 и 3 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z191" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обращение заявителя не имеет правового характера.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z191" w:id="179"/>
-[...15 lines deleted...]
-      2) обращение заявителя не имеет правового характера.</w:t>
+    <w:bookmarkStart w:name="z192" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Отказ в оказании гарантированной государством юридической помощи должен быть мотивированным и может быть обжалован в уполномоченный орган, суд в порядке, установленном законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z192" w:id="180"/>
-[...15 lines deleted...]
-      3. Отказ в оказании гарантированной государством юридической помощи должен быть мотивированным и может быть обжалован в уполномоченный орган, суд в порядке, установленном законами Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 29 с изменением, внесенным законами РК от 29.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2021); от 20.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z193" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 30. Финансирование гарантированной государством   юридической помощи</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z194" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Финансирование гарантированной государством юридической помощи осуществляется за счет бюджетных средств в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z195" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> РАЗДЕЛ 3. АДВОКАТСКАЯ ДЕЯТЕЛЬНОСТЬ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z196" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. АДВОКАТУРА И СТАТУС АДВОКАТА</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z197" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 31. Назначение адвокатуры</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z198" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Адвокатура в Республике Казахстан призвана содействовать реализации гарантированных государством и закрепленных Конституцией Республики Казахстан прав человека на судебную защиту своих прав, свобод и получение юридической помощи, а также содействовать мирному урегулированию спора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z199" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Коллегия адвокатов организует деятельность адвокатов по защите по уголовным делам, делам об административных правонарушениях, а также представительству по уголовным, гражданским и административным делам и делам об административных правонарушениях, а также по оказанию иных видов юридической помощи в целях защиты и содействия в реализации прав, свобод и законных интересов физических лиц, а также прав и законных интересов юридических лиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z200" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Юридическая помощь, оказываемая адвокатами в рамках осуществляемой ими адвокатской деятельности, не является предпринимательской деятельностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 29 с изменением, внесенным законами РК от 29.06.2020 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 31 с изменением, внесенным Законом РК от 29.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 351-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.07.2021); от 20.06.2022 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2021).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z193" w:id="181"/>
+    <w:bookmarkStart w:name="z201" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 30. Финансирование гарантированной государством   юридической помощи</w:t>
-[...133 lines deleted...]
-      3. Юридическая помощь, оказываемая адвокатами в рамках осуществляемой ими адвокатской деятельности, не является предпринимательской деятельностью.</w:t>
+        <w:t xml:space="preserve"> Статья 32. Адвокат</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
-    <w:p>
-[...75 lines deleted...]
-        <w:t xml:space="preserve"> Статья 32. Адвокат</w:t>
+    <w:bookmarkStart w:name="z202" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Адвокатом является гражданин Республики Казахстан, имеющий высшее юридическое образование, получивший лицензию на занятие адвокатской деятельностью, являющийся членом коллегии адвокатов и оказывающий юридическую помощь на профессиональной основе в рамках адвокатской деятельности, регламентируемой настоящим Законом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z202" w:id="190"/>
-[...15 lines deleted...]
-      1. Адвокатом является гражданин Республики Казахстан, имеющий высшее юридическое образование, получивший лицензию на занятие адвокатской деятельностью, являющийся членом коллегии адвокатов и оказывающий юридическую помощь на профессиональной основе в рамках адвокатской деятельности, регламентируемой настоящим Законом.</w:t>
+    <w:bookmarkStart w:name="z203" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Адвокатом не может быть лицо, признанное судом недееспособным либо ограниченно дееспособным либо имеющее непогашенную или неснятую в установленном законом порядке судимость.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z203" w:id="191"/>
-[...15 lines deleted...]
-      2. Адвокатом не может быть лицо, признанное судом недееспособным либо ограниченно дееспособным либо имеющее непогашенную или неснятую в установленном законом порядке судимость.</w:t>
+    <w:bookmarkStart w:name="z209" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Адвокатом также не может быть лицо:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z209" w:id="192"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       освобожденное от уголовной ответственности на основании пунктов 3), 4), 9), 10) и 12) части первой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5691,3963 +5861,3963 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z210" w:id="193"/>
+    <w:bookmarkStart w:name="z210" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 33. Права и обязанности адвоката</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z211" w:id="194"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z211" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Адвокат вправе оказывать лицу, обратившемуся за помощью, любую юридическую помощь, в которой оно нуждается. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z212" w:id="195"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z212" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Адвокат от своего имени заключает письменный договор об оказании юридической помощи с обратившимся к нему лицом, за исключением случая, предусмотренного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 63 настоящего Закона.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z213" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Адвокат, выступая в качестве защитника или представителя, правомочен:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z213" w:id="196"/>
-[...15 lines deleted...]
-      3. Адвокат, выступая в качестве защитника или представителя, правомочен:</w:t>
+    <w:bookmarkStart w:name="z214" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) защищать и представлять права и интересы лиц, обратившихся за юридической помощью, во всех судах, государственных, иных органах и организациях, в компетенцию которых входит разрешение соответствующих вопросов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z214" w:id="197"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z215" w:id="198"/>
+    <w:bookmarkStart w:name="z215" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) запрашивать и получать во всех государственных органах, органах местного самоуправления и юридических лицах сведения, необходимые для осуществления адвокатской деятельности; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z216" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в порядке и пределах, установленных законодательством Республики Казахстан, самостоятельно собирать фактические данные, необходимые для оказания юридической помощи, и представлять их в государственные органы и должностным лицам;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z216" w:id="199"/>
-[...15 lines deleted...]
-      3) в порядке и пределах, установленных законодательством Республики Казахстан, самостоятельно собирать фактические данные, необходимые для оказания юридической помощи, и представлять их в государственные органы и должностным лицам;</w:t>
+    <w:bookmarkStart w:name="z217" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) знакомиться с материалами, касающимися лица, обратившегося за помощью, включая процессуальные документы, следственные и судебные дела, и фиксировать содержащуюся в них информацию любым способом, не запрещенным законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z217" w:id="200"/>
-[...15 lines deleted...]
-      4) знакомиться с материалами, касающимися лица, обратившегося за помощью, включая процессуальные документы, следственные и судебные дела, и фиксировать содержащуюся в них информацию любым способом, не запрещенным законами Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z218" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) с момента вступления в дело иметь свидания наедине со своим подзащитным без ограничения их количества, продолжительности и в условиях, обеспечивающих конфиденциальность таковых свиданий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z218" w:id="201"/>
-[...15 lines deleted...]
-      5) с момента вступления в дело иметь свидания наедине со своим подзащитным без ограничения их количества, продолжительности и в условиях, обеспечивающих конфиденциальность таковых свиданий;</w:t>
+    <w:bookmarkStart w:name="z219" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) запрашивать на договорной основе заключения специалистов для разъяснения вопросов, возникающих в связи с оказанием юридической помощи и требующих специальных знаний в области науки, техники, искусства и других сферах деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z219" w:id="202"/>
-[...15 lines deleted...]
-      6) запрашивать на договорной основе заключения специалистов для разъяснения вопросов, возникающих в связи с оказанием юридической помощи и требующих специальных знаний в области науки, техники, искусства и других сферах деятельности;</w:t>
+    <w:bookmarkStart w:name="z220" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) заявлять ходатайства, приносить в установленном порядке жалобы на решения и действия (бездействие) органов государственной власти, местного самоуправления, общественных объединений, организаций, должностных лиц и государственных служащих, ущемляющих права и охраняемые законом интересы лиц, обратившихся за помощью;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z220" w:id="203"/>
-[...15 lines deleted...]
-      7) заявлять ходатайства, приносить в установленном порядке жалобы на решения и действия (бездействие) органов государственной власти, местного самоуправления, общественных объединений, организаций, должностных лиц и государственных служащих, ущемляющих права и охраняемые законом интересы лиц, обратившихся за помощью;</w:t>
+    <w:bookmarkStart w:name="z221" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) знакомиться с информацией, составляющей государственные секреты, а также содержащей военную, коммерческую, служебную и иную охраняемую законом тайну, если это необходимо для осуществления защиты или представительства при проведении дознания, досудебного расследования, в суде, в порядке, предусмотренном законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z221" w:id="204"/>
-[...15 lines deleted...]
-      8) знакомиться с информацией, составляющей государственные секреты, а также содержащей военную, коммерческую, служебную и иную охраняемую законом тайну, если это необходимо для осуществления защиты или представительства при проведении дознания, досудебного расследования, в суде, в порядке, предусмотренном законами Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z222" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) использовать все не запрещенные законом средства и способы защиты прав и законных интересов лиц, обратившихся за юридической помощью;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z222" w:id="205"/>
-[...15 lines deleted...]
-      9) использовать все не запрещенные законом средства и способы защиты прав и законных интересов лиц, обратившихся за юридической помощью;</w:t>
+    <w:bookmarkStart w:name="z223" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) проводить примирительные процедуры;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z223" w:id="206"/>
-[...15 lines deleted...]
-      10) проводить примирительные процедуры;</w:t>
+    <w:bookmarkStart w:name="z224" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) оказывать комплексную социальную юридическую помощь;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z224" w:id="207"/>
-[...15 lines deleted...]
-      11) оказывать комплексную социальную юридическую помощь;</w:t>
+    <w:bookmarkStart w:name="z225" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) совершать иные действия, не противоречащие законодательству.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z225" w:id="208"/>
-[...15 lines deleted...]
-      12) совершать иные действия, не противоречащие законодательству.</w:t>
+    <w:bookmarkStart w:name="z226" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Государственный орган или должностное лицо не может отказать в признании права адвоката представлять интересы лица, обратившегося за юридической помощью, за исключением случаев, предусмотренных законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z226" w:id="209"/>
-[...15 lines deleted...]
-      4. Государственный орган или должностное лицо не может отказать в признании права адвоката представлять интересы лица, обратившегося за юридической помощью, за исключением случаев, предусмотренных законами Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z227" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Адвокат пользуется правом свободного доступа в административные здания судов, прокуратуры, органов, ведущих уголовный процесс, в установленном законодательством Республики Казахстан порядке по предъявлении им удостоверения адвоката.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z227" w:id="210"/>
-[...15 lines deleted...]
-      Адвокат пользуется правом свободного доступа в административные здания судов, прокуратуры, органов, ведущих уголовный процесс, в установленном законодательством Республики Казахстан порядке по предъявлении им удостоверения адвоката.</w:t>
+    <w:bookmarkStart w:name="z228" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Доступ адвоката в места содержания задержанных, содержащихся под стражей и отбывающих наказание осуществляется в соответствии с установленным пропускным режимом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z228" w:id="211"/>
-[...15 lines deleted...]
-      Доступ адвоката в места содержания задержанных, содержащихся под стражей и отбывающих наказание осуществляется в соответствии с установленным пропускным режимом.</w:t>
+    <w:bookmarkStart w:name="z229" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Адвокат имеет право на гарантированную государством социальную защиту, осуществляемую за счет средств обязательного страхования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z229" w:id="212"/>
-[...15 lines deleted...]
-      5. Адвокат имеет право на гарантированную государством социальную защиту, осуществляемую за счет средств обязательного страхования.</w:t>
+    <w:bookmarkStart w:name="z230" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Взносы на социальное страхование уплачиваются адвокатами в соответствии с законодательством Республики Казахстан о социальной защите.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z230" w:id="213"/>
-[...15 lines deleted...]
-      Взносы на социальное страхование уплачиваются адвокатами в соответствии с законодательством Республики Казахстан о социальной защите.</w:t>
+    <w:bookmarkStart w:name="z231" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Адвокат имеет право на пенсионное обеспечение в соответствии с законодательством Республики Казахстан о социальной защите.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z231" w:id="214"/>
-[...15 lines deleted...]
-      Адвокат имеет право на пенсионное обеспечение в соответствии с законодательством Республики Казахстан о социальной защите.</w:t>
+    <w:bookmarkStart w:name="z232" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Адвокаты вправе принимать участие в судебных заседаниях в адвокатских мантиях.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z232" w:id="215"/>
-[...15 lines deleted...]
-      6. Адвокаты вправе принимать участие в судебных заседаниях в адвокатских мантиях.</w:t>
+    <w:bookmarkStart w:name="z233" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма и описание адвокатских мантий разрабатываются и утверждаются Республиканской коллегией адвокатов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z233" w:id="216"/>
-[...15 lines deleted...]
-      Форма и описание адвокатских мантий разрабатываются и утверждаются Республиканской коллегией адвокатов.</w:t>
+    <w:bookmarkStart w:name="z234" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Адвокат обязан:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z234" w:id="217"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z235" w:id="218"/>
+    <w:bookmarkStart w:name="z235" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) соблюдать при исполнении своих профессиональных обязанностей Конституцию Республики Казахстан, законодательство Республики Казахстан; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z236" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) соблюдать присягу адвоката Республики Казахстан, Кодекс профессиональной этики адвокатов;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z236" w:id="219"/>
-[...15 lines deleted...]
-      2) соблюдать присягу адвоката Республики Казахстан, Кодекс профессиональной этики адвокатов;</w:t>
+    <w:bookmarkStart w:name="z237" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) быть членом коллегии адвокатов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z237" w:id="220"/>
-[...15 lines deleted...]
-      3) быть членом коллегии адвокатов;</w:t>
+    <w:bookmarkStart w:name="z238" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществлять страхование своей профессиональной ответственности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z238" w:id="221"/>
-[...15 lines deleted...]
-      4) осуществлять страхование своей профессиональной ответственности;</w:t>
+    <w:bookmarkStart w:name="z239" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) предоставлять клиенту информацию о членстве в коллегии адвокатов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z239" w:id="222"/>
-[...15 lines deleted...]
-      5) предоставлять клиенту информацию о членстве в коллегии адвокатов;</w:t>
+    <w:bookmarkStart w:name="z240" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) сообщать клиенту о невозможности своего участия в оказании юридической помощи вследствие возникновения обстоятельств, препятствующих ее оказанию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z240" w:id="223"/>
-[...15 lines deleted...]
-      6) сообщать клиенту о невозможности своего участия в оказании юридической помощи вследствие возникновения обстоятельств, препятствующих ее оказанию;</w:t>
+    <w:bookmarkStart w:name="z241" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) представлять по требованию клиента копию договора страхования профессиональной ответственности адвоката;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z241" w:id="224"/>
-[...15 lines deleted...]
-      7) представлять по требованию клиента копию договора страхования профессиональной ответственности адвоката;</w:t>
+    <w:bookmarkStart w:name="z242" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) по требованию клиента заключать с ним соглашение о неразглашении конфиденциальной информации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z242" w:id="225"/>
-[...15 lines deleted...]
-      8) по требованию клиента заключать с ним соглашение о неразглашении конфиденциальной информации;</w:t>
+    <w:bookmarkStart w:name="z243" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) хранить в тайне сведения, ставшие ему известными в связи с оказанием юридической помощи, и не разглашать их без согласия лица, обратившегося за помощью;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z243" w:id="226"/>
-[...15 lines deleted...]
-      9) хранить в тайне сведения, ставшие ему известными в связи с оказанием юридической помощи, и не разглашать их без согласия лица, обратившегося за помощью;</w:t>
+    <w:bookmarkStart w:name="z244" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) выполнять любые не запрещенные законом действия по установлению фактических обстоятельств, направленные на обеспечение прав, свобод и законных интересов клиента;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z244" w:id="227"/>
-[...15 lines deleted...]
-      10) выполнять любые не запрещенные законом действия по установлению фактических обстоятельств, направленные на обеспечение прав, свобод и законных интересов клиента;</w:t>
+    <w:bookmarkStart w:name="z245" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) по требованию клиента представить отчет о выполнении письменного договора об оказании юридической помощи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z245" w:id="228"/>
-[...15 lines deleted...]
-      11) по требованию клиента представить отчет о выполнении письменного договора об оказании юридической помощи;</w:t>
+    <w:bookmarkStart w:name="z246" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) по требованию клиента хранить копии документов, которые использовались при оказании юридической помощи, на бумажных или электронных носителях либо в форме электронных документов в течение трех лет с даты завершения оказания юридической помощи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z246" w:id="229"/>
-[...15 lines deleted...]
-      12) по требованию клиента хранить копии документов, которые использовались при оказании юридической помощи, на бумажных или электронных носителях либо в форме электронных документов в течение трех лет с даты завершения оказания юридической помощи;</w:t>
+    <w:bookmarkStart w:name="z247" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) постоянно повышать свою квалификацию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z247" w:id="230"/>
-[...15 lines deleted...]
-      13) постоянно повышать свою квалификацию;</w:t>
+    <w:bookmarkStart w:name="z248" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) в течение месяца после вступления в члены коллегии адвокатов, а также после учреждения коммерческой организации передать в доверительное управление находящиеся в его собственности доли (пакеты акций) в уставном капитале коммерческих организаций и иное имущество, использование которого влечет получение доходов, за исключением денег, законно принадлежащих ему, а также имущества, переданного в имущественный наем. Договор доверительного управления имуществом подлежит нотариальному удостоверению. Адвокат вправе не передавать в доверительное управление принадлежащие ему облигации, паи открытых и интервальных паевых инвестиционных фондов. Адвокат имеет право получать доход от переданного в доверительное управление или имущественный наем имущества;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z248" w:id="231"/>
-[...15 lines deleted...]
-      14) в течение месяца после вступления в члены коллегии адвокатов, а также после учреждения коммерческой организации передать в доверительное управление находящиеся в его собственности доли (пакеты акций) в уставном капитале коммерческих организаций и иное имущество, использование которого влечет получение доходов, за исключением денег, законно принадлежащих ему, а также имущества, переданного в имущественный наем. Договор доверительного управления имуществом подлежит нотариальному удостоверению. Адвокат вправе не передавать в доверительное управление принадлежащие ему облигации, паи открытых и интервальных паевых инвестиционных фондов. Адвокат имеет право получать доход от переданного в доверительное управление или имущественный наем имущества;</w:t>
+    <w:bookmarkStart w:name="z249" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) выполнять иные обязанности, предусмотренные законами Республики Казахстан и договором об оказании юридической помощи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z249" w:id="232"/>
-[...15 lines deleted...]
-      15) выполнять иные обязанности, предусмотренные законами Республики Казахстан и договором об оказании юридической помощи.</w:t>
+    <w:bookmarkStart w:name="z250" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Адвокату запрещается оказывать юридическую помощь:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z250" w:id="233"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z251" w:id="234"/>
+    <w:bookmarkStart w:name="z251" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       при наличии конфликта интересов; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z252" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при наличии предусмотренных процессуальным законодательством обстоятельств, исключающих участие адвоката в деле.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z252" w:id="235"/>
-[...15 lines deleted...]
-      при наличии предусмотренных процессуальным законодательством обстоятельств, исключающих участие адвоката в деле.</w:t>
+    <w:bookmarkStart w:name="z253" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В этих случаях адвокат обязан отказаться от оказания юридической помощи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z253" w:id="236"/>
-[...15 lines deleted...]
-      В этих случаях адвокат обязан отказаться от оказания юридической помощи.</w:t>
+    <w:bookmarkStart w:name="z254" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Адвокату запрещается занимать по делу правовую позицию, ухудшающую положение лица, обратившегося за помощью, использовать свои полномочия в ущерб лицу, интересы которого он защищает или представляет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z254" w:id="237"/>
-[...15 lines deleted...]
-      9. Адвокату запрещается занимать по делу правовую позицию, ухудшающую положение лица, обратившегося за помощью, использовать свои полномочия в ущерб лицу, интересы которого он защищает или представляет.</w:t>
+    <w:bookmarkStart w:name="z255" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Адвокат не вправе отказаться от принятого поручения по уголовному делу при отсутствии обстоятельств, указанных в пункте 8 настоящей статьи, и в случае постановления неправосудного, с точки зрения подзащитного или самого адвоката, приговора обязан обжаловать его в установленном порядке.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z255" w:id="238"/>
-[...15 lines deleted...]
-      10. Адвокат не вправе отказаться от принятого поручения по уголовному делу при отсутствии обстоятельств, указанных в пункте 8 настоящей статьи, и в случае постановления неправосудного, с точки зрения подзащитного или самого адвоката, приговора обязан обжаловать его в установленном порядке.</w:t>
+    <w:bookmarkStart w:name="z256" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Адвокату запрещается состоять на государственной службе и заниматься предпринимательской деятельностью, занимать иную оплачиваемую должность, кроме случаев вхождения в состав Высшего Судебного Совета Республики Казахстан и наблюдательного совета (совета директоров) коммерческой организации, избрания или назначения арбитром соответствующего арбитража для разрешения спора, а также занятия преподавательской, научной или творческой деятельностью.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z256" w:id="239"/>
-[...15 lines deleted...]
-      11. Адвокату запрещается состоять на государственной службе и заниматься предпринимательской деятельностью, занимать иную оплачиваемую должность, кроме случаев вхождения в состав Высшего Судебного Совета Республики Казахстан и наблюдательного совета (совета директоров) коммерческой организации, избрания или назначения арбитром соответствующего арбитража для разрешения спора, а также занятия преподавательской, научной или творческой деятельностью.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае вхождения в состав наблюдательного совета (совета директоров) коммерческой организации адвокат не вправе оказывать юридическую помощь данной организации и ее аффилированным лицам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Адвокат вправе совмещать адвокатскую деятельность с работой на оплачиваемых выборных и назначаемых должностях в коллегии адвокатов, Республиканской коллегии адвокатов, международных общественных объединениях адвокатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 33 с изменениями, внесенными законами РК от 21.02.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 227-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 20.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 226-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2023); от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z258" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 34. Профессиональные нормы поведения адвоката</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="239"/>
-    <w:p>
-[...195 lines deleted...]
-    <w:bookmarkStart w:name="z259" w:id="241"/>
+    <w:bookmarkStart w:name="z259" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Адвокат при оказании юридической помощи должен соблюдать следующие профессиональные правила: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z260" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проявлять добросовестность при осуществлении своих прав и исполнении обязанностей;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z260" w:id="242"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z261" w:id="243"/>
+    <w:bookmarkStart w:name="z261" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) корректно вести себя по отношению к органам и должностным лицам; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z262" w:id="244"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z262" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) не допускать умышленного затягивания дела, незаконных методов оказания юридической помощи, обмана, формируя и ограничивая свое профессиональное поведение в соответствии с правами и законными интересами лица, обратившегося за помощью; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z263" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) соблюдать верность интересам лица, обратившегося за помощью, и не совершать каких-либо действий вопреки его интересам.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z263" w:id="245"/>
-[...15 lines deleted...]
-      4) соблюдать верность интересам лица, обратившегося за помощью, и не совершать каких-либо действий вопреки его интересам.</w:t>
+    <w:bookmarkStart w:name="z264" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 35. Гарантии адвокатской деятельности</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z264" w:id="246"/>
+    <w:bookmarkStart w:name="z265" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Права адвоката не подлежат ограничениям, кроме случаев, прямо предусмотренных законами Республики Казахстан. Вмешательство либо воспрепятствование законной адвокатской деятельности влечет ответственность, предусмотренную законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z266" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Отождествление адвоката с лицом, которому он оказывает юридическую помощь, запрещается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z267" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Запрещается:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z268" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      допрашивать адвоката в качестве свидетеля об обстоятельствах, ставших ему известными при осуществлении им своих профессиональных обязанностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z269" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      истребовать или требовать от адвоката, его помощника, его стажера, лица, находящегося в трудовых отношениях с адвокатом, юридической консультацией, адвокатской конторой, руководителей и работников президиума коллегии адвокатов, а также от лица, в отношении которого прекращено или приостановлено право на занятие адвокатской деятельностью, или пытаться другим способом получить без согласия адвоката и его клиента сведения, материалы, связанные с оказанием юридической помощи, за исключением случаев, установленных законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z270" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Государственные органы, должностные лица не вправе отказывать адвокату в предоставлении свиданий наедине с его подзащитным в условиях, обеспечивающих конфиденциальность таких свиданий, а также ограничивать их количество и продолжительность.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z271" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Адвокатское делопроизводство, иные связанные с ним материалы и документы, а также имущество адвоката, в том числе средства мобильной связи, аудиоаппаратура, компьютерная техника, не подлежат досмотру, осмотру, выемке, изъятию и проверке, кроме случаев, предусмотренных законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z272" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Адвокату гарантируется право на обеспечение безопасности при осуществлении адвокатской деятельности в порядке, установленном законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z273" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Органы уголовного преследования, их должностные лица в случаях, предусмотренных процессуальным законом, обязаны уведомлять адвоката о необходимости его участия в следственных и иных процессуальных действиях в согласованный с адвокатом срок.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z274" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Государственные органы, органы местного самоуправления и юридические лица обязаны в течение десяти рабочих дней дать письменный ответ на запрос адвоката, связанный с оказанием им юридической помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z275" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В предоставлении адвокату запрошенных сведений может быть отказано в случае, если информация отнесена к информации с ограниченным доступом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z276" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Адвокат при выполнении принятого поручения имеет право использовать в суде компьютеры, смартфоны и иные технические средства, необходимые для осуществления адвокатской деятельности в порядке, установленном процессуальным законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z277" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 35. Гарантии адвокатской деятельности</w:t>
-[...239 lines deleted...]
-      9. Адвокат при выполнении принятого поручения имеет право использовать в суде компьютеры, смартфоны и иные технические средства, необходимые для осуществления адвокатской деятельности в порядке, установленном процессуальным законодательством.</w:t>
+        <w:t xml:space="preserve"> Статья 36. Страхование деятельности адвоката</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z277" w:id="259"/>
+    <w:bookmarkStart w:name="z278" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Адвокат обязан заключить договор страхования профессиональной ответственности по обязательствам, возникающим вследствие причинения вреда третьим лицам, которым в соответствии с договором оказывается юридическая помощь, в результате оказания такой помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z279" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Адвокат не вправе приступать к оказанию юридической помощи при отсутствии договора страхования профессиональной ответственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z1030" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае если адвокат является партнером адвокатской конторы, то заключение договора страхования его профессиональной ответственности может быть осуществлено адвокатской конторой.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z280" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Объектом страхования профессиональной ответственности адвоката являются имущественные интересы страхователя (застрахованного лица), связанные с его обязанностью в порядке, установленном законодательством Республики Казахстан, возместить вред, причиненный третьим лицам, которым в соответствии с договором оказывается юридическая помощь, в связи с осуществлением адвокатской деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z281" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Страховым случаем по договору страхования профессиональной ответственности адвоката является факт наступления гражданско-правовой ответственности страхователя (застрахованного) по возмещению вреда, причиненного имущественным интересам третьих лиц, которым в соответствии с договором оказывается юридическая помощь, в результате допущенных застрахованным лицом профессиональных ошибок при оказании юридической помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z282" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Под профессиональными ошибками для целей настоящей статьи понимаются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z283" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) пропуск процессуальных сроков;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z284" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) неправильное оформление документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z285" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) неизвещение лица, которому в соответствии с договором оказывается юридическая помощь, о последствиях совершаемых юридических действий, повлекших причинение ему вреда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z286" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) утрата или порча документов, полученных страхователем (застрахованным лицом) от клиента для оказания юридической помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z287" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) неправомерное разглашение сведений, составляющих адвокатскую тайну.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z288" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Договором страхования профессиональной ответственности могут быть определены иные действия (бездействие), повлекшие причинение вреда имущественным интересам третьих лиц, которым в соответствии с договором оказывается юридическая помощь, в результате оказания такой помощи застрахованным лицом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z289" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Страховой случай считается наступившим, если вред, причиненный третьим лицам, которым в соответствии с договором оказывается юридическая помощь, явился следствием неумышленного нарушения страхователем (застрахованным лицом) профессиональных обязанностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z290" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Размер страховой суммы по договору страхования профессиональной ответственности адвоката определяется его условиями и должен составлять для адвокатов, осуществляющих деятельность на территории города республиканского значения, столицы, – не менее тысячекратного, для иных адвокатов – не менее пятисоткратного месячного расчетного показателя, установленного законом о республиканском бюджете на соответствующий финансовый год, на дату заключения договора обязательного страхования профессиональной ответственности адвоката.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z291" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Порядок и иные условия страхования профессиональной ответственности адвоката определяются соглашением сторон на основании типового договора страхования профессиональной ответственности адвоката.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 36 с изменениями, внесенными Законом РК от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z292" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 36. Страхование деятельности адвоката</w:t>
-[...299 lines deleted...]
-      Порядок и иные условия страхования профессиональной ответственности адвоката определяются соглашением сторон на основании типового договора страхования профессиональной ответственности адвоката.</w:t>
+        <w:t xml:space="preserve"> Статья 37. Адвокатская тайна</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z293" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Адвокатскую тайну составляют факт обращения к адвокату, сведения о содержании устных и письменных переговоров с лицом, обратившимся за помощью, и другими лицами, о характере и результатах предпринимаемых в интересах лица, обратившегося за помощью, действий, а также иная информация, касающаяся оказания юридической помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z294" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Адвокаты, их помощники, стажеры, работники президиума коллегии адвокатов, юридической консультации, адвокатской конторы, а также лицо, в отношении которого прекращено или приостановлено право на занятие адвокатской деятельностью, не вправе разглашать, а также использовать в своих интересах или интересах третьих лиц какие-либо сведения, полученные в связи с оказанием юридической помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z295" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Адвокат, разгласивший сведения, относящиеся к адвокатской тайне, без согласия лица, обратившегося за помощью, несет ответственность в соответствии с законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z296" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Представление сведений и информации в уполномоченный орган по финансовому мониторингу в соответствии с Законом Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения" не является разглашением адвокатской тайны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z297" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Обязанность хранения адвокатской тайны не ограничена во времени.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z1104" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Адвокаты, их помощники, стажеры, работники президиума коллегии адвокатов, юридической консультации, адвокатской конторы обязаны принимать необходимые меры для сохранения адвокатской тайны, в том числе и ее защиты от несанкционированного доступа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z1105" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 37-1. Допуск и доступ адвокатов к государственным секретам</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z1106" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Адвокаты для оформления допуска к государственным секретам вправе в период осуществления адвокатской деятельности обратиться в территориальный орган юстиции по месту нахождения коллегии адвокатов, членами которой они являются.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z1107" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Порядок допуска и доступа адвокатов к государственным секретам определяется законодательством Республики Казахстан о государственных секретах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 36 с изменениями, внесенными Законом РК от 09.06.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 49-VII</w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 3 дополнена статьей 37-1 в соответствии с Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z292" w:id="275"/>
+    <w:bookmarkStart w:name="z299" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 37. Адвокатская тайна</w:t>
-[...177 lines deleted...]
-      2. Порядок допуска и доступа адвокатов к государственным секретам определяется законодательством Республики Казахстан о государственных секретах.</w:t>
+        <w:t xml:space="preserve"> Статья 38. Помощники и стажеры адвоката</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="284"/>
-    <w:p>
-[...75 lines deleted...]
-        <w:t xml:space="preserve"> Статья 38. Помощники и стажеры адвоката</w:t>
+    <w:bookmarkStart w:name="z300" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Адвокаты могут иметь помощников и стажеров.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z300" w:id="286"/>
-[...15 lines deleted...]
-      1. Адвокаты могут иметь помощников и стажеров.</w:t>
+    <w:bookmarkStart w:name="z301" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Помощники адвоката могут работать на основе трудового договора в юридической консультации, адвокатской конторе или у адвоката, занимающегося адвокатской деятельностью индивидуально.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z301" w:id="287"/>
-[...15 lines deleted...]
-      2. Помощники адвоката могут работать на основе трудового договора в юридической консультации, адвокатской конторе или у адвоката, занимающегося адвокатской деятельностью индивидуально.</w:t>
+    <w:bookmarkStart w:name="z302" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Помощники адвоката вправе по указанию и под ответственность адвоката выполнять его поручения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z302" w:id="288"/>
-[...15 lines deleted...]
-      Помощники адвоката вправе по указанию и под ответственность адвоката выполнять его поручения.</w:t>
+    <w:bookmarkStart w:name="z303" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Стажером адвоката является гражданин Республики Казахстан, имеющий высшее юридическое образование, заключивший с коллегией адвокатов договор о прохождении стажировки с целью приобретения профессиональных знаний и практических навыков адвокатской деятельности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z303" w:id="289"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z304" w:id="290"/>
+    <w:bookmarkStart w:name="z304" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Лицо, отвечающее требованиям, установленным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 32 настоящего Закона, и изъявившее желание пройти стажировку, обращается в президиум коллегии адвокатов с заявлением о допуске к прохождению стажировки с приложением документов, перечень которых устанавливается положением о порядке прохождения стажировки стажерами адвокатов, разрабатываемым и утверждаемым Республиканской коллегией адвокатов по согласованию с уполномоченным органом.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z305" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. По результатам рассмотрения заявления президиум коллегии адвокатов принимает одно из следующих решений:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z305" w:id="291"/>
-[...15 lines deleted...]
-      4. По результатам рассмотрения заявления президиум коллегии адвокатов принимает одно из следующих решений:</w:t>
+    <w:bookmarkStart w:name="z306" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) о допуске к прохождению стажировки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z306" w:id="292"/>
-[...15 lines deleted...]
-      1) о допуске к прохождению стажировки;</w:t>
+    <w:bookmarkStart w:name="z307" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) об отказе в допуске к прохождению стажировки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z307" w:id="293"/>
-[...15 lines deleted...]
-      2) об отказе в допуске к прохождению стажировки.</w:t>
+    <w:bookmarkStart w:name="z308" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Решение по заявлению о допуске к прохождению стажировки принимается в течение пяти рабочих дней со дня поступления обращения заявителя в президиум коллегии адвокатов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z308" w:id="294"/>
-[...15 lines deleted...]
-      Решение по заявлению о допуске к прохождению стажировки принимается в течение пяти рабочих дней со дня поступления обращения заявителя в президиум коллегии адвокатов.</w:t>
+    <w:bookmarkStart w:name="z309" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Отказ в допуске к прохождению стажировки по причине набора большого количества стажеров адвокатов не допускается.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z309" w:id="295"/>
-[...15 lines deleted...]
-      5. Отказ в допуске к прохождению стажировки по причине набора большого количества стажеров адвокатов не допускается.</w:t>
+    <w:bookmarkStart w:name="z310" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Стажировка осуществляется под руководством адвоката, имеющего стаж адвокатской деятельности не менее пяти лет. Продолжительность стажировки составляет от шести месяцев до одного года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z310" w:id="296"/>
-[...15 lines deleted...]
-      6. Стажировка осуществляется под руководством адвоката, имеющего стаж адвокатской деятельности не менее пяти лет. Продолжительность стажировки составляет от шести месяцев до одного года.</w:t>
+    <w:bookmarkStart w:name="z311" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Период стажировки зачисляется в стаж работы по юридической специальности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z311" w:id="297"/>
-[...15 lines deleted...]
-      Период стажировки зачисляется в стаж работы по юридической специальности.</w:t>
+    <w:bookmarkStart w:name="z312" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На период стажировки стажер может быть принят на работу по трудовому договору в качестве помощника адвоката.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z312" w:id="298"/>
-[...15 lines deleted...]
-      На период стажировки стажер может быть принят на работу по трудовому договору в качестве помощника адвоката.</w:t>
+    <w:bookmarkStart w:name="z313" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Организация прохождения стажировки осуществляется президиумом коллегии адвокатов в соответствии с положением о порядке прохождения стажировки стажерами адвокатов, разрабатываемым и утверждаемым Республиканской коллегией адвокатов по согласованию с уполномоченным органом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z313" w:id="299"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z314" w:id="300"/>
+    <w:bookmarkStart w:name="z314" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       По результатам стажировки руководителем стажера составляется заключение и передается для утверждения в президиум коллегии адвокатов. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z315" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По итогам рассмотрения материалов стажировки президиум коллегии адвокатов принимает решение об утверждении заключения о прохождении стажировки либо отказе в утверждении заключения о прохождении стажировки.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z315" w:id="301"/>
-[...15 lines deleted...]
-      По итогам рассмотрения материалов стажировки президиум коллегии адвокатов принимает решение об утверждении заключения о прохождении стажировки либо отказе в утверждении заключения о прохождении стажировки.</w:t>
+    <w:bookmarkStart w:name="z316" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заключение об успешном прохождении стажировки действительно в течение трех лет со дня его утверждения президиумом коллегии адвокатов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z316" w:id="302"/>
-[...15 lines deleted...]
-      Заключение об успешном прохождении стажировки действительно в течение трех лет со дня его утверждения президиумом коллегии адвокатов.</w:t>
+    <w:bookmarkStart w:name="z317" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Решение об отказе в утверждении заключения о прохождении стажировки должно быть мотивированным и может быть обжаловано в Республиканскую коллегию адвокатов или суд.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z317" w:id="303"/>
-[...15 lines deleted...]
-      Решение об отказе в утверждении заключения о прохождении стажировки должно быть мотивированным и может быть обжаловано в Республиканскую коллегию адвокатов или суд.</w:t>
+    <w:bookmarkStart w:name="z318" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лицо, не прошедшее стажировку, вновь допускается к стажировке на общих основаниях.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z318" w:id="304"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z319" w:id="305"/>
+    <w:bookmarkStart w:name="z319" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Стажировку не проходят лица, прекратившие полномочия судьи по основаниям, предусмотренным подпунктами 1), 2), 3), 9), 10) и 12) пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Конституционного закона Республики Казахстан "О судебной системе и статусе судей Республики Казахстан".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z320" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Помощник и стажер адвоката не вправе самостоятельно заниматься адвокатской деятельностью.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z320" w:id="306"/>
-[...15 lines deleted...]
-      9. Помощник и стажер адвоката не вправе самостоятельно заниматься адвокатской деятельностью.</w:t>
+    <w:bookmarkStart w:name="z321" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Уставом коллегии адвокатов могут быть предусмотрены меры материального поощрения стажеров за работу, выполняемую в ходе стажировки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z321" w:id="307"/>
-[...15 lines deleted...]
-      10. Уставом коллегии адвокатов могут быть предусмотрены меры материального поощрения стажеров за работу, выполняемую в ходе стажировки.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 38 с изменениями, внесенными Законом РК от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z322" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 39. Аттестация лиц, претендующих на занятие адвокатской деятельностью</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="307"/>
-    <w:p>
-[...75 lines deleted...]
-        <w:t xml:space="preserve"> Статья 39. Аттестация лиц, претендующих на занятие адвокатской деятельностью</w:t>
+    <w:bookmarkStart w:name="z1108" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Лица, прошедшие стажировку и претендующие на занятие адвокатской деятельностью, проходят аттестацию в форме комплексного компьютерного тестирования на знание законодательства Республики Казахстан и проверку должного уровня практических навыков путем подачи заявления в территориальные органы юстиции областей, городов республиканского значения и столицы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z1108" w:id="309"/>
-[...15 lines deleted...]
-      1. Лица, прошедшие стажировку и претендующие на занятие адвокатской деятельностью, проходят аттестацию в форме комплексного компьютерного тестирования на знание законодательства Республики Казахстан и проверку должного уровня практических навыков путем подачи заявления в территориальные органы юстиции областей, городов республиканского значения и столицы.</w:t>
+    <w:bookmarkStart w:name="z1109" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. От прохождения аттестации освобождаются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z1109" w:id="310"/>
-[...15 lines deleted...]
-      2. От прохождения аттестации освобождаются:</w:t>
+    <w:bookmarkStart w:name="z1110" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) лица, сдавшие квалификационный экзамен в Квалификационной комиссии при Высшем Судебном Совете Республики Казахстан, успешно прошедшие стажировку в суде и получившие положительный отзыв пленарного заседания областного или приравненного к нему суда;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z1110" w:id="311"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z1111" w:id="312"/>
+    <w:bookmarkStart w:name="z1111" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) лица, прекратившие полномочия судьи по основаниям, предусмотренным подпунктами 1), 2), 3), 9), 10) и 12) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 34 Конституционного закона Республики Казахстан "О судебной системе и статусе судей Республики Казахстан".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z1112" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Основной задачей аттестации лиц, претендующих на занятие адвокатской деятельностью, является обеспечение качественного отбора претендентов на получение лицензии на занятие адвокатской деятельностью.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z1112" w:id="313"/>
-[...15 lines deleted...]
-      3. Основной задачей аттестации лиц, претендующих на занятие адвокатской деятельностью, является обеспечение качественного отбора претендентов на получение лицензии на занятие адвокатской деятельностью.</w:t>
+    <w:bookmarkStart w:name="z1113" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Порядок и условия аттестации и пробной аттестации лиц, прошедших стажировку и претендующих на занятие адвокатской деятельностью, определяются уполномоченным органом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z1113" w:id="314"/>
-[...15 lines deleted...]
-      4. Порядок и условия аттестации и пробной аттестации лиц, прошедших стажировку и претендующих на занятие адвокатской деятельностью, определяются уполномоченным органом.</w:t>
+    <w:bookmarkStart w:name="z1114" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В допуске к аттестации отказывается, если лицо, претендующее на занятие адвокатской деятельностью, не соответствует требованиям, установленным настоящим Законом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z1114" w:id="315"/>
-[...15 lines deleted...]
-      5. В допуске к аттестации отказывается, если лицо, претендующее на занятие адвокатской деятельностью, не соответствует требованиям, установленным настоящим Законом.</w:t>
+    <w:bookmarkStart w:name="z1115" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отказ в допуске к аттестации может быть обжалован в порядке, установленном законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z1115" w:id="316"/>
-[...15 lines deleted...]
-      Отказ в допуске к аттестации может быть обжалован в порядке, установленном законами Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1116" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. По итогам прохождения лицом, претендующим на занятие адвокатской деятельностью, аттестации территориальный орган юстиции области, города республиканского значения и столицы выносит мотивированное решение об аттестации либо о неаттестации лица, претендующего на занятие адвокатской деятельностью.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z1116" w:id="317"/>
-[...15 lines deleted...]
-      6. По итогам прохождения лицом, претендующим на занятие адвокатской деятельностью, аттестации территориальный орган юстиции области, города республиканского значения и столицы выносит мотивированное решение об аттестации либо о неаттестации лица, претендующего на занятие адвокатской деятельностью.</w:t>
+    <w:bookmarkStart w:name="z1117" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мотивированное решение об аттестации либо о неаттестации может быть обжаловано в порядке, установленном законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z1117" w:id="318"/>
-[...15 lines deleted...]
-      Мотивированное решение об аттестации либо о неаттестации может быть обжаловано в порядке, установленном законами Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1118" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Решение об аттестации на занятие адвокатской деятельностью является действительным в течение трех лет с момента вынесения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z1118" w:id="319"/>
-[...15 lines deleted...]
-      7. Решение об аттестации на занятие адвокатской деятельностью является действительным в течение трех лет с момента вынесения.</w:t>
+    <w:bookmarkStart w:name="z1119" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Аттестация лиц, претендующих на занятие адвокатской деятельностью, проводится не реже одного раза в квартал.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z1119" w:id="320"/>
-[...15 lines deleted...]
-      8. Аттестация лиц, претендующих на занятие адвокатской деятельностью, проводится не реже одного раза в квартал.</w:t>
+    <w:bookmarkStart w:name="z1120" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В целях проверки знаний законодательства Республики Казахстан лица, претендующие на занятие адвокатской деятельностью, вправе проходить пробную аттестацию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z1120" w:id="321"/>
-[...15 lines deleted...]
-      В целях проверки знаний законодательства Республики Казахстан лица, претендующие на занятие адвокатской деятельностью, вправе проходить пробную аттестацию.</w:t>
+    <w:bookmarkStart w:name="z1121" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. В случае прекращения действия или лишения лицензии на занятие адвокатской деятельностью лицо, претендующее на занятие адвокатской деятельностью, при повторной подаче заявления на получение лицензии на занятие адвокатской деятельностью обязано пройти аттестацию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z1121" w:id="322"/>
-[...15 lines deleted...]
-      9. В случае прекращения действия или лишения лицензии на занятие адвокатской деятельностью лицо, претендующее на занятие адвокатской деятельностью, при повторной подаче заявления на получение лицензии на занятие адвокатской деятельностью обязано пройти аттестацию.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 39 - в редакции Закона РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z335" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 40. Порядок и условия проведения аттестации лиц, претендующих на занятие адвокатской деятельностью</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="322"/>
-    <w:p>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Статья 40 исключена Законом РК от 17.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 241-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z362" w:id="324"/>
+    <w:bookmarkStart w:name="z362" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 41. Лицензия на занятие адвокатской деятельностью</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z363" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Лицензия на занятие адвокатской деятельностью является разрешением заниматься адвокатской деятельностью и выдается лицензиаром после прохождения стажировки претендентом и аттестации в порядке и на условиях, установленных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z363" w:id="325"/>
-[...15 lines deleted...]
-      1. Лицензия на занятие адвокатской деятельностью является разрешением заниматься адвокатской деятельностью и выдается лицензиаром после прохождения стажировки претендентом и аттестации в порядке и на условиях, установленных законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z364" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Лицензиар ведет реестр лицензий на занятие адвокатской деятельностью, обеспечивает размещение на своем интернет-ресурсе сведений реестра, а также списка адвокатов, занимающихся адвокатской деятельностью, в актуальном состоянии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z364" w:id="326"/>
-[...15 lines deleted...]
-      2. Лицензиар ведет реестр лицензий на занятие адвокатской деятельностью, обеспечивает размещение на своем интернет-ресурсе сведений реестра, а также списка адвокатов, занимающихся адвокатской деятельностью, в актуальном состоянии.</w:t>
+    <w:bookmarkStart w:name="z365" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 42. Отказ в выдаче лицензии</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z365" w:id="327"/>
+    <w:bookmarkStart w:name="z366" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В выдаче лицензии отказывается по основаниям, предусмотренным Законом Республики Казахстан "О разрешениях и уведомлениях".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z367" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 42. Отказ в выдаче лицензии</w:t>
-[...19 lines deleted...]
-      В выдаче лицензии отказывается по основаниям, предусмотренным Законом Республики Казахстан "О разрешениях и уведомлениях".</w:t>
+        <w:t xml:space="preserve"> Статья 43. Приостановление действия лицензии на занятие адвокатской деятельностью</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z367" w:id="329"/>
+    <w:bookmarkStart w:name="z368" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Порядок приостановления действия лицензии на занятие адвокатской деятельностью устанавливается законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z369" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Помимо общих оснований, предусмотренных законами Республики Казахстан, действие лицензии на занятие адвокатской деятельностью приостанавливается на период:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z370" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) нахождения адвоката на государственной службе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z371" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) исполнения им полномочий депутата Парламента Республики Казахстан, депутата маслихата, осуществляющего свою деятельность на постоянной или освобожденной основе, оплачиваемую за счет бюджетных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z372" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) прохождения адвокатом срочной воинской службы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z373" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) приостановления адвокатом своей деятельности на основании его заявления, поданного в коллегию адвокатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z374" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Действие лицензии на занятие адвокатской деятельностью приостанавливается на указанный срок в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...143 lines deleted...]
-      3. Действие лицензии на занятие адвокатской деятельностью приостанавливается на указанный срок в случаях:</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) исключен Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z376" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) признания адвоката обвиняемым в совершении преступления в соответствии с уголовно-процессуальным законом – до вступления приговора в законную силу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="336"/>
-    <w:p>
-[...87 lines deleted...]
-      2) признания адвоката обвиняемым в совершении преступления в соответствии с уголовно-процессуальным законом – до вступления приговора в законную силу;</w:t>
+    <w:bookmarkStart w:name="z377" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) нарушения по неуважительной причине более чем на тридцать календарных дней срока прохождения повышения квалификации либо отказа от его прохождения – до устранения нарушения, но не более трех месяцев;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z377" w:id="338"/>
-[...15 lines deleted...]
-      3) нарушения по неуважительной причине более чем на тридцать календарных дней срока прохождения повышения квалификации либо отказа от его прохождения – до устранения нарушения, но не более трех месяцев;</w:t>
+    <w:bookmarkStart w:name="z378" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) систематического (три и более раза в течение двенадцати последовательных календарных месяцев) оказания адвокатом гарантированной государством юридической помощи, не соответствующей критериям качества оказания гарантированной государством юридической помощи – на шесть месяцев;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z378" w:id="339"/>
-[...15 lines deleted...]
-      4) систематического (три и более раза в течение двенадцати последовательных календарных месяцев) оказания адвокатом гарантированной государством юридической помощи, не соответствующей критериям качества оказания гарантированной государством юридической помощи – на шесть месяцев;</w:t>
+    <w:bookmarkStart w:name="z379" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) систематического (три и более раза в течение двенадцати последовательных календарных месяцев) нарушения требований, предусмотренных Законом Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения" – на шесть месяцев:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z379" w:id="340"/>
-[...15 lines deleted...]
-      5) систематического (три и более раза в течение двенадцати последовательных календарных месяцев) нарушения требований, предусмотренных Законом Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения" – на шесть месяцев:</w:t>
+    <w:bookmarkStart w:name="z380" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) занятия адвокатом наряду с профессиональной, также и предпринимательской или иной оплачиваемой деятельностью, за исключением случаев вхождения в состав наблюдательного совета коммерческой организации, избрания или назначения арбитром соответствующего арбитража для разрешения спора, а также занятия преподавательской, научной или иной творческой деятельностью, – на шесть месяцев.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z380" w:id="341"/>
-[...15 lines deleted...]
-      6) занятия адвокатом наряду с профессиональной, также и предпринимательской или иной оплачиваемой деятельностью, за исключением случаев вхождения в состав наблюдательного совета коммерческой организации, избрания или назначения арбитром соответствующего арбитража для разрешения спора, а также занятия преподавательской, научной или иной творческой деятельностью, – на шесть месяцев.</w:t>
+    <w:bookmarkStart w:name="z381" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Приостановление действия лицензии на занятие адвокатской деятельностью осуществляется решением лицензиара на основании представления территориальных органов юстиции областей, городов республиканского значения, столицы, ходатайства Республиканской и территориальных коллегий адвокатов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z381" w:id="342"/>
-[...15 lines deleted...]
-      4. Приостановление действия лицензии на занятие адвокатской деятельностью осуществляется решением лицензиара на основании представления территориальных органов юстиции областей, городов республиканского значения, столицы, ходатайства Республиканской и территориальных коллегий адвокатов.</w:t>
+    <w:bookmarkStart w:name="z382" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В решении лицензиара о приостановлении действия лицензии на занятие адвокатской деятельностью должны быть указаны причины и срок приостановления действия лицензии. Приостановление действия лицензии адвоката влечет запрет на осуществление адвокатской деятельности со дня принятия решения лицензиаром о приостановлении действия лицензии на занятие адвокатской деятельностью.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z382" w:id="343"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z383" w:id="344"/>
+    <w:bookmarkStart w:name="z383" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Возобновление действия лицензии на занятие адвокатской деятельностью, приостановленной по основаниям, предусмотренным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, осуществляется по заявлению адвоката в течение десяти календарных дней на основании приказа лицензиара и документов, подтверждающих прекращение оснований для его приостановления. О возобновлении действия лицензии на занятие адвокатской деятельностью уведомляются адвокат, коллегия адвокатов, центральные аппараты правоохранительных органов и уполномоченный орган по организационному и материально-техническому обеспечению деятельности судов.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z384" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Решение о приостановлении или возобновлении действия лицензии на занятие адвокатской деятельностью размещается на интернет-ресурсе лицензиара. О принятом решении уведомляются адвокат, коллегия адвокатов, центральные аппараты правоохранительных органов и уполномоченный орган по организационному и материально-техническому обеспечению деятельности судов.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z384" w:id="345"/>
-[...15 lines deleted...]
-      6. Решение о приостановлении или возобновлении действия лицензии на занятие адвокатской деятельностью размещается на интернет-ресурсе лицензиара. О принятом решении уведомляются адвокат, коллегия адвокатов, центральные аппараты правоохранительных органов и уполномоченный орган по организационному и материально-техническому обеспечению деятельности судов.</w:t>
+    <w:bookmarkStart w:name="z385" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Решение о приостановлении или об отказе в возобновлении действия лицензии на занятие адвокатской деятельностью адвокат вправе обжаловать в суд.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z385" w:id="346"/>
-[...15 lines deleted...]
-      7. Решение о приостановлении или об отказе в возобновлении действия лицензии на занятие адвокатской деятельностью адвокат вправе обжаловать в суд.</w:t>
+    <w:bookmarkStart w:name="z386" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В случаях необходимости и согласия клиента коллегия адвокатов принимает меры по обеспечению юридической помощью клиента, у адвоката которого приостановлена лицензия на занятие адвокатской деятельностью.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z386" w:id="347"/>
-[...15 lines deleted...]
-      8. В случаях необходимости и согласия клиента коллегия адвокатов принимает меры по обеспечению юридической помощью клиента, у адвоката которого приостановлена лицензия на занятие адвокатской деятельностью.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 43 с изменением, внесенным Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z387" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 44. Прекращение действия и лишение лицензии на занятие адвокатской деятельностью</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="347"/>
-    <w:p>
-[...75 lines deleted...]
-        <w:t xml:space="preserve"> Статья 44. Прекращение действия и лишение лицензии на занятие адвокатской деятельностью</w:t>
+    <w:bookmarkStart w:name="z388" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Прекращение действия лицензии на занятие адвокатской деятельностью осуществляется в порядке и на основаниях, предусмотренных Законом Республики Казахстан "О разрешениях и уведомлениях".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z388" w:id="349"/>
-[...15 lines deleted...]
-      1. Прекращение действия лицензии на занятие адвокатской деятельностью осуществляется в порядке и на основаниях, предусмотренных Законом Республики Казахстан "О разрешениях и уведомлениях".</w:t>
+    <w:bookmarkStart w:name="z389" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Лишение лицензии на занятие адвокатской деятельностью осуществляется в соответствии с Кодексом Республики Казахстан об административных правонарушениях.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z389" w:id="350"/>
-[...15 lines deleted...]
-      2. Лишение лицензии на занятие адвокатской деятельностью осуществляется в соответствии с Кодексом Республики Казахстан об административных правонарушениях.</w:t>
+    <w:bookmarkStart w:name="z390" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Помимо оснований, предусмотренных пунктом 1 настоящей статьи, прекращение действия лицензии на занятие адвокатской деятельностью осуществляется лицензиаром в случаях:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z390" w:id="351"/>
-[...15 lines deleted...]
-      3. Помимо оснований, предусмотренных пунктом 1 настоящей статьи, прекращение действия лицензии на занятие адвокатской деятельностью осуществляется лицензиаром в случаях:</w:t>
+    <w:bookmarkStart w:name="z391" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) признания адвоката по вступившему в законную силу решению суда недееспособным или ограниченно дееспособным, умершим либо безвестно отсутствующим;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z391" w:id="352"/>
-[...15 lines deleted...]
-      1) признания адвоката по вступившему в законную силу решению суда недееспособным или ограниченно дееспособным, умершим либо безвестно отсутствующим;</w:t>
+    <w:bookmarkStart w:name="z392" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) прекращения адвокатом гражданства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z392" w:id="353"/>
-[...15 lines deleted...]
-      2) прекращения адвокатом гражданства Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z393" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) смерти адвоката;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z393" w:id="354"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z394" w:id="355"/>
+    <w:bookmarkStart w:name="z394" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) освобождения адвоката от уголовной ответственности за совершение умышленного преступления на основании пунктов 3), 4), 9), 10) и 12) части первой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9662,264 +9832,264 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> или </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уголовно-процессуального кодекса Республики Казахстан;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z395" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) вступления в законную силу обвинительного приговора суда в отношении адвоката за совершение умышленного преступления;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z395" w:id="356"/>
-[...15 lines deleted...]
-      5) вступления в законную силу обвинительного приговора суда в отношении адвоката за совершение умышленного преступления;</w:t>
+    <w:bookmarkStart w:name="z396" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) вступления в законную силу судебного решения о применении к адвокату принудительных мер медицинского характера.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z396" w:id="357"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z397" w:id="358"/>
+    <w:bookmarkStart w:name="z397" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Помимо оснований, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, лишение лицензии на занятие адвокатской деятельностью осуществляется в судебном порядке по иску лицензиара в случаях:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z398" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) грубого либо неоднократного нарушения адвокатом при исполнении им профессиональных обязанностей законодательства Республики Казахстан, принципов оказания юридической помощи, Кодекса профессиональной этики адвокатов;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z398" w:id="359"/>
-[...15 lines deleted...]
-      1) грубого либо неоднократного нарушения адвокатом при исполнении им профессиональных обязанностей законодательства Республики Казахстан, принципов оказания юридической помощи, Кодекса профессиональной этики адвокатов;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) исключен Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z400" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) неустранения обстоятельств, предусмотренных подпунктом 6) пункта 3 статьи 43 настоящего Закона, по которым приостановлено действие лицензии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="359"/>
-    <w:p>
-[...87 lines deleted...]
-      3) неустранения обстоятельств, предусмотренных подпунктом 6) пункта 3 статьи 43 настоящего Закона, по которым приостановлено действие лицензии;</w:t>
+    <w:bookmarkStart w:name="z401" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) установления факта представления лицензиатом недостоверной или умышленно искаженной информации в документах, явившихся основанием для выдачи лицензии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z401" w:id="361"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z402" w:id="362"/>
+    <w:bookmarkStart w:name="z402" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) трехкратного в течение последовательных тридцати шести месяцев приостановления действия лицензии по основаниям, предусмотренным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9954,16158 +10124,16158 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 статьи 43 настоящего Закона.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z403" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Основанием для подготовки искового заявления о лишении лицензии на занятие адвокатской деятельностью в случаях, предусмотренных пунктом 4 настоящей статьи, является ходатайство президиума коллегии адвокатов.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z403" w:id="363"/>
-[...15 lines deleted...]
-      5. Основанием для подготовки искового заявления о лишении лицензии на занятие адвокатской деятельностью в случаях, предусмотренных пунктом 4 настоящей статьи, является ходатайство президиума коллегии адвокатов.</w:t>
+    <w:bookmarkStart w:name="z404" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Основанием для подготовки искового заявления о лишении лицензии на занятие адвокатской деятельностью в случаях, предусмотренных подпунктами 1), 3), 4) и 5) пункта 4 настоящей статьи, является также представление территориального органа юстиции.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z404" w:id="364"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z405" w:id="365"/>
+    <w:bookmarkStart w:name="z405" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Лицензиар на основании судебного решения издает приказ о лишении лицензии на занятие адвокатской деятельностью, копия которого направляется лицу, действие лицензии которого прекращено. О прекращении действия лицензии на занятие адвокатской деятельностью уведомляются суды, правоохранительные органы и коллегия адвокатов. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z406" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Основанием для принятия решения о прекращении действия лицензии на занятие адвокатской деятельностью в случаях, предусмотренных пунктом 3 настоящей статьи, является представление территориального органа юстиции.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z406" w:id="366"/>
-[...15 lines deleted...]
-      6. Основанием для принятия решения о прекращении действия лицензии на занятие адвокатской деятельностью в случаях, предусмотренных пунктом 3 настоящей статьи, является представление территориального органа юстиции.</w:t>
+    <w:bookmarkStart w:name="z407" w:id="366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лицензиар издает приказ о прекращении действия лицензии на занятие адвокатской деятельностью, копия которого направляется лицу, действие лицензии которого прекращено. О прекращении действия лицензии на занятие адвокатской деятельностью уведомляются уполномоченный орган по организационному и материально-техническому обеспечению деятельности судов, центральные аппараты правоохранительных органов и коллегия адвокатов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z407" w:id="367"/>
-[...15 lines deleted...]
-      Лицензиар издает приказ о прекращении действия лицензии на занятие адвокатской деятельностью, копия которого направляется лицу, действие лицензии которого прекращено. О прекращении действия лицензии на занятие адвокатской деятельностью уведомляются уполномоченный орган по организационному и материально-техническому обеспечению деятельности судов, центральные аппараты правоохранительных органов и коллегия адвокатов.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 44 с изменениями, внесенными законами РК от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z408" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 45. Виды юридической помощи, оказываемой адвокатами</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z409" w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Адвокаты, оказывая юридическую помощь:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z410" w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дают консультации по правовым вопросам как в устной, так и письменной форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z411" w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) составляют заявления, жалобы, ходатайства и другие документы правового характера;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z412" w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) участвуют в качестве представителя клиента в гражданском и административном судопроизводстве;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z413" w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) участвуют в качестве защитника или представителя клиента в уголовном судопроизводстве и производстве по делам об административных правонарушениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z414" w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) участвуют в качестве представителя клиента при проведении медиации, в разбирательстве дел в арбитраже и иных органах разрешения споров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z415" w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) представляют интересы клиента в государственных органах, общественных объединениях и иных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z416" w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) представляют интересы клиента в государственных органах, судах и правоохранительных органах иностранных государств, международных судебных органах, негосударственных органах иностранных государств, если иное не установлено законодательством иностранных государств, уставными документами международных судебных органов и иных международных организаций или международными договорами, ратифицированными Республикой Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z417" w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) участвуют в качестве представителя клиента в исполнительном производстве, а также при исполнении уголовного наказания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z418" w:id="377"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) проводят примирительные процедуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z419" w:id="378"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Адвокаты оказывают иную юридическую помощь, не запрещенную законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z420" w:id="379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Лицо, обратившееся за помощью, свободно в выборе адвоката, за исключением случаев, когда адвокат назначается в качестве защитника по уголовным делам, по которым его участие обязательно, если подзащитный не выбрал или не мог выбрать себе адвоката.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z421" w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Профессиональная защита по уголовным делам осуществляется только адвокатами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 44 с изменениями, внесенными законами РК от 09.06.2021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 45 с изменениями, внесенными законами РК от 09.06.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 49-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 17.12.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 241-VI</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2021).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z408" w:id="368"/>
+    <w:bookmarkStart w:name="z422" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 45. Виды юридической помощи, оказываемой адвокатами</w:t>
-[...259 lines deleted...]
-      4. Профессиональная защита по уголовным делам осуществляется только адвокатами.</w:t>
+        <w:t xml:space="preserve"> Статья 46. Удостоверение полномочий адвоката</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="381"/>
-    <w:p>
-[...99 lines deleted...]
-    <w:bookmarkStart w:name="z423" w:id="383"/>
+    <w:bookmarkStart w:name="z423" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Полномочия адвоката на ведение конкретного дела подтверждаются удостоверением адвоката и письменным уведомлением о защите (представительстве). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="383"/>
-    <w:bookmarkStart w:name="z424" w:id="384"/>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z424" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Форма удостоверения адвоката и порядок его заполнения разрабатываются и утверждаются президиумом Республиканской коллегии адвокатов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkEnd w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лицо, исключенное из членства коллегии адвокатов ввиду лишения или прекращения действия лицензии на занятие адвокатской деятельностью, а также приостановления ее действия, после принятия соответствующего решения обязано сдать свое удостоверение в коллегию адвокатов, членом которой оно являлось.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z426" w:id="385"/>
+    <w:bookmarkStart w:name="z426" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. В письменном уведомлении о защите (представительстве) должны быть указаны фамилия, имя, отчество (при его наличии) физического лица, подлежащего защите (представительству), наименование представляемого юридического лица, а также дата и регистрационный номер договора на оказание юридической помощи. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z427" w:id="385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Письменное уведомление о защите (представительстве) подписывается адвокатом, осуществляющим защиту (представительство).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="385"/>
-    <w:bookmarkStart w:name="z427" w:id="386"/>
-[...15 lines deleted...]
-      Письменное уведомление о защите (представительстве) подписывается адвокатом, осуществляющим защиту (представительство).</w:t>
+    <w:bookmarkStart w:name="z428" w:id="386"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Форма письменного уведомления о защите (представительстве), в том числе перечень иных вносимых в него сведений, утверждается Республиканской коллегией адвокатов по согласованию с уполномоченным органом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="386"/>
-    <w:bookmarkStart w:name="z428" w:id="387"/>
-[...15 lines deleted...]
-      4. Форма письменного уведомления о защите (представительстве), в том числе перечень иных вносимых в него сведений, утверждается Республиканской коллегией адвокатов по согласованию с уполномоченным органом.</w:t>
+    <w:bookmarkStart w:name="z429" w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. За внесение в письменное уведомление о защите (представительстве) недостоверных сведений адвокат несет ответственность, установленную настоящим Законом и иными законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="387"/>
-    <w:bookmarkStart w:name="z429" w:id="388"/>
-[...15 lines deleted...]
-      5. За внесение в письменное уведомление о защите (представительстве) недостоверных сведений адвокат несет ответственность, установленную настоящим Законом и иными законами Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z430" w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Полномочия иностранного адвоката, осуществляющего свою деятельность на основании соответствующего международного договора, ратифицированного Республикой Казахстан, подтверждаются документами, удостоверяющими личность, статус адвоката и его полномочия на оказание юридической помощи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="388"/>
-    <w:bookmarkStart w:name="z430" w:id="389"/>
-[...15 lines deleted...]
-      6. Полномочия иностранного адвоката, осуществляющего свою деятельность на основании соответствующего международного договора, ратифицированного Республикой Казахстан, подтверждаются документами, удостоверяющими личность, статус адвоката и его полномочия на оказание юридической помощи.</w:t>
+    <w:bookmarkStart w:name="z431" w:id="389"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Адвокат имеет право заниматься адвокатской деятельностью на всей территории Республики Казахстан, а также за ее пределами, если это необходимо для выполнения принятого поручения и не противоречит законодательству соответствующих государств и международным договорам, ратифицированным Республикой Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="389"/>
-    <w:bookmarkStart w:name="z431" w:id="390"/>
-[...15 lines deleted...]
-      7. Адвокат имеет право заниматься адвокатской деятельностью на всей территории Республики Казахстан, а также за ее пределами, если это необходимо для выполнения принятого поручения и не противоречит законодательству соответствующих государств и международным договорам, ратифицированным Республикой Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 46 с изменением, внесенным Законом РК от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z432" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 47. Оплата юридической помощи, оказываемой адвокатами</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="390"/>
-    <w:p>
-[...75 lines deleted...]
-        <w:t xml:space="preserve"> Статья 47. Оплата юридической помощи, оказываемой адвокатами</w:t>
+    <w:bookmarkStart w:name="z433" w:id="391"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Размер оплаты юридической помощи, оказываемой адвокатами, и возмещения расходов, связанных с проведением примирительных процедур, устанавливается письменным договором адвоката с лицом, обратившимся за помощью.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="391"/>
-    <w:bookmarkStart w:name="z433" w:id="392"/>
-[...15 lines deleted...]
-      1. Размер оплаты юридической помощи, оказываемой адвокатами, и возмещения расходов, связанных с проведением примирительных процедур, устанавливается письменным договором адвоката с лицом, обратившимся за помощью.</w:t>
+    <w:bookmarkStart w:name="z434" w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заключение договора является обязательным и осуществляется в порядке, установленном гражданским законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="392"/>
-    <w:bookmarkStart w:name="z434" w:id="393"/>
-[...15 lines deleted...]
-      Заключение договора является обязательным и осуществляется в порядке, установленном гражданским законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z435" w:id="393"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Один экземпляр договора вручается лицу, с которым заключен такой договор.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="393"/>
-    <w:bookmarkStart w:name="z435" w:id="394"/>
-[...15 lines deleted...]
-      Один экземпляр договора вручается лицу, с которым заключен такой договор.</w:t>
+    <w:bookmarkStart w:name="z436" w:id="394"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Существенными условиями договора являются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="394"/>
-    <w:bookmarkStart w:name="z436" w:id="395"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z437" w:id="396"/>
+    <w:bookmarkStart w:name="z437" w:id="395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) указание фамилии, имени и отчества (при его наличии) адвоката либо наименования адвокатской конторы, принявшего (принявшей) исполнение поручения в качестве защитника либо представителя. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z438" w:id="396"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По договору, заключаемому между адвокатской конторой и лицом, обратившимся за юридической помощью, исполнение поручения в качестве защитника либо представителя принимает адвокат, назначенный адвокатской конторой;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="396"/>
-    <w:bookmarkStart w:name="z438" w:id="397"/>
-[...15 lines deleted...]
-      По договору, заключаемому между адвокатской конторой и лицом, обратившимся за юридической помощью, исполнение поручения в качестве защитника либо представителя принимает адвокат, назначенный адвокатской конторой;</w:t>
+    <w:bookmarkStart w:name="z439" w:id="397"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) указание формы организации адвокатской деятельности и коллегии адвокатов, членом которой является адвокат, принявший поручение;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="397"/>
-    <w:bookmarkStart w:name="z439" w:id="398"/>
-[...15 lines deleted...]
-      2) указание формы организации адвокатской деятельности и коллегии адвокатов, членом которой является адвокат, принявший поручение;</w:t>
+    <w:bookmarkStart w:name="z440" w:id="398"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) предмет поручения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="398"/>
-    <w:bookmarkStart w:name="z440" w:id="399"/>
-[...15 lines deleted...]
-      3) предмет поручения;</w:t>
+    <w:bookmarkStart w:name="z441" w:id="399"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) размер и порядок оплаты оказываемой юридической помощи и возмещения расходов адвоката, связанных с защитой и представительством, а также проведением примирительных процедур;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="399"/>
-    <w:bookmarkStart w:name="z441" w:id="400"/>
-[...15 lines deleted...]
-      4) размер и порядок оплаты оказываемой юридической помощи и возмещения расходов адвоката, связанных с защитой и представительством, а также проведением примирительных процедур;</w:t>
+    <w:bookmarkStart w:name="z442" w:id="400"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) порядок и условия расторжения договора.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="400"/>
-    <w:bookmarkStart w:name="z442" w:id="401"/>
-[...15 lines deleted...]
-      5) порядок и условия расторжения договора.</w:t>
+    <w:bookmarkStart w:name="z443" w:id="401"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Стороны вправе предусмотреть в договоре условие, при котором размер оплаты юридической помощи, оказываемой адвокатами, зависит от результата оказания юридической помощи, за исключением юридической помощи по уголовному делу и делу об административном правонарушении.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="401"/>
-    <w:bookmarkStart w:name="z443" w:id="402"/>
-[...15 lines deleted...]
-      3. Стороны вправе предусмотреть в договоре условие, при котором размер оплаты юридической помощи, оказываемой адвокатами, зависит от результата оказания юридической помощи, за исключением юридической помощи по уголовному делу и делу об административном правонарушении.</w:t>
+    <w:bookmarkStart w:name="z444" w:id="402"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Получение адвокатом или адвокатской конторой наличных денег в счет оплаты юридической помощи, в том числе и устных юридических консультаций, и расходов, связанных с исполнением поручения, без выдачи соответствующего финансового документа не допускается.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="402"/>
-    <w:bookmarkStart w:name="z444" w:id="403"/>
-[...15 lines deleted...]
-      Получение адвокатом или адвокатской конторой наличных денег в счет оплаты юридической помощи, в том числе и устных юридических консультаций, и расходов, связанных с исполнением поручения, без выдачи соответствующего финансового документа не допускается.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 47 с изменением, внесенным Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z445" w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 48. Оплата гарантированной государством юридической помощи, оказываемой адвокатами</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="403"/>
-    <w:p>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z446" w:id="405"/>
+    <w:bookmarkStart w:name="z446" w:id="404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Оплата гарантированной государством юридической помощи, оказываемой адвокатом, производится за счет бюджетных средств. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z447" w:id="405"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Размеры оплаты гарантированной государством юридической помощи, оказываемой адвокатом, и возмещения расходов, связанных с правовым консультированием, защитой и представительством, а также проведением примирительных процедур, устанавливаются уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="405"/>
-    <w:bookmarkStart w:name="z447" w:id="406"/>
-[...15 lines deleted...]
-      2. Размеры оплаты гарантированной государством юридической помощи, оказываемой адвокатом, и возмещения расходов, связанных с правовым консультированием, защитой и представительством, а также проведением примирительных процедур, устанавливаются уполномоченным органом.</w:t>
+    <w:bookmarkStart w:name="z448" w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Порядок оплаты юридической помощи, оказываемой адвокатом, и возмещения расходов, связанных с правовым консультированием, защитой и представительством, а также проведением примирительных процедур, устанавливается правилами оплаты гарантированной государством юридической помощи, определяемыми уполномоченным органом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="406"/>
-    <w:bookmarkStart w:name="z448" w:id="407"/>
-[...15 lines deleted...]
-      3. Порядок оплаты юридической помощи, оказываемой адвокатом, и возмещения расходов, связанных с правовым консультированием, защитой и представительством, а также проведением примирительных процедур, устанавливается правилами оплаты гарантированной государством юридической помощи, определяемыми уполномоченным органом.</w:t>
+    <w:bookmarkStart w:name="z449" w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В случаях, предусмотренных законодательством Республики Казахстан, оплата гарантированной государством юридической помощи, оказываемой адвокатом, командировочных, транспортных расходов и возмещение других его расходов, связанных с правовым консультированием, защитой и представительством, производятся по постановлениям органов уголовного преследования и определениям судов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="407"/>
-    <w:bookmarkStart w:name="z449" w:id="408"/>
-[...15 lines deleted...]
-      4. В случаях, предусмотренных законодательством Республики Казахстан, оплата гарантированной государством юридической помощи, оказываемой адвокатом, командировочных, транспортных расходов и возмещение других его расходов, связанных с правовым консультированием, защитой и представительством, производятся по постановлениям органов уголовного преследования и определениям судов.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 48 с изменением, внесенным Законом РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z450" w:id="408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. ОРГАНИЗАЦИЯ АДВОКАТСКОЙ ДЕЯТЕЛЬНОСТИ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z451" w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...61 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 4. ОРГАНИЗАЦИЯ АДВОКАТСКОЙ ДЕЯТЕЛЬНОСТИ</w:t>
+        <w:t xml:space="preserve"> Статья 49. Формы организации адвокатской деятельности</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="409"/>
-    <w:bookmarkStart w:name="z451" w:id="410"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z452" w:id="411"/>
+    <w:bookmarkStart w:name="z452" w:id="410"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Адвокат вправе осуществлять свою деятельность в юридической консультации, создаваемой в коллегии адвокатов, либо индивидуально без регистрации юридического лица, а также учредить самостоятельно или совместно с другими адвокатами адвокатскую контору. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z453" w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Адвокат, осуществляющий профессиональную деятельность индивидуально без регистрации юридического лица, обязан иметь служебное помещение, необходимое для приема лиц, соблюдения условий для обеспечения сохранности адвокатского производства и сохранения адвокатской тайны.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="411"/>
-    <w:bookmarkStart w:name="z453" w:id="412"/>
-[...15 lines deleted...]
-      Адвокат, осуществляющий профессиональную деятельность индивидуально без регистрации юридического лица, обязан иметь служебное помещение, необходимое для приема лиц, соблюдения условий для обеспечения сохранности адвокатского производства и сохранения адвокатской тайны.</w:t>
+    <w:bookmarkStart w:name="z454" w:id="412"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 50. Коллегия адвокатов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="412"/>
-    <w:bookmarkStart w:name="z454" w:id="413"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z455" w:id="414"/>
+    <w:bookmarkStart w:name="z455" w:id="413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Коллегия адвокатов создается лицами, имеющими право на занятие адвокатской деятельностью. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="414"/>
-    <w:bookmarkStart w:name="z456" w:id="415"/>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z456" w:id="414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Коллегия адвокатов является некоммерческой, независимой, профессиональной, самоуправляемой и самофинансируемой организацией адвокатов, создаваемой адвокатами для оказания юридической помощи физическим и юридическим лицам, выражения и защиты прав и законных интересов адвокатов, выполнения иных функций, установленных настоящим Законом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="415"/>
-    <w:bookmarkStart w:name="z457" w:id="416"/>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z457" w:id="415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. На территории области, города республиканского значения, столицы должна быть образована и действовать одна коллегия адвокатов, которая не вправе создавать свои структурные подразделения (филиалы и представительства) на территории другой области, города республиканского значения, столицы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="416"/>
-    <w:bookmarkStart w:name="z458" w:id="417"/>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z458" w:id="416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При отсутствии на территории области, города республиканского значения, столицы коллегии адвокатов она образуется по инициативе не менее чем десяти учредителей, соответствующих требованиям </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="417"/>
-    <w:bookmarkStart w:name="z459" w:id="418"/>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z459" w:id="417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Специальное разрешение государственных органов на создание коллегии адвокатов не требуется. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z460" w:id="418"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование коллегии адвокатов должно включать в себя название административно-территориальной единицы, на территории которой она создана.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="418"/>
-    <w:bookmarkStart w:name="z460" w:id="419"/>
-[...15 lines deleted...]
-      Наименование коллегии адвокатов должно включать в себя название административно-территориальной единицы, на территории которой она создана.</w:t>
+    <w:bookmarkStart w:name="z461" w:id="419"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Основными задачами коллегии адвокатов являются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="419"/>
-    <w:bookmarkStart w:name="z461" w:id="420"/>
-[...15 lines deleted...]
-      4. Основными задачами коллегии адвокатов являются:</w:t>
+    <w:bookmarkStart w:name="z462" w:id="420"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) содействие, профессиональная помощь и защита членов коллегии адвокатов при осуществлении ими адвокатской деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="420"/>
-    <w:bookmarkStart w:name="z462" w:id="421"/>
-[...15 lines deleted...]
-      1) содействие, профессиональная помощь и защита членов коллегии адвокатов при осуществлении ими адвокатской деятельности;</w:t>
+    <w:bookmarkStart w:name="z463" w:id="421"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) материально-техническое и справочно-информационное обеспечение деятельности членов коллегии адвокатов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z463" w:id="422"/>
-[...15 lines deleted...]
-      2) материально-техническое и справочно-информационное обеспечение деятельности членов коллегии адвокатов;</w:t>
+    <w:bookmarkStart w:name="z464" w:id="422"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) организация профессионального контроля за осуществлением адвокатской деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z464" w:id="423"/>
-[...15 lines deleted...]
-      3) организация профессионального контроля за осуществлением адвокатской деятельности;</w:t>
+    <w:bookmarkStart w:name="z465" w:id="423"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) организация оказания гарантированной государством юридической помощи и защиты по назначению органов предварительного следствия и суда.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="423"/>
-    <w:bookmarkStart w:name="z465" w:id="424"/>
-[...15 lines deleted...]
-      4) организация оказания гарантированной государством юридической помощи и защиты по назначению органов предварительного следствия и суда.</w:t>
+    <w:bookmarkStart w:name="z466" w:id="424"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Коллегия адвокатов размещает на своем интернет-ресурсе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="424"/>
-    <w:bookmarkStart w:name="z466" w:id="425"/>
-[...15 lines deleted...]
-      5. Коллегия адвокатов размещает на своем интернет-ресурсе:</w:t>
+    <w:bookmarkStart w:name="z467" w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) список членов коллегии адвокатов в актуальном состоянии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z467" w:id="426"/>
-[...15 lines deleted...]
-      1) список членов коллегии адвокатов в актуальном состоянии;</w:t>
+    <w:bookmarkStart w:name="z468" w:id="426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) нормативные правовые акты Республики Казахстан, касающиеся адвокатской деятельности и юридической помощи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z468" w:id="427"/>
-[...15 lines deleted...]
-      2) нормативные правовые акты Республики Казахстан, касающиеся адвокатской деятельности и юридической помощи;</w:t>
+    <w:bookmarkStart w:name="z469" w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Кодекс профессиональной этики адвокатов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z469" w:id="428"/>
-[...15 lines deleted...]
-      3) Кодекс профессиональной этики адвокатов;</w:t>
+    <w:bookmarkStart w:name="z470" w:id="428"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) стандарты оказания юридической помощи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z470" w:id="429"/>
-[...15 lines deleted...]
-      4) стандарты оказания юридической помощи;</w:t>
+    <w:bookmarkStart w:name="z471" w:id="429"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) критерии качества юридической помощи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="429"/>
-    <w:bookmarkStart w:name="z471" w:id="430"/>
-[...15 lines deleted...]
-      5) критерии качества юридической помощи;</w:t>
+    <w:bookmarkStart w:name="z472" w:id="430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) стандарты повышения квалификации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="430"/>
-    <w:bookmarkStart w:name="z472" w:id="431"/>
-[...15 lines deleted...]
-      6) стандарты повышения квалификации;</w:t>
+    <w:bookmarkStart w:name="z473" w:id="431"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) сведения об оказании комплексной социальной юридической помощи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="431"/>
-    <w:bookmarkStart w:name="z473" w:id="432"/>
-[...15 lines deleted...]
-      7) сведения об оказании комплексной социальной юридической помощи;</w:t>
+    <w:bookmarkStart w:name="z474" w:id="432"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) решения, принятые общим собранием (конференцией) членов коллегии адвокатов, исполнительными органами управления коллегии адвокатов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="432"/>
-    <w:bookmarkStart w:name="z474" w:id="433"/>
-[...15 lines deleted...]
-      8) решения, принятые общим собранием (конференцией) членов коллегии адвокатов, исполнительными органами управления коллегии адвокатов;</w:t>
+    <w:bookmarkStart w:name="z475" w:id="433"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) результаты работы дисциплинарной комиссии адвокатов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="433"/>
-    <w:bookmarkStart w:name="z475" w:id="434"/>
-[...15 lines deleted...]
-      9) результаты работы дисциплинарной комиссии адвокатов;</w:t>
+    <w:bookmarkStart w:name="z476" w:id="434"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) отчет о финансово-хозяйственной деятельности коллегии, включающий информацию обо всех поступлениях и расходах по каждой специфике отдельно;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="434"/>
-    <w:bookmarkStart w:name="z476" w:id="435"/>
-[...15 lines deleted...]
-      10) отчет о финансово-хозяйственной деятельности коллегии, включающий информацию обо всех поступлениях и расходах по каждой специфике отдельно;</w:t>
+    <w:bookmarkStart w:name="z477" w:id="435"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) иную необходимую информацию о деятельности коллегии адвокатов и ее членах.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="435"/>
-    <w:bookmarkStart w:name="z477" w:id="436"/>
-[...15 lines deleted...]
-      11) иную необходимую информацию о деятельности коллегии адвокатов и ее членах.</w:t>
+    <w:bookmarkStart w:name="z478" w:id="436"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Коллегией адвокатов должны быть предусмотрены способы получения информации членами коллегии адвокатов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="436"/>
-    <w:bookmarkStart w:name="z478" w:id="437"/>
-[...15 lines deleted...]
-      Коллегией адвокатов должны быть предусмотрены способы получения информации членами коллегии адвокатов.</w:t>
+    <w:bookmarkStart w:name="z479" w:id="437"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Коллегии адвокатов создают юридические консультации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="437"/>
-    <w:bookmarkStart w:name="z479" w:id="438"/>
-[...15 lines deleted...]
-      6. Коллегии адвокатов создают юридические консультации.</w:t>
+    <w:bookmarkStart w:name="z480" w:id="438"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Коллегии адвокатов объединяются в Республиканскую коллегию адвокатов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="438"/>
-    <w:bookmarkStart w:name="z480" w:id="439"/>
-[...15 lines deleted...]
-      7. Коллегии адвокатов объединяются в Республиканскую коллегию адвокатов.</w:t>
+    <w:bookmarkStart w:name="z481" w:id="439"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 51. Имущество коллегии адвокатов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="439"/>
-    <w:bookmarkStart w:name="z481" w:id="440"/>
+    <w:bookmarkStart w:name="z482" w:id="440"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Имущество коллегии адвокатов формируется за счет взносов, уплачиваемых членами коллегии адвокатов, грантов и благотворительной помощи, пожертвований, поступающих от юридических и физических лиц в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkStart w:name="z483" w:id="441"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. К затратам на общие нужды коллегии адвокатов относятся расходы на ее материальное обеспечение, вознаграждение адвокатов и компенсация расходов, связанных с их работой в органах коллегии адвокатов, расходы на заработную плату работников аппарата коллегии адвокатов и иные расходы, предусмотренные законодательством Республики Казахстан и сметой коллегии адвокатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z484" w:id="442"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 51. Имущество коллегии адвокатов</w:t>
-[...39 lines deleted...]
-      2. К затратам на общие нужды коллегии адвокатов относятся расходы на ее материальное обеспечение, вознаграждение адвокатов и компенсация расходов, связанных с их работой в органах коллегии адвокатов, расходы на заработную плату работников аппарата коллегии адвокатов и иные расходы, предусмотренные законодательством Республики Казахстан и сметой коллегии адвокатов.</w:t>
+        <w:t xml:space="preserve"> Статья 52. Устав коллегии адвокатов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="442"/>
-    <w:bookmarkStart w:name="z484" w:id="443"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Статья 52. Устав коллегии адвокатов</w:t>
+    <w:bookmarkStart w:name="z485" w:id="443"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Устав коллегии адвокатов должен предусматривать:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="443"/>
-    <w:bookmarkStart w:name="z485" w:id="444"/>
-[...15 lines deleted...]
-      1. Устав коллегии адвокатов должен предусматривать:</w:t>
+    <w:bookmarkStart w:name="z486" w:id="444"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наименование, предмет и цели деятельности коллегии адвокатов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="444"/>
-    <w:bookmarkStart w:name="z486" w:id="445"/>
-[...15 lines deleted...]
-      1) наименование, предмет и цели деятельности коллегии адвокатов;</w:t>
+    <w:bookmarkStart w:name="z487" w:id="445"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) права и обязанности членов коллегии адвокатов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="445"/>
-    <w:bookmarkStart w:name="z487" w:id="446"/>
-[...15 lines deleted...]
-      2) права и обязанности членов коллегии адвокатов;</w:t>
+    <w:bookmarkStart w:name="z488" w:id="446"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) порядок приема в члены коллегии адвокатов, приостановления и прекращения членства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="446"/>
-    <w:bookmarkStart w:name="z488" w:id="447"/>
-[...15 lines deleted...]
-      3) порядок приема в члены коллегии адвокатов, приостановления и прекращения членства;</w:t>
+    <w:bookmarkStart w:name="z489" w:id="447"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) структуру коллегии адвокатов, порядок формирования и компетенцию ее органов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="447"/>
-    <w:bookmarkStart w:name="z489" w:id="448"/>
-[...15 lines deleted...]
-      4) структуру коллегии адвокатов, порядок формирования и компетенцию ее органов;</w:t>
+    <w:bookmarkStart w:name="z490" w:id="448"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) порядок создания и деятельности юридических консультаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="448"/>
-    <w:bookmarkStart w:name="z490" w:id="449"/>
-[...15 lines deleted...]
-      5) порядок создания и деятельности юридических консультаций;</w:t>
+    <w:bookmarkStart w:name="z491" w:id="449"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) источники образования имущества и порядок распоряжения им;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="449"/>
-    <w:bookmarkStart w:name="z491" w:id="450"/>
-[...15 lines deleted...]
-      6) источники образования имущества и порядок распоряжения им;</w:t>
+    <w:bookmarkStart w:name="z492" w:id="450"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) порядок уплаты членских и целевых взносов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="450"/>
-    <w:bookmarkStart w:name="z492" w:id="451"/>
-[...15 lines deleted...]
-      7) порядок уплаты членских и целевых взносов;</w:t>
+    <w:bookmarkStart w:name="z493" w:id="451"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) порядок оказания адвокатами гарантированной государством юридической помощи и порядок распределения между адвокатами юридической помощи по назначению суда, органов уголовного преследования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="451"/>
-    <w:bookmarkStart w:name="z493" w:id="452"/>
-[...15 lines deleted...]
-      8) порядок оказания адвокатами гарантированной государством юридической помощи и порядок распределения между адвокатами юридической помощи по назначению суда, органов уголовного преследования;</w:t>
+    <w:bookmarkStart w:name="z494" w:id="452"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) порядок проведения аттестации адвокатов на основе положения о порядке проведения аттестации адвокатов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="452"/>
-    <w:bookmarkStart w:name="z494" w:id="453"/>
-[...15 lines deleted...]
-      9) порядок проведения аттестации адвокатов на основе положения о порядке проведения аттестации адвокатов;</w:t>
+    <w:bookmarkStart w:name="z495" w:id="453"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) дисциплинарную ответственность членов коллегии адвокатов и стажеров адвокатов и порядок привлечения к ней;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="453"/>
-    <w:bookmarkStart w:name="z495" w:id="454"/>
-[...15 lines deleted...]
-      10) дисциплинарную ответственность членов коллегии адвокатов и стажеров адвокатов и порядок привлечения к ней;</w:t>
+    <w:bookmarkStart w:name="z496" w:id="454"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) порядок возбуждения ходатайства о подготовке искового заявления о прекращении действия лицензии на занятие адвокатской деятельностью;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="454"/>
-    <w:bookmarkStart w:name="z496" w:id="455"/>
-[...15 lines deleted...]
-      11) порядок возбуждения ходатайства о подготовке искового заявления о прекращении действия лицензии на занятие адвокатской деятельностью;</w:t>
+    <w:bookmarkStart w:name="z497" w:id="455"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) порядок реорганизации и ликвидации коллегии адвокатов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="455"/>
-    <w:bookmarkStart w:name="z497" w:id="456"/>
-[...15 lines deleted...]
-      12) порядок реорганизации и ликвидации коллегии адвокатов;</w:t>
+    <w:bookmarkStart w:name="z498" w:id="456"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) судьбу имущества при ликвидации коллегии адвокатов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="456"/>
-    <w:bookmarkStart w:name="z498" w:id="457"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z499" w:id="458"/>
+    <w:bookmarkStart w:name="z499" w:id="457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Устав коллегии адвокатов должен содержать положения, отражающие требования </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>раздела 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона и настоящего раздела, а также может содержать иные положения, не противоречащие законодательству Республики Казахстан.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="457"/>
+    <w:bookmarkStart w:name="z500" w:id="458"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 53. Органы коллегии адвокатов</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="458"/>
-    <w:bookmarkStart w:name="z500" w:id="459"/>
+    <w:bookmarkStart w:name="z501" w:id="459"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Органами коллегии адвокатов являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkStart w:name="z502" w:id="460"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) высший орган – общее собрание (конференция) членов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkStart w:name="z503" w:id="461"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) исполнительный орган – президиум;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="461"/>
+    <w:bookmarkStart w:name="z504" w:id="462"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) контрольный орган – ревизионная комиссия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="462"/>
+    <w:bookmarkStart w:name="z505" w:id="463"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В коллегии адвокатов создается дисциплинарная комиссия адвокатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="463"/>
+    <w:bookmarkStart w:name="z506" w:id="464"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В случаях, предусмотренных уставом коллегии адвокатов, в коллегии адвокатов могут быть созданы комиссия по этике и другие органы, действующие на основании положений, принимаемых общим собранием (конференцией) членов коллегии адвокатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkStart w:name="z507" w:id="465"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 53. Органы коллегии адвокатов</w:t>
-[...119 lines deleted...]
-      2. В случаях, предусмотренных уставом коллегии адвокатов, в коллегии адвокатов могут быть созданы комиссия по этике и другие органы, действующие на основании положений, принимаемых общим собранием (конференцией) членов коллегии адвокатов.</w:t>
+        <w:t xml:space="preserve"> Статья 54. Общее собрание (конференция) членов коллегии адвокатов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="465"/>
-    <w:bookmarkStart w:name="z507" w:id="466"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z508" w:id="467"/>
+    <w:bookmarkStart w:name="z508" w:id="466"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Общее собрание (конференция) членов коллегии адвокатов вправе решать любые вопросы деятельности коллегии адвокатов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="467"/>
-    <w:bookmarkStart w:name="z509" w:id="468"/>
+    <w:bookmarkEnd w:id="466"/>
+    <w:bookmarkStart w:name="z509" w:id="467"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. К исключительной компетенции общего собрания (конференции) относятся: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="467"/>
+    <w:bookmarkStart w:name="z510" w:id="468"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) принятие устава коллегии адвокатов и решений о внесении изменений и дополнений в него;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="468"/>
-    <w:bookmarkStart w:name="z510" w:id="469"/>
-[...15 lines deleted...]
-      1) принятие устава коллегии адвокатов и решений о внесении изменений и дополнений в него;</w:t>
+    <w:bookmarkStart w:name="z511" w:id="469"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) избрание президиума, председателя президиума, ревизионной комиссии, председателя ревизионной комиссии, дисциплинарной комиссии коллегии адвокатов, председателя дисциплинарной комиссии коллегии адвокатов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="469"/>
-    <w:bookmarkStart w:name="z511" w:id="470"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z512" w:id="471"/>
+    <w:bookmarkStart w:name="z512" w:id="470"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) избрание других органов, предусмотренных уставом коллегии адвокатов, и их руководителей, утверждение положений об этих органах; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="471"/>
-    <w:bookmarkStart w:name="z513" w:id="472"/>
+    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkStart w:name="z513" w:id="471"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) заслушивание и утверждение отчетов о деятельности органов коллегии адвокатов, руководителей и работников коллегии адвокатов; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkStart w:name="z514" w:id="472"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) досрочный отзыв членов президиума, председателя президиума, членов и председателей других выборных органов коллегии адвокатов;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="472"/>
-    <w:bookmarkStart w:name="z514" w:id="473"/>
-[...15 lines deleted...]
-      5) досрочный отзыв членов президиума, председателя президиума, членов и председателей других выборных органов коллегии адвокатов;</w:t>
+    <w:bookmarkStart w:name="z515" w:id="473"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) установление ставок членских и целевых взносов, исчисляемых в размере, кратном месячному расчетному показателю, установленному законом о республиканском бюджете на соответствующий финансовый год, при этом адвокаты, осуществляющие профессиональную деятельность в сельских населенных пунктах, либо молодежь, имеющая стаж адвокатской деятельности менее одного года, уплачивают членские и целевые взносы в размере пятидесяти процентов от установленной ставки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="473"/>
-    <w:bookmarkStart w:name="z515" w:id="474"/>
-[...15 lines deleted...]
-      6) установление ставок членских и целевых взносов, исчисляемых в размере, кратном месячному расчетному показателю, установленному законом о республиканском бюджете на соответствующий финансовый год, при этом адвокаты, осуществляющие профессиональную деятельность в сельских населенных пунктах, либо молодежь, имеющая стаж адвокатской деятельности менее одного года, уплачивают членские и целевые взносы в размере пятидесяти процентов от установленной ставки;</w:t>
+    <w:bookmarkStart w:name="z516" w:id="474"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) утверждение отчета о финансово-хозяйственной деятельности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="474"/>
-    <w:bookmarkStart w:name="z516" w:id="475"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z517" w:id="476"/>
+    <w:bookmarkStart w:name="z517" w:id="475"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Общее собрание (конференция) членов коллегии адвокатов правомочно принимать решения при наличии двух третей от общего числа членов коллегии адвокатов или, соответственно, состава избранных делегатов конференции членов коллегии адвокатов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="476"/>
-    <w:bookmarkStart w:name="z518" w:id="477"/>
+    <w:bookmarkEnd w:id="475"/>
+    <w:bookmarkStart w:name="z518" w:id="476"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Общее собрание (конференция) членов коллегии адвокатов созывается не реже одного раза в год президиумом коллегии адвокатов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="477"/>
-    <w:bookmarkStart w:name="z519" w:id="478"/>
+    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkStart w:name="z519" w:id="477"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       По требованию ревизионной комиссии или не менее одной четвертой от общего числа членов коллегии адвокатов председатель президиума коллегии адвокатов обязан в течение тридцати дней созвать общее собрание (конференцию) членов коллегии адвокатов. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="477"/>
+    <w:bookmarkStart w:name="z520" w:id="478"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Уставом коллегии адвокатов могут быть предусмотрены иные вопросы, относящиеся к исключительной компетенции общего собрания (конференции).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="478"/>
-    <w:bookmarkStart w:name="z520" w:id="479"/>
-[...15 lines deleted...]
-      5. Уставом коллегии адвокатов могут быть предусмотрены иные вопросы, относящиеся к исключительной компетенции общего собрания (конференции).</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 54 с изменением, внесенным Законом РК от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z521" w:id="479"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 55. Президиум коллегии адвокатов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="479"/>
-    <w:p>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z522" w:id="481"/>
+    <w:bookmarkStart w:name="z522" w:id="480"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Президиум коллегии адвокатов является коллегиальным исполнительным органом коллегии адвокатов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkEnd w:id="480"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Одни и те же лица не могут состоять в президиуме коллегии адвокатов более двух сроков подряд.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z524" w:id="482"/>
+    <w:bookmarkStart w:name="z524" w:id="481"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Президиум коллегии адвокатов: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="482"/>
-    <w:bookmarkStart w:name="z525" w:id="483"/>
+    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkStart w:name="z525" w:id="482"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) организует работу коллегии адвокатов по оказанию юридической помощи физическим и юридическим лицам, в том числе гарантированной государством юридической помощи, оказываемой адвокатами, за счет бюджетных средств в случаях, предусмотренных законодательством Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="483"/>
-    <w:bookmarkStart w:name="z526" w:id="484"/>
+    <w:bookmarkEnd w:id="482"/>
+    <w:bookmarkStart w:name="z526" w:id="483"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) созывает общее собрание (конференцию) членов коллегии адвокатов и организует исполнение его (ее) решений; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="484"/>
-    <w:bookmarkStart w:name="z527" w:id="485"/>
+    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkStart w:name="z527" w:id="484"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) защищает профессиональные и иные права адвокатов; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="485"/>
-    <w:bookmarkStart w:name="z528" w:id="486"/>
+    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkStart w:name="z528" w:id="485"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) осуществляет прием в члены коллегии адвокатов, исключает из членов коллегии, организует прохождение стажировки стажерами адвокатов; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkStart w:name="z529" w:id="486"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ежеквартально представляет обобщенные отчеты адвокатов об их деятельности в Республиканскую коллегию адвокатов;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="486"/>
-    <w:bookmarkStart w:name="z529" w:id="487"/>
-[...15 lines deleted...]
-      5) ежеквартально представляет обобщенные отчеты адвокатов об их деятельности в Республиканскую коллегию адвокатов;</w:t>
+    <w:bookmarkStart w:name="z530" w:id="487"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) освобождает от уплаты членского и целевого взносов адвокатов на период нахождения в отпуске по беременности и родам либо по уходу за ребенком до достижения им возраста трех лет и адвокатов, не осуществляющих адвокатскую деятельность более двух месяцев подряд вследствие временной нетрудоспособности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="487"/>
-    <w:bookmarkStart w:name="z530" w:id="488"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z531" w:id="489"/>
+    <w:bookmarkStart w:name="z531" w:id="488"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) организует работу по проверке поступивших от физических и юридических лиц жалоб (представлений) на действия (бездействие) адвоката; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="489"/>
-    <w:bookmarkStart w:name="z532" w:id="490"/>
+    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkStart w:name="z532" w:id="489"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) организует проведение аттестации адвокатов и работу по повышению их квалификации; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z533" w:id="490"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) подает лицензиару в отношении адвоката ходатайство о приостановлении действия лицензии на занятие адвокатской деятельностью или подготовке искового заявления о прекращении действия лицензии на занятие адвокатской деятельностью по основаниям, предусмотренным настоящим Законом;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="490"/>
-    <w:bookmarkStart w:name="z533" w:id="491"/>
-[...15 lines deleted...]
-      9) подает лицензиару в отношении адвоката ходатайство о приостановлении действия лицензии на занятие адвокатской деятельностью или подготовке искового заявления о прекращении действия лицензии на занятие адвокатской деятельностью по основаниям, предусмотренным настоящим Законом;</w:t>
+    <w:bookmarkStart w:name="z534" w:id="491"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) организует работу по обеспечению соблюдения адвокатами требований законодательства Республики Казахстан о противодействии коррупции, противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="491"/>
-    <w:bookmarkStart w:name="z534" w:id="492"/>
-[...15 lines deleted...]
-      10) организует работу по обеспечению соблюдения адвокатами требований законодательства Республики Казахстан о противодействии коррупции, противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения;</w:t>
+    <w:bookmarkStart w:name="z535" w:id="492"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) ежегодно по результатам мониторинга определяет среднюю стоимость услуг адвокатов коллегии (по видам услуг) и обеспечивает размещение этой информации на интернет-ресурсах коллегии адвокатов, Республиканской коллегии адвокатов и публикацию в средствах массовой информации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="492"/>
-    <w:bookmarkStart w:name="z535" w:id="493"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z536" w:id="494"/>
+    <w:bookmarkStart w:name="z536" w:id="493"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12) анализирует, обобщает и распространяет положительный опыт работы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="494"/>
-    <w:bookmarkStart w:name="z537" w:id="495"/>
+    <w:bookmarkEnd w:id="493"/>
+    <w:bookmarkStart w:name="z537" w:id="494"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13) организует ведение кодификационно-справочной работы, разрабатывает и издает методические пособия и рекомендации по вопросам адвокатской деятельности; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="495"/>
-    <w:bookmarkStart w:name="z538" w:id="496"/>
+    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z538" w:id="495"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14) создает юридические консультации, назначает на должность и освобождает от должности заведующих ими; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="495"/>
+    <w:bookmarkStart w:name="z539" w:id="496"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) выдает удостоверение адвоката, форма которого утверждается Республиканской коллегией адвокатов;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="496"/>
-    <w:bookmarkStart w:name="z539" w:id="497"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z540" w:id="498"/>
+    <w:bookmarkStart w:name="z540" w:id="497"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16) распоряжается средствами коллегии адвокатов в порядке, определяемом уставом и общим собранием (конференцией) членов коллегии адвокатов; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkStart w:name="z541" w:id="498"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) организует ведение бухгалтерского учета, финансовой отчетности, делопроизводства и формирование первичных статистических данных;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="498"/>
-    <w:bookmarkStart w:name="z541" w:id="499"/>
-[...15 lines deleted...]
-      17) организует ведение бухгалтерского учета, финансовой отчетности, делопроизводства и формирование первичных статистических данных;</w:t>
+    <w:bookmarkStart w:name="z542" w:id="499"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) устанавливает порядок распоряжения имуществом коллегии адвокатов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="499"/>
-    <w:bookmarkStart w:name="z542" w:id="500"/>
-[...15 lines deleted...]
-      18) устанавливает порядок распоряжения имуществом коллегии адвокатов;</w:t>
+    <w:bookmarkStart w:name="z543" w:id="500"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) решает иные вопросы деятельности коллегии адвокатов, кроме отнесенных к исключительной компетенции общего собрания (конференции) членов коллегии адвокатов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="500"/>
-    <w:bookmarkStart w:name="z543" w:id="501"/>
-[...15 lines deleted...]
-      19) решает иные вопросы деятельности коллегии адвокатов, кроме отнесенных к исключительной компетенции общего собрания (конференции) членов коллегии адвокатов.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 55 с изменением, внесенным Законом РК от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z544" w:id="501"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 56. Председатель президиума коллегии адвокатов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkStart w:name="z545" w:id="502"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Председателем президиума коллегии адвокатов может быть избран адвокат, который непосредственно до дня его избрания состоял членом коллегии адвокатов не менее пяти лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:name="z546" w:id="503"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Председатель президиума коллегии адвокатов избирается тайным голосованием сроком на четыре года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkStart w:name="z547" w:id="504"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Одно и то же лицо не может занимать должность председателя президиума коллегии адвокатов более двух сроков подряд.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkStart w:name="z548" w:id="505"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Председатель президиума коллегии адвокатов в соответствии с уставом коллегии:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkStart w:name="z549" w:id="506"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) организует работу президиума, председательствует на его заседаниях и осуществляет контроль за выполнением решений президиума, общих собраний (конференций) членов коллегии адвокатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkStart w:name="z550" w:id="507"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) руководит работой аппарата президиума, осуществляет прием и увольнение работников аппарата коллегии адвокатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="507"/>
+    <w:bookmarkStart w:name="z551" w:id="508"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) представляет коллегию адвокатов в государственных органах, общественных объединениях, других организациях и учреждениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkStart w:name="z552" w:id="509"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) обеспечивает своевременное представление лицензиару, Республиканской коллегии адвокатов сведений о лицензиатах, вступивших в члены коллегии адвокатов, с указанием выбранной адвокатом формы организации адвокатской деятельности и юридического адреса, а также исключенных из членов коллегии адвокатов с указанием причин исключения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z553" w:id="510"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) обеспечивает представление в Республиканскую коллегию адвокатов отчета о деятельности коллегии адвокатов, включая статистические сведения об оказанной адвокатами юридической помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z554" w:id="511"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) обеспечивает своевременное представление в территориальный орган юстиции сводного отчета об оказанной адвокатами гарантированной государством юридической помощи и о возмещении расходов, связанных с защитой и представительством, за счет бюджетных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z555" w:id="512"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) обеспечивает прохождение стажировки стажерами адвокатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="512"/>
+    <w:bookmarkStart w:name="z556" w:id="513"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) обеспечивает реализацию программ повышения квалификации адвокатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkStart w:name="z557" w:id="514"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Другие полномочия председателя президиума коллегии адвокатов определяются уставом коллегии адвокатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="514"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 55 с изменением, внесенным Законом РК от 09.06.2021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 56 с изменением, внесенным Законом РК от 09.06.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 49-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z544" w:id="502"/>
+    <w:bookmarkStart w:name="z558" w:id="515"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 56. Председатель президиума коллегии адвокатов</w:t>
-[...259 lines deleted...]
-      Другие полномочия председателя президиума коллегии адвокатов определяются уставом коллегии адвокатов.</w:t>
+        <w:t xml:space="preserve"> Статья 57. Ревизионная комиссия коллегии адвокатов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="515"/>
-    <w:p>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z559" w:id="517"/>
+    <w:bookmarkStart w:name="z559" w:id="516"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Ревизионная комиссия коллегии адвокатов является органом коллегии адвокатов, осуществляющим контроль за финансово-хозяйственной деятельностью коллегии адвокатов и ее органов. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z560" w:id="517"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ревизионная комиссия коллегии адвокатов может быть образована из числа членов коллегии адвокатов. Члены ревизионной комиссии не вправе занимать иную выборную должность в коллегии адвокатов.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="517"/>
-    <w:bookmarkStart w:name="z560" w:id="518"/>
-[...15 lines deleted...]
-      2. Ревизионная комиссия коллегии адвокатов может быть образована из числа членов коллегии адвокатов. Члены ревизионной комиссии не вправе занимать иную выборную должность в коллегии адвокатов.</w:t>
+    <w:bookmarkStart w:name="z561" w:id="518"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ревизионная комиссия коллегии адвокатов образуется в составе не более пяти человек.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="518"/>
-    <w:bookmarkStart w:name="z561" w:id="519"/>
-[...15 lines deleted...]
-      Ревизионная комиссия коллегии адвокатов образуется в составе не более пяти человек.</w:t>
+    <w:bookmarkStart w:name="z562" w:id="519"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Члены ревизионной комиссии коллегии адвокатов осуществляют свою деятельность на добровольных началах безвозмездно.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="519"/>
-    <w:bookmarkStart w:name="z562" w:id="520"/>
-[...15 lines deleted...]
-      Члены ревизионной комиссии коллегии адвокатов осуществляют свою деятельность на добровольных началах безвозмездно.</w:t>
+    <w:bookmarkStart w:name="z563" w:id="520"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Ревизионная комиссия коллегии адвокатов избирается общим собранием (конференцией) членов коллегии адвокатов на срок не свыше четырех лет и подотчетна высшему органу управления коллегии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="520"/>
-    <w:bookmarkStart w:name="z563" w:id="521"/>
-[...15 lines deleted...]
-      3. Ревизионная комиссия коллегии адвокатов избирается общим собранием (конференцией) членов коллегии адвокатов на срок не свыше четырех лет и подотчетна высшему органу управления коллегии.</w:t>
+    <w:bookmarkStart w:name="z564" w:id="521"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Одно и то же лицо не может быть в составе ревизионной комиссии коллегии адвокатов более одного срока.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="521"/>
-    <w:bookmarkStart w:name="z564" w:id="522"/>
-[...15 lines deleted...]
-      Одно и то же лицо не может быть в составе ревизионной комиссии коллегии адвокатов более одного срока.</w:t>
+    <w:bookmarkStart w:name="z565" w:id="522"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Ревизионная комиссия коллегии адвокатов имеет право в любое время производить проверки финансово-хозяйственной деятельности коллегии адвокатов. По требованию ревизионной комиссии коллегии адвокатов органы коллегии адвокатов обязаны представить необходимые для проверки документы и давать необходимые пояснения в устной или письменной форме.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="522"/>
-    <w:bookmarkStart w:name="z565" w:id="523"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z566" w:id="524"/>
+    <w:bookmarkStart w:name="z566" w:id="523"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Ревизионная комиссия в обязательном порядке проводит проверку годового отчета о финансово-хозяйственной деятельности коллегии адвокатов и размещает ее результаты на интернет-ресурсах коллегии адвокатов и Республиканской коллегии адвокатов. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z567" w:id="524"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Ревизионная комиссия представляет отчет очередному общему собранию (конференции) членов коллегии адвокатов.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="524"/>
-    <w:bookmarkStart w:name="z567" w:id="525"/>
-[...15 lines deleted...]
-      6. Ревизионная комиссия представляет отчет очередному общему собранию (конференции) членов коллегии адвокатов.</w:t>
+    <w:bookmarkStart w:name="z568" w:id="525"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Порядок работы, периодичность представления отчета ревизионной комиссии коллегии адвокатов определяются уставом и внутренними документами коллегии адвокатов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="525"/>
-    <w:bookmarkStart w:name="z568" w:id="526"/>
-[...15 lines deleted...]
-      7. Порядок работы, периодичность представления отчета ревизионной комиссии коллегии адвокатов определяются уставом и внутренними документами коллегии адвокатов.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 57 с изменением, внесенным Законом РК от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z569" w:id="526"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 58. Членство в коллегии адвокатов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="526"/>
-    <w:p>
-[...75 lines deleted...]
-        <w:t xml:space="preserve"> Статья 58. Членство в коллегии адвокатов</w:t>
+    <w:bookmarkStart w:name="z570" w:id="527"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Членство в коллегии адвокатов является обязательным.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="527"/>
-    <w:bookmarkStart w:name="z570" w:id="528"/>
-[...15 lines deleted...]
-      1. Членство в коллегии адвокатов является обязательным.</w:t>
+    <w:bookmarkStart w:name="z571" w:id="528"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Вступительные взносы запрещены.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="528"/>
-    <w:bookmarkStart w:name="z571" w:id="529"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z572" w:id="530"/>
+    <w:bookmarkStart w:name="z572" w:id="529"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Основанием для отказа в приеме в члены коллегии адвокатов является обнаружение одного из обстоятельств, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 32 настоящего Закона.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkStart w:name="z573" w:id="530"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отказ в приеме в члены коллегии адвокатов может быть обжалован в Республиканскую коллегию адвокатов или суд.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="530"/>
-    <w:bookmarkStart w:name="z573" w:id="531"/>
-[...15 lines deleted...]
-      Отказ в приеме в члены коллегии адвокатов может быть обжалован в Республиканскую коллегию адвокатов или суд.</w:t>
+    <w:bookmarkStart w:name="z574" w:id="531"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В случае, когда лицо было исключено из коллегии адвокатов, но сохранило лицензию на занятие адвокатской деятельностью, оно может быть вновь принято в коллегию адвокатов не ранее чем по истечении шести месяцев со дня исключения. Осуществление адвокатской деятельности в этот период не допускается.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="531"/>
-    <w:bookmarkStart w:name="z574" w:id="532"/>
-[...15 lines deleted...]
-      2. В случае, когда лицо было исключено из коллегии адвокатов, но сохранило лицензию на занятие адвокатской деятельностью, оно может быть вновь принято в коллегию адвокатов не ранее чем по истечении шести месяцев со дня исключения. Осуществление адвокатской деятельности в этот период не допускается.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 58-1. Реестр адвокатов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1032" w:id="532"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Республиканская коллегия адвокатов формирует реестр адвокатов в единой информационной системе юридической помощи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="532"/>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z1033" w:id="533"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Реестр адвокатов содержит следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="533"/>
+    <w:bookmarkStart w:name="z1034" w:id="534"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) фамилию, имя, отчество (если оно указано в документе, удостоверяющем личность) адвоката, дату его рождения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="534"/>
+    <w:bookmarkStart w:name="z1035" w:id="535"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) номер и дату выдачи лицензии на занятие адвокатской деятельностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z1036" w:id="536"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) дату вступления в члены коллегии адвокатов области, города республиканского значения, столицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="536"/>
+    <w:bookmarkStart w:name="z1037" w:id="537"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) выбранную адвокатом форму организации адвокатской деятельности, юридический адрес, номера контактных телефонов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="537"/>
+    <w:bookmarkStart w:name="z1038" w:id="538"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) наличие или отсутствие мер дисциплинарного взыскания в отношении адвоката;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="538"/>
+    <w:bookmarkStart w:name="z1039" w:id="539"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) дату и основания приостановления действия лицензии на занятие адвокатской деятельностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="539"/>
+    <w:bookmarkStart w:name="z1040" w:id="540"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) дату и основания прекращения действия лицензии на занятие адвокатской деятельностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="540"/>
+    <w:bookmarkStart w:name="z1041" w:id="541"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) дату и основания приостановления либо прекращения членства в коллегии адвокатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="541"/>
+    <w:bookmarkStart w:name="z1042" w:id="542"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Адвокат обязан уведомлять Республиканскую коллегию адвокатов в письменной форме или путем направления электронного документа о наступлении любых событий, влекущих за собой изменение информации, содержащейся в реестре адвокатов, в течение трех рабочих дней со дня, следующего за днем наступления таких событий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="542"/>
+    <w:bookmarkStart w:name="z1043" w:id="543"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Информация, содержащаяся в реестре адвокатов, является общедоступной, за исключением сведений, доступ к которым ограничен законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="543"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 4 дополнена статьей 58-1 в соответствии с Законом РК от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z575" w:id="544"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...240 lines deleted...]
-      4. Информация, содержащаяся в реестре адвокатов, является общедоступной, за исключением сведений, доступ к которым ограничен законами Республики Казахстан.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 59. Присяга адвоката</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="544"/>
-    <w:p>
-[...75 lines deleted...]
-        <w:t xml:space="preserve"> Статья 59. Присяга адвоката</w:t>
+    <w:bookmarkStart w:name="z576" w:id="545"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В порядке, установленном Республиканской коллегией адвокатов, лицензиат, вступивший в члены коллегии адвокатов, приносит присягу следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="545"/>
-    <w:bookmarkStart w:name="z576" w:id="546"/>
-[...15 lines deleted...]
-      1. В порядке, установленном Республиканской коллегией адвокатов, лицензиат, вступивший в члены коллегии адвокатов, приносит присягу следующего содержания:</w:t>
+    <w:bookmarkStart w:name="z577" w:id="546"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Я, (имя и фамилия), торжественно клянусь соблюдать принципы оказания юридической помощи, Кодекс профессиональной этики адвокатов, честно и добросовестно защищать права, свободы и интересы человека, обеспечивать право на получение юридической помощи, исполнять возложенные обязанности в соответствии с Конституцией Республики Казахстан, законами Республики Казахстан.".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="546"/>
-    <w:bookmarkStart w:name="z577" w:id="547"/>
-[...15 lines deleted...]
-      "Я, (имя и фамилия), торжественно клянусь соблюдать принципы оказания юридической помощи, Кодекс профессиональной этики адвокатов, честно и добросовестно защищать права, свободы и интересы человека, обеспечивать право на получение юридической помощи, исполнять возложенные обязанности в соответствии с Конституцией Республики Казахстан, законами Республики Казахстан.".</w:t>
+    <w:bookmarkStart w:name="z578" w:id="547"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Лицензиат подписывает текст присяги, который хранится в личном деле адвоката.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="547"/>
-    <w:bookmarkStart w:name="z578" w:id="548"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z579" w:id="549"/>
+    <w:bookmarkStart w:name="z579" w:id="548"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Коллегия адвокатов ведет список членов коллегии адвокатов и размещает его на интернет-ресурсе коллегии адвокатов в актуальном состоянии. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkStart w:name="z580" w:id="549"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Коллегия адвокатов направляет информацию о приобретении, приостановлении и прекращении статуса адвоката в Республиканскую коллегию адвокатов.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="549"/>
-    <w:bookmarkStart w:name="z580" w:id="550"/>
-[...15 lines deleted...]
-      Коллегия адвокатов направляет информацию о приобретении, приостановлении и прекращении статуса адвоката в Республиканскую коллегию адвокатов.</w:t>
+    <w:bookmarkStart w:name="z581" w:id="550"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 60. Прекращение членства в коллегии адвокатов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="550"/>
-    <w:bookmarkStart w:name="z581" w:id="551"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z582" w:id="552"/>
+    <w:bookmarkStart w:name="z582" w:id="551"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Членство адвоката в коллегии адвокатов прекращается президиумом коллегии адвокатов в случаях: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="552"/>
-    <w:bookmarkStart w:name="z583" w:id="553"/>
+    <w:bookmarkEnd w:id="551"/>
+    <w:bookmarkStart w:name="z583" w:id="552"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) прекращения действия или лишения лицензии на занятие адвокатской деятельностью; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="552"/>
+    <w:bookmarkStart w:name="z584" w:id="553"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) грубого либо неоднократного нарушения адвокатом при исполнении им своих обязанностей требований и норм законодательства Республики Казахстан, принципов оказания юридической помощи, закрепленных в уставе коллегии адвокатов, Кодекса профессиональной этики адвокатов;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="553"/>
-    <w:bookmarkStart w:name="z584" w:id="554"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z585" w:id="555"/>
+    <w:bookmarkStart w:name="z585" w:id="554"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) обнаружившейся невозможности исполнения адвокатом своих профессиональных обязанностей вследствие недостаточной квалификации, установленной по результатам аттестации, проведенной коллегией адвокатов в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 8)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 2 статьи 55 настоящего Закона; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="555"/>
-    <w:bookmarkStart w:name="z1122" w:id="556"/>
+    <w:bookmarkEnd w:id="554"/>
+    <w:bookmarkStart w:name="z1122" w:id="555"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3-1) неустранения обстоятельств, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 статьи 43 настоящего Закона, по которым приостановлено действие лицензии на занятие адвокатской деятельностью;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="555"/>
+    <w:bookmarkStart w:name="z586" w:id="556"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) систематической неуплаты членских взносов;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="556"/>
-    <w:bookmarkStart w:name="z586" w:id="557"/>
-[...15 lines deleted...]
-      4) систематической неуплаты членских взносов;</w:t>
+    <w:bookmarkStart w:name="z587" w:id="557"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) занятия адвокатом наряду с профессиональной, также и предпринимательской или иной оплачиваемой деятельностью, за исключением случаев вхождения в состав наблюдательного совета коммерческой организации, избрания или назначения арбитром соответствующего арбитража для разрешения спора, а также занятия преподавательской, научной или иной творческой деятельностью;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="557"/>
-    <w:bookmarkStart w:name="z587" w:id="558"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z588" w:id="559"/>
+    <w:bookmarkStart w:name="z588" w:id="558"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) по собственному желанию; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="558"/>
+    <w:bookmarkStart w:name="z589" w:id="559"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) смерти адвоката;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="559"/>
-    <w:bookmarkStart w:name="z589" w:id="560"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z590" w:id="561"/>
+    <w:bookmarkStart w:name="z590" w:id="560"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) в иных случаях, предусмотренных уставом коллегии. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="561"/>
-    <w:bookmarkStart w:name="z591" w:id="562"/>
+    <w:bookmarkEnd w:id="560"/>
+    <w:bookmarkStart w:name="z591" w:id="561"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Исключение адвоката из коллегии адвокатов по основаниям, предусмотренным подпунктами 2), 3) и 3-1) пункта 1 настоящей статьи, влечет за собой прекращение действия лицензии на занятие адвокатской деятельностью. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="561"/>
+    <w:bookmarkStart w:name="z592" w:id="562"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Прекращение членства в коллегии адвокатов может быть обжаловано в Республиканскую коллегию адвокатов или суд в месячный срок со дня вручения адвокату копии постановления президиума коллегии адвокатов.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="562"/>
-    <w:bookmarkStart w:name="z592" w:id="563"/>
-[...15 lines deleted...]
-      3. Прекращение членства в коллегии адвокатов может быть обжаловано в Республиканскую коллегию адвокатов или суд в месячный срок со дня вручения адвокату копии постановления президиума коллегии адвокатов.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 60 с изменением, внесенным Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z593" w:id="563"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 61. Права и обязанности члена коллегии адвокатов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="563"/>
-    <w:p>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z594" w:id="565"/>
+    <w:bookmarkStart w:name="z594" w:id="564"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Член коллегии адвокатов имеет право: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="565"/>
-    <w:bookmarkStart w:name="z595" w:id="566"/>
+    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkStart w:name="z595" w:id="565"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) пользоваться содействием, профессиональной помощью и защитой со стороны коллегии адвокатов, ее органов и должностных лиц; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="566"/>
-    <w:bookmarkStart w:name="z596" w:id="567"/>
+    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkStart w:name="z596" w:id="566"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) избирать и быть избранным в органы коллегии адвокатов и Республиканской коллегии адвокатов; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="566"/>
+    <w:bookmarkStart w:name="z597" w:id="567"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ставить перед органами коллегии адвокатов вопросы, касающиеся ее деятельности, вносить предложения по улучшению работы коллегии и ее органов, участвовать в обсуждении и принятии решений, требовать от органов коллегии адвокатов представления документов и материалов об их деятельности;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="567"/>
-    <w:bookmarkStart w:name="z597" w:id="568"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z598" w:id="569"/>
+    <w:bookmarkStart w:name="z598" w:id="568"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) принимать личное участие во всех случаях проверки и обсуждения органами коллегии адвокатов его деятельности или поведения; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="569"/>
-    <w:bookmarkStart w:name="z599" w:id="570"/>
+    <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkStart w:name="z599" w:id="569"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) пользоваться имуществом коллегии адвокатов в порядке и на условиях, определяемых ее уставом; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="570"/>
-    <w:bookmarkStart w:name="z600" w:id="571"/>
+    <w:bookmarkEnd w:id="569"/>
+    <w:bookmarkStart w:name="z600" w:id="570"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) выйти из состава коллегии адвокатов по собственному желанию. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkStart w:name="z601" w:id="571"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Член коллегии адвокатов обязан:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="571"/>
-    <w:bookmarkStart w:name="z601" w:id="572"/>
-[...15 lines deleted...]
-      2. Член коллегии адвокатов обязан:</w:t>
+    <w:bookmarkStart w:name="z602" w:id="572"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) соблюдать требования устава коллегии адвокатов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="572"/>
-    <w:bookmarkStart w:name="z602" w:id="573"/>
-[...15 lines deleted...]
-      1) соблюдать требования устава коллегии адвокатов;</w:t>
+    <w:bookmarkStart w:name="z603" w:id="573"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выполнять решения общего собрания (конференции) членов коллегии адвокатов, Республиканской коллегии адвокатов и их органов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="573"/>
-    <w:bookmarkStart w:name="z603" w:id="574"/>
-[...15 lines deleted...]
-      2) выполнять решения общего собрания (конференции) членов коллегии адвокатов, Республиканской коллегии адвокатов и их органов;</w:t>
+    <w:bookmarkStart w:name="z604" w:id="574"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) платить членские и целевые взносы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="574"/>
-    <w:bookmarkStart w:name="z604" w:id="575"/>
-[...15 lines deleted...]
-      3) платить членские и целевые взносы;</w:t>
+    <w:bookmarkStart w:name="z605" w:id="575"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) представлять в президиум коллегии адвокатов статистические сведения об оказанной юридической помощи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="575"/>
-    <w:bookmarkStart w:name="z605" w:id="576"/>
-[...15 lines deleted...]
-      4) представлять в президиум коллегии адвокатов статистические сведения об оказанной юридической помощи;</w:t>
+    <w:bookmarkStart w:name="z606" w:id="576"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) подать в порядке и на условиях, установленных законодательством Республики Казахстан о разрешениях и уведомлениях, заявление лицензиару о переоформлении лицензии на занятие адвокатской деятельностью в случае изменения фамилии, имени, отчества (при его наличии);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="576"/>
-    <w:bookmarkStart w:name="z606" w:id="577"/>
-[...15 lines deleted...]
-      5) подать в порядке и на условиях, установленных законодательством Республики Казахстан о разрешениях и уведомлениях, заявление лицензиару о переоформлении лицензии на занятие адвокатской деятельностью в случае изменения фамилии, имени, отчества (при его наличии);</w:t>
+    <w:bookmarkStart w:name="z607" w:id="577"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) информировать президиум коллегии адвокатов об изменении своего юридического адреса;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="577"/>
-    <w:bookmarkStart w:name="z607" w:id="578"/>
-[...15 lines deleted...]
-      6) информировать президиум коллегии адвокатов об изменении своего юридического адреса;</w:t>
+    <w:bookmarkStart w:name="z608" w:id="578"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) представлять в президиум коллегии адвокатов материалы, необходимые для проверки по обращениям физических и юридических лиц на качество оказанной им юридической помощи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="578"/>
-    <w:bookmarkStart w:name="z608" w:id="579"/>
-[...15 lines deleted...]
-      7) представлять в президиум коллегии адвокатов материалы, необходимые для проверки по обращениям физических и юридических лиц на качество оказанной им юридической помощи.</w:t>
+    <w:bookmarkStart w:name="z609" w:id="579"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Член коллегии адвокатов не может нести иных односторонних имущественных обязательств перед коллегией адвокатов, помимо обязательства уплаты членских и целевых взносов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="579"/>
-    <w:bookmarkStart w:name="z609" w:id="580"/>
-[...15 lines deleted...]
-      3. Член коллегии адвокатов не может нести иных односторонних имущественных обязательств перед коллегией адвокатов, помимо обязательства уплаты членских и целевых взносов.</w:t>
+    <w:bookmarkStart w:name="z610" w:id="580"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Члены коллегии адвокатов равны в своих правах и обязанностях.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="580"/>
-    <w:bookmarkStart w:name="z610" w:id="581"/>
-[...15 lines deleted...]
-      4. Члены коллегии адвокатов равны в своих правах и обязанностях.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 61 с изменениями, внесенными Законом РК от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z611" w:id="581"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 62. Юридическая консультация</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="581"/>
-    <w:p>
-[...75 lines deleted...]
-        <w:t xml:space="preserve"> Статья 62. Юридическая консультация</w:t>
+    <w:bookmarkStart w:name="z612" w:id="582"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Для обеспечения доступа граждан к юридической помощи президиум коллегии адвокатов создает юридические консультации, в том числе специализированные.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="582"/>
-    <w:bookmarkStart w:name="z612" w:id="583"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z613" w:id="584"/>
+    <w:bookmarkStart w:name="z613" w:id="583"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Юридическая консультация является структурным подразделением (филиалом) коллегии адвокатов. Она имеет печать с обозначением своего наименования и принадлежности к соответствующей коллегии адвокатов, иную атрибутику, необходимую для организации оказания юридической помощи. Юридическая консультация действует на основании положения, принимаемого общим собранием (конференцией) членов коллегии адвокатов. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="583"/>
+    <w:bookmarkStart w:name="z614" w:id="584"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Место нахождения юридической консультации определяется президиумом коллегии адвокатов.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="584"/>
-    <w:bookmarkStart w:name="z614" w:id="585"/>
-[...15 lines deleted...]
-      3. Место нахождения юридической консультации определяется президиумом коллегии адвокатов.</w:t>
+    <w:bookmarkStart w:name="z615" w:id="585"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Юридической консультацией руководит заведующий, назначаемый президиумом коллегии адвокатов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="585"/>
-    <w:bookmarkStart w:name="z615" w:id="586"/>
-[...15 lines deleted...]
-      4. Юридической консультацией руководит заведующий, назначаемый президиумом коллегии адвокатов.</w:t>
+    <w:bookmarkStart w:name="z616" w:id="586"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 63. Адвокатская контора</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="586"/>
-    <w:bookmarkStart w:name="z616" w:id="587"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Статья 63. Адвокатская контора</w:t>
+    <w:bookmarkStart w:name="z617" w:id="587"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Адвокатская контора является некоммерческой организацией.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="587"/>
-    <w:bookmarkStart w:name="z617" w:id="588"/>
-[...15 lines deleted...]
-      1. Адвокатская контора является некоммерческой организацией.</w:t>
+    <w:bookmarkStart w:name="z618" w:id="588"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Адвокатская контора учреждается (создается) в целях обеспечения материальных, организационно-правовых и иных условий оказания адвокатами юридической помощи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="588"/>
-    <w:bookmarkStart w:name="z618" w:id="589"/>
-[...15 lines deleted...]
-      2. Адвокатская контора учреждается (создается) в целях обеспечения материальных, организационно-правовых и иных условий оказания адвокатами юридической помощи.</w:t>
+    <w:bookmarkStart w:name="z619" w:id="589"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Адвокатская контора учреждается (создается) членом (членами) коллегии адвокатов. Адвокат может выступить партнером только одной адвокатской конторы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="589"/>
-    <w:bookmarkStart w:name="z619" w:id="590"/>
-[...15 lines deleted...]
-      3. Адвокатская контора учреждается (создается) членом (членами) коллегии адвокатов. Адвокат может выступить партнером только одной адвокатской конторы.</w:t>
+    <w:bookmarkStart w:name="z620" w:id="590"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Партнеры адвокатской конторы не отвечают по ее обязательствам, а адвокатская контора не отвечает по обязательствам своих партнеров.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="590"/>
-    <w:bookmarkStart w:name="z620" w:id="591"/>
-[...15 lines deleted...]
-      4. Партнеры адвокатской конторы не отвечают по ее обязательствам, а адвокатская контора не отвечает по обязательствам своих партнеров.</w:t>
+    <w:bookmarkStart w:name="z621" w:id="591"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Адвокатская контора может выступать представителем адвокатов по расчетам с клиентами и третьими лицами и другим вопросам, предусмотренным учредительными документами адвокатской конторы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="591"/>
-    <w:bookmarkStart w:name="z621" w:id="592"/>
-[...15 lines deleted...]
-      5. Адвокатская контора может выступать представителем адвокатов по расчетам с клиентами и третьими лицами и другим вопросам, предусмотренным учредительными документами адвокатской конторы.</w:t>
+    <w:bookmarkStart w:name="z622" w:id="592"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Адвокаты, учредившие (создавшие) адвокатскую контору, заключают между собой партнерский договор в простой письменной форме. По партнерскому договору адвокаты обязуются объединить свои усилия для оказания юридической помощи от имени всех партнеров. Партнерский договор не предоставляется для государственной регистрации адвокатской конторы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="592"/>
-    <w:bookmarkStart w:name="z622" w:id="593"/>
-[...15 lines deleted...]
-      6. Адвокаты, учредившие (создавшие) адвокатскую контору, заключают между собой партнерский договор в простой письменной форме. По партнерскому договору адвокаты обязуются объединить свои усилия для оказания юридической помощи от имени всех партнеров. Партнерский договор не предоставляется для государственной регистрации адвокатской конторы.</w:t>
+    <w:bookmarkStart w:name="z623" w:id="593"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Ведение общих дел адвокатской конторы осуществляется управляющим партнером, если иное не установлено партнерским договором. Договор об оказании юридической помощи может заключаться адвокатской конторой от своего имени, по поручению, за счет и в интересах всех партнеров, входящих в нее.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="593"/>
-    <w:bookmarkStart w:name="z623" w:id="594"/>
-[...15 lines deleted...]
-      7. Ведение общих дел адвокатской конторы осуществляется управляющим партнером, если иное не установлено партнерским договором. Договор об оказании юридической помощи может заключаться адвокатской конторой от своего имени, по поручению, за счет и в интересах всех партнеров, входящих в нее.</w:t>
+    <w:bookmarkStart w:name="z624" w:id="594"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Адвокатская контора, учрежденная (созданная) одним адвокатом, осуществляет свою деятельность на основании устава.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="594"/>
-    <w:bookmarkStart w:name="z624" w:id="595"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z625" w:id="596"/>
+    <w:bookmarkStart w:name="z625" w:id="595"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Адвокат адвокатской конторы обязан в течение десяти календарных дней после ее государственной регистрации и (или) принятия в адвокатскую контору письменно уведомить об этом соответствующую коллегию адвокатов и представить в ее распоряжение партнерские документы адвокатской конторы. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkStart w:name="z626" w:id="596"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Имущество, внесенное партнерами адвокатских контор в качестве вкладов, принадлежит адвокатской конторе на праве собственности.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="596"/>
-    <w:bookmarkStart w:name="z626" w:id="597"/>
-[...15 lines deleted...]
-      10. Имущество, внесенное партнерами адвокатских контор в качестве вкладов, принадлежит адвокатской конторе на праве собственности.</w:t>
+    <w:bookmarkStart w:name="z627" w:id="597"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Изменение состава партнеров адвокатской конторы может осуществляться вследствие:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="597"/>
-    <w:bookmarkStart w:name="z627" w:id="598"/>
-[...15 lines deleted...]
-      11. Изменение состава партнеров адвокатской конторы может осуществляться вследствие:</w:t>
+    <w:bookmarkStart w:name="z628" w:id="598"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выхода партнера;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="598"/>
-    <w:bookmarkStart w:name="z628" w:id="599"/>
-[...15 lines deleted...]
-      1) выхода партнера;</w:t>
+    <w:bookmarkStart w:name="z629" w:id="599"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) принятия нового партнера;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="599"/>
-    <w:bookmarkStart w:name="z629" w:id="600"/>
-[...15 lines deleted...]
-      2) принятия нового партнера;</w:t>
+    <w:bookmarkStart w:name="z630" w:id="600"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) прекращения партнером адвокатской деятельности по основаниям, предусмотренным настоящим Законом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="600"/>
-    <w:bookmarkStart w:name="z630" w:id="601"/>
-[...15 lines deleted...]
-      3) прекращения партнером адвокатской деятельности по основаниям, предусмотренным настоящим Законом.</w:t>
+    <w:bookmarkStart w:name="z631" w:id="601"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Партнеры адвокатской конторы вправе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="601"/>
-    <w:bookmarkStart w:name="z631" w:id="602"/>
-[...15 lines deleted...]
-      12. Партнеры адвокатской конторы вправе:</w:t>
+    <w:bookmarkStart w:name="z632" w:id="602"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) при выходе из адвокатской конторы либо прекращении адвокатской деятельности получить часть имущества адвокатской конторы или стоимость этого имущества в пределах стоимости имущества, переданного ими в собственность адвокатской конторы, если иное не предусмотрено уставом адвокатской конторы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="602"/>
-    <w:bookmarkStart w:name="z632" w:id="603"/>
-[...15 lines deleted...]
-      1) при выходе из адвокатской конторы либо прекращении адвокатской деятельности получить часть имущества адвокатской конторы или стоимость этого имущества в пределах стоимости имущества, переданного ими в собственность адвокатской конторы, если иное не предусмотрено уставом адвокатской конторы;</w:t>
+    <w:bookmarkStart w:name="z633" w:id="603"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) получить в случае ликвидации адвокатской конторы часть ее имущества, оставшегося после расчетов с кредиторами, в пределах стоимости имущества, переданного ими в собственность адвокатской конторы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="603"/>
-    <w:bookmarkStart w:name="z633" w:id="604"/>
-[...15 lines deleted...]
-      2) получить в случае ликвидации адвокатской конторы часть ее имущества, оставшегося после расчетов с кредиторами, в пределах стоимости имущества, переданного ими в собственность адвокатской конторы.</w:t>
+    <w:bookmarkStart w:name="z634" w:id="604"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Специальное разрешение государственных органов на создание адвокатских контор не требуется.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="604"/>
-    <w:bookmarkStart w:name="z634" w:id="605"/>
-[...15 lines deleted...]
-      13. Специальное разрешение государственных органов на создание адвокатских контор не требуется.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 63 с изменениями, внесенными законами РК от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 18.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z635" w:id="605"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 64. Осуществление адвокатской деятельности индивидуально</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkStart w:name="z636" w:id="606"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Адвокат, принявший решение осуществлять профессиональную деятельность индивидуально, уведомляет об этом коллегию адвокатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkStart w:name="z637" w:id="607"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В уведомлении указываются фамилия, имя, отчество (при его наличии) адвоката, его постоянное место нахождения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z638" w:id="608"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Адвокат, осуществляющий профессиональную деятельность индивидуально без образования юридического лица, вправе иметь расчетный и иные счета в банках, личную печать, штампы, личные бланки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkStart w:name="z639" w:id="609"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 65. Республиканская коллегия адвокатов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z640" w:id="610"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Республиканская коллегия адвокатов является некоммерческой, независимой, профессиональной, самоуправляемой, самофинансируемой организацией, основанной на обязательном членстве коллегий адвокатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkStart w:name="z641" w:id="611"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Республиканская коллегия адвокатов как организация адвокатского самоуправления создается в целях представительства и защиты интересов коллегий адвокатов и адвокатов в государственных и иных организациях в Республике Казахстан и за ее пределами, координации деятельности коллегий адвокатов, обеспечения высокого уровня оказываемой адвокатами юридической помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkStart w:name="z642" w:id="612"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Республиканская коллегия адвокатов образуется Республиканской конференцией коллегий адвокатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z643" w:id="613"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Устав Республиканской коллегии адвокатов принимается Республиканской конференцией коллегий адвокатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z644" w:id="614"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Республиканская коллегия адвокатов подлежит государственной регистрации в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z645" w:id="615"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Реорганизация и ликвидация Республиканской коллегии адвокатов осуществляются в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkStart w:name="z646" w:id="616"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Решения Республиканской коллегии адвокатов и ее органов, принятые в пределах их компетенции, обязательны для коллегий адвокатов и адвокатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z647" w:id="617"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Республиканская коллегия адвокатов ведет реестр адвокатов в актуальном состоянии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z648" w:id="618"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Республиканская коллегия адвокатов рассматривает жалобы на действия (бездействие) адвокатов, решения органов управления коллегий адвокатов в соответствии с настоящим Законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z649" w:id="619"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. В случаях, предусмотренных уставом, в Республиканской коллегии адвокатов могут быть созданы комиссия по этике и другие органы, действующие на основании положений, принимаемых Республиканской конференцией коллегий адвокатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="619"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 63 с изменениями, внесенными законами РК от 09.06.2021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 65 с изменениями, внесенными Законом РК от 09.06.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 49-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 18.07.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 215-VIII</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z650" w:id="620"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 66. Устав Республиканской коллегии адвокатов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="620"/>
+    <w:bookmarkStart w:name="z651" w:id="621"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Устав Республиканской коллегии адвокатов должен предусматривать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z652" w:id="622"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наименование, предмет и цели деятельности Республиканской коллегии адвокатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkStart w:name="z653" w:id="623"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) права и обязанности членов Республиканской коллегии адвокатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="623"/>
+    <w:bookmarkStart w:name="z654" w:id="624"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) структуру Республиканской коллегии адвокатов, порядок формирования и компетенцию ее органов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="624"/>
+    <w:bookmarkStart w:name="z655" w:id="625"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) источники образования имущества и порядок распоряжения им;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z656" w:id="626"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) размер и порядок отчислений, осуществляемых коллегиями адвокатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="626"/>
+    <w:bookmarkStart w:name="z657" w:id="627"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) порядок реорганизации и ликвидации Республиканской коллегии адвокатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z658" w:id="628"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Устав Республиканской коллегии может содержать иные положения, не противоречащие законодательству Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="628"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 66 с изменениями, внесенными Законом РК от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z635" w:id="606"/>
+    <w:bookmarkStart w:name="z659" w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 64. Осуществление адвокатской деятельности индивидуально</w:t>
-[...63 lines deleted...]
-    <w:bookmarkStart w:name="z639" w:id="610"/>
+        <w:t xml:space="preserve"> Статья 67. Республиканская конференция коллегий адвокатов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="629"/>
+    <w:bookmarkStart w:name="z660" w:id="630"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Высшим органом Республиканской коллегии адвокатов является Республиканская конференция коллегий адвокатов, которая созывается не реже одного раза в два года. Конференция считается правомочной, если в ее работе принимают участие делегаты от не менее трех четвертей членов Республиканской коллегии адвокатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z661" w:id="631"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Конференция вправе решать любые вопросы деятельности Республиканской коллегии адвокатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="631"/>
+    <w:bookmarkStart w:name="z662" w:id="632"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К исключительной компетенции конференции относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="632"/>
+    <w:bookmarkStart w:name="z663" w:id="633"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) принятие устава Республиканской коллегии адвокатов и внесение в него изменений и дополнений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="633"/>
+    <w:bookmarkStart w:name="z664" w:id="634"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) определение места нахождения президиума Республиканской коллегии адвокатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="634"/>
+    <w:bookmarkStart w:name="z665" w:id="635"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) избрание и освобождение от должности членов президиума Республиканской коллегии адвокатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkStart w:name="z666" w:id="636"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) избрание и освобождение от должности председателя Республиканской коллегии адвокатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="636"/>
+    <w:bookmarkStart w:name="z667" w:id="637"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) избрание и освобождение от должности членов и председателя ревизионной комиссии Республиканской коллегии адвокатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="637"/>
+    <w:bookmarkStart w:name="z668" w:id="638"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) избрание и освобождение от должности членов и председателя дисциплинарной комиссии адвокатуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="638"/>
+    <w:bookmarkStart w:name="z669" w:id="639"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) утверждение нормы представительства делегатов от коллегий адвокатов на Республиканскую конференцию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="639"/>
+    <w:bookmarkStart w:name="z670" w:id="640"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) утверждение Кодекса профессиональной этики адвокатов и внесение в него изменений и дополнений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="640"/>
+    <w:bookmarkStart w:name="z671" w:id="641"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) утверждение положения о порядке проведения аттестации адвокатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="641"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) Исключен от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11) Исключен от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12) Исключен от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13) Исключен от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14) Исключен от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15) Исключен от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16) Исключен от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17) Исключен от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z680" w:id="642"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) утверждение объема и порядка оказания комплексной социальной юридической помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="642"/>
+    <w:bookmarkStart w:name="z681" w:id="643"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) утверждение правил поведения адвокатов в средствах массовой информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="643"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20) Исключен от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">21) Исключен от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z684" w:id="644"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) определение размера и порядка взносов, осуществляемых коллегиями адвокатов на общие нужды Республиканской коллегии адвокатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="644"/>
+    <w:bookmarkStart w:name="z685" w:id="645"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) утверждение сметы расходов на содержание Республиканской коллегии адвокатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="645"/>
+    <w:bookmarkStart w:name="z686" w:id="646"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) утверждение отчета президиума Республиканской коллегии адвокатов, в том числе об исполнении сметы расходов на содержание Республиканской коллегии адвокатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="646"/>
+    <w:bookmarkStart w:name="z687" w:id="647"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) утверждение отчета ревизионной комиссии о результатах финансово-хозяйственной деятельности Республиканской коллегии адвокатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="647"/>
+    <w:bookmarkStart w:name="z688" w:id="648"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) утверждение регламента конференции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="648"/>
+    <w:bookmarkStart w:name="z689" w:id="649"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) осуществление иных функций, предусмотренных уставом Республиканской коллегии адвокатов и законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="649"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 67 с изменениями, внесенными Законом РК от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z690" w:id="650"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 65. Республиканская коллегия адвокатов</w:t>
-[...1495 lines deleted...]
-      27) осуществление иных функций, предусмотренных уставом Республиканской коллегии адвокатов и законодательством Республики Казахстан.</w:t>
+        <w:t xml:space="preserve"> Статья 68. Президиум Республиканской коллегии адвокатов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="650"/>
-    <w:p>
-[...95 lines deleted...]
-        <w:t xml:space="preserve"> Статья 68. Президиум Республиканской коллегии адвокатов</w:t>
+    <w:bookmarkStart w:name="z691" w:id="651"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Президиум Республиканской коллегии адвокатов является коллегиальным исполнительным органом Республиканской коллегии адвокатов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="651"/>
-    <w:bookmarkStart w:name="z691" w:id="652"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z692" w:id="653"/>
+    <w:bookmarkStart w:name="z692" w:id="652"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Президиум Республиканской коллегии адвокатов избирается тайным голосованием на четыре года и состоит из равного количества адвокатов от каждой коллегии адвокатов. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="652"/>
+    <w:bookmarkStart w:name="z693" w:id="653"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Одно и то же лицо не может состоять в президиуме Республиканской коллегии адвокатов более одного срока.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="653"/>
-    <w:bookmarkStart w:name="z693" w:id="654"/>
-[...15 lines deleted...]
-      Одно и то же лицо не может состоять в президиуме Республиканской коллегии адвокатов более одного срока.</w:t>
+    <w:bookmarkStart w:name="z694" w:id="654"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Президиум:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="654"/>
-    <w:bookmarkStart w:name="z694" w:id="655"/>
-[...15 lines deleted...]
-      3. Президиум:</w:t>
+    <w:bookmarkStart w:name="z695" w:id="655"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) организует работу Республиканской коллегии адвокатов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="655"/>
-    <w:bookmarkStart w:name="z695" w:id="656"/>
-[...15 lines deleted...]
-      1) организует работу Республиканской коллегии адвокатов;</w:t>
+    <w:bookmarkStart w:name="z696" w:id="656"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организует исполнение решений Республиканской конференции коллегий адвокатов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="656"/>
-    <w:bookmarkStart w:name="z696" w:id="657"/>
-[...15 lines deleted...]
-      2) организует исполнение решений Республиканской конференции коллегий адвокатов;</w:t>
+    <w:bookmarkStart w:name="z697" w:id="657"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в период между конференциями принимает решения о досрочном прекращении полномочий членов президиума и ревизионной комиссии, исключенных из членов коллегий адвокатов по основаниям, предусмотренным настоящим Законом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="657"/>
-    <w:bookmarkStart w:name="z697" w:id="658"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z698" w:id="659"/>
+    <w:bookmarkStart w:name="z698" w:id="658"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) разрабатывает документы, подлежащие утверждению Республиканской конференцией коллегий адвокатов, в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="658"/>
+    <w:bookmarkStart w:name="z699" w:id="659"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) координирует деятельность коллегий адвокатов;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="659"/>
-    <w:bookmarkStart w:name="z699" w:id="660"/>
-[...15 lines deleted...]
-      5) координирует деятельность коллегий адвокатов;</w:t>
+    <w:bookmarkStart w:name="z700" w:id="660"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) представляет в уполномоченный орган статистические сведения об оказанной адвокатами юридической помощи по форме, утверждаемой уполномоченным органом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="660"/>
-    <w:bookmarkStart w:name="z700" w:id="661"/>
-[...15 lines deleted...]
-      6) представляет в уполномоченный орган статистические сведения об оказанной адвокатами юридической помощи по форме, утверждаемой уполномоченным органом;</w:t>
+    <w:bookmarkStart w:name="z701" w:id="661"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) организует работу по повышению профессионального уровня адвокатов, разрабатывает единую методику профессиональной подготовки адвокатов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="661"/>
-    <w:bookmarkStart w:name="z701" w:id="662"/>
-[...15 lines deleted...]
-      7) организует работу по повышению профессионального уровня адвокатов, разрабатывает единую методику профессиональной подготовки адвокатов;</w:t>
+    <w:bookmarkStart w:name="z702" w:id="662"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) защищает социальные и профессиональные права адвокатов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="662"/>
-    <w:bookmarkStart w:name="z702" w:id="663"/>
-[...15 lines deleted...]
-      8) защищает социальные и профессиональные права адвокатов;</w:t>
+    <w:bookmarkStart w:name="z703" w:id="663"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) участвует в проведении экспертиз проектов нормативных правовых актов по вопросам, относящимся к адвокатской деятельности, в случаях и порядке, предусмотренных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="663"/>
-    <w:bookmarkStart w:name="z703" w:id="664"/>
-[...15 lines deleted...]
-      9) участвует в проведении экспертиз проектов нормативных правовых актов по вопросам, относящимся к адвокатской деятельности, в случаях и порядке, предусмотренных законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z704" w:id="664"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) обобщает ежеквартально отчеты коллегий адвокатов об их деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="664"/>
-    <w:bookmarkStart w:name="z704" w:id="665"/>
-[...15 lines deleted...]
-      10) обобщает ежеквартально отчеты коллегий адвокатов об их деятельности;</w:t>
+    <w:bookmarkStart w:name="z705" w:id="665"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) организует методическое обеспечение по вопросам адвокатской деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="665"/>
-    <w:bookmarkStart w:name="z705" w:id="666"/>
-[...15 lines deleted...]
-      11) организует методическое обеспечение по вопросам адвокатской деятельности;</w:t>
+    <w:bookmarkStart w:name="z706" w:id="666"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) организует информационное обеспечение коллегий адвокатов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="666"/>
-    <w:bookmarkStart w:name="z706" w:id="667"/>
-[...15 lines deleted...]
-      12) организует информационное обеспечение коллегий адвокатов;</w:t>
+    <w:bookmarkStart w:name="z707" w:id="667"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) ежегодно по результатам мониторинга определяет среднюю стоимость услуг адвокатов коллегий (по видам услуг) и обеспечивает размещение этой информации на интернет-ресурсе Республиканской коллегии адвокатов и публикацию в средствах массовой информации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="667"/>
-    <w:bookmarkStart w:name="z707" w:id="668"/>
-[...15 lines deleted...]
-      13) ежегодно по результатам мониторинга определяет среднюю стоимость услуг адвокатов коллегий (по видам услуг) и обеспечивает размещение этой информации на интернет-ресурсе Республиканской коллегии адвокатов и публикацию в средствах массовой информации;</w:t>
+    <w:bookmarkStart w:name="z708" w:id="668"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) размещает на интернет-ресурсе Республиканской коллегии адвокатов:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="668"/>
-    <w:bookmarkStart w:name="z708" w:id="669"/>
-[...15 lines deleted...]
-      14) размещает на интернет-ресурсе Республиканской коллегии адвокатов:</w:t>
+    <w:bookmarkStart w:name="z709" w:id="669"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      список адвокатов, занимающихся адвокатской деятельностью, а также списки адвокатов территориальных коллегий адвокатов в актуальном состоянии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="669"/>
-    <w:bookmarkStart w:name="z709" w:id="670"/>
-[...15 lines deleted...]
-      список адвокатов, занимающихся адвокатской деятельностью, а также списки адвокатов территориальных коллегий адвокатов в актуальном состоянии;</w:t>
+    <w:bookmarkStart w:name="z710" w:id="670"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нормативные правовые акты Республики Казахстан, касающиеся адвокатской деятельности и юридической помощи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="670"/>
-    <w:bookmarkStart w:name="z710" w:id="671"/>
-[...15 lines deleted...]
-      нормативные правовые акты Республики Казахстан, касающиеся адвокатской деятельности и юридической помощи;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кодекс профессиональной этики адвокатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      стандарты оказания юридической помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      критерии качества юридической помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      стандарты повышения квалификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z715" w:id="671"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отчет о финансово-хозяйственной деятельности Республиканской коллегии адвокатов, включающий информацию обо всех поступлениях и расходах по каждой специфике отдельно;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="671"/>
+    <w:bookmarkStart w:name="z716" w:id="672"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сведения о составах президиумов коллегий адвокатов и Республиканской коллегии адвокатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="672"/>
+    <w:bookmarkStart w:name="z717" w:id="673"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сведения об оказании комплексной социальной юридической помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="673"/>
+    <w:bookmarkStart w:name="z718" w:id="674"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      результаты работы дисциплинарной комиссии адвокатуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="674"/>
+    <w:bookmarkStart w:name="z719" w:id="675"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мероприятия и события адвокатуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="675"/>
+    <w:bookmarkStart w:name="z720" w:id="676"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      и иную необходимую информацию о деятельности Республиканской коллегии адвокатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="676"/>
+    <w:bookmarkStart w:name="z721" w:id="677"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Республиканской коллегией адвокатов должны быть предусмотрены способы получения информации членами коллегий адвокатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="677"/>
+    <w:bookmarkStart w:name="z722" w:id="678"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) созывает не реже одного раза в два года Республиканскую конференцию коллегий адвокатов, формирует ее повестку дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="678"/>
+    <w:bookmarkStart w:name="z723" w:id="679"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) в пределах своей компетенции распоряжается имуществом Республиканской коллегии адвокатов в соответствии со сметой и назначением имущества;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="679"/>
+    <w:bookmarkStart w:name="z724" w:id="680"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) утверждает регламент президиума Республиканской коллегии адвокатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="680"/>
+    <w:bookmarkStart w:name="z725" w:id="681"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) утверждает эмблему Республиканской коллегии адвокатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="681"/>
+    <w:bookmarkStart w:name="z1044" w:id="682"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-1) утверждает стандарты оказания юридической помощи по согласованию с уполномоченным органом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="682"/>
+    <w:bookmarkStart w:name="z1045" w:id="683"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-2) утверждает критерий качества оказания юридической помощи по согласованию с уполномоченным органом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="683"/>
+    <w:bookmarkStart w:name="z1046" w:id="684"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-3) утверждает форму и описание адвокатской мантии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="684"/>
+    <w:bookmarkStart w:name="z1047" w:id="685"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-4) разрабатывает и утверждает форму удостоверения адвоката и порядок его заполнения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="685"/>
+    <w:bookmarkStart w:name="z1048" w:id="686"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-5) утверждает положение о порядке прохождения стажировки стажерами адвокатов по согласованию с уполномоченным органом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="686"/>
+    <w:bookmarkStart w:name="z1049" w:id="687"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-6) утверждает стандарты повышения квалификации адвокатов по согласованию с уполномоченным органом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="687"/>
+    <w:bookmarkStart w:name="z1050" w:id="688"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-7) утверждает порядок повышения квалификации адвокатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="688"/>
+    <w:bookmarkStart w:name="z1051" w:id="689"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-8) утверждает форму, порядок оформления и направления адвокатского запроса по согласованию с уполномоченным органом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="689"/>
+    <w:bookmarkStart w:name="z1052" w:id="690"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-9) утверждает положение о дисциплинарной комиссии адвокатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="690"/>
+    <w:bookmarkStart w:name="z1053" w:id="691"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-10) утверждает положение о дисциплинарной комиссии адвокатуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="691"/>
+    <w:bookmarkStart w:name="z1097" w:id="692"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-11) разрабатывает и утверждает методические рекомендации по вопросам противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения для адвокатов с учетом особенностей и специфики их деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="692"/>
+    <w:bookmarkStart w:name="z1098" w:id="693"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-12) проводит в пределах своей компетенции анализ и мониторинг деятельности адвокатов на предмет выявления рисков легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения, обобщает практику применения законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения и вносит предложения по его совершенствованию с ежегодным предоставлением такой информации в уполномоченный орган по финансовому мониторингу по форме и в сроки, которые установлены уполномоченным органом по финансовому мониторингу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="693"/>
+    <w:bookmarkStart w:name="z726" w:id="694"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) осуществляет иные функции, предусмотренные уставом Республиканской коллегии адвокатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="694"/>
+    <w:bookmarkStart w:name="z727" w:id="695"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. По требованию ревизионной комиссии или не менее одной трети от общего числа коллегий адвокатов президиум Республиканской коллегии адвокатов обязан в течение двух месяцев созвать внеочередную Республиканскую конференцию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="695"/>
+    <w:bookmarkStart w:name="z728" w:id="696"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Решения президиума принимаются простым большинством голосов от общего числа членов, присутствующих на его заседании.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="696"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...17 lines deleted...]
-    </w:p>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 68 с изменениями, внесенными законами РК от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 01.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 131-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z729" w:id="697"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...25 lines deleted...]
-    </w:p>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 69. Председатель Республиканской коллегии адвокатов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="697"/>
+    <w:bookmarkStart w:name="z730" w:id="698"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Председателем Республиканской коллегии адвокатов может быть избран адвокат, имеющий стаж адвокатской деятельности не менее пяти лет. Председатель Республиканской коллегии адвокатов избирается тайным голосованием на срок четыре года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="698"/>
+    <w:bookmarkStart w:name="z731" w:id="699"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Одно и то же лицо не может занимать должность председателя Республиканской коллегии адвокатов более одного срока.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="699"/>
+    <w:bookmarkStart w:name="z732" w:id="700"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Председатель Республиканской коллегии адвокатов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="700"/>
+    <w:bookmarkStart w:name="z733" w:id="701"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) представляет Республиканскую коллегию адвокатов в государственных и иных организациях, а также в отношениях с физическими лицами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="701"/>
+    <w:bookmarkStart w:name="z734" w:id="702"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) действует от имени Республиканской коллегии адвокатов без доверенности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="702"/>
+    <w:bookmarkStart w:name="z735" w:id="703"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) выдает доверенности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="703"/>
+    <w:bookmarkStart w:name="z736" w:id="704"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) заключает сделки от имени Республиканской коллегии адвокатов и распоряжается имуществом Республиканской коллегии адвокатов по решению президиума Республиканской коллегии адвокатов в соответствии со сметой и назначением имущества;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="704"/>
+    <w:bookmarkStart w:name="z737" w:id="705"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) созывает заседания президиума Республиканской коллегии адвокатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="705"/>
+    <w:bookmarkStart w:name="z738" w:id="706"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) обеспечивает исполнение решений президиума Республиканской коллегии адвокатов и решений Республиканской конференции коллегий адвокатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="706"/>
+    <w:bookmarkStart w:name="z739" w:id="707"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...673 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 69. Председатель Республиканской коллегии адвокатов</w:t>
-[...179 lines deleted...]
-      6) обеспечивает исполнение решений президиума Республиканской коллегии адвокатов и решений Республиканской конференции коллегий адвокатов.</w:t>
+        <w:t xml:space="preserve"> Статья 70. Ревизионная комиссия Республиканской коллегии адвокатов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="707"/>
-    <w:bookmarkStart w:name="z739" w:id="708"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z740" w:id="709"/>
+    <w:bookmarkStart w:name="z740" w:id="708"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Ревизионная комиссия Республиканской коллегии адвокатов является органом Республиканской коллегии адвокатов, осуществляющим контроль за ее финансово-хозяйственной деятельностью, и подотчетной Республиканской конференции коллегий адвокатов. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="708"/>
+    <w:bookmarkStart w:name="z741" w:id="709"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ревизионная комиссия Республиканской коллегии адвокатов может быть образована из числа членов коллегий адвокатов. Члены ревизионной комиссии Республиканской коллегии адвокатов не вправе занимать иную выборную должность в Республиканской коллегии адвокатов.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="709"/>
-    <w:bookmarkStart w:name="z741" w:id="710"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z742" w:id="711"/>
+    <w:bookmarkStart w:name="z742" w:id="710"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ревизионная комиссия Республиканской коллегии адвокатов образуется в составе не более пяти человек. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="710"/>
+    <w:bookmarkStart w:name="z743" w:id="711"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Члены ревизионной комиссии Республиканской коллегии адвокатов осуществляют свою деятельность на добровольных началах безвозмездно.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="711"/>
-    <w:bookmarkStart w:name="z743" w:id="712"/>
-[...15 lines deleted...]
-      Члены ревизионной комиссии Республиканской коллегии адвокатов осуществляют свою деятельность на добровольных началах безвозмездно.</w:t>
+    <w:bookmarkStart w:name="z744" w:id="712"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Ревизионная комиссия Республиканской коллегии адвокатов избирается Республиканской конференцией коллегий адвокатов на срок не свыше четырех лет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="712"/>
-    <w:bookmarkStart w:name="z744" w:id="713"/>
-[...15 lines deleted...]
-      3. Ревизионная комиссия Республиканской коллегии адвокатов избирается Республиканской конференцией коллегий адвокатов на срок не свыше четырех лет.</w:t>
+    <w:bookmarkStart w:name="z745" w:id="713"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Одно и то же лицо не может быть в составе ревизионной комиссии Республиканской коллегии адвокатов более одного срока.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="713"/>
-    <w:bookmarkStart w:name="z745" w:id="714"/>
-[...15 lines deleted...]
-      Одно и то же лицо не может быть в составе ревизионной комиссии Республиканской коллегии адвокатов более одного срока.</w:t>
+    <w:bookmarkStart w:name="z746" w:id="714"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Ревизионная комиссия Республиканской коллегии адвокатов имеет право в любое время производить проверки финансово-хозяйственной деятельности Республиканской коллегии адвокатов и обладает для этой цели правом доступа ко всей документации органов Республиканской коллегии адвокатов. По требованию ревизионной комиссии Республиканской коллегии адвокатов члены органов Республиканской коллегии адвокатов обязаны давать необходимые пояснения в устной или письменной форме.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="714"/>
-    <w:bookmarkStart w:name="z746" w:id="715"/>
-[...15 lines deleted...]
-      4. Ревизионная комиссия Республиканской коллегии адвокатов имеет право в любое время производить проверки финансово-хозяйственной деятельности Республиканской коллегии адвокатов и обладает для этой цели правом доступа ко всей документации органов Республиканской коллегии адвокатов. По требованию ревизионной комиссии Республиканской коллегии адвокатов члены органов Республиканской коллегии адвокатов обязаны давать необходимые пояснения в устной или письменной форме.</w:t>
+    <w:bookmarkStart w:name="z747" w:id="715"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Ревизионная комиссия Республиканской коллегии адвокатов в обязательном порядке проводит проверку годового отчета о финансово-хозяйственной деятельности Республиканской коллегии адвокатов и размещает ее результаты на интернет-ресурсе Республиканской коллегии адвокатов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="715"/>
-    <w:bookmarkStart w:name="z747" w:id="716"/>
-[...15 lines deleted...]
-      5. Ревизионная комиссия Республиканской коллегии адвокатов в обязательном порядке проводит проверку годового отчета о финансово-хозяйственной деятельности Республиканской коллегии адвокатов и размещает ее результаты на интернет-ресурсе Республиканской коллегии адвокатов.</w:t>
+    <w:bookmarkStart w:name="z748" w:id="716"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Ревизионная комиссия Республиканской коллегии адвокатов представляет отчет очередному собранию Республиканской конференции коллегий адвокатов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="716"/>
-    <w:bookmarkStart w:name="z748" w:id="717"/>
-[...15 lines deleted...]
-      6. Ревизионная комиссия Республиканской коллегии адвокатов представляет отчет очередному собранию Республиканской конференции коллегий адвокатов.</w:t>
+    <w:bookmarkStart w:name="z749" w:id="717"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Порядок работы, периодичность представления отчета ревизионной комиссии Республиканской коллегии адвокатов определяются уставом и внутренними документами Республиканской коллегии адвокатов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="717"/>
-    <w:bookmarkStart w:name="z749" w:id="718"/>
-[...15 lines deleted...]
-      7. Порядок работы, периодичность представления отчета ревизионной комиссии Республиканской коллегии адвокатов определяются уставом и внутренними документами Республиканской коллегии адвокатов.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья70 с изменением, внесенным Законом РК от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z750" w:id="718"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 71. Имущество Республиканской коллегии адвокатов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="718"/>
+    <w:bookmarkStart w:name="z751" w:id="719"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Имущество Республиканской коллегии адвокатов формируется за счет взносов, осуществляемых коллегиями адвокатов, грантов и благотворительной помощи, пожертвований, поступающих от юридических и физических лиц в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="719"/>
+    <w:bookmarkStart w:name="z752" w:id="720"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. К затратам на общие нужды Республиканской коллегии адвокатов относятся расходы на ее материальное обеспечение, вознаграждение адвокатов и компенсация расходов, связанных с их работой в органах Республиканской коллегии адвокатов, расходы на заработную плату работников аппарата Республиканской коллегии адвокатов и иные расходы, предусмотренные законодательством Республики Казахстан и сметой Республиканской коллегии адвокатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="720"/>
+    <w:bookmarkStart w:name="z753" w:id="721"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 72. Дисциплинарная ответственность адвокатов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="721"/>
+    <w:bookmarkStart w:name="z754" w:id="722"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Привлечение адвоката к дисциплинарной ответственности осуществляется дисциплинарной комиссией адвокатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="722"/>
+    <w:bookmarkStart w:name="z755" w:id="723"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дисциплинарная комиссия адвокатов является независимым органом коллегии адвокатов, избираемым общим собранием (конференцией) членов коллегии адвокатов и подотчетным ему (ей). Решения дисциплинарной комиссии адвокатов носят обязательный характер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="723"/>
+    <w:bookmarkStart w:name="z756" w:id="724"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В состав дисциплинарной комиссии адвокатов включаются шесть адвокатов со стажем адвокатской практики не менее пяти лет по представлению коллегии адвокатов, три представителя общественности, предложенные органами юстиции, два судьи в отставке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="724"/>
+    <w:bookmarkStart w:name="z757" w:id="725"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Председателем дисциплинарной комиссии адвокатов является адвокат.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="725"/>
+    <w:bookmarkStart w:name="z758" w:id="726"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Одно и то же лицо не может состоять в дисциплинарной комиссии адвокатов более одного срока.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="726"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...216 lines deleted...]
-      Одно и то же лицо не может состоять в дисциплинарной комиссии адвокатов более одного срока.</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Положение о дисциплинарной комиссии адвокатов и процедура привлечения к дисциплинарной ответственности устанавливаются Республиканской коллегией адвокатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z760" w:id="727"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок полномочий дисциплинарной комиссии адвокатов составляет четыре года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="727"/>
-    <w:p>
-[...51 lines deleted...]
-      Срок полномочий дисциплинарной комиссии адвокатов составляет четыре года.</w:t>
+    <w:bookmarkStart w:name="z761" w:id="728"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Дисциплинарное дело рассматривается дисциплинарной комиссией адвокатов в срок не более двух месяцев со дня выявления нарушения. Дисциплинарное производство может быть приостановлено в случаях временной нетрудоспособности адвоката и нахождения его в командировке. Срок приостановления не включается в общий срок рассмотрения дисциплинарного дела.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="728"/>
-    <w:bookmarkStart w:name="z761" w:id="729"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z762" w:id="730"/>
+    <w:bookmarkStart w:name="z762" w:id="729"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. При рассмотрении дисциплинарного дела дисциплинарная комиссия адвокатов обязана приглашать на свои заседания лиц, направивших жалобы, а также членов коллегии адвокатов, в отношении которых рассматривается жалоба. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="730"/>
-    <w:bookmarkStart w:name="z763" w:id="731"/>
+    <w:bookmarkEnd w:id="729"/>
+    <w:bookmarkStart w:name="z763" w:id="730"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае внесения органами юстиции представления о возбуждении дисциплинарного производства его обязательное рассмотрение осуществляется с участием представителя органа юстиции. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="730"/>
+    <w:bookmarkStart w:name="z764" w:id="731"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Неявка указанных лиц, надлежащим образом извещенных о времени и месте рассмотрения, не препятствует рассмотрению дисциплинарного производства.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="731"/>
-    <w:bookmarkStart w:name="z764" w:id="732"/>
-[...15 lines deleted...]
-      Неявка указанных лиц, надлежащим образом извещенных о времени и месте рассмотрения, не препятствует рассмотрению дисциплинарного производства.</w:t>
+    <w:bookmarkStart w:name="z765" w:id="732"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Основанием для возбуждения дисциплинарного производства является наличие достаточных оснований, указывающих на нарушение адвокатом требований настоящего Закона, законодательства Республики Казахстан об адвокатской деятельности и юридической помощи, Кодекса профессиональной этики адвокатов, устава коллегии адвокатов, решений органов Республиканской коллегии адвокатов, коллегий адвокатов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="732"/>
-    <w:bookmarkStart w:name="z765" w:id="733"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z766" w:id="734"/>
+    <w:bookmarkStart w:name="z766" w:id="733"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Дисциплинарная комиссия адвокатов вправе применить к адвокату следующие меры дисциплинарного взыскания: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="733"/>
+    <w:bookmarkStart w:name="z767" w:id="734"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) замечание;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="734"/>
-    <w:bookmarkStart w:name="z767" w:id="735"/>
-[...15 lines deleted...]
-      1) замечание;</w:t>
+    <w:bookmarkStart w:name="z768" w:id="735"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выговор;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="735"/>
-    <w:bookmarkStart w:name="z768" w:id="736"/>
-[...15 lines deleted...]
-      2) выговор;</w:t>
+    <w:bookmarkStart w:name="z769" w:id="736"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) строгий выговор;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="736"/>
-    <w:bookmarkStart w:name="z769" w:id="737"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z770" w:id="738"/>
+    <w:bookmarkStart w:name="z770" w:id="737"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) исключение из коллегии адвокатов по основаниям и в порядке, которые предусмотрены </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="737"/>
+    <w:bookmarkStart w:name="z771" w:id="738"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. За совершение адвокатом дисциплинарного проступка может быть наложено только одно дисциплинарное взыскание.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="738"/>
-    <w:bookmarkStart w:name="z771" w:id="739"/>
-[...15 lines deleted...]
-      6. За совершение адвокатом дисциплинарного проступка может быть наложено только одно дисциплинарное взыскание.</w:t>
+    <w:bookmarkStart w:name="z772" w:id="739"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дисциплинарное взыскание может быть наложено в срок не более одного месяца со дня его выявления, но не более шести месяцев со дня его совершения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="739"/>
-    <w:bookmarkStart w:name="z772" w:id="740"/>
-[...15 lines deleted...]
-      Дисциплинарное взыскание может быть наложено в срок не более одного месяца со дня его выявления, но не более шести месяцев со дня его совершения.</w:t>
+    <w:bookmarkStart w:name="z773" w:id="740"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дисциплинарная комиссия по результатам рассмотрения дисциплинарного дела может вынести предписание, обязывающее члена коллегии адвокатов устранить выявленные нарушения и устанавливающее сроки их устранения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="740"/>
-    <w:bookmarkStart w:name="z773" w:id="741"/>
-[...15 lines deleted...]
-      Дисциплинарная комиссия по результатам рассмотрения дисциплинарного дела может вынести предписание, обязывающее члена коллегии адвокатов устранить выявленные нарушения и устанавливающее сроки их устранения.</w:t>
+    <w:bookmarkStart w:name="z774" w:id="741"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Решения, предусмотренные пунктом 5 настоящей статьи, принимаются большинством голосов членов дисциплинарной комиссии адвокатов и вступают в силу со дня их принятия.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="741"/>
-    <w:bookmarkStart w:name="z774" w:id="742"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z775" w:id="743"/>
+    <w:bookmarkStart w:name="z775" w:id="742"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Заседание дисциплинарной комиссии адвокатов считается правомочным, если на нем присутствует более половины ее членов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="743"/>
-    <w:bookmarkStart w:name="z776" w:id="744"/>
+    <w:bookmarkEnd w:id="742"/>
+    <w:bookmarkStart w:name="z776" w:id="743"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Коллегия адвокатов в течение пяти рабочих дней со дня принятия дисциплинарной комиссией адвокатов решения о применении мер дисциплинарного взыскания в отношении члена коллегии адвокатов направляет копию решения члену коллегии адвокатов, а также лицу, направившему жалобу, по которой принято решение, с использованием средств связи, обеспечивающих фиксирование его получения. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="743"/>
+    <w:bookmarkStart w:name="z777" w:id="744"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Решение дисциплинарной комиссии адвокатов может быть оспорено в дисциплинарной комиссии адвокатуры или суде в течение трех месяцев с момента оглашения данного решения.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="744"/>
-    <w:bookmarkStart w:name="z777" w:id="745"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z778" w:id="746"/>
+    <w:bookmarkStart w:name="z778" w:id="745"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Результаты работы дисциплинарной комиссии адвокатов размещаются на интернет-ресурсе коллегии адвокатов. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="745"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 72 с изменениями, внесенными Законом РК от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z779" w:id="746"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 73. Дисциплинарная комиссия адвокатуры</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="746"/>
-    <w:p>
-[...75 lines deleted...]
-        <w:t xml:space="preserve"> Статья 73. Дисциплинарная комиссия адвокатуры</w:t>
+    <w:bookmarkStart w:name="z780" w:id="747"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Привлечение к дисциплинарной ответственности членов органов управления коллегий адвокатов, членов органов управления Республиканской коллегии адвокатов осуществляется дисциплинарной комиссией адвокатуры.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="747"/>
-    <w:bookmarkStart w:name="z780" w:id="748"/>
-[...15 lines deleted...]
-      1. Привлечение к дисциплинарной ответственности членов органов управления коллегий адвокатов, членов органов управления Республиканской коллегии адвокатов осуществляется дисциплинарной комиссией адвокатуры.</w:t>
+    <w:bookmarkStart w:name="z781" w:id="748"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дисциплинарная комиссия адвокатуры также рассматривает жалобы на решения дисциплинарной комиссии адвокатов, обобщает дисциплинарную практику.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="748"/>
-    <w:bookmarkStart w:name="z781" w:id="749"/>
-[...15 lines deleted...]
-      Дисциплинарная комиссия адвокатуры также рассматривает жалобы на решения дисциплинарной комиссии адвокатов, обобщает дисциплинарную практику.</w:t>
+    <w:bookmarkStart w:name="z782" w:id="749"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дисциплинарная комиссия адвокатуры является независимым органом Республиканской коллегии адвокатов, избираемым Республиканской конференцией коллегий адвокатов и подотчетным ей. Решения дисциплинарной комиссии адвокатуры носят обязательный характер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="749"/>
-    <w:bookmarkStart w:name="z782" w:id="750"/>
-[...15 lines deleted...]
-      Дисциплинарная комиссия адвокатуры является независимым органом Республиканской коллегии адвокатов, избираемым Республиканской конференцией коллегий адвокатов и подотчетным ей. Решения дисциплинарной комиссии адвокатуры носят обязательный характер.</w:t>
+    <w:bookmarkStart w:name="z783" w:id="750"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В состав дисциплинарной комиссии адвокатуры включаются шесть адвокатов со стажем адвокатской практики не менее пяти лет по представлению Республиканской коллегии адвокатов, три представителя общественности, предложенные уполномоченным органом, два судьи в отставке.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="750"/>
-    <w:bookmarkStart w:name="z783" w:id="751"/>
-[...15 lines deleted...]
-      В состав дисциплинарной комиссии адвокатуры включаются шесть адвокатов со стажем адвокатской практики не менее пяти лет по представлению Республиканской коллегии адвокатов, три представителя общественности, предложенные уполномоченным органом, два судьи в отставке.</w:t>
+    <w:bookmarkStart w:name="z784" w:id="751"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Председателем дисциплинарной комиссии адвокатуры является адвокат.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="751"/>
-    <w:bookmarkStart w:name="z784" w:id="752"/>
-[...15 lines deleted...]
-      Председателем дисциплинарной комиссии адвокатуры является адвокат.</w:t>
+    <w:bookmarkStart w:name="z785" w:id="752"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Одно и то же лицо не может состоять в дисциплинарной комиссии адвокатуры более одного срока.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="752"/>
-    <w:bookmarkStart w:name="z785" w:id="753"/>
-[...15 lines deleted...]
-      Одно и то же лицо не может состоять в дисциплинарной комиссии адвокатуры более одного срока.</w:t>
+    <w:bookmarkStart w:name="z786" w:id="753"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок полномочий дисциплинарной комиссии адвокатуры составляет четыре года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="753"/>
-    <w:bookmarkStart w:name="z786" w:id="754"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z787" w:id="755"/>
+    <w:bookmarkStart w:name="z787" w:id="754"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Привлечение к дисциплинарной ответственности членов органов управления коллегий адвокатов, членов органов управления Республиканской коллегии адвокатов производится по правилам, установленным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 72</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="755"/>
-    <w:bookmarkStart w:name="z788" w:id="756"/>
+    <w:bookmarkEnd w:id="754"/>
+    <w:bookmarkStart w:name="z788" w:id="755"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Дисциплинарная комиссия адвокатуры вправе применить к членам органов управления коллегий адвокатов, членам органов управления Республиканской коллегии адвокатов следующие меры дисциплинарного взыскания: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="755"/>
+    <w:bookmarkStart w:name="z789" w:id="756"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) замечание;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="756"/>
-    <w:bookmarkStart w:name="z789" w:id="757"/>
-[...15 lines deleted...]
-      1) замечание;</w:t>
+    <w:bookmarkStart w:name="z790" w:id="757"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выговор;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="757"/>
-    <w:bookmarkStart w:name="z790" w:id="758"/>
-[...15 lines deleted...]
-      2) выговор;</w:t>
+    <w:bookmarkStart w:name="z791" w:id="758"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) строгий выговор.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="758"/>
-    <w:bookmarkStart w:name="z791" w:id="759"/>
-[...15 lines deleted...]
-      3) строгий выговор.</w:t>
+    <w:bookmarkStart w:name="z792" w:id="759"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В случае, если по результатам рассмотрения дела дисциплинарная комиссия установит наличие оснований для исключения лица, привлекаемого к ответственности, из коллегии адвокатов, она поручает соответствующей коллегии адвокатов рассмотреть вопрос о прекращении членства адвоката в коллегии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="759"/>
-    <w:bookmarkStart w:name="z792" w:id="760"/>
-[...15 lines deleted...]
-      4. В случае, если по результатам рассмотрения дела дисциплинарная комиссия установит наличие оснований для исключения лица, привлекаемого к ответственности, из коллегии адвокатов, она поручает соответствующей коллегии адвокатов рассмотреть вопрос о прекращении членства адвоката в коллегии.</w:t>
+    <w:bookmarkStart w:name="z793" w:id="760"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Решение коллегии адвокатов об исключении члена из коллегии может быть обжаловано в суд в месячный срок со дня вручения адвокату копии постановления президиума коллегии адвокатов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="760"/>
-    <w:bookmarkStart w:name="z793" w:id="761"/>
-[...15 lines deleted...]
-      Решение коллегии адвокатов об исключении члена из коллегии может быть обжаловано в суд в месячный срок со дня вручения адвокату копии постановления президиума коллегии адвокатов.</w:t>
+    <w:bookmarkStart w:name="z794" w:id="761"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Дисциплинарная комиссия адвокатуры по результатам рассмотрения жалобы на решение, действия (бездействие) дисциплинарной комиссии адвокатов имеет право:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="761"/>
-    <w:bookmarkStart w:name="z794" w:id="762"/>
-[...15 lines deleted...]
-      5. Дисциплинарная комиссия адвокатуры по результатам рассмотрения жалобы на решение, действия (бездействие) дисциплинарной комиссии адвокатов имеет право:</w:t>
+    <w:bookmarkStart w:name="z795" w:id="762"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) оставить жалобу без удовлетворения, а решение дисциплинарной комиссии адвокатов без изменений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="762"/>
-    <w:bookmarkStart w:name="z795" w:id="763"/>
-[...15 lines deleted...]
-      1) оставить жалобу без удовлетворения, а решение дисциплинарной комиссии адвокатов без изменений;</w:t>
+    <w:bookmarkStart w:name="z796" w:id="763"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) изменить решение дисциплинарной комиссии адвокатов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="763"/>
-    <w:bookmarkStart w:name="z796" w:id="764"/>
-[...15 lines deleted...]
-      2) изменить решение дисциплинарной комиссии адвокатов;</w:t>
+    <w:bookmarkStart w:name="z797" w:id="764"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) отменить решение дисциплинарной комиссии адвокатов и принять новое решение;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="764"/>
-    <w:bookmarkStart w:name="z797" w:id="765"/>
-[...15 lines deleted...]
-      3) отменить решение дисциплинарной комиссии адвокатов и принять новое решение;</w:t>
+    <w:bookmarkStart w:name="z798" w:id="765"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) направить дело на новое рассмотрение в соответствующую дисциплинарную комиссию адвокатов и обязать дисциплинарную комиссию адвокатов совершить определенные действия.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="765"/>
-    <w:bookmarkStart w:name="z798" w:id="766"/>
-[...15 lines deleted...]
-      4) направить дело на новое рассмотрение в соответствующую дисциплинарную комиссию адвокатов и обязать дисциплинарную комиссию адвокатов совершить определенные действия.</w:t>
+    <w:bookmarkStart w:name="z799" w:id="766"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заседание дисциплинарной комиссии адвокатуры считается правомочным, если на нем присутствует более половины ее членов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="766"/>
-    <w:bookmarkStart w:name="z799" w:id="767"/>
-[...15 lines deleted...]
-      Заседание дисциплинарной комиссии адвокатуры считается правомочным, если на нем присутствует более половины ее членов.</w:t>
+    <w:bookmarkStart w:name="z800" w:id="767"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Решение дисциплинарной комиссии адвокатуры принимается путем открытого голосования большинством голосов членов комиссии, присутствующих на заседании.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="767"/>
-    <w:bookmarkStart w:name="z800" w:id="768"/>
-[...15 lines deleted...]
-      Решение дисциплинарной комиссии адвокатуры принимается путем открытого голосования большинством голосов членов комиссии, присутствующих на заседании.</w:t>
+    <w:bookmarkStart w:name="z801" w:id="768"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Решение дисциплинарной комиссии адвокатуры может быть оспорено в суде.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="768"/>
-    <w:bookmarkStart w:name="z801" w:id="769"/>
-[...15 lines deleted...]
-      Решение дисциплинарной комиссии адвокатуры может быть оспорено в суде.</w:t>
+    <w:bookmarkStart w:name="z802" w:id="769"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Результаты работы дисциплинарной комиссии адвокатуры размещаются на интернет-ресурсе Республиканской коллегии адвокатов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="769"/>
-    <w:bookmarkStart w:name="z802" w:id="770"/>
-[...15 lines deleted...]
-      6. Результаты работы дисциплинарной комиссии адвокатуры размещаются на интернет-ресурсе Республиканской коллегии адвокатов.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 73 с изменением, внесенным Законом РК от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z803" w:id="770"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 74. Обжалование действий (бездействия) коллегии адвокатов, решений ее органов управления</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="770"/>
-    <w:p>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z804" w:id="772"/>
+    <w:bookmarkStart w:name="z804" w:id="771"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Лицо в случае нарушения его прав и законных интересов действиями (бездействием) коллегии адвокатов и (или) решениями ее органов управления вправе оспорить такие действия (бездействие) и (или) решения </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="772"/>
-    <w:bookmarkStart w:name="z805" w:id="773"/>
+    <w:bookmarkEnd w:id="771"/>
+    <w:bookmarkStart w:name="z805" w:id="772"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в Республиканской коллегии адвокатов или суде. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="772"/>
+    <w:bookmarkStart w:name="z806" w:id="773"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> РАЗДЕЛ 4. ОКАЗАНИЕ ЮРИДИЧЕСКОЙ ПОМОЩИ ЮРИДИЧЕСКИМИ КОНСУЛЬТАНТАМИ</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="773"/>
-    <w:bookmarkStart w:name="z806" w:id="774"/>
+    <w:bookmarkStart w:name="z807" w:id="774"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> РАЗДЕЛ 4. ОКАЗАНИЕ ЮРИДИЧЕСКОЙ ПОМОЩИ ЮРИДИЧЕСКИМИ КОНСУЛЬТАНТАМИ</w:t>
+        <w:t xml:space="preserve"> Глава 5. СТАТУС ЮРИДИЧЕСКОГО КОНСУЛЬТАНТА</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="774"/>
-    <w:bookmarkStart w:name="z807" w:id="775"/>
+    <w:bookmarkStart w:name="z808" w:id="775"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 5. СТАТУС ЮРИДИЧЕСКОГО КОНСУЛЬТАНТА</w:t>
+        <w:t xml:space="preserve"> Статья 75. Юридический консультант</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="775"/>
-    <w:bookmarkStart w:name="z808" w:id="776"/>
+    <w:bookmarkStart w:name="z809" w:id="776"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Юридическим консультантом является физическое лицо, имеющее высшее юридическое образование, стаж работы по юридической специальности не менее двух лет, прошедшее аттестацию, являющееся членом палаты юридических консультантов и оказывающее юридическую помощь.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="776"/>
+    <w:bookmarkStart w:name="z810" w:id="777"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Юридический консультант может оказывать юридическую помощь самостоятельно, занимаясь частной практикой в виде индивидуального предпринимательства либо без государственной регистрации в качестве индивидуального предпринимателя, а также на основании трудового договора с юридическим лицом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="777"/>
+    <w:bookmarkStart w:name="z811" w:id="778"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 75. Юридический консультант</w:t>
-[...39 lines deleted...]
-      2. Юридический консультант может оказывать юридическую помощь самостоятельно, занимаясь частной практикой в виде индивидуального предпринимательства либо без государственной регистрации в качестве индивидуального предпринимателя, а также на основании трудового договора с юридическим лицом.</w:t>
+        <w:t xml:space="preserve"> Статья 76. Права и обязанности юридического консультанта</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="778"/>
-    <w:bookmarkStart w:name="z811" w:id="779"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Статья 76. Права и обязанности юридического консультанта</w:t>
+    <w:bookmarkStart w:name="z812" w:id="779"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Юридический консультант вправе оказывать лицу, обратившемуся за помощью, любую юридическую помощь, в которой оно нуждается, в порядке и на условиях, определенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="779"/>
-    <w:bookmarkStart w:name="z812" w:id="780"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z813" w:id="781"/>
+    <w:bookmarkStart w:name="z813" w:id="780"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Юридический консультант от своего имени заключает письменный договор об оказании юридической помощи с обратившимся к нему лицом. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="780"/>
+    <w:bookmarkStart w:name="z814" w:id="781"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае оказания юридической помощи юридическим консультантом, действующим на основании трудового договора с юридическим лицом, письменный договор об оказании юридической помощи клиенту заключается юридическим лицом.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="781"/>
-    <w:bookmarkStart w:name="z814" w:id="782"/>
-[...15 lines deleted...]
-      В случае оказания юридической помощи юридическим консультантом, действующим на основании трудового договора с юридическим лицом, письменный договор об оказании юридической помощи клиенту заключается юридическим лицом.</w:t>
+    <w:bookmarkStart w:name="z815" w:id="782"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Юридический консультант, выступая в качестве представителя, правомочен:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="782"/>
-    <w:bookmarkStart w:name="z815" w:id="783"/>
-[...15 lines deleted...]
-      3. Юридический консультант, выступая в качестве представителя, правомочен:</w:t>
+    <w:bookmarkStart w:name="z816" w:id="783"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) представлять права и интересы лиц, обратившихся за юридической помощью, в судах, государственных, иных органах и организациях, в компетенцию которых входит разрешение соответствующих вопросов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="783"/>
-    <w:bookmarkStart w:name="z816" w:id="784"/>
-[...15 lines deleted...]
-      1) представлять права и интересы лиц, обратившихся за юридической помощью, в судах, государственных, иных органах и организациях, в компетенцию которых входит разрешение соответствующих вопросов;</w:t>
+    <w:bookmarkStart w:name="z817" w:id="784"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) запрашивать и получать во всех государственных органах, органах местного самоуправления и юридических лицах сведения, необходимые для оказания юридической помощи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="784"/>
-    <w:bookmarkStart w:name="z817" w:id="785"/>
-[...15 lines deleted...]
-      2) запрашивать и получать во всех государственных органах, органах местного самоуправления и юридических лицах сведения, необходимые для оказания юридической помощи;</w:t>
+    <w:bookmarkStart w:name="z818" w:id="785"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в порядке и пределах, установленных законодательством Республики Казахстан, самостоятельно собирать необходимые для оказания юридической помощи фактические данные, а также представлять их в государственные органы и должностным лицам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="785"/>
-    <w:bookmarkStart w:name="z818" w:id="786"/>
-[...15 lines deleted...]
-      3) в порядке и пределах, установленных законодательством Республики Казахстан, самостоятельно собирать необходимые для оказания юридической помощи фактические данные, а также представлять их в государственные органы и должностным лицам;</w:t>
+    <w:bookmarkStart w:name="z819" w:id="786"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) знакомиться с материалами, касающимися лица, обратившегося за юридической помощью, включая процессуальные документы, судебные дела, и фиксировать содержащуюся в них информацию любым способом, не запрещенным законами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="786"/>
-    <w:bookmarkStart w:name="z819" w:id="787"/>
-[...15 lines deleted...]
-      4) знакомиться с материалами, касающимися лица, обратившегося за юридической помощью, включая процессуальные документы, судебные дела, и фиксировать содержащуюся в них информацию любым способом, не запрещенным законами;</w:t>
+    <w:bookmarkStart w:name="z820" w:id="787"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) запрашивать на договорной основе заключения специалистов для разъяснения вопросов, возникающих в связи с оказанием юридической помощи и требующих специальных знаний в области науки, техники, искусства и других сферах деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="787"/>
-    <w:bookmarkStart w:name="z820" w:id="788"/>
-[...15 lines deleted...]
-      5) запрашивать на договорной основе заключения специалистов для разъяснения вопросов, возникающих в связи с оказанием юридической помощи и требующих специальных знаний в области науки, техники, искусства и других сферах деятельности;</w:t>
+    <w:bookmarkStart w:name="z821" w:id="788"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) заявлять ходатайства, приносить в установленном порядке жалобы на решения и действия (бездействие) органов государственной власти, местного самоуправления, общественных объединений, организаций, должностных лиц и государственных служащих, ущемляющих права и охраняемые законом интересы лиц, обратившихся за помощью;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="788"/>
-    <w:bookmarkStart w:name="z821" w:id="789"/>
-[...15 lines deleted...]
-      6) заявлять ходатайства, приносить в установленном порядке жалобы на решения и действия (бездействие) органов государственной власти, местного самоуправления, общественных объединений, организаций, должностных лиц и государственных служащих, ущемляющих права и охраняемые законом интересы лиц, обратившихся за помощью;</w:t>
+    <w:bookmarkStart w:name="z822" w:id="789"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) использовать все не запрещенные законом средства и способы защиты прав и законных интересов лиц, обратившихся за юридической помощью;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="789"/>
-    <w:bookmarkStart w:name="z822" w:id="790"/>
-[...15 lines deleted...]
-      7) использовать все не запрещенные законом средства и способы защиты прав и законных интересов лиц, обратившихся за юридической помощью;</w:t>
+    <w:bookmarkStart w:name="z823" w:id="790"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) проводить примирительные процедуры;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="790"/>
-    <w:bookmarkStart w:name="z823" w:id="791"/>
-[...15 lines deleted...]
-      8) проводить примирительные процедуры;</w:t>
+    <w:bookmarkStart w:name="z824" w:id="791"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) оказывать комплексную социальную юридическую помощь;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="791"/>
-    <w:bookmarkStart w:name="z824" w:id="792"/>
-[...15 lines deleted...]
-      9) оказывать комплексную социальную юридическую помощь;</w:t>
+    <w:bookmarkStart w:name="z825" w:id="792"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) совершать иные действия, не противоречащие законодательству Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="792"/>
-    <w:bookmarkStart w:name="z825" w:id="793"/>
-[...15 lines deleted...]
-      10) совершать иные действия, не противоречащие законодательству Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z826" w:id="793"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Юридический консультант обязан:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="793"/>
-    <w:bookmarkStart w:name="z826" w:id="794"/>
-[...15 lines deleted...]
-      4. Юридический консультант обязан:</w:t>
+    <w:bookmarkStart w:name="z827" w:id="794"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) соблюдать требования законодательства Республики Казахстан об адвокатской деятельности и юридической помощи, а также требования правил и стандартов палаты юридических консультантов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="794"/>
-    <w:bookmarkStart w:name="z827" w:id="795"/>
-[...15 lines deleted...]
-      1) соблюдать требования законодательства Республики Казахстан об адвокатской деятельности и юридической помощи, а также требования правил и стандартов палаты юридических консультантов;</w:t>
+    <w:bookmarkStart w:name="z828" w:id="795"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) соблюдать правила Кодекса профессиональной этики, установленные палатой юридических консультантов, членом которой он является, а также уплачивать взносы, установленные настоящим Законом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="795"/>
-    <w:bookmarkStart w:name="z828" w:id="796"/>
-[...15 lines deleted...]
-      2) соблюдать правила Кодекса профессиональной этики, установленные палатой юридических консультантов, членом которой он является, а также уплачивать взносы, установленные настоящим Законом;</w:t>
+    <w:bookmarkStart w:name="z829" w:id="796"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) руководствоваться в профессиональной деятельности принципами оказания юридической помощи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="796"/>
-    <w:bookmarkStart w:name="z829" w:id="797"/>
-[...15 lines deleted...]
-      3) руководствоваться в профессиональной деятельности принципами оказания юридической помощи;</w:t>
+    <w:bookmarkStart w:name="z830" w:id="797"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) быть членом одной из палат юридических консультантов для оказания юридической помощи в виде представительства интересов лиц в судах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="797"/>
-    <w:bookmarkStart w:name="z830" w:id="798"/>
-[...15 lines deleted...]
-      4) быть членом одной из палат юридических консультантов для оказания юридической помощи в виде представительства интересов лиц в судах;</w:t>
+    <w:bookmarkStart w:name="z831" w:id="798"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сообщать клиенту о невозможности своего участия в оказании юридической помощи вследствие возникновения обстоятельств, препятствующих ее оказанию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="798"/>
-    <w:bookmarkStart w:name="z831" w:id="799"/>
-[...15 lines deleted...]
-      5) сообщать клиенту о невозможности своего участия в оказании юридической помощи вследствие возникновения обстоятельств, препятствующих ее оказанию;</w:t>
+    <w:bookmarkStart w:name="z832" w:id="799"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) обеспечивать сохранность документов, получаемых от клиента и третьих лиц при оказании юридической помощи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="799"/>
-    <w:bookmarkStart w:name="z832" w:id="800"/>
-[...15 lines deleted...]
-      6) обеспечивать сохранность документов, получаемых от клиента и третьих лиц при оказании юридической помощи;</w:t>
+    <w:bookmarkStart w:name="z833" w:id="800"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) предоставлять клиенту информацию о членстве в палате юридических консультантов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="800"/>
-    <w:bookmarkStart w:name="z833" w:id="801"/>
-[...15 lines deleted...]
-      7) предоставлять клиенту информацию о членстве в палате юридических консультантов;</w:t>
+    <w:bookmarkStart w:name="z834" w:id="801"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) представлять по требованию клиента копию договора страхования профессиональной ответственности юридического консультанта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="801"/>
-    <w:bookmarkStart w:name="z834" w:id="802"/>
-[...15 lines deleted...]
-      8) представлять по требованию клиента копию договора страхования профессиональной ответственности юридического консультанта;</w:t>
+    <w:bookmarkStart w:name="z835" w:id="802"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) по требованию клиента представлять выписку из реестра членов палаты юридических консультантов, членом которой он является;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="802"/>
-    <w:bookmarkStart w:name="z835" w:id="803"/>
-[...15 lines deleted...]
-      9) по требованию клиента представлять выписку из реестра членов палаты юридических консультантов, членом которой он является;</w:t>
+    <w:bookmarkStart w:name="z836" w:id="803"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) заключать соглашение о неразглашении конфиденциальной информации с клиентом, если об этом не возражает клиент;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="803"/>
-    <w:bookmarkStart w:name="z836" w:id="804"/>
-[...15 lines deleted...]
-      10) заключать соглашение о неразглашении конфиденциальной информации с клиентом, если об этом не возражает клиент;</w:t>
+    <w:bookmarkStart w:name="z837" w:id="804"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) выполнять любые не запрещенные законом действия по установлению фактических обстоятельств, направленные на обеспечение прав, свобод и законных интересов клиента;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="804"/>
-    <w:bookmarkStart w:name="z837" w:id="805"/>
-[...15 lines deleted...]
-      11) выполнять любые не запрещенные законом действия по установлению фактических обстоятельств, направленные на обеспечение прав, свобод и законных интересов клиента;</w:t>
+    <w:bookmarkStart w:name="z838" w:id="805"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) по требованию клиента хранить копии документов, которые использовались при оказании юридической помощи, на бумажных или электронных носителях либо в форме электронных документов в течение трех лет с даты завершения оказания юридической помощи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="805"/>
-    <w:bookmarkStart w:name="z838" w:id="806"/>
-[...15 lines deleted...]
-      12) по требованию клиента хранить копии документов, которые использовались при оказании юридической помощи, на бумажных или электронных носителях либо в форме электронных документов в течение трех лет с даты завершения оказания юридической помощи;</w:t>
+    <w:bookmarkStart w:name="z839" w:id="806"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) постоянно повышать свою квалификацию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="806"/>
-    <w:bookmarkStart w:name="z839" w:id="807"/>
-[...15 lines deleted...]
-      13) постоянно повышать свою квалификацию;</w:t>
+    <w:bookmarkStart w:name="z840" w:id="807"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) осуществлять страхование профессиональной ответственности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="807"/>
-    <w:bookmarkStart w:name="z840" w:id="808"/>
-[...15 lines deleted...]
-      14) осуществлять страхование профессиональной ответственности.</w:t>
+    <w:bookmarkStart w:name="z841" w:id="808"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В случае, если юридический консультант состоит в трудовых отношениях с юридическим лицом, обязанности, предусмотренные в подпунктах 5), 6), 8), 10) и 12) пункта 4 настоящей статьи, возлагаются на это юридическое лицо.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="808"/>
-    <w:bookmarkStart w:name="z841" w:id="809"/>
-[...15 lines deleted...]
-      5. В случае, если юридический консультант состоит в трудовых отношениях с юридическим лицом, обязанности, предусмотренные в подпунктах 5), 6), 8), 10) и 12) пункта 4 настоящей статьи, возлагаются на это юридическое лицо.</w:t>
+    <w:bookmarkStart w:name="z842" w:id="809"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Юридическому консультанту запрещается занимать по делу правовую позицию, ухудшающую положение лица, обратившегося за помощью, использовать свои полномочия в ущерб лицу, интересы которого он представляет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="809"/>
-    <w:bookmarkStart w:name="z842" w:id="810"/>
-[...15 lines deleted...]
-      6. Юридическому консультанту запрещается занимать по делу правовую позицию, ухудшающую положение лица, обратившегося за помощью, использовать свои полномочия в ущерб лицу, интересы которого он представляет.</w:t>
+    <w:bookmarkStart w:name="z843" w:id="810"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Юридическому консультанту запрещается оказывать юридическую помощь в случае наличия конфликта интересов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="810"/>
-    <w:bookmarkStart w:name="z843" w:id="811"/>
-[...15 lines deleted...]
-      7. Юридическому консультанту запрещается оказывать юридическую помощь в случае наличия конфликта интересов.</w:t>
+    <w:bookmarkStart w:name="z844" w:id="811"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Юридический консультант обязан отказаться от оказания юридической помощи в случаях, если:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="811"/>
-    <w:bookmarkStart w:name="z844" w:id="812"/>
-[...15 lines deleted...]
-      Юридический консультант обязан отказаться от оказания юридической помощи в случаях, если:</w:t>
+    <w:bookmarkStart w:name="z845" w:id="812"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      имеется конфликт интересов клиента и юридического консультанта, его близких родственников, а также при наличии других обстоятельств, составляющих конфликт интересов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="812"/>
-    <w:bookmarkStart w:name="z845" w:id="813"/>
-[...15 lines deleted...]
-      имеется конфликт интересов клиента и юридического консультанта, его близких родственников, а также при наличии других обстоятельств, составляющих конфликт интересов;</w:t>
+    <w:bookmarkStart w:name="z846" w:id="813"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      имеются основания, предусмотренные процессуальным законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="813"/>
-    <w:bookmarkStart w:name="z846" w:id="814"/>
-[...15 lines deleted...]
-      имеются основания, предусмотренные процессуальным законодательством Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 76-1. Гарантии деятельности юридического консультанта</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1055" w:id="814"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Права юридического консультанта не подлежат ограничениям, кроме случаев, прямо предусмотренных законами Республики Казахстан. Вмешательство либо воспрепятствование законной деятельности юридического консультанта влечет ответственность, предусмотренную законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="814"/>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z1056" w:id="815"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственные органы, органы местного самоуправления и юридические лица обязаны в течение десяти рабочих дней дать письменный ответ на запрос юридического консультанта, связанный с оказанием им юридической помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="815"/>
+    <w:bookmarkStart w:name="z1057" w:id="816"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В представлении юридическому консультанту запрошенных сведений может быть отказано в случае, если информация отнесена к информации с ограниченным доступом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="816"/>
+    <w:bookmarkStart w:name="z1058" w:id="817"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Юридический консультант при выполнении принятого поручения имеет право использовать в суде и других государственных и негосударственных органах и организациях компьютеры, смартфоны и иные технические средства, необходимые для оказания юридической помощи, в порядке, установленном процессуальным законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="817"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 5 дополнена статьей 76-1 в соответствии с Законом РК от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z847" w:id="818"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...80 lines deleted...]
-      3. Юридический консультант при выполнении принятого поручения имеет право использовать в суде и других государственных и негосударственных органах и организациях компьютеры, смартфоны и иные технические средства, необходимые для оказания юридической помощи, в порядке, установленном процессуальным законодательством Республики Казахстан.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 77. Страхование деятельности юридического консультанта</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="818"/>
-    <w:p>
-[...66 lines deleted...]
-        <w:jc w:val="left"/>
+    <w:bookmarkStart w:name="z848" w:id="819"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Юридический консультант обязан заключить договор страхования профессиональной ответственности по обязательствам, возникающим вследствие причинения вреда третьим лицам, которым в соответствии с договором оказывается юридическая помощь.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="819"/>
+    <w:bookmarkStart w:name="z849" w:id="820"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Юридический консультант не вправе приступать к оказанию юридической помощи при отсутствии договора страхования профессиональной ответственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="820"/>
+    <w:bookmarkStart w:name="z850" w:id="821"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае, если юридический консультант состоит в трудовых отношениях с юридическим лицом, обязанность по заключению договора страхования профессиональной ответственности юридического консультанта возлагается на это юридическое лицо.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="821"/>
+    <w:bookmarkStart w:name="z851" w:id="822"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Объектом страхования профессиональной ответственности юридического консультанта являются имущественные интересы страхователя (застрахованного лица), связанные с его обязанностью в порядке, установленном законодательством Республики Казахстан, возместить вред, причиненный третьим лицам, которым в соответствии с договором оказывается юридическая помощь, в результате осуществления деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="822"/>
+    <w:bookmarkStart w:name="z852" w:id="823"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Страховым случаем по договору страхования профессиональной ответственности юридического консультанта является факт наступления гражданско-правовой ответственности страхователя по возмещению вреда, причиненного имущественным интересам третьих лиц, которым в соответствии с договором оказывается юридическая помощь, в результате допущенных застрахованным лицом профессиональных ошибок при оказании юридической помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="823"/>
+    <w:bookmarkStart w:name="z853" w:id="824"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Под профессиональными ошибками для целей настоящей статьи понимаются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="824"/>
+    <w:bookmarkStart w:name="z854" w:id="825"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) пропуск процессуальных сроков;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="825"/>
+    <w:bookmarkStart w:name="z855" w:id="826"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) неправильное оформление документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="826"/>
+    <w:bookmarkStart w:name="z856" w:id="827"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) неизвещение лица, которому в соответствии с договором оказывается юридическая помощь, о последствиях совершаемых юридических действий, повлекших причинение ему вреда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="827"/>
+    <w:bookmarkStart w:name="z857" w:id="828"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) утрата или порча документов, полученных страхователем (застрахованным лицом) от клиента для оказания юридической помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="828"/>
+    <w:bookmarkStart w:name="z858" w:id="829"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) неправомерное разглашение сведений, которые стали известны застрахованному лицу в процессе оказания им юридической помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="829"/>
+    <w:bookmarkStart w:name="z859" w:id="830"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Договором страхования профессиональной ответственности юридического консультанта могут быть определены иные действия (бездействие), повлекшие причинение вреда имущественным интересам третьих лиц, которым в соответствии с договором оказывается юридическая помощь, в результате оказания такой помощи застрахованным лицом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="830"/>
+    <w:bookmarkStart w:name="z860" w:id="831"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Страховой случай считается наступившим, если вред, причиненный третьим лицам, которым в соответствии с договором оказывается юридическая помощь, явился следствием неумышленного нарушения страхователем (застрахованным лицом) профессиональных обязанностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="831"/>
+    <w:bookmarkStart w:name="z861" w:id="832"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5.    Размер страховой суммы по договору страхования профессиональной ответственности юридического консультанта определяется его условиями и должен составлять для юридических консультантов, осуществляющих деятельность на территории города республиканского значения, столицы, – не менее тысячекратного, для иных юридических консультантов – не менее пятисоткратного размера месячного расчетного показателя, установленного законом о республиканском бюджете на соответствующий финансовый год, на дату заключения договора страхования профессиональной ответственности юридического консультанта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="832"/>
+    <w:bookmarkStart w:name="z862" w:id="833"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Порядок и иные условия страхования профессиональной ответственности юридического консультанта определяются соглашением сторон на основании типового договора страхования профессиональной ответственности юридического консультанта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="833"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...300 lines deleted...]
-      Порядок и иные условия страхования профессиональной ответственности юридического консультанта определяются соглашением сторон на основании типового договора страхования профессиональной ответственности юридического консультанта.</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 77-1. Помощники юридического консультанта</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1060" w:id="834"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Юридические консультанты могут иметь помощников.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="834"/>
-    <w:p>
-[...36 lines deleted...]
-    <w:bookmarkStart w:name="z1061" w:id="836"/>
+    <w:bookmarkStart w:name="z1061" w:id="835"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Помощники юридического консультанта могут работать на основе трудового договора. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="835"/>
+    <w:bookmarkStart w:name="z1062" w:id="836"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Помощники юридических консультантов вправе по указанию и под ответственность юридического консультанта выполнять его поручения.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="836"/>
-    <w:bookmarkStart w:name="z1062" w:id="837"/>
-[...15 lines deleted...]
-      Помощники юридических консультантов вправе по указанию и под ответственность юридического консультанта выполнять его поручения.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 5 дополнена статьей 77-1 в соответствии с Законом РК от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 77-2. Тайна юридического консультанта </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1064" w:id="837"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Тайну юридического консультанта составляют факт обращения к юридическому консультанту, сведения о содержании устных и письменных переговоров с лицом, обратившимся за помощью, и другими лицами, о характере и результатах действий, предпринимаемых в интересах лица, обратившегося за помощью.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="837"/>
-    <w:p>
-[...94 lines deleted...]
-      1. Тайну юридического консультанта составляют факт обращения к юридическому консультанту, сведения о содержании устных и письменных переговоров с лицом, обратившимся за помощью, и другими лицами, о характере и результатах действий, предпринимаемых в интересах лица, обратившегося за помощью.</w:t>
+    <w:bookmarkStart w:name="z1065" w:id="838"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Юридические консультанты, их помощники, должностные лица палат юридических консультантов и их органов, а также лицо, утратившее статус юридического консультанта, не вправе разглашать, а также использовать в своих интересах или интересах третьих лиц какие-либо сведения, полученные в связи с оказанием юридической помощи и (или) в результате осуществления своей профессиональной деятельности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="838"/>
-    <w:bookmarkStart w:name="z1065" w:id="839"/>
-[...15 lines deleted...]
-      2. Юридические консультанты, их помощники, должностные лица палат юридических консультантов и их органов, а также лицо, утратившее статус юридического консультанта, не вправе разглашать, а также использовать в своих интересах или интересах третьих лиц какие-либо сведения, полученные в связи с оказанием юридической помощи и (или) в результате осуществления своей профессиональной деятельности.</w:t>
+    <w:bookmarkStart w:name="z1066" w:id="839"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. За разглашение сведений, относящихся к тайне юридического консультанта, без согласия лица, обратившегося за помощью, за исключением случаев, предусмотренных законодательством Республики Казахстан, лица, указанные в пункте 2 настоящей статьи, несут ответственность в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="839"/>
-    <w:bookmarkStart w:name="z1066" w:id="840"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z1067" w:id="841"/>
+    <w:bookmarkStart w:name="z1067" w:id="840"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Представление сведений и информации в уполномоченный орган по финансовому мониторингу в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения" не является разглашением тайны юридического консультанта.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="840"/>
+    <w:bookmarkStart w:name="z1068" w:id="841"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Обязанность хранения профессиональной тайны не ограничена во времени.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="841"/>
-    <w:bookmarkStart w:name="z1068" w:id="842"/>
-[...15 lines deleted...]
-      5. Обязанность хранения профессиональной тайны не ограничена во времени.</w:t>
+    <w:bookmarkStart w:name="z1069" w:id="842"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Юридические консультанты, их помощники, должностные лица палат юридических консультантов и их органов, а также лицо, утратившее статус юридического консультанта, обязаны принимать необходимые меры для сохранения профессиональной тайны, в том числе и ее защиты от несанкционированного доступа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="842"/>
-    <w:bookmarkStart w:name="z1069" w:id="843"/>
-[...15 lines deleted...]
-      6. Юридические консультанты, их помощники, должностные лица палат юридических консультантов и их органов, а также лицо, утратившее статус юридического консультанта, обязаны принимать необходимые меры для сохранения профессиональной тайны, в том числе и ее защиты от несанкционированного доступа.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 5 дополнена статьей 77-2 в соответствии с Законом РК от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z863" w:id="843"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 6. ОРГАНИЗАЦИЯ ДЕЯТЕЛЬНОСТИ ЮРИДИЧЕСКИХ КОНСУЛЬТАНТОВ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="843"/>
+    <w:bookmarkStart w:name="z864" w:id="844"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 78. Палата юридических консультантов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="844"/>
+    <w:bookmarkStart w:name="z865" w:id="845"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Палатой юридических консультантов признается саморегулируемая, основанная на обязательном членстве организация, созданная в целях регулирования деятельности по оказанию юридической помощи и контроля за деятельностью своих членов в части соблюдения ими требований законодательства Республики Казахстан об адвокатской деятельности и юридической помощи, правил и стандартов палаты юридических консультантов, Кодекса профессиональной этики, включенная в реестр палат юридических консультантов, объединяющая на условиях членства не менее двухсот юридических консультантов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="845"/>
+    <w:bookmarkStart w:name="z866" w:id="846"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Деятельность палаты юридических консультантов регулируется Законом Республики Казахстан "О саморегулировании", настоящим Законом, законодательством Республики Казахстан, а также уставом, правилами и стандартами палаты юридических консультантов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="846"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Глава 5 дополнена статьей 77-2 в соответствии с Законом РК от 09.06.2021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 78 с изменением, внесенным Законом РК от 09.06.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 49-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z863" w:id="844"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 78-1. Республиканская коллегия юридических консультантов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1071" w:id="847"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Республиканская коллегия юридических консультантов – некоммерческая организация, основанная на добровольном членстве палат юридических консультантов, представляющих не менее двух третей областей, городов республиканского значения и столицы, деятельность и полномочия которой определяются настоящим Законом, иным законодательством Республики Казахстан, уставом коллегии и осуществляются в отношении и интересах палат юридических консультантов, являющихся ее членами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="847"/>
+    <w:bookmarkStart w:name="z1072" w:id="848"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Республиканская коллегия юридических консультантов образуется учредительным съездом представителей палат юридических консультантов, представляющих не менее двух третей областей, городов республиканского значения и столицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="848"/>
+    <w:bookmarkStart w:name="z1073" w:id="849"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Органами управления Республиканской коллегии юридических консультантов являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="849"/>
+    <w:bookmarkStart w:name="z1074" w:id="850"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) высший орган управления – съезд представителей палат юридических консультантов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="850"/>
+    <w:bookmarkStart w:name="z1075" w:id="851"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) постоянно действующий исполнительный орган управления – правление, возглавляемое председателем;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="851"/>
+    <w:bookmarkStart w:name="z1076" w:id="852"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) орган внутреннего контроля за финансово-хозяйственной деятельностью – ревизионная комиссия (ревизор).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="852"/>
+    <w:bookmarkStart w:name="z1077" w:id="853"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Республиканская коллегия юридических консультантов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="853"/>
+    <w:bookmarkStart w:name="z1078" w:id="854"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществляет координацию деятельности палат юридических консультантов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="854"/>
+    <w:bookmarkStart w:name="z1079" w:id="855"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) представляет интересы палат юридических консультантов в государственных органах, негосударственных организациях, в том числе иностранных и международных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="855"/>
+    <w:bookmarkStart w:name="z1080" w:id="856"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) принимает участие в разработке нормативных правовых актов и разрабатывает методические материалы по вопросам юридической помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="856"/>
+    <w:bookmarkStart w:name="z1081" w:id="857"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществляет иную деятельность, не противоречащую законодательству Республики Казахстан и международным договорам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="857"/>
+    <w:bookmarkStart w:name="z1082" w:id="858"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Председатель Республиканской коллегии юридических консультантов избирается тайным голосованием сроком на четыре года. При этом одно и то же лицо не может занимать должность председателя коллегии более двух сроков подряд.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="858"/>
+    <w:bookmarkStart w:name="z1083" w:id="859"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Полномочия председателя Республиканской коллегии юридических консультантов определяются ее уставом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="859"/>
+    <w:bookmarkStart w:name="z1084" w:id="860"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Съезд Республиканской коллегии юридических консультантов определяет размер и порядок осуществления ежемесячных взносов, отчисляемых палатами юридических консультантов на общие нужды Республиканской коллегии юридических консультантов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="860"/>
+    <w:bookmarkStart w:name="z1085" w:id="861"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Правление Республиканской коллегии юридических консультантов составляет годовой отчет о финансово-хозяйственной деятельности Республиканской коллегии юридических консультантов, включающий информацию обо всех поступлениях и расходах, и размещает его на интернет-ресурсе Республиканской коллегии юридических консультантов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="861"/>
+    <w:bookmarkStart w:name="z1086" w:id="862"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Ревизионная комиссия (ревизор) Республиканской коллегии юридических консультантов проводит проверку годового отчета о финансово-хозяйственной деятельности Республиканской коллегии юридических консультантов и размещает ее результаты на интернет-ресурсе Республиканской коллегии юридических консультантов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="862"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 5 дополнена статьей 78-1 в соответствии с Законом РК от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z867" w:id="863"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 6. ОРГАНИЗАЦИЯ ДЕЯТЕЛЬНОСТИ ЮРИДИЧЕСКИХ КОНСУЛЬТАНТОВ</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z864" w:id="845"/>
+        <w:t xml:space="preserve"> Статья 79. Устав палаты юридических консультантов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="863"/>
+    <w:bookmarkStart w:name="z868" w:id="864"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Устав палаты юридических консультантов разрабатывается на основе типового устава палаты, утверждаемого уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="864"/>
+    <w:bookmarkStart w:name="z869" w:id="865"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 78. Палата юридических консультантов</w:t>
-[...558 lines deleted...]
-      Устав палаты юридических консультантов разрабатывается на основе типового устава палаты, утверждаемого уполномоченным органом.</w:t>
+        <w:t xml:space="preserve"> Статья 80. Функции палаты юридических консультантов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="865"/>
-    <w:bookmarkStart w:name="z869" w:id="866"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Статья 80. Функции палаты юридических консультантов</w:t>
+    <w:bookmarkStart w:name="z870" w:id="866"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Палата юридических консультантов осуществляет следующие функции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="866"/>
-    <w:bookmarkStart w:name="z870" w:id="867"/>
-[...15 lines deleted...]
-      Палата юридических консультантов осуществляет следующие функции:</w:t>
+    <w:bookmarkStart w:name="z871" w:id="867"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) устанавливает правила профессионального поведения и Кодекс профессиональной этики;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="867"/>
-    <w:bookmarkStart w:name="z871" w:id="868"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z872" w:id="869"/>
+    <w:bookmarkStart w:name="z872" w:id="868"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) устанавливает правила и условия приема в члены палаты; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="868"/>
+    <w:bookmarkStart w:name="z873" w:id="869"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) устанавливает по согласованию с уполномоченным органом стандарты оказания юридической помощи, критерии качества юридической помощи и обеспечивает их исполнение членами палаты;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="869"/>
-    <w:bookmarkStart w:name="z873" w:id="870"/>
-[...15 lines deleted...]
-      3) устанавливает по согласованию с уполномоченным органом стандарты оказания юридической помощи, критерии качества юридической помощи и обеспечивает их исполнение членами палаты;</w:t>
+    <w:bookmarkStart w:name="z874" w:id="870"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) обеспечивает размещение не реже одного раза в год на своем интернет-ресурсе сводно-аналитической информации о формируемой средней стоимости оказываемых членами палаты юридических услуг за предыдущий период, начиная с даты последнего размещения данной информации, на основании данных, предоставляемых членами палаты, с учетом требований о конфиденциальности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="870"/>
-    <w:bookmarkStart w:name="z874" w:id="871"/>
-[...15 lines deleted...]
-      4) обеспечивает размещение не реже одного раза в год на своем интернет-ресурсе сводно-аналитической информации о формируемой средней стоимости оказываемых членами палаты юридических услуг за предыдущий период, начиная с даты последнего размещения данной информации, на основании данных, предоставляемых членами палаты, с учетом требований о конфиденциальности;</w:t>
+    <w:bookmarkStart w:name="z875" w:id="871"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) устанавливает объем и порядок оказания комплексной социальной юридической помощи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="871"/>
-    <w:bookmarkStart w:name="z875" w:id="872"/>
-[...15 lines deleted...]
-      5) устанавливает объем и порядок оказания комплексной социальной юридической помощи;</w:t>
+    <w:bookmarkStart w:name="z876" w:id="872"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) обеспечивает повышение квалификации своих членов в соответствии с утвержденными стандартами палаты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="872"/>
-    <w:bookmarkStart w:name="z876" w:id="873"/>
-[...15 lines deleted...]
-      6) обеспечивает повышение квалификации своих членов в соответствии с утвержденными стандартами палаты;</w:t>
+    <w:bookmarkStart w:name="z877" w:id="873"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) организует информационное и методическое обеспечение членов палаты юридических консультантов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="873"/>
-    <w:bookmarkStart w:name="z877" w:id="874"/>
-[...15 lines deleted...]
-      7) организует информационное и методическое обеспечение членов палаты юридических консультантов;</w:t>
+    <w:bookmarkStart w:name="z1091" w:id="874"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-1) организует работу по оказанию гарантированной государством юридической помощи в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="874"/>
-    <w:bookmarkStart w:name="z1091" w:id="875"/>
-[...15 lines deleted...]
-      7-1) организует работу по оказанию гарантированной государством юридической помощи в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z878" w:id="875"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) представляет интересы своих членов в государственных органах, негосударственных организациях, в том числе иностранных и международных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="875"/>
-    <w:bookmarkStart w:name="z878" w:id="876"/>
-[...15 lines deleted...]
-      8) представляет интересы своих членов в государственных органах, негосударственных организациях, в том числе иностранных и международных;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) осуществляет контроль за соблюдением членами палаты юридических консультантов требований законодательства Республики Казахстан об адвокатской деятельности и юридической помощи, правил и стандартов оказания юридической помощи, Кодекса профессиональной этики;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1099" w:id="876"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-1) организует работу по обеспечению соблюдения юридическими консультантами требований законодательства Республики Казахстан о противодействии коррупции, противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="876"/>
-    <w:p>
-[...33 lines deleted...]
-      9-1) организует работу по обеспечению соблюдения юридическими консультантами требований законодательства Республики Казахстан о противодействии коррупции, противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения;</w:t>
+    <w:bookmarkStart w:name="z880" w:id="877"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) рассматривает вопросы о привлечении членов палаты юридических консультантов к ответственности за нарушение требований настоящего Закона, законодательства Республики Казахстан об адвокатской деятельности и юридической помощи, правил и стандартов оказания юридической помощи, Кодекса профессиональной этики;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="877"/>
-    <w:bookmarkStart w:name="z880" w:id="878"/>
-[...15 lines deleted...]
-      10) рассматривает вопросы о привлечении членов палаты юридических консультантов к ответственности за нарушение требований настоящего Закона, законодательства Республики Казахстан об адвокатской деятельности и юридической помощи, правил и стандартов оказания юридической помощи, Кодекса профессиональной этики;</w:t>
+    <w:bookmarkStart w:name="z881" w:id="878"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) содействует организации прохождения профессиональной практики выпускниками организаций послесреднего, высшего юридического образования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="878"/>
-    <w:bookmarkStart w:name="z881" w:id="879"/>
-[...15 lines deleted...]
-      11) содействует организации прохождения профессиональной практики выпускниками организаций послесреднего, высшего юридического образования;</w:t>
+    <w:bookmarkStart w:name="z882" w:id="879"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) обобщает практику и вырабатывает рекомендации и предложения по дальнейшему совершенствованию и развитию юридической помощи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="879"/>
-    <w:bookmarkStart w:name="z882" w:id="880"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z883" w:id="881"/>
+    <w:bookmarkStart w:name="z883" w:id="880"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13) ведет реестр членов палаты юридических консультантов; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="880"/>
+    <w:bookmarkStart w:name="z1100" w:id="881"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-1) разрабатывает и утверждает методические рекомендации по вопросам противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения для юридических консультантов с учетом особенностей и специфики их деятельности;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="881"/>
-    <w:bookmarkStart w:name="z1100" w:id="882"/>
-[...15 lines deleted...]
-      13-1) разрабатывает и утверждает методические рекомендации по вопросам противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения для юридических консультантов с учетом особенностей и специфики их деятельности;</w:t>
+    <w:bookmarkStart w:name="z1101" w:id="882"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-2) проводит в пределах своей компетенции анализ и мониторинг деятельности юридических консультантов на предмет выявления рисков легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения, обобщает практику применения законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения и вносит предложения по его совершенствованию с ежегодным предоставлением такой информации в уполномоченный орган по финансовому мониторингу по форме и в сроки, которые установлены уполномоченным органом по финансовому мониторингу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="882"/>
-    <w:bookmarkStart w:name="z1101" w:id="883"/>
-[...15 lines deleted...]
-      13-2) проводит в пределах своей компетенции анализ и мониторинг деятельности юридических консультантов на предмет выявления рисков легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения, обобщает практику применения законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения и вносит предложения по его совершенствованию с ежегодным предоставлением такой информации в уполномоченный орган по финансовому мониторингу по форме и в сроки, которые установлены уполномоченным органом по финансовому мониторингу;</w:t>
+    <w:bookmarkStart w:name="z884" w:id="883"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) осуществляет иные функции, установленные настоящим Законом, законодательством Республики Казахстан, уставом палаты юридических консультантов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="883"/>
-    <w:bookmarkStart w:name="z884" w:id="884"/>
-[...15 lines deleted...]
-      14) осуществляет иные функции, установленные настоящим Законом, законодательством Республики Казахстан, уставом палаты юридических консультантов.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 80 с изменением, внесенным законами РК от 20.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 01.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 131-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z885" w:id="884"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 81. Права и обязанности палаты юридических консультантов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="884"/>
+    <w:bookmarkStart w:name="z886" w:id="885"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Права и обязанности палаты юридических консультантов определяются Законом Республики Казахстан "О саморегулировании".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="885"/>
+    <w:bookmarkStart w:name="z887" w:id="886"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Палата юридических консультантов обязана ежеквартально предоставлять в уполномоченный орган информацию о включении членов в палату юридических консультантов, приостановлении членства и об исключении из членства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="886"/>
+    <w:bookmarkStart w:name="z888" w:id="887"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 82. Членство в палате юридических консультантов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="887"/>
+    <w:bookmarkStart w:name="z889" w:id="888"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Членство в палате юридических консультантов для лиц, осуществляющих юридическую помощь в виде представительства интересов физических и юридических лиц в соответствии с Гражданским процессуальным кодексом Республики Казахстан и Административным процедурно-процессуальным кодексом Республики Казахстан, является обязательным.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="888"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 80 с изменением, внесенным законами РК от 20.06.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 128-VII</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 82 -  в редакции Закона РК от 29.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 01.07.2022 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2021).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z885" w:id="885"/>
+    <w:bookmarkStart w:name="z890" w:id="889"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 81. Права и обязанности палаты юридических консультантов</w:t>
-[...77 lines deleted...]
-      Членство в палате юридических консультантов для лиц, осуществляющих юридическую помощь в виде представительства интересов физических и юридических лиц в соответствии с Гражданским процессуальным кодексом Республики Казахстан и Административным процедурно-процессуальным кодексом Республики Казахстан, является обязательным.</w:t>
+        <w:t xml:space="preserve"> Статья 83. Условия и порядок приобретения и прекращения членства в палате юридических консультантов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="889"/>
-    <w:p>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z891" w:id="891"/>
+    <w:bookmarkStart w:name="z891" w:id="890"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Членом палаты юридических консультантов может быть физическое лицо, соответствующее требованиям, установленным в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статье 75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, а также прошедшее аттестацию.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="890"/>
+    <w:bookmarkStart w:name="z892" w:id="891"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Палатой юридических консультантов могут быть предусмотрены дополнительные требования к членам палаты.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="891"/>
-    <w:bookmarkStart w:name="z892" w:id="892"/>
-[...15 lines deleted...]
-      Палатой юридических консультантов могут быть предусмотрены дополнительные требования к членам палаты.</w:t>
+    <w:bookmarkStart w:name="z893" w:id="892"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аттестация проводится в виде комплексного тестирования на знание законодательства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="892"/>
-    <w:bookmarkStart w:name="z893" w:id="893"/>
-[...15 lines deleted...]
-      Аттестация проводится в виде комплексного тестирования на знание законодательства Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z894" w:id="893"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Порядок и условия проведения аттестации для вступления в палату юридических консультантов определяются палатой юридических консультантов по согласованию с уполномоченным органом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="893"/>
-    <w:bookmarkStart w:name="z894" w:id="894"/>
-[...15 lines deleted...]
-      Порядок и условия проведения аттестации для вступления в палату юридических консультантов определяются палатой юридических консультантов по согласованию с уполномоченным органом.</w:t>
+    <w:bookmarkStart w:name="z895" w:id="894"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Претендент, соответствующий требованиям настоящего Закона и набравший пороговый балл комплексного тестирования, установленный палатой юридических консультантов, считается прошедшим аттестацию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="894"/>
-    <w:bookmarkStart w:name="z895" w:id="895"/>
-[...15 lines deleted...]
-      Претендент, соответствующий требованиям настоящего Закона и набравший пороговый балл комплексного тестирования, установленный палатой юридических консультантов, считается прошедшим аттестацию.</w:t>
+    <w:bookmarkStart w:name="z896" w:id="895"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Юридическим консультантом не может быть лицо, признанное в судебном порядке недееспособным либо ограниченно дееспособным либо имеющее непогашенную или неснятую в установленном законом порядке судимость.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="895"/>
-    <w:bookmarkStart w:name="z896" w:id="896"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z897" w:id="897"/>
+    <w:bookmarkStart w:name="z897" w:id="896"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       От прохождения аттестации освобождаются: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="896"/>
+    <w:bookmarkStart w:name="z898" w:id="897"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) лица, сдавшие квалификационный экзамен в Квалификационной комиссии при Высшем Судебном Совете Республики Казахстан, успешно прошедшие стажировку в суде и получившие положительный отзыв пленарного заседания областного или приравненного к нему суда; </w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="897"/>
-    <w:bookmarkStart w:name="z898" w:id="898"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z899" w:id="899"/>
+    <w:bookmarkStart w:name="z899" w:id="898"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) лица, прекратившие полномочия судьи по основаниям, предусмотренным подпунктами 1), 2), 3), 9), 10) и 12) пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Конституционного закона Республики Казахстан "О судебной системе и статусе судей Республики Казахстан"; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="898"/>
+    <w:bookmarkStart w:name="z900" w:id="899"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) лица, имеющие ученую степень по юридической специальности Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="899"/>
-    <w:bookmarkStart w:name="z900" w:id="900"/>
-[...15 lines deleted...]
-      3) лица, имеющие ученую степень по юридической специальности Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z901" w:id="900"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) лица, имеющие лицензию на занятие адвокатской деятельностью;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="900"/>
-    <w:bookmarkStart w:name="z901" w:id="901"/>
-[...15 lines deleted...]
-      4) лица, имеющие лицензию на занятие адвокатской деятельностью;</w:t>
+    <w:bookmarkStart w:name="z902" w:id="901"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) лица, уволенные из органов прокуратуры и следствия, при наличии стажа работы в должности прокурора или следователя не менее десяти лет, за исключением уволенных по отрицательным мотивам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="901"/>
-    <w:bookmarkStart w:name="z902" w:id="902"/>
-[...15 lines deleted...]
-      5) лица, уволенные из органов прокуратуры и следствия, при наличии стажа работы в должности прокурора или следователя не менее десяти лет, за исключением уволенных по отрицательным мотивам.</w:t>
+    <w:bookmarkStart w:name="z903" w:id="902"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Для вступления в палату юридических консультантов претендент представляет:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="902"/>
-    <w:bookmarkStart w:name="z903" w:id="903"/>
-[...15 lines deleted...]
-      2. Для вступления в палату юридических консультантов претендент представляет:</w:t>
+    <w:bookmarkStart w:name="z904" w:id="903"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) документ о высшем юридическом образовании;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="903"/>
-    <w:bookmarkStart w:name="z904" w:id="904"/>
-[...15 lines deleted...]
-      1) документ о высшем юридическом образовании;</w:t>
+    <w:bookmarkStart w:name="z905" w:id="904"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) справку об отсутствии непогашенной или неснятой судимости;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="904"/>
-    <w:bookmarkStart w:name="z905" w:id="905"/>
-[...15 lines deleted...]
-      2) справку об отсутствии непогашенной или неснятой судимости;</w:t>
+    <w:bookmarkStart w:name="z906" w:id="905"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) документы, подтверждающие наличие стажа работы по юридической специальности не менее двух лет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="905"/>
-    <w:bookmarkStart w:name="z906" w:id="906"/>
-[...15 lines deleted...]
-      3) документы, подтверждающие наличие стажа работы по юридической специальности не менее двух лет;</w:t>
+    <w:bookmarkStart w:name="z907" w:id="906"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) результаты аттестации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="906"/>
-    <w:bookmarkStart w:name="z907" w:id="907"/>
-[...15 lines deleted...]
-      4) результаты аттестации.</w:t>
+    <w:bookmarkStart w:name="z908" w:id="907"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Юридический консультант одновременно может быть членом только одной палаты юридических консультантов, отвечающей требованиям настоящего Закона.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="907"/>
-    <w:bookmarkStart w:name="z908" w:id="908"/>
-[...15 lines deleted...]
-      Юридический консультант одновременно может быть членом только одной палаты юридических консультантов, отвечающей требованиям настоящего Закона.</w:t>
+    <w:bookmarkStart w:name="z909" w:id="908"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Коллегиальный орган управления палаты юридических консультантов принимает решение о соответствии лица требованиям, установленным настоящей статьей, в течение пяти рабочих дней со дня поступления заявления и необходимых документов от такого лица.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="908"/>
-    <w:bookmarkStart w:name="z909" w:id="909"/>
-[...15 lines deleted...]
-      3. Коллегиальный орган управления палаты юридических консультантов принимает решение о соответствии лица требованиям, установленным настоящей статьей, в течение пяти рабочих дней со дня поступления заявления и необходимых документов от такого лица.</w:t>
+    <w:bookmarkStart w:name="z910" w:id="909"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лицо, в отношении которого принято решение о его соответствии требованиям, установленным настоящей статьей, считается принятым в члены палаты юридических консультантов, и сведения о таком лице вносятся в реестр членов палаты юридических консультантов в течение трех рабочих дней со дня представления таким лицом договора страхования профессиональной ответственности юридического консультанта. Такому лицу в течение пяти рабочих дней со дня внесения сведений о нем в реестр членов палаты юридических консультантов выдается документ, подтверждающий действительное членство в палате юридических консультантов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="909"/>
-    <w:bookmarkStart w:name="z910" w:id="910"/>
-[...15 lines deleted...]
-      Лицо, в отношении которого принято решение о его соответствии требованиям, установленным настоящей статьей, считается принятым в члены палаты юридических консультантов, и сведения о таком лице вносятся в реестр членов палаты юридических консультантов в течение трех рабочих дней со дня представления таким лицом договора страхования профессиональной ответственности юридического консультанта. Такому лицу в течение пяти рабочих дней со дня внесения сведений о нем в реестр членов палаты юридических консультантов выдается документ, подтверждающий действительное членство в палате юридических консультантов.</w:t>
+    <w:bookmarkStart w:name="z911" w:id="910"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Основаниями для отказа в принятии лица в члены палаты юридических консультантов являются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="910"/>
-    <w:bookmarkStart w:name="z911" w:id="911"/>
-[...15 lines deleted...]
-      4. Основаниями для отказа в принятии лица в члены палаты юридических консультантов являются:</w:t>
+    <w:bookmarkStart w:name="z912" w:id="911"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) несоответствие лица требованиям настоящей статьи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="911"/>
-    <w:bookmarkStart w:name="z912" w:id="912"/>
-[...15 lines deleted...]
-      1) несоответствие лица требованиям настоящей статьи;</w:t>
+    <w:bookmarkStart w:name="z913" w:id="912"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) исключение лица из реестра членов палаты юридических консультантов за нарушение требований законодательства Республики Казахстан об адвокатской деятельности и юридической помощи, правил и стандартов оказания юридической помощи, Кодекса профессиональной этики, если с даты исключения прошло менее чем три года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="912"/>
-    <w:bookmarkStart w:name="z913" w:id="913"/>
-[...15 lines deleted...]
-      2) исключение лица из реестра членов палаты юридических консультантов за нарушение требований законодательства Республики Казахстан об адвокатской деятельности и юридической помощи, правил и стандартов оказания юридической помощи, Кодекса профессиональной этики, если с даты исключения прошло менее чем три года.</w:t>
+    <w:bookmarkStart w:name="z914" w:id="913"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Решение палаты юридических консультантов об отказе в приеме в члены палаты юридических консультантов может быть обжаловано в уполномоченный орган.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="913"/>
-    <w:bookmarkStart w:name="z914" w:id="914"/>
-[...15 lines deleted...]
-      Решение палаты юридических консультантов об отказе в приеме в члены палаты юридических консультантов может быть обжаловано в уполномоченный орган.</w:t>
+    <w:bookmarkStart w:name="z915" w:id="914"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При неурегулированности спора решение уполномоченного органа может быть обжаловано в суд.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="914"/>
-    <w:bookmarkStart w:name="z915" w:id="915"/>
-[...15 lines deleted...]
-      При неурегулированности спора решение уполномоченного органа может быть обжаловано в суд.</w:t>
+    <w:bookmarkStart w:name="z916" w:id="915"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Членство в палате юридических консультантов прекращается коллегиальным органом управления палаты юридических консультантов:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="915"/>
-    <w:bookmarkStart w:name="z916" w:id="916"/>
-[...15 lines deleted...]
-      5. Членство в палате юридических консультантов прекращается коллегиальным органом управления палаты юридических консультантов:</w:t>
+    <w:bookmarkStart w:name="z917" w:id="916"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) на основании заявления юридического консультанта о выходе из членов палаты юридических консультантов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="916"/>
-    <w:bookmarkStart w:name="z917" w:id="917"/>
-[...15 lines deleted...]
-      1) на основании заявления юридического консультанта о выходе из членов палаты юридических консультантов;</w:t>
+    <w:bookmarkStart w:name="z918" w:id="917"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) по основаниям, предусмотренным уставом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="917"/>
-    <w:bookmarkStart w:name="z918" w:id="918"/>
-[...15 lines deleted...]
-      2) по основаниям, предусмотренным уставом.</w:t>
+    <w:bookmarkStart w:name="z919" w:id="918"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Членство лица в палате юридических консультантов не может быть прекращено до окончания проверки в случае поступления в указанную палату жалобы на него, если в отношении члена палаты юридических консультантов проводится проверка или рассматривается дело о применении меры дисциплинарного воздействия, а в случае выявления нарушений – до окончания рассмотрения дисциплинарной комиссией дела о нарушении и применении меры дисциплинарного взыскания.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="918"/>
-    <w:bookmarkStart w:name="z919" w:id="919"/>
-[...15 lines deleted...]
-      6. Членство лица в палате юридических консультантов не может быть прекращено до окончания проверки в случае поступления в указанную палату жалобы на него, если в отношении члена палаты юридических консультантов проводится проверка или рассматривается дело о применении меры дисциплинарного воздействия, а в случае выявления нарушений – до окончания рассмотрения дисциплинарной комиссией дела о нарушении и применении меры дисциплинарного взыскания.</w:t>
+    <w:bookmarkStart w:name="z920" w:id="919"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Запись о прекращении членства в палате юридических консультантов вносится в реестр членов палаты юридических консультантов в случае поступления в палату юридических консультантов информации, подтверждающей смерть члена палаты юридических консультантов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="919"/>
-    <w:bookmarkStart w:name="z920" w:id="920"/>
-[...15 lines deleted...]
-      7. Запись о прекращении членства в палате юридических консультантов вносится в реестр членов палаты юридических консультантов в случае поступления в палату юридических консультантов информации, подтверждающей смерть члена палаты юридических консультантов.</w:t>
+    <w:bookmarkStart w:name="z921" w:id="920"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Лицо, в отношении которого принято решение о прекращении членства в палате юридических консультантов, обязано уведомить о факте прекращения своего членства в палате юридических консультантов своих клиентов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="920"/>
-    <w:bookmarkStart w:name="z921" w:id="921"/>
-[...15 lines deleted...]
-      8. Лицо, в отношении которого принято решение о прекращении членства в палате юридических консультантов, обязано уведомить о факте прекращения своего членства в палате юридических консультантов своих клиентов.</w:t>
+    <w:bookmarkStart w:name="z922" w:id="921"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Палата юридических консультантов не позднее дня, следующего за днем принятия коллегиальным органом управления палаты юридических консультантов решения о прекращении членства юридического консультанта в палате юридических консультантов, обязана разместить такое решение на интернет-ресурсе палаты юридических консультантов, а также направить копии такого решения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="921"/>
-    <w:bookmarkStart w:name="z922" w:id="922"/>
-[...15 lines deleted...]
-      9. Палата юридических консультантов не позднее дня, следующего за днем принятия коллегиальным органом управления палаты юридических консультантов решения о прекращении членства юридического консультанта в палате юридических консультантов, обязана разместить такое решение на интернет-ресурсе палаты юридических консультантов, а также направить копии такого решения:</w:t>
+    <w:bookmarkStart w:name="z923" w:id="922"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) лицу, в отношении которого принято решение о прекращении членства в палате юридических консультантов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="922"/>
-    <w:bookmarkStart w:name="z923" w:id="923"/>
-[...15 lines deleted...]
-      1) лицу, в отношении которого принято решение о прекращении членства в палате юридических консультантов;</w:t>
+    <w:bookmarkStart w:name="z924" w:id="923"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) всем саморегулируемым организациям, внесенным в реестр палат юридических консультантов, если исключение лица из членов палаты юридических консультантов связано с нарушением им требований законодательства Республики Казахстан об адвокатской деятельности и юридической помощи, правил и стандартов оказания юридической помощи, Кодекса профессиональной этики;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="923"/>
-    <w:bookmarkStart w:name="z924" w:id="924"/>
-[...15 lines deleted...]
-      2) всем саморегулируемым организациям, внесенным в реестр палат юридических консультантов, если исключение лица из членов палаты юридических консультантов связано с нарушением им требований законодательства Республики Казахстан об адвокатской деятельности и юридической помощи, правил и стандартов оказания юридической помощи, Кодекса профессиональной этики;</w:t>
+    <w:bookmarkStart w:name="z925" w:id="924"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) уполномоченному органу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="924"/>
-    <w:bookmarkStart w:name="z925" w:id="925"/>
-[...15 lines deleted...]
-      3) уполномоченному органу.</w:t>
+    <w:bookmarkStart w:name="z926" w:id="925"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 84. Органы управления палаты юридических консультантов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="925"/>
-    <w:bookmarkStart w:name="z926" w:id="926"/>
+    <w:bookmarkStart w:name="z927" w:id="926"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Органами управления палаты юридических консультантов являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="926"/>
+    <w:bookmarkStart w:name="z928" w:id="927"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) общее собрание членов палаты юридических консультантов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="927"/>
+    <w:bookmarkStart w:name="z929" w:id="928"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) коллегиальный орган управления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="928"/>
+    <w:bookmarkStart w:name="z930" w:id="929"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) исполнительный орган управления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="929"/>
+    <w:bookmarkStart w:name="z931" w:id="930"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) контрольный орган (ревизионная комиссия).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="930"/>
+    <w:bookmarkStart w:name="z932" w:id="931"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В порядке, предусмотренном Законом Республики Казахстан "О саморегулировании", в палате юридических консультантов могут быть созданы специализированные органы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="931"/>
+    <w:bookmarkStart w:name="z933" w:id="932"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 84. Органы управления палаты юридических консультантов</w:t>
-[...119 lines deleted...]
-      В порядке, предусмотренном Законом Республики Казахстан "О саморегулировании", в палате юридических консультантов могут быть созданы специализированные органы.</w:t>
+        <w:t xml:space="preserve"> Статья 85. Общее собрание членов палаты юридических консультантов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="932"/>
-    <w:bookmarkStart w:name="z933" w:id="933"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Статья 85. Общее собрание членов палаты юридических консультантов</w:t>
+    <w:bookmarkStart w:name="z934" w:id="933"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Высшим органом управления палаты юридических консультантов является общее собрание членов палаты юридических консультантов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="933"/>
-    <w:bookmarkStart w:name="z934" w:id="934"/>
-[...15 lines deleted...]
-      1. Высшим органом управления палаты юридических консультантов является общее собрание членов палаты юридических консультантов.</w:t>
+    <w:bookmarkStart w:name="z935" w:id="934"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Компетенция общего собрания членов палаты юридических консультантов и порядок его деятельности определяются Законом Республики Казахстан "О саморегулировании", настоящим Законом и иными законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="934"/>
-    <w:bookmarkStart w:name="z935" w:id="935"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z936" w:id="936"/>
+    <w:bookmarkStart w:name="z936" w:id="935"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Уставом палаты юридических консультантов могут быть предусмотрены и иные полномочия общего собрания членов палаты юридических консультантов. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="935"/>
+    <w:bookmarkStart w:name="z937" w:id="936"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 86. Коллегиальный орган управления и исполнительный орган управления палаты юридических консультантов</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="936"/>
-    <w:bookmarkStart w:name="z937" w:id="937"/>
+    <w:bookmarkStart w:name="z938" w:id="937"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Компетенция, порядок создания и деятельность коллегиального органа управления и исполнительного органа управления палаты юридических консультантов определяются Законом Республики Казахстан "О саморегулировании", настоящим Законом, иными законами Республики Казахстан и уставом палаты юридических консультантов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="937"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 86-1. Оплата гарантированной государством юридической помощи, оказываемой юридическим консультантом</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1093" w:id="938"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Оплата гарантированной государством юридической помощи, оказываемой юридическим консультантом, производится за счет бюджетных средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="938"/>
+    <w:bookmarkStart w:name="z1094" w:id="939"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Размеры оплаты гарантированной государством юридической помощи, оказываемой юридическим консультантом, и возмещения расходов, связанных с правовым консультированием, защитой и представительством, а также проведением примирительных процедур, устанавливаются Правительством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="939"/>
+    <w:bookmarkStart w:name="z1095" w:id="940"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Порядок оплаты юридической помощи, оказываемой юридическим консультантом, и возмещения расходов, связанных с правовым консультированием, защитой и представительством, а также проведением примирительных процедур, устанавливается правилами оплаты гарантированной государством юридической помощи, утверждаемыми уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="940"/>
+    <w:bookmarkStart w:name="z1096" w:id="941"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В случаях, предусмотренных законодательством Республики Казахстан, оплата гарантированной государством юридической помощи, оказываемой юридическим консультантом, командировочных, транспортных расходов и возмещение других его расходов, связанных с правовым консультированием, защитой и представительством, производятся по определениям судов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="941"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 6 дополнена статьей 86-1 в соответствии с Законом РК от 20.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z939" w:id="942"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 86. Коллегиальный орган управления и исполнительный орган управления палаты юридических консультантов</w:t>
-[...116 lines deleted...]
-      4. В случаях, предусмотренных законодательством Республики Казахстан, оплата гарантированной государством юридической помощи, оказываемой юридическим консультантом, командировочных, транспортных расходов и возмещение других его расходов, связанных с правовым консультированием, защитой и представительством, производятся по определениям судов.</w:t>
+        <w:t xml:space="preserve"> Статья 87. Ревизионная комиссия палаты юридических консультантов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="942"/>
-    <w:p>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z940" w:id="944"/>
+    <w:bookmarkStart w:name="z940" w:id="943"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Ревизионная комиссия палаты юридических консультантов является органом палаты юридических консультантов, осуществляющим контроль за финансово-хозяйственной деятельностью палаты юридических консультантов. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="943"/>
+    <w:bookmarkStart w:name="z941" w:id="944"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ревизионная комиссия может быть образована из числа членов палаты юридических консультантов. Члены коллегиального и исполнительного органов управления палаты юридических консультантов не могут входить в состав ревизионной комиссии.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="944"/>
-    <w:bookmarkStart w:name="z941" w:id="945"/>
-[...15 lines deleted...]
-      2. Ревизионная комиссия может быть образована из числа членов палаты юридических консультантов. Члены коллегиального и исполнительного органов управления палаты юридических консультантов не могут входить в состав ревизионной комиссии.</w:t>
+    <w:bookmarkStart w:name="z942" w:id="945"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Компетенция и порядок деятельности ревизионной комиссии определяются Законом Республики Казахстан "О саморегулировании", иными законами Республики Казахстан и уставом палаты юридических консультантов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="945"/>
-    <w:bookmarkStart w:name="z942" w:id="946"/>
-[...15 lines deleted...]
-      Компетенция и порядок деятельности ревизионной комиссии определяются Законом Республики Казахстан "О саморегулировании", иными законами Республики Казахстан и уставом палаты юридических консультантов.</w:t>
+    <w:bookmarkStart w:name="z943" w:id="946"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 88. Взносы палаты юридических консультантов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="946"/>
-    <w:bookmarkStart w:name="z943" w:id="947"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z946" w:id="948"/>
+    <w:bookmarkStart w:name="z946" w:id="947"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В палате юридических консультантов устанавливаются ежегодные членские взносы. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="947"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Размер ежегодных членских взносов должен составлять не менее пятнадцатикратного и не более семидесятипятикратного размера месячного расчетного показателя, установленного законом о республиканском бюджете на соответствующий финансовый год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      От уплаты членского взноса освобождаются юридические консультанты на период нахождения в отпуске по беременности и родам либо по уходу за ребенком до достижения им возраста трех лет и юридические консультанты, не осуществляющие профессиональную деятельность более двух месяцев подряд вследствие временной нетрудоспособности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Юридические консультанты, осуществляющие профессиональную деятельность в сельских населенных пунктах либо имеющие стаж профессиональной деятельности менее одного года, уплачивают членские взносы в размере пятидесяти процентов от установленной ставки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Вступительные взносы запрещены.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 88 – в редакции Закона РК от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z947" w:id="948"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 89. Обеспечение палатой юридических консультантов доступа к информации и ее защиты от неправомерного использования</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="948"/>
-    <w:p>
-[...70 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z948" w:id="949"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Палата юридических консультантов посредством размещения на своем интернет-ресурсе и опубликования в средствах массовой информации, распространяемых на всей территории Республики Казахстан, обязана обеспечить доступ к следующей информации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="949"/>
+    <w:bookmarkStart w:name="z949" w:id="950"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) о составе своих членов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="950"/>
+    <w:bookmarkStart w:name="z950" w:id="951"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) об условиях, способах и порядке обеспечения ответственности членов палаты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="951"/>
+    <w:bookmarkStart w:name="z951" w:id="952"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) о членах, прекративших свое членство в палате юридических консультантов и об основаниях прекращения их членства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="952"/>
+    <w:bookmarkStart w:name="z952" w:id="953"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) об условиях членства в палате юридических консультантов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="953"/>
+    <w:bookmarkStart w:name="z953" w:id="954"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) о содержании правил и стандартов палаты юридических консультантов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="954"/>
+    <w:bookmarkStart w:name="z954" w:id="955"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) о критериях качества юридической помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="955"/>
+    <w:bookmarkStart w:name="z955" w:id="956"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) о структуре и компетенции органов управления и специализированных органов палаты юридических консультантов, количественном и персональном составе коллегиального органа управления, исполнительного органа управления палаты юридических консультантов,  о лице, осуществляющем функции единоличного исполнительного органа управления палаты юридических консультантов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="956"/>
+    <w:bookmarkStart w:name="z956" w:id="957"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) о решениях, принятых общим собранием членов палаты юридических консультантов и коллегиальным органом управления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="957"/>
+    <w:bookmarkStart w:name="z957" w:id="958"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) о случаях привлечения членов палаты юридических консультантов к ответственности за нарушение требований законодательства Республики Казахстан об адвокатской деятельности и юридической помощи, правил и стандартов, Кодекса профессиональной этики;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="958"/>
+    <w:bookmarkStart w:name="z958" w:id="959"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) о любых исках и заявлениях, поданных палатой юридических консультантов в суды, а также в отношении палаты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="959"/>
+    <w:bookmarkStart w:name="z959" w:id="960"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) об отчете о финансово-хозяйственной деятельности, включающем информацию обо всех поступлениях и расходах по каждой специфике отдельно;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="960"/>
+    <w:bookmarkStart w:name="z960" w:id="961"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) иной информации, предусмотренной настоящим Законом, законодательством Республики Казахстан и (или) внутренними документами палаты юридических консультантов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="961"/>
+    <w:bookmarkStart w:name="z961" w:id="962"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Палатой должны быть предусмотрены способы получения, использования, обработки, хранения и защиты информации, неправомерное использование которой работниками может причинить моральный вред и (или) имущественный ущерб членам палаты юридических консультантов или создать предпосылки для причинения такого вреда и (или) ущерба.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="962"/>
+    <w:bookmarkStart w:name="z962" w:id="963"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Палата юридических консультантов несет перед своими членами ответственность за действия своих работников, связанные с неправомерным использованием информации, ставшей известной им в силу служебного положения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="963"/>
+    <w:bookmarkStart w:name="z963" w:id="964"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Палата юридических консультантов несет ответственность за неисполнение и (или) ненадлежащее исполнение обязанностей по раскрытию информации в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="964"/>
+    <w:bookmarkStart w:name="z964" w:id="965"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...52 lines deleted...]
-    <w:bookmarkStart w:name="z947" w:id="949"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 90. Реестр палат юридических консультантов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="965"/>
+    <w:bookmarkStart w:name="z965" w:id="966"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Уполномоченный орган ведет реестр палат юридических консультантов в электронном формате.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="966"/>
+    <w:bookmarkStart w:name="z966" w:id="967"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Сведения, содержащиеся в реестре палат юридических консультантов, являются открытыми и размещаются на интернет-ресурсе уполномоченного органа в актуальном состоянии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="967"/>
+    <w:bookmarkStart w:name="z967" w:id="968"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о некоммерческой организации, соответствующей требованиям статьи 78 настоящего Закона, вносятся в реестр палат юридических консультантов на основании уведомления в соответствии с Законом Республики Казахстан "О разрешениях и уведомлениях".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="968"/>
+    <w:bookmarkStart w:name="z968" w:id="969"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      После получения уведомления уполномоченный орган самостоятельно проверяет соблюдение палатой юридических консультантов требований, установленных настоящим Законом и законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="969"/>
+    <w:bookmarkStart w:name="z969" w:id="970"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 89. Обеспечение палатой юридических консультантов доступа к информации и ее защиты от неправомерного использования</w:t>
-[...323 lines deleted...]
-    <w:bookmarkStart w:name="z964" w:id="966"/>
+        <w:t xml:space="preserve"> Статья 91. Исключение из реестра палат юридических консультантов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="970"/>
+    <w:bookmarkStart w:name="z970" w:id="971"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Основаниями исключения из реестра палат юридических консультантов являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="971"/>
+    <w:bookmarkStart w:name="z971" w:id="972"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заявление палаты юридических консультантов об исключении из реестра палат юридических консультантов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="972"/>
+    <w:bookmarkStart w:name="z972" w:id="973"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ликвидация или реорганизация некоммерческой организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="973"/>
+    <w:bookmarkStart w:name="z973" w:id="974"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) вступившее в законную силу решение суда об исключении из реестра палат юридических консультантов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="974"/>
+    <w:bookmarkStart w:name="z974" w:id="975"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 90. Реестр палат юридических консультантов</w:t>
-[...177 lines deleted...]
-      3) вступившее в законную силу решение суда об исключении из реестра палат юридических консультантов.</w:t>
+        <w:t xml:space="preserve"> Статья 92. Реестр членов палаты юридических консультантов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="975"/>
-    <w:bookmarkStart w:name="z974" w:id="976"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Статья 92. Реестр членов палаты юридических консультантов</w:t>
+    <w:bookmarkStart w:name="z975" w:id="976"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Палата юридических консультантов ведет реестр членов палаты юридических консультантов в электронном формате и размещает его на своем интернет-ресурсе в актуальном состоянии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="976"/>
-    <w:bookmarkStart w:name="z975" w:id="977"/>
-[...15 lines deleted...]
-      1. Палата юридических консультантов ведет реестр членов палаты юридических консультантов в электронном формате и размещает его на своем интернет-ресурсе в актуальном состоянии.</w:t>
+    <w:bookmarkStart w:name="z976" w:id="977"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Реестр членов палаты юридических консультантов является компонентом реестра палат юридических консультантов, соответствующим требованиям настоящего Закона и содержащим сведения о членстве в палате юридических консультантов, его приостановлении и прекращении.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="977"/>
-    <w:bookmarkStart w:name="z976" w:id="978"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z977" w:id="979"/>
+    <w:bookmarkStart w:name="z977" w:id="978"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Лицо приобретает все права члена палаты юридических консультантов с даты внесения сведений о нем, предусмотренных настоящей статьей, в реестр членов палаты юридических консультантов. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="978"/>
+    <w:bookmarkStart w:name="z978" w:id="979"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Реестр членов палаты юридических консультантов содержит следующие сведения:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="979"/>
-    <w:bookmarkStart w:name="z978" w:id="980"/>
-[...15 lines deleted...]
-      4. Реестр членов палаты юридических консультантов содержит следующие сведения:</w:t>
+    <w:bookmarkStart w:name="z979" w:id="980"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) регистрационный номер члена палаты юридических консультантов, дату его регистрации в реестре;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="980"/>
-    <w:bookmarkStart w:name="z979" w:id="981"/>
-[...15 lines deleted...]
-      1) регистрационный номер члена палаты юридических консультантов, дату его регистрации в реестре;</w:t>
+    <w:bookmarkStart w:name="z980" w:id="981"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) фамилию, имя, отчество (при его наличии) члена палаты юридических консультантов, дату его рождения, данные документа, удостоверяющего личность, место жительства, индивидуальный идентификационный номер (для физического лица), номера контактных телефонов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="981"/>
-    <w:bookmarkStart w:name="z980" w:id="982"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z981" w:id="983"/>
+    <w:bookmarkStart w:name="z981" w:id="982"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) сведения об обеспечении имущественной ответственности члена палаты юридических консультантов; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="982"/>
+    <w:bookmarkStart w:name="z982" w:id="983"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сведения о результатах проведенных палатой юридических консультантов проверок члена палаты и фактах применения к нему дисциплинарных и иных взысканий;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="983"/>
-    <w:bookmarkStart w:name="z982" w:id="984"/>
-[...15 lines deleted...]
-      4) сведения о результатах проведенных палатой юридических консультантов проверок члена палаты и фактах применения к нему дисциплинарных и иных взысканий;</w:t>
+    <w:bookmarkStart w:name="z983" w:id="984"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) иные сведения, предусмотренные уполномоченным органом, палатой юридических консультантов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="984"/>
-    <w:bookmarkStart w:name="z983" w:id="985"/>
-[...15 lines deleted...]
-      5) иные сведения, предусмотренные уполномоченным органом, палатой юридических консультантов.</w:t>
+    <w:bookmarkStart w:name="z984" w:id="985"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В отношении лиц, прекративших свое членство в палате юридических консультантов, в реестре членов палаты юридических консультантов наряду с информацией, указанной в пункте 4 настоящей статьи, должна содержаться подлежащая размещению на интернет-ресурсе информация о дате прекращения членства в палате юридических консультантов и об основаниях такого прекращения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="985"/>
-    <w:bookmarkStart w:name="z984" w:id="986"/>
-[...15 lines deleted...]
-      5. В отношении лиц, прекративших свое членство в палате юридических консультантов, в реестре членов палаты юридических консультантов наряду с информацией, указанной в пункте 4 настоящей статьи, должна содержаться подлежащая размещению на интернет-ресурсе информация о дате прекращения членства в палате юридических консультантов и об основаниях такого прекращения.</w:t>
+    <w:bookmarkStart w:name="z985" w:id="986"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Раскрытию на интернет-ресурсе палаты юридических консультантов подлежат сведения, указанные в пункте 4 настоящей статьи, за исключением сведений о месте жительства, данных документа, удостоверяющего личность, и иных сведений, если доступ к ним ограничен законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="986"/>
-    <w:bookmarkStart w:name="z985" w:id="987"/>
-[...15 lines deleted...]
-      6. Раскрытию на интернет-ресурсе палаты юридических консультантов подлежат сведения, указанные в пункте 4 настоящей статьи, за исключением сведений о месте жительства, данных документа, удостоверяющего личность, и иных сведений, если доступ к ним ограничен законами Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z986" w:id="987"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Палата юридических консультантов ведет реестр членов палаты юридических консультантов со дня внесения сведений о ней в реестр палат в соответствии с требованиями, установленными настоящим Законом и Законом Республики Казахстан "О саморегулировании".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="987"/>
-    <w:bookmarkStart w:name="z986" w:id="988"/>
-[...15 lines deleted...]
-      7. Палата юридических консультантов ведет реестр членов палаты юридических консультантов со дня внесения сведений о ней в реестр палат в соответствии с требованиями, установленными настоящим Законом и Законом Республики Казахстан "О саморегулировании".</w:t>
+    <w:bookmarkStart w:name="z987" w:id="988"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Член палаты юридических консультантов обязан уведомлять палату юридических консультантов в письменной форме или путем направления электронного документа о наступлении любых событий, влекущих за собой изменение информации, содержащейся в реестре членов палаты юридических консультантов, в течение трех рабочих дней со дня, следующего за днем наступления таких событий.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="988"/>
-    <w:bookmarkStart w:name="z987" w:id="989"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z988" w:id="990"/>
+    <w:bookmarkStart w:name="z988" w:id="989"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Информация, содержащаяся в реестре членов палаты юридических консультантов, за исключением сведений о месте жительства, данных документа, удостоверяющего личность, и иных сведений, если доступ к ним ограничен законами Республики Казахстан, представляется по запросам физических и юридических лиц в порядке, определенном палатой юридических консультантов. Срок представления такой информации не может превышать пять рабочих дней со дня поступления соответствующего запроса. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="989"/>
+    <w:bookmarkStart w:name="z989" w:id="990"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 93. Контроль палаты юридических консультантов за деятельностью своих членов</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="990"/>
-    <w:bookmarkStart w:name="z989" w:id="991"/>
+    <w:bookmarkStart w:name="z990" w:id="991"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Порядок осуществления контроля палатой юридических консультантов за деятельностью юридических консультантов в части соблюдения ими требований правил и стандартов палаты юридических консультантов, условий членства в палате определяется Законом Республики Казахстан "О саморегулировании".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="991"/>
+    <w:bookmarkStart w:name="z991" w:id="992"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 93. Контроль палаты юридических консультантов за деятельностью своих членов</w:t>
-[...19 lines deleted...]
-      Порядок осуществления контроля палатой юридических консультантов за деятельностью юридических консультантов в части соблюдения ими требований правил и стандартов палаты юридических консультантов, условий членства в палате определяется Законом Республики Казахстан "О саморегулировании".</w:t>
+        <w:t xml:space="preserve"> Статья 94. Ответственность членов палаты юридических консультантов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="992"/>
-    <w:bookmarkStart w:name="z991" w:id="993"/>
+    <w:bookmarkStart w:name="z992" w:id="993"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      За нарушение требований законодательства Республики Казахстан об адвокатской деятельности и юридической помощи, устава, правил и стандартов палаты юридических консультантов, Кодекса профессиональной этики ее член несет ответственность в соответствии с настоящим Законом, законами Республики Казахстан, правилами и стандартами палаты юридических консультантов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="993"/>
+    <w:bookmarkStart w:name="z993" w:id="994"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Порядок наложения взысканий на членов палаты юридических консультантов, их снятия и обжалования определяется уставом и правилами палаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="994"/>
+    <w:bookmarkStart w:name="z994" w:id="995"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 94. Ответственность членов палаты юридических консультантов</w:t>
-[...39 lines deleted...]
-      Порядок наложения взысканий на членов палаты юридических консультантов, их снятия и обжалования определяется уставом и правилами палаты.</w:t>
+        <w:t xml:space="preserve"> Статья 95. Обжалование действий (бездействия) палаты юридических консультантов, решений ее органов управления</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="995"/>
-    <w:bookmarkStart w:name="z994" w:id="996"/>
+    <w:bookmarkStart w:name="z995" w:id="996"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Член палаты юридических консультантов в случае нарушения его прав и законных интересов действиями (бездействием) палаты юридических консультантов, решениями ее органов управления вправе оспорить такие действия (бездействие), решения в уполномоченном органе или в суде, а также требовать возмещения палатой юридических консультантов причиненного ему вреда в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="996"/>
+    <w:bookmarkStart w:name="z996" w:id="997"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случаях, предусмотренных настоящим Законом, действия (бездействие) палаты юридических консультантов, решения ее органов управления могут быть оспорены в суде с соблюдением обязательного досудебного порядка урегулирования спора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="997"/>
+    <w:bookmarkStart w:name="z997" w:id="998"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 95. Обжалование действий (бездействия) палаты юридических консультантов, решений ее органов управления</w:t>
-[...39 lines deleted...]
-      В случаях, предусмотренных настоящим Законом, действия (бездействие) палаты юридических консультантов, решения ее органов управления могут быть оспорены в суде с соблюдением обязательного досудебного порядка урегулирования спора.</w:t>
+        <w:t xml:space="preserve"> Статья 96. Ответственность палат юридических консультантов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="998"/>
-    <w:bookmarkStart w:name="z997" w:id="999"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Статья 96. Ответственность палат юридических консультантов</w:t>
+    <w:bookmarkStart w:name="z998" w:id="999"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. За нарушение требований законодательства Республики Казахстан об адвокатской деятельности и юридической помощи, правил и стандартов палаты юридических консультантов, Кодекса профессиональной этики палата юридических консультантов несет ответственность в соответствии с настоящим Законом и иными законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="999"/>
-    <w:bookmarkStart w:name="z998" w:id="1000"/>
-[...15 lines deleted...]
-      1. За нарушение требований законодательства Республики Казахстан об адвокатской деятельности и юридической помощи, правил и стандартов палаты юридических консультантов, Кодекса профессиональной этики палата юридических консультантов несет ответственность в соответствии с настоящим Законом и иными законами Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z999" w:id="1000"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Палаты юридических консультантов, члены палат юридических консультантов, клиенты вправе обратиться в уполномоченный орган о нарушениях законодательства Республики Казахстан об адвокатской деятельности и юридической помощи, правил и стандартов палаты юридических консультантов, Кодекса профессиональной этики.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1000"/>
-    <w:bookmarkStart w:name="z999" w:id="1001"/>
-[...15 lines deleted...]
-      2. Палаты юридических консультантов, члены палат юридических консультантов, клиенты вправе обратиться в уполномоченный орган о нарушениях законодательства Республики Казахстан об адвокатской деятельности и юридической помощи, правил и стандартов палаты юридических консультантов, Кодекса профессиональной этики.</w:t>
+    <w:bookmarkStart w:name="z1000" w:id="1001"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. При поступлении жалобы уполномоченный орган направляет ее в соответствующую палату в случае, если жалоба не была ранее рассмотрена палатой юридических консультантов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1001"/>
-    <w:bookmarkStart w:name="z1000" w:id="1002"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z1001" w:id="1003"/>
+    <w:bookmarkStart w:name="z1001" w:id="1002"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. В случае, если жалоба была предметом рассмотрения палатой, уполномоченный орган рассматривает обращение в установленном законами Республики Казахстан порядке. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1002"/>
+    <w:bookmarkStart w:name="z1002" w:id="1003"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По итогам рассмотрения жалобы уполномоченный орган вправе применить к палате юридических консультантов меры воздействия в виде предписания, предупреждения, а также принять иные меры в соответствии с настоящим Законом и иными законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1003"/>
-    <w:bookmarkStart w:name="z1002" w:id="1004"/>
-[...15 lines deleted...]
-      По итогам рассмотрения жалобы уполномоченный орган вправе применить к палате юридических консультантов меры воздействия в виде предписания, предупреждения, а также принять иные меры в соответствии с настоящим Законом и иными законами Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1003" w:id="1004"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае, если палатой юридических консультантов не приняты или приняты несвоевременно меры по предписанию, предупреждению уполномоченного органа, уполномоченный орган инициирует вопрос о применении к палате юридических консультантов меры воздействия в виде исключения из реестра палат юридических консультантов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1004"/>
-    <w:bookmarkStart w:name="z1003" w:id="1005"/>
-[...15 lines deleted...]
-      В случае, если палатой юридических консультантов не приняты или приняты несвоевременно меры по предписанию, предупреждению уполномоченного органа, уполномоченный орган инициирует вопрос о применении к палате юридических консультантов меры воздействия в виде исключения из реестра палат юридических консультантов.</w:t>
+    <w:bookmarkStart w:name="z1004" w:id="1005"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В случае наличия нарушений в действиях (бездействии) палаты юридических консультантов, решениях ее органов управления в отношении палаты юридических консультантов может применяться мера воздействия в виде исключения из реестра палат юридических консультантов в судебном порядке.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1005"/>
-    <w:bookmarkStart w:name="z1004" w:id="1006"/>
-[...15 lines deleted...]
-      5. В случае наличия нарушений в действиях (бездействии) палаты юридических консультантов, решениях ее органов управления в отношении палаты юридических консультантов может применяться мера воздействия в виде исключения из реестра палат юридических консультантов в судебном порядке.</w:t>
+    <w:bookmarkStart w:name="z1005" w:id="1006"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 97. Государственный контроль за палатами юридических консультантов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1006"/>
-    <w:bookmarkStart w:name="z1005" w:id="1007"/>
+    <w:bookmarkStart w:name="z1006" w:id="1007"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Уполномоченный орган осуществляет контроль в сфере оказания юридической помощи за исполнением палатами юридических консультантов требований законодательства Республики Казахстан об адвокатской деятельности и юридической помощи, правил и стандартов палаты юридических консультантов, Кодекса профессиональной этики.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1007"/>
+    <w:bookmarkStart w:name="z1007" w:id="1008"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Контроль в сфере оказания юридической помощи за деятельностью палат юридических консультантов осуществляется путем проведения внеплановых проверок и профилактического контроля с посещением субъекта контроля в соответствии с Предпринимательским кодексом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1008"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 97 с изменением, внесенным Законом РК от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1008" w:id="1009"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 97. Государственный контроль за палатами юридических консультантов</w:t>
-[...39 lines deleted...]
-      2. Контроль в сфере оказания юридической помощи за деятельностью палат юридических консультантов осуществляется путем проведения внеплановых проверок и профилактического контроля с посещением субъекта контроля в соответствии с Предпринимательским кодексом Республики Казахстан.</w:t>
+        <w:t xml:space="preserve"> Глава 7. ЗАКЛЮЧИТЕЛЬНЫЕ И ПЕРЕХОДНЫЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1009"/>
+    <w:bookmarkStart w:name="z1009" w:id="1010"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...61 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 7. ЗАКЛЮЧИТЕЛЬНЫЕ И ПЕРЕХОДНЫЕ ПОЛОЖЕНИЯ</w:t>
+        <w:t xml:space="preserve"> Статья 98. Порядок введения в действие настоящего Закона</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1010"/>
-    <w:bookmarkStart w:name="z1009" w:id="1011"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Статья 98. Порядок введения в действие настоящего Закона</w:t>
+    <w:bookmarkStart w:name="z1010" w:id="1011"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Настоящий Закон вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования, за исключением:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1011"/>
-    <w:bookmarkStart w:name="z1010" w:id="1012"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z1011" w:id="1013"/>
+    <w:bookmarkStart w:name="z1011" w:id="1012"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -26220,212 +26390,212 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 2 статьи 67, абзаца десятого </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункта 14)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 статьи 68, которые вводятся в действие с 1 января 2019 года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1013"/>
-    <w:bookmarkStart w:name="z1012" w:id="1014"/>
+    <w:bookmarkEnd w:id="1012"/>
+    <w:bookmarkStart w:name="z1012" w:id="1013"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, которая вводится в действие с 1 января 2019 года, установив, что до 1 января 2019 года данная статья действует в следующей редакции:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1013"/>
+    <w:bookmarkStart w:name="z1013" w:id="1014"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Статья 46. Удостоверение полномочий адвоката</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1014"/>
-    <w:bookmarkStart w:name="z1013" w:id="1015"/>
-[...15 lines deleted...]
-      "Статья 46. Удостоверение полномочий адвоката</w:t>
+    <w:bookmarkStart w:name="z1014" w:id="1015"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Полномочия адвоката на ведение конкретного дела удостоверяются ордером, выдаваемым юридической консультацией или адвокатской конторой, а при осуществлении им своей деятельности индивидуально без регистрации юридического лица – президиумом коллегии адвокатов. Форма ордера утверждается уполномоченным органом. Контроль и учет выдачи ордеров осуществляются президиумом коллегии адвокатов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1015"/>
-    <w:bookmarkStart w:name="z1014" w:id="1016"/>
-[...15 lines deleted...]
-      1. Полномочия адвоката на ведение конкретного дела удостоверяются ордером, выдаваемым юридической консультацией или адвокатской конторой, а при осуществлении им своей деятельности индивидуально без регистрации юридического лица – президиумом коллегии адвокатов. Форма ордера утверждается уполномоченным органом. Контроль и учет выдачи ордеров осуществляются президиумом коллегии адвокатов.</w:t>
+    <w:bookmarkStart w:name="z1015" w:id="1016"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Форма удостоверения адвоката и порядок его заполнения разрабатываются и утверждаются Республиканской коллегией адвокатов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1016"/>
-    <w:bookmarkStart w:name="z1015" w:id="1017"/>
-[...15 lines deleted...]
-      2. Форма удостоверения адвоката и порядок его заполнения разрабатываются и утверждаются Республиканской коллегией адвокатов.</w:t>
+    <w:bookmarkStart w:name="z1016" w:id="1017"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лицо, статус адвоката которого приостановлен или прекращен, после принятия соответствующего решения обязано сдать свое удостоверение в коллегию адвокатов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1017"/>
-    <w:bookmarkStart w:name="z1016" w:id="1018"/>
-[...15 lines deleted...]
-      Лицо, статус адвоката которого приостановлен или прекращен, после принятия соответствующего решения обязано сдать свое удостоверение в коллегию адвокатов.</w:t>
+    <w:bookmarkStart w:name="z1017" w:id="1018"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Полномочия иностранного адвоката, осуществляющего свою деятельность на основании соответствующего международного договора, ратифицированного Республикой Казахстан, подтверждаются документами, удостоверяющими личность, статус адвоката и его полномочия на оказание юридической помощи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1018"/>
-    <w:bookmarkStart w:name="z1017" w:id="1019"/>
-[...15 lines deleted...]
-      3. Полномочия иностранного адвоката, осуществляющего свою деятельность на основании соответствующего международного договора, ратифицированного Республикой Казахстан, подтверждаются документами, удостоверяющими личность, статус адвоката и его полномочия на оказание юридической помощи.</w:t>
+    <w:bookmarkStart w:name="z1018" w:id="1019"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Адвокат имеет право заниматься адвокатской деятельностью на всей территории Республики Казахстан, а также за ее пределами, если это необходимо для выполнения принятого поручения и не противоречит законодательству соответствующих государств и международным договорам, ратифицированным Республикой Казахстан.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1019"/>
-    <w:bookmarkStart w:name="z1018" w:id="1020"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z1019" w:id="1021"/>
+    <w:bookmarkStart w:name="z1019" w:id="1020"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -26520,251 +26690,251 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 4 статьи 76, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 77</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, которые вводятся в действие с 1 января 2020 года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1021"/>
-    <w:bookmarkStart w:name="z1020" w:id="1022"/>
+    <w:bookmarkEnd w:id="1020"/>
+    <w:bookmarkStart w:name="z1020" w:id="1021"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) предложения первого части второй </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 83, которое вводится в действие с 1 января 2020 года, установив, что до 1 января 2020 года данное предложение действует в следующей редакции:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1021"/>
+    <w:bookmarkStart w:name="z1021" w:id="1022"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Лицо, в отношении которого принято решение о его соответствии требованиям, установленным настоящей статьей, считается принятым в члены палаты юридических консультантов, и сведения о таком лице вносятся в реестр членов палаты юридических консультантов в течение трех рабочих дней.".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1022"/>
-    <w:bookmarkStart w:name="z1021" w:id="1023"/>
-[...15 lines deleted...]
-      "Лицо, в отношении которого принято решение о его соответствии требованиям, установленным настоящей статьей, считается принятым в члены палаты юридических консультантов, и сведения о таком лице вносятся в реестр членов палаты юридических консультантов в течение трех рабочих дней.".</w:t>
+    <w:bookmarkStart w:name="z1022" w:id="1023"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Физические и юридические лица, оказывающие юридическую помощь до введения в действие настоящего Закона, приводят свою деятельность в соответствие с требованиями настоящего Закона в течение одного года со дня введения в действие настоящего Закона.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1023"/>
-    <w:bookmarkStart w:name="z1022" w:id="1024"/>
-[...15 lines deleted...]
-      2. Физические и юридические лица, оказывающие юридическую помощь до введения в действие настоящего Закона, приводят свою деятельность в соответствие с требованиями настоящего Закона в течение одного года со дня введения в действие настоящего Закона.</w:t>
+    <w:bookmarkStart w:name="z1023" w:id="1024"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Коллегии адвокатов, Республиканская коллегия адвокатов, которые осуществляли свою деятельность до введения в действие настоящего Закона, должны привести свою деятельность в соответствие с требованиями настоящего Закона, включая порядок избрания председателей, формирования органов управления коллегий адвокатов, Республиканской коллегии адвокатов, и подлежат перерегистрации в органах юстиции в течение шести месяцев со дня введения в действие настоящего Закона.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1024"/>
-    <w:bookmarkStart w:name="z1023" w:id="1025"/>
-[...15 lines deleted...]
-      3. Коллегии адвокатов, Республиканская коллегия адвокатов, которые осуществляли свою деятельность до введения в действие настоящего Закона, должны привести свою деятельность в соответствие с требованиями настоящего Закона, включая порядок избрания председателей, формирования органов управления коллегий адвокатов, Республиканской коллегии адвокатов, и подлежат перерегистрации в органах юстиции в течение шести месяцев со дня введения в действие настоящего Закона.</w:t>
+    <w:bookmarkStart w:name="z1024" w:id="1025"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Признать утратившими силу:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1025"/>
-    <w:bookmarkStart w:name="z1024" w:id="1026"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z1025" w:id="1027"/>
+    <w:bookmarkStart w:name="z1025" w:id="1026"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 5 декабря 1997 года "Об адвокатской деятельности" (Ведомости Парламента Республики Казахстан, 1997 г., № 22, ст.328; 2001 г., № 15-16, ст.236; 2003 г., № 11, ст.65; 2004 г., № 23, ст.142; 2007 г., № 2, ст.18; № 9, ст.67; № 10, ст.69; 2009 г., № 8, ст.44; № 19, ст.88; № 24, ст.130; 2010 г., № 5, ст.23; 2011 г., № 23, ст.179; 2012 г., № 4, ст.32; № 6, ст.44; № 10, ст.77; 2013 г., № 14, ст.72, 74; № 15, ст.76; 2014 г., № 10, ст.52; № 11, ст.61; № 16, ст.90; № 19-I, 19-II, ст.96; 2015 г., № 16, ст.79; № 20-VІІ, ст.115; № 23-ІІ, ст.170; 2016 г., № 7-II, cт.55);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1027"/>
-    <w:bookmarkStart w:name="z1026" w:id="1028"/>
+    <w:bookmarkEnd w:id="1026"/>
+    <w:bookmarkStart w:name="z1026" w:id="1027"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 3 июля 2013 года "О гарантированной государством юридической помощи" (Ведомости Парламента Республики Казахстан, 2013 г., № 14, ст.73; 2014 г., № 19-I, 19-II, ст.96; 2015 г., № 10, ст.50; № 20-IV, cт.113; № 22-I, ст.141).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1028"/>
+    <w:bookmarkEnd w:id="1027"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>