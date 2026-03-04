--- v0 (2025-12-28)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3a4fbda" w14:textId="3a4fbda">
+    <w:p w14:paraId="e2428c0" w14:textId="e2428c0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -497,448 +497,636 @@
         <w:t>
       6) уполномоченный орган в области оценочной деятельности – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в области оценочной деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z46" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) стандарт оценки – нормативный правовой акт, в котором уполномоченным органом в области оценочной деятельности устанавливаются единые для субъектов оценочной деятельности требования к определению рыночной или иной стоимости объекта оценки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z47" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 8) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) недостоверный отчет об оценке – письменный документ, составленный с нарушением требований законодательства Республики Казахстан об оценочной деятельности, с использованием недостоверных данных, приводящих к искажению рыночной или иной стоимости объекта оценки, за исключением случая, предусмотренного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 14 настоящего Закона;</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 9) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) отчет об оценке – письменный документ, составленный в соответствии с законодательством Республики Казахстан об оценочной деятельности по результатам проведенной оценки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) экспертиза отчета об оценке – исследование, проводимое экспертным советом палаты оценщиков в целях проверки отчета об оценке на соответствие требованиям законодательства Республики Казахстан об оценочной деятельности и стандартов палаты оценщиков;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z48" w:id="10"/>
-[...15 lines deleted...]
-      9) отчет об оценке – письменный документ, составленный в соответствии с законодательством Республики Казахстан об оценочной деятельности по результатам проведенной оценки;</w:t>
+    <w:bookmarkStart w:name="z50" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) оценщик – физическое лицо, осуществляющее профессиональную деятельность на основании свидетельства о присвоении квалификации "оценщик", выданного палатой оценщиков, и являющееся членом одной из палат оценщиков;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z49" w:id="11"/>
-[...15 lines deleted...]
-      10) экспертиза отчета об оценке – исследование, проводимое экспертным советом палаты оценщиков в целях проверки отчета об оценке на соответствие требованиям законодательства Республики Казахстан об оценочной деятельности и стандартов палаты оценщиков;</w:t>
+    <w:bookmarkStart w:name="z51" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) свидетельство о присвоении квалификации "оценщик" – документ, подтверждающий соответствие лица требованиям к владению специальными теоретическими знаниями, практическими умениями, навыками и опытом работы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z50" w:id="12"/>
-[...15 lines deleted...]
-      11) оценщик – физическое лицо, осуществляющее профессиональную деятельность на основании свидетельства о присвоении квалификации "оценщик", выданного палатой оценщиков, и являющееся членом одной из палат оценщиков;</w:t>
+    <w:bookmarkStart w:name="z52" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) палата оценщиков – саморегулируемая организация в сфере профессиональной деятельности, созданная в целях осуществления контроля качества оценочной деятельности ее членов, защиты прав и законных интересов оценщиков;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z51" w:id="13"/>
-[...15 lines deleted...]
-      12) свидетельство о присвоении квалификации "оценщик" – документ, подтверждающий соответствие лица требованиям к владению специальными теоретическими знаниями, практическими умениями, навыками и опытом работы;</w:t>
+    <w:bookmarkStart w:name="z53" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) правила палаты оценщиков – документ, разрабатываемый и утверждаемый палатой оценщиков, определяющий порядок организации деятельности палаты оценщиков и ее членов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z52" w:id="14"/>
-[...15 lines deleted...]
-      13) палата оценщиков – саморегулируемая организация в сфере профессиональной деятельности, созданная в целях осуществления контроля качества оценочной деятельности ее членов, защиты прав и законных интересов оценщиков;</w:t>
+    <w:bookmarkStart w:name="z54" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) стандарт палаты оценщиков – документ, разрабатываемый и утверждаемый палатой оценщиков, устанавливающий требования для многократного использования членами палаты оценщиков единых и обязательных принципов, характеристик к их услугам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z53" w:id="15"/>
-[...15 lines deleted...]
-      14) правила палаты оценщиков – документ, разрабатываемый и утверждаемый палатой оценщиков, определяющий порядок организации деятельности палаты оценщиков и ее членов;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) квалификационная комиссия – специализированный орган палаты оценщиков, созданный для проведения квалификационного экзамена для лиц, претендующих на получение свидетельств о присвоении квалификации "оценщик", "эксперт";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z408" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16-1) реестр недобросовестных оценщиков – список оценщиков, составленный на основании сведений палат оценщиков о приостановлении действия свидетельства и (или) лишении свидетельства и (или) прекращении действия свидетельства о присвоении квалификации "оценщик";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z54" w:id="16"/>
-[...15 lines deleted...]
-      15) стандарт палаты оценщиков – документ, разрабатываемый и утверждаемый палатой оценщиков, устанавливающий требования для многократного использования членами палаты оценщиков единых и обязательных принципов, характеристик к их услугам;</w:t>
+    <w:bookmarkStart w:name="z56" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) конфликт интересов – ситуация, при которой заинтересованность оценщика, юридического лица, с которым оценщик заключил трудовой договор, или эксперта может повлиять на достоверность отчета об оценке или экспертного заключения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:p>
-[...33 lines deleted...]
-      16-1) реестр недобросовестных оценщиков – список оценщиков, составленный на основании сведений палат оценщиков о приостановлении действия свидетельства и (или) лишении свидетельства и (или) прекращении действия свидетельства о присвоении квалификации "оценщик";</w:t>
+    <w:bookmarkStart w:name="z57" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) рыночная стоимость – расчетная денежная сумма, за которую состоялся бы обмен актива на дату оценки между заинтересованным лицом и продавцом в результате коммерческой сделки после проведения надлежащего маркетинга, при которой каждая из сторон действовала бы будучи хорошо осведомленной, расчетливо и без принуждения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z56" w:id="18"/>
-[...15 lines deleted...]
-      17) конфликт интересов – ситуация, при которой заинтересованность оценщика, юридического лица, с которым оценщик заключил трудовой договор, или эксперта может повлиять на достоверность отчета об оценке или экспертного заключения;</w:t>
+    <w:bookmarkStart w:name="z58" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) иная стоимость – иная, кроме рыночной, стоимость объекта оценки, виды которой устанавливаются стандартами оценки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z57" w:id="19"/>
-[...15 lines deleted...]
-      18) рыночная стоимость – расчетная денежная сумма, за которую состоялся бы обмен актива на дату оценки между заинтересованным лицом и продавцом в результате коммерческой сделки после проведения надлежащего маркетинга, при которой каждая из сторон действовала бы будучи хорошо осведомленной, расчетливо и без принуждения;</w:t>
+    <w:bookmarkStart w:name="z59" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) эксперт – член экспертного совета палаты оценщиков, имеющий свидетельство о присвоении квалификации "эксперт";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z58" w:id="20"/>
-[...15 lines deleted...]
-      19) иная стоимость – иная, кроме рыночной, стоимость объекта оценки, виды которой устанавливаются стандартами оценки;</w:t>
+    <w:bookmarkStart w:name="z60" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) свидетельство о присвоении квалификации "эксперт" – документ, подтверждающий соответствие оценщика требованиям к уровню профессиональных знаний эксперта, установленным палатой оценщиков;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z59" w:id="21"/>
-[...15 lines deleted...]
-      20) эксперт – член экспертного совета палаты оценщиков, имеющий свидетельство о присвоении квалификации "эксперт";</w:t>
+    <w:bookmarkStart w:name="z61" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) заказчик – физическое и (или) юридическое лицо, заключившее договор на проведение оценки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z60" w:id="22"/>
-[...15 lines deleted...]
-      21) свидетельство о присвоении квалификации "эксперт" – документ, подтверждающий соответствие оценщика требованиям к уровню профессиональных знаний эксперта, установленным палатой оценщиков;</w:t>
+    <w:bookmarkStart w:name="z62" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) аффилированные лица – физические и (или) юридические лица, способные оказывать влияние на деятельность оценщика, имеющие возможность прямо и (или) косвенно принимать решения по определению возможной рыночной или иной стоимости объекта оценки и (или) оказывать влияние на принимаемые друг другом (одним из лиц) такие решения, в том числе в силу заключенной сделки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z61" w:id="23"/>
-[...15 lines deleted...]
-      22) заказчик – физическое и (или) юридическое лицо, заключившее договор на проведение оценки;</w:t>
+    <w:bookmarkStart w:name="z63" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) третьи лица – лица, не входящие в число оценщиков, экспертов и заказчиков, имеющие определенное отношение к объекту оценки, оценочной деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z62" w:id="24"/>
-[...15 lines deleted...]
-      23) аффилированные лица – физические и (или) юридические лица, способные оказывать влияние на деятельность оценщика, имеющие возможность прямо и (или) косвенно принимать решения по определению возможной рыночной или иной стоимости объекта оценки и (или) оказывать влияние на принимаемые друг другом (одним из лиц) такие решения, в том числе в силу заключенной сделки;</w:t>
+    <w:bookmarkStart w:name="z64" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) международные стандарты оценки – стандарты оценки, принятые Международным советом по стандартам оценки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z63" w:id="25"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -994,2111 +1182,2289 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 2. Законодательство Республики Казахстан об оценочной деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="27"/>
+    <w:bookmarkStart w:name="z65" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Законодательство Республики Казахстан об оценочной деятельности основывается на Конституции Республики Казахстан, состоит из настоящего Закона и иных нормативных правовых актов Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z66" w:id="28"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z66" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Особенности организации оценки государственного имущества, случаи и особенности оценки имущества при его поступлении в состав государственного имущества, передаче государственного имущества в пользование физическим лицам и (или) негосударственным юридическим лицам, а также отчуждении государственного имущества устанавливаются главой 16 Закона Республики Казахстан "О государственном имуществе". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z67" w:id="29"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z67" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Особенности определения размера вреда, причиненного транспортному средству, устанавливаются Законом Республики Казахстан "Об обязательном страховании гражданско-правовой ответственности владельцев транспортных средств". </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z68" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые предусмотрены настоящим Законом, то применяются правила международного договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 3. Цель, задачи и принципы регулирования в области оценочной деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z702" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Целью регулирования в области оценочной деятельности является развитие оценочной деятельности в Республике Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z68" w:id="30"/>
-[...15 lines deleted...]
-      3. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые предусмотрены настоящим Законом, то применяются правила международного договора.</w:t>
+    <w:bookmarkStart w:name="z703" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Задачами регулирования в области оценочной деятельности являются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:p>
-[...32 lines deleted...]
-      1. Целью регулирования в области оценочной деятельности является развитие оценочной деятельности в Республике Казахстан.</w:t>
+    <w:bookmarkStart w:name="z704" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) установление правовых основ оценочной деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z703" w:id="32"/>
-[...15 lines deleted...]
-      2. Задачами регулирования в области оценочной деятельности являются:</w:t>
+    <w:bookmarkStart w:name="z705" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) определение основных принципов и направлений осуществления оценочной деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z704" w:id="33"/>
-[...15 lines deleted...]
-      1) установление правовых основ оценочной деятельности;</w:t>
+    <w:bookmarkStart w:name="z706" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) создание условий для повышения профессионального уровня членов палаты оценщиков;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z705" w:id="34"/>
-[...15 lines deleted...]
-      2) определение основных принципов и направлений осуществления оценочной деятельности;</w:t>
+    <w:bookmarkStart w:name="z707" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) укрепление доверия к институту оценки в Республике Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z706" w:id="35"/>
-[...15 lines deleted...]
-      3) создание условий для повышения профессионального уровня членов палаты оценщиков;</w:t>
+    <w:bookmarkStart w:name="z708" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Принципами регулирования в области оценочной деятельности являются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z707" w:id="36"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z709" w:id="38"/>
+    <w:bookmarkStart w:name="z709" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) законность при осуществлении оценочной деятельности; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z710" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) объективность при осуществлении оценочной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z711" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) достоверность при проведении оценки;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z710" w:id="39"/>
-[...15 lines deleted...]
-      2) объективность при осуществлении оценочной деятельности;</w:t>
+    <w:bookmarkStart w:name="z712" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) независимость при осуществлении оценочной деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z711" w:id="40"/>
-[...15 lines deleted...]
-      3) достоверность при проведении оценки;</w:t>
+    <w:bookmarkStart w:name="z713" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) конфиденциальность при осуществлении обязательства субъектами оценочной деятельности по сохранности информации, получаемой или составляемой ими в результате проведения оценки без права передачи их третьим лицам либо устного разглашения содержащихся в ней сведений, за исключением случаев, предусмотренных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z712" w:id="41"/>
-[...15 lines deleted...]
-      4) независимость при осуществлении оценочной деятельности;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 3 - в редакции Закона РК от 01.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 4. Субъекты оценочной деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z75" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Субъектами оценочной деятельности признаются оценщики и юридические лица, с которыми оценщики заключили трудовой договор.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z713" w:id="42"/>
-[...118 lines deleted...]
-    <w:bookmarkStart w:name="z76" w:id="44"/>
+    <w:bookmarkStart w:name="z76" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Оценщик вправе осуществлять оценочную деятельность самостоятельно, занимаясь частной практикой, а также на основании трудового договора между оценщиком и юридическим лицом. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 5. Объекты оценки</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z77" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К объектам оценки относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z78" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) отдельные материальные объекты (вещи), совокупность вещей, составляющих имущество лица, имущество определенного вида (движимое или недвижимое), в том числе бесхозяйное, выморочное имущество;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z79" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) право собственности и иные вещные права на имущество или отдельные вещи из состава имущества, право требования, обязательства (долги), работы, услуги, информация, а также объекты права интеллектуальной собственности, иные объекты гражданских прав, в том числе бесхозяйные и выморочные, за исключением объектов налогообложения физических лиц (жилища, дачной постройки, хозяйственной (служебной) постройки, цокольного этажа, подвала жилища, гаража) при определении налоговой базы, земельных участков при определении кадастровой (оценочной) стоимости.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 5 с изменением, внесенным Законом РК от 12.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 194-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 5. Объекты оценки</w:t>
-[...38 lines deleted...]
-      1) отдельные материальные объекты (вещи), совокупность вещей, составляющих имущество лица, имущество определенного вида (движимое или недвижимое), в том числе бесхозяйное, выморочное имущество;</w:t>
+        <w:t>Статья 6. Виды оценки</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z80" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Видами оценки являются обязательная и инициативная оценка.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z79" w:id="47"/>
-[...15 lines deleted...]
-      2) право собственности и иные вещные права на имущество или отдельные вещи из состава имущества, право требования, обязательства (долги), работы, услуги, информация, а также объекты права интеллектуальной собственности, иные объекты гражданских прав, в том числе бесхозяйные и выморочные, за исключением объектов налогообложения физических лиц (жилища, дачной постройки, хозяйственной (служебной) постройки, цокольного этажа, подвала жилища, гаража) при определении налоговой базы, земельных участков при определении кадастровой (оценочной) стоимости.</w:t>
+    <w:bookmarkStart w:name="z81" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Обязательная оценка в соответствии с законодательными актами Республики Казахстан проводится для:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:p>
-[...114 lines deleted...]
-      1. Видами оценки являются обязательная и инициативная оценка.</w:t>
+    <w:bookmarkStart w:name="z82" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) налогообложения имущества в соответствии с налоговым законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z81" w:id="49"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z83" w:id="51"/>
+    <w:bookmarkStart w:name="z83" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) приватизации государственного имущества; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z85" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ипотечного кредитования: при предоставлении ипотечного займа, а также при необходимости реализации залогового имущества;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z86" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) выкупа и изъятия имущества для государственных нужд;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z85" w:id="52"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z87" w:id="54"/>
+    <w:bookmarkStart w:name="z87" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) определения стоимости имущества должника, когда должник или взыскатель возражает против произведенной судебным исполнителем оценки; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z88" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) определения стоимости имущества, поступившего в государственную собственность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z89" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) в иных случаях, установленных законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z88" w:id="55"/>
-[...15 lines deleted...]
-      6) определения стоимости имущества, поступившего в государственную собственность;</w:t>
+    <w:bookmarkStart w:name="z90" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Инициативная оценка проводится на основании волеизъявления заказчика по проведению оценщиком оценки в соответствии с настоящим Законом и иными нормативными правовыми актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z89" w:id="56"/>
-[...15 lines deleted...]
-      7) в иных случаях, установленных законами Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z91" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Право на проведение оценки является безусловным.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z90" w:id="57"/>
-[...15 lines deleted...]
-      3. Инициативная оценка проводится на основании волеизъявления заказчика по проведению оценщиком оценки в соответствии с настоящим Законом и иными нормативными правовыми актами Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z715" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Заказчиком услуг по оценке имущества физических лиц для налогообложения, не используемого в предпринимательской деятельности, являются местные исполнительные органы городов республиканского значения, столицы, районов (городов областного значения).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z91" w:id="58"/>
-[...15 lines deleted...]
-      Право на проведение оценки является безусловным.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 6 с изменениями, внесенными законами РК от 15.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 172-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2025); от 24.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 196-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z92" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. ОСНОВАНИЯ И УСЛОВИЯ ПРОВЕДЕНИЯ ОЦЕНКИ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z715" w:id="59"/>
-[...15 lines deleted...]
-      4. Заказчиком услуг по оценке имущества физических лиц для налогообложения, не используемого в предпринимательской деятельности, являются местные исполнительные органы городов республиканского значения, столицы, районов (городов областного значения).</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 7. Основания проведения оценки</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z93" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Основанием для проведения оценки является договор на проведение оценки, заключенный между оценщиком или юридическим лицом, с которым оценщик заключил трудовой договор, и заказчиком в соответствии с настоящим Законом и гражданским законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:p>
-[...126 lines deleted...]
-        <w:jc w:val="left"/>
+    <w:bookmarkStart w:name="z94" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По договору на проведение оценки оценщик или юридическое лицо, с которым оценщик заключил трудовой договор, обязуется выполнить услуги по определению рыночной или иной стоимости объекта оценки, а заказчик обязуется оплатить эти услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...37 lines deleted...]
-      Основанием для проведения оценки является договор на проведение оценки, заключенный между оценщиком или юридическим лицом, с которым оценщик заключил трудовой договор, и заказчиком в соответствии с настоящим Законом и гражданским законодательством Республики Казахстан.</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 8. Обязательные требования к договору на проведение оценки</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z95" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. К договору на проведение оценки применяются нормы Гражданского кодекса Республики Казахстан (Особенная часть) о договоре возмездного оказания услуг.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z94" w:id="62"/>
-[...56 lines deleted...]
-    <w:bookmarkStart w:name="z96" w:id="64"/>
+    <w:bookmarkStart w:name="z96" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Договор на проведение оценки должен содержать: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z97" w:id="65"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z97" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) реквизиты сторон: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z98" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для физического лица – фамилию, имя, отчество (если оно указано в документе, удостоверяющем личность), индивидуальный идентификационный номер, место жительства (почтовый адрес);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z99" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для юридического лица, в том числе с которым оценщик заключил трудовой договор, – наименование, место нахождения (юридический адрес), бизнес-идентификационный номер, банковские реквизиты;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z98" w:id="66"/>
-[...15 lines deleted...]
-      для физического лица – фамилию, имя, отчество (если оно указано в документе, удостоверяющем личность), индивидуальный идентификационный номер, место жительства (почтовый адрес);</w:t>
+    <w:bookmarkStart w:name="z100" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наименование и (или) место нахождения объекта оценки, вид объекта оценки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z99" w:id="67"/>
-[...15 lines deleted...]
-      для юридического лица, в том числе с которым оценщик заключил трудовой договор, – наименование, место нахождения (юридический адрес), бизнес-идентификационный номер, банковские реквизиты;</w:t>
+    <w:bookmarkStart w:name="z101" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) описание объекта оценки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z100" w:id="68"/>
-[...15 lines deleted...]
-      2) наименование и (или) место нахождения объекта оценки, вид объекта оценки;</w:t>
+    <w:bookmarkStart w:name="z102" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) дату определения стоимости объекта оценки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z101" w:id="69"/>
-[...15 lines deleted...]
-      3) описание объекта оценки;</w:t>
+    <w:bookmarkStart w:name="z103" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) цель проведения оценки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z102" w:id="70"/>
-[...15 lines deleted...]
-      4) дату определения стоимости объекта оценки;</w:t>
+    <w:bookmarkStart w:name="z104" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) вид оценки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z103" w:id="71"/>
-[...15 lines deleted...]
-      5) цель проведения оценки;</w:t>
+    <w:bookmarkStart w:name="z105" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) вид определяемой стоимости;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z104" w:id="72"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z106" w:id="74"/>
+    <w:bookmarkStart w:name="z106" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) сроки проведения оценки; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z107" w:id="75"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z107" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) указание на стандарт оценки, который будет применяться при проведении оценки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z108" w:id="76"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z108" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) условия, порядок и размер оплаты за оказываемые услуги; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z109" w:id="77"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z109" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) права, обязанности и ответственность сторон; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z110" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) реквизиты документа, подтверждающего право собственности заказчика на объект оценки либо иные основания, предоставляющие заказчику право на заключение договора на проведение оценки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z111" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) реквизиты свидетельства о присвоении квалификации "оценщик" (номер и дату выдачи с указанием палаты оценщиков, выдавшей его);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z110" w:id="78"/>
-[...15 lines deleted...]
-      12) реквизиты документа, подтверждающего право собственности заказчика на объект оценки либо иные основания, предоставляющие заказчику право на заключение договора на проведение оценки;</w:t>
+    <w:bookmarkStart w:name="z112" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) право заказчика на досудебное регулирование вопросов имущественной ответственности оценщика или юридического лица, с которым оценщик заключил трудовой договор;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z111" w:id="79"/>
-[...15 lines deleted...]
-      13) реквизиты свидетельства о присвоении квалификации "оценщик" (номер и дату выдачи с указанием палаты оценщиков, выдавшей его);</w:t>
+    <w:bookmarkStart w:name="z113" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) сведения об обеспечении имущественной ответственности оценщика или юридического лица, с которым оценщик заключил трудовой договор;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z112" w:id="80"/>
-[...15 lines deleted...]
-      14) право заказчика на досудебное регулирование вопросов имущественной ответственности оценщика или юридического лица, с которым оценщик заключил трудовой договор;</w:t>
+    <w:bookmarkStart w:name="z114" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) иные условия, не предусмотренные настоящим Законом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z113" w:id="81"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z115" w:id="83"/>
+    <w:bookmarkStart w:name="z115" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Датой проведения оценки является день, по состоянию на который определена стоимость объекта оценки. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z716" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1. Результатом исполнения договора на проведение оценки является отчет об оценке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z116" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Размер оплаты за проведение оценки не может выражаться в процентном отношении к определяемой стоимости объекта оценки.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z716" w:id="84"/>
-[...15 lines deleted...]
-      3-1. Результатом исполнения договора на проведение оценки является отчет об оценке.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 8 с изменением, внесенным Законом РК от 17.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 213-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 9. Требования к оформлению отчета об оценке</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 1 предусматривается в редакции Закона РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. По результатам проведенной оценки составляются не менее двух экземпляров отчета об оценке, один из которых передается заказчику, второй хранится у оценщика или юридического лица, с которым оценщик заключил трудовой договор, в порядке, определяемом палатой оценщиков.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 2 предусматривается в редакции Закона РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Отчет об оценке пронумеровывается, прошнуровывается, подписывается оценщиком и скрепляется его печатью (при наличии), а в случае заключения оценщиком трудового договора с юридическим лицом отчет об оценке утверждается руководителем юридического лица и скрепляется печатью юридического лица (при наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z120" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Итоговая величина рыночной или иной стоимости объекта оценки, указанная в отчете об оценке, составленном по основаниям и в порядке, которые предусмотрены настоящим Законом, признается рекомендуемой для целей совершения сделки с объектом оценки, если иное не установлено законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z116" w:id="85"/>
-[...15 lines deleted...]
-      4. Размер оплаты за проведение оценки не может выражаться в процентном отношении к определяемой стоимости объекта оценки.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 9 с изменениями, внесенными законами РК от 01.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 10. Независимость оценщика</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z121" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Не допускается вмешательство заказчика либо иных заинтересованных лиц в деятельность оценщика, если это может негативно повлиять на достоверность результата проведения оценки, в том числе ограничение круга вопросов, подлежащих выяснению при проведении оценки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...60 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 9. Требования к оформлению отчета об оценке</w:t>
-[...18 lines deleted...]
-      1. По результатам проведенной оценки составляются не менее двух экземпляров отчета об оценке, один из которых передается заказчику, второй хранится у оценщика или юридического лица, с которым оценщик заключил трудовой договор, в порядке, определяемом палатой оценщиков.</w:t>
+        <w:t>Статья 11. Экспертиза отчета об оценке</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z122" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В случае наличия спора о достоверности величины рыночной или иной стоимости объекта оценки, установленной в отчете об оценке, в том числе и в связи с имеющимся иным отчетом об оценке этого же объекта, может проводиться экспертиза отчета об оценке.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z119" w:id="87"/>
-[...15 lines deleted...]
-      2. Отчет об оценке пронумеровывается, прошнуровывается, подписывается оценщиком и скрепляется его печатью (при наличии), а в случае заключения оценщиком трудового договора с юридическим лицом отчет об оценке утверждается руководителем юридического лица и скрепляется печатью юридического лица (при наличии).</w:t>
+    <w:bookmarkStart w:name="z123" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Экспертиза отчета об оценке проводится в соответствии с законодательством Республики Казахстан об оценочной деятельности экспертным советом палаты оценщиков, членом которой является оценщик, проводивший оценку.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z120" w:id="88"/>
-[...15 lines deleted...]
-      3. Итоговая величина рыночной или иной стоимости объекта оценки, указанная в отчете об оценке, составленном по основаниям и в порядке, которые предусмотрены настоящим Законом, признается рекомендуемой для целей совершения сделки с объектом оценки, если иное не установлено законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z124" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Экспертиза отчета об оценке проводится по инициативе заказчика и (или) третьего лица, оспаривающего отчет об оценке.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:p>
-[...94 lines deleted...]
-      Не допускается вмешательство заказчика либо иных заинтересованных лиц в деятельность оценщика, если это может негативно повлиять на достоверность результата проведения оценки, в том числе ограничение круга вопросов, подлежащих выяснению при проведении оценки.</w:t>
+    <w:bookmarkStart w:name="z125" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Экспертиза отчета об оценке проводится за счет стороны, инициирующей экспертизу отчета об оценке.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:p>
-[...32 lines deleted...]
-      1. В случае наличия спора о достоверности величины рыночной или иной стоимости объекта оценки, установленной в отчете об оценке, в том числе и в связи с имеющимся иным отчетом об оценке этого же объекта, может проводиться экспертиза отчета об оценке.</w:t>
+    <w:bookmarkStart w:name="z126" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Экспертиза отчета об оценке проводится на основании договора между лицом, оспаривающим отчет об оценке, и палатой оценщиков.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z123" w:id="91"/>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z127" w:id="95"/>
+    <w:bookmarkStart w:name="z127" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Результатом экспертизы отчета об оценке является положительное или отрицательное экспертное заключение, подготовленное экспертным советом палаты оценщиков. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z128" w:id="96"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z128" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Положительным заключением экспертного совета признается экспертное заключение, содержащее вывод о соответствии отчета об оценке требованиям законодательства Республики Казахстан об оценочной деятельности и (или) о подтверждении стоимости объекта оценки, определенной в отчете об оценке. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z129" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отрицательным заключением экспертного совета признается экспертное заключение, содержащее вывод о несоответствии отчета об оценке требованиям законодательства Республики Казахстан об оценочной деятельности и (или) об опровержении стоимости объекта оценки, определенной в отчете об оценке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z130" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В случае выдачи отрицательного заключения экспертным советом оплата, произведенная заказчиком за экспертизу отчета об оценке, возмещается оценщиком, составившим отчет об оценке, или юридическим лицом, с которым оценщик заключил трудовой договор.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z131" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Экспертизу отчета об оценке не вправе осуществлять эксперт:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z132" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) отчет об оценке которого оспаривается;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z129" w:id="97"/>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z133" w:id="101"/>
+    <w:bookmarkStart w:name="z133" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) в случаях, предусмотренных частью первой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 15 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3127,3042 +3493,3324 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z135" w:id="102"/>
+    <w:bookmarkStart w:name="z135" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. В случаях, когда для проведения экспертизы отчета об оценке необходимы специальные знания в определенной области науки, техники, искусства или ремесла, экспертный совет вправе привлекать ученых и специалистов по профилю проведенной оценки. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z136" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Споры, возникающие между лицом, оспаривающим отчет об оценке, и палатой оценщиков, выдавшей экспертное заключение, рассматриваются судом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z137" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае признания в судебном порядке заключения экспертного совета недостоверным члены экспертного совета и палата оценщиков несут ответственность в соответствии с настоящим Законом и иными законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 11 с изменениями, внесенными Законом РК от 01.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 12. Экспертный совет</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z138" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Экспертный совет является органом палаты оценщиков, целью создания и деятельности которого является проведение экспертизы отчета об оценке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z139" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Положение о деятельности экспертного совета утверждается общим собранием членов палаты оценщиков.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z136" w:id="103"/>
-[...158 lines deleted...]
-    <w:bookmarkStart w:name="z140" w:id="107"/>
+    <w:bookmarkStart w:name="z140" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Экспертный совет палаты оценщиков формируется из числа оценщиков, имеющих свидетельство о присвоении квалификации "эксперт". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z141" w:id="108"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z141" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Экспертный совет палаты оценщиков образуется в составе не менее пяти экспертов. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z142" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Председателем экспертного совета избирается член экспертного совета простым большинством голосов экспертов на заседании экспертного совета сроком на два года. Одно и то же лицо не может быть избрано председателем два раза подряд.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z143" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Члены экспертного совета избираются общим собранием членов палаты оценщиков сроком на два года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z144" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Члены экспертного совета могут быть переизбраны на новый срок, а также исключены из состава экспертного совета досрочно по основаниям, предусмотренным настоящим Законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 13. Стандарты оценочной деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z145" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. К стандартам оценочной деятельности относятся стандарты оценки и стандарты палаты оценщиков.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z142" w:id="109"/>
-[...15 lines deleted...]
-      Председателем экспертного совета избирается член экспертного совета простым большинством голосов экспертов на заседании экспертного совета сроком на два года. Одно и то же лицо не может быть избрано председателем два раза подряд.</w:t>
+    <w:bookmarkStart w:name="z146" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Стандарт оценки, затрагивающий сферу, регулирование которой входит в компетенцию иного государственного органа, подлежит согласованию с уполномоченным органом в соответствующей сфере.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z143" w:id="110"/>
-[...15 lines deleted...]
-      3. Члены экспертного совета избираются общим собранием членов палаты оценщиков сроком на два года.</w:t>
+    <w:bookmarkStart w:name="z148" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Стандарты оценки разрабатываются на основе международных стандартов оценки и должны соответствовать законодательству Республики Казахстан об оценочной деятельности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z144" w:id="111"/>
-[...15 lines deleted...]
-      Члены экспертного совета могут быть переизбраны на новый срок, а также исключены из состава экспертного совета досрочно по основаниям, предусмотренным настоящим Законом.</w:t>
+    <w:bookmarkStart w:name="z149" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Палата оценщиков вправе разрабатывать и утверждать по согласованию с уполномоченным органом в области оценочной деятельности и уполномоченным органом в области саморегулирования стандарты и правила палаты оценщиков, обязательные для выполнения всеми ее членами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z150" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Стандарты оценки не относятся к документам по стандартизации, принятие которых осуществляется в соответствии с законодательством Республики Казахстан в сфере стандартизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 13 с изменениями, внесенными законами РК от 05.10.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 184-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 01.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z151" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...40 lines deleted...]
-      2. Стандарт оценки, затрагивающий сферу, регулирование которой входит в компетенцию иного государственного органа, подлежит согласованию с уполномоченным органом в соответствующей сфере.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. ПРАВА И ОБЯЗАННОСТИ ОЦЕНЩИКА</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z148" w:id="114"/>
-[...15 lines deleted...]
-      3. Стандарты оценки разрабатываются на основе международных стандартов оценки и должны соответствовать законодательству Республики Казахстан об оценочной деятельности.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 14. Права оценщика </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z152" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Оценщик имеет право:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z149" w:id="115"/>
-[...15 lines deleted...]
-      4. Палата оценщиков вправе разрабатывать и утверждать по согласованию с уполномоченным органом в области оценочной деятельности и уполномоченным органом в области саморегулирования стандарты и правила палаты оценщиков, обязательные для выполнения всеми ее членами.</w:t>
+    <w:bookmarkStart w:name="z153" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) самостоятельно применять методы оценки и подходы к оценке в соответствии со стандартами оценки и (или) международными стандартами оценки с указанием источника;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z150" w:id="116"/>
-[...15 lines deleted...]
-      5. Стандарты оценки не относятся к документам по стандартизации, принятие которых осуществляется в соответствии с законодательством Республики Казахстан в сфере стандартизации.</w:t>
+    <w:bookmarkStart w:name="z154" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) требовать от заказчика при проведении оценки обеспечения доступа к объекту оценки, а также к документации в полном объеме, необходимой для осуществления оценки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:p>
-[...95 lines deleted...]
-        <w:t xml:space="preserve"> Глава 3. ПРАВА И ОБЯЗАННОСТИ ОЦЕНЩИКА</w:t>
+    <w:bookmarkStart w:name="z155" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) получать разъяснения заказчика, а также дополнительные сведения, необходимые для осуществления оценки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:p>
-[...96 lines deleted...]
-    <w:bookmarkStart w:name="z156" w:id="122"/>
+    <w:bookmarkStart w:name="z156" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) привлекать по мере необходимости на договорной основе к участию в проведении оценки специалиста (специалистов); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z157" w:id="123"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z157" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) отказаться от проведения оценки в случаях, если заказчик нарушил условия договора на проведение оценки и не обеспечил предоставление необходимой информации об объекте оценки; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z158" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) запрашивать в письменной или устной форме у третьих лиц информацию, необходимую для проведения оценки, за исключением сведений, составляющих государственные секреты, коммерческую и иную охраняемую законом тайну.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z159" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В случае отказа в предоставлении информации, указанной в подпунктах 2), 3) и 6) пункта 1 настоящей статьи, существенным образом влияющей на достоверность результатов оценки, оценщик указывает об этом в отчете об оценке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z160" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В течение трех месяцев с даты исключения палаты оценщиков из реестра саморегулируемых организаций оценщиков оценщики, являющиеся ее членами и не вступившие в другие палаты оценщиков, вправе осуществлять оценочную деятельность только по договорам, заключенным до даты исключения палаты оценщиков из реестра саморегулируемых организаций оценщиков.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z161" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Положения подпунктов 2), 3), 4), 5) и 6) пункта 1 и пункта 3 настоящей статьи распространяются на юридическое лицо, с которым оценщик заключил трудовой договор.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z158" w:id="124"/>
-[...15 lines deleted...]
-      6) запрашивать в письменной или устной форме у третьих лиц информацию, необходимую для проведения оценки, за исключением сведений, составляющих государственные секреты, коммерческую и иную охраняемую законом тайну.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 15. Обязанности оценщика </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z162" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Оценщик обязан:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z159" w:id="125"/>
-[...15 lines deleted...]
-      2. В случае отказа в предоставлении информации, указанной в подпунктах 2), 3) и 6) пункта 1 настоящей статьи, существенным образом влияющей на достоверность результатов оценки, оценщик указывает об этом в отчете об оценке.</w:t>
+    <w:bookmarkStart w:name="z163" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) соблюдать при осуществлении оценочной деятельности требования настоящего Закона, иных нормативных правовых актов Республики Казахстан и стандартов оценочной деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z160" w:id="126"/>
-[...15 lines deleted...]
-      3. В течение трех месяцев с даты исключения палаты оценщиков из реестра саморегулируемых организаций оценщиков оценщики, являющиеся ее членами и не вступившие в другие палаты оценщиков, вправе осуществлять оценочную деятельность только по договорам, заключенным до даты исключения палаты оценщиков из реестра саморегулируемых организаций оценщиков.</w:t>
+    <w:bookmarkStart w:name="z164" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) соблюдать кодекс деловой и профессиональной этики оценщиков;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z161" w:id="127"/>
-[...15 lines deleted...]
-      4. Положения подпунктов 2), 3), 4), 5) и 6) пункта 1 и пункта 3 настоящей статьи распространяются на юридическое лицо, с которым оценщик заключил трудовой договор.</w:t>
+    <w:bookmarkStart w:name="z165" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) не допускать составления недостоверного отчета об оценке;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:p>
-[...32 lines deleted...]
-      1. Оценщик обязан:</w:t>
+    <w:bookmarkStart w:name="z166" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) состоять членом только одной палаты оценщиков;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z163" w:id="129"/>
-[...15 lines deleted...]
-      1) соблюдать при осуществлении оценочной деятельности требования настоящего Закона, иных нормативных правовых актов Республики Казахстан и стандартов оценочной деятельности;</w:t>
+    <w:bookmarkStart w:name="z167" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) уплачивать взносы, установленные палатой оценщиков;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z164" w:id="130"/>
-[...15 lines deleted...]
-      2) соблюдать кодекс деловой и профессиональной этики оценщиков;</w:t>
+    <w:bookmarkStart w:name="z168" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) сообщать заказчику или юридическому лицу, с которым оценщик заключил трудовой договор, о невозможности своего участия в проведении оценки в случае возникновения обстоятельств, препятствующих проведению объективной оценки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z165" w:id="131"/>
-[...15 lines deleted...]
-      3) не допускать составления недостоверного отчета об оценке;</w:t>
+    <w:bookmarkStart w:name="z169" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) обеспечивать сохранность и конфиденциальность документов, информации, получаемых от заказчика и третьих лиц в ходе проведения оценки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z166" w:id="132"/>
-[...15 lines deleted...]
-      4) состоять членом только одной палаты оценщиков;</w:t>
+    <w:bookmarkStart w:name="z170" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) предоставлять по требованию заказчика информацию о членстве в палате оценщиков;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z167" w:id="133"/>
-[...15 lines deleted...]
-      5) уплачивать взносы, установленные палатой оценщиков;</w:t>
+    <w:bookmarkStart w:name="z171" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) хранить составленные отчеты об оценке в течение пяти лет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z168" w:id="134"/>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z172" w:id="138"/>
+    <w:bookmarkStart w:name="z172" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) осуществлять непосредственное обследование объекта оценки, а также изучать документацию по нему без передоверия своего права; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z173" w:id="139"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z173" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) предоставлять палате оценщиков, членом которой является оценщик, информацию о юридическом лице, с которым он заключил трудовой договор, а также сведения о любых изменениях этой информации в течение десяти календарных дней с даты заключения трудового договора и (или) возникновения изменений; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) предоставлять ежеквартально в порядке, предусмотренном палатой оценщиков, информацию о подписанных в указанный период отчетах об оценке с указанием даты составления отчета и его порядкового номера, объекта оценки, вида определенной стоимости;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 12-1) предусматривается исключить Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-1) предоставлять ежемесячно не позднее 5 числа месяца, следующего за отчетным периодом, в палату оценщиков, членом которой он является, копии отчетов об оценке имущества, являющегося обеспечением при заключении ипотечного договора, а также при реализации заложенного имущества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) в случаях, предусмотренных законодательством Республики Казахстан, предоставлять копии хранящихся отчетов об оценке или информацию государственным органам, иным организациям, должностным лицам, палате оценщиков, членом которой он является, по их требованию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z410" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) проходить курсы по повышению квалификации оценщиков каждые три года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z411" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) ознакомить заказчика с реестром недобросовестных оценщиков.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z176" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Требования подпунктов 8), 9), 12) и 13) части первой настоящего пункта не распространяются на оценщиков, заключивших трудовой договор с юридическим лицом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В ч.3 пункта 1 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Юридическое лицо, с которым оценщик заключил трудовой договор, обязано соблюдать требования, предусмотренные подпунктами 1), 3), 6), 7), 8), 9), 12), 12-1) и 13) части первой настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z178" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Оценщик не может проводить оценку, если:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="139"/>
-    <w:p>
-[...33 lines deleted...]
-      12-1) предоставлять ежемесячно не позднее 5 числа месяца, следующего за отчетным периодом, в палату оценщиков, членом которой он является, копии отчетов об оценке имущества, являющегося обеспечением при заключении ипотечного договора, а также при реализации заложенного имущества;</w:t>
+    <w:bookmarkStart w:name="z179" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в отношении объекта оценки оценщик имеет либо приобретает вещные или обязательственные права вне договора;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
-    <w:p>
-[...33 lines deleted...]
-      14) проходить курсы по повышению квалификации оценщиков каждые три года;</w:t>
+    <w:bookmarkStart w:name="z180" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) оценщик имеет имущественный интерес к объекту оценки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z411" w:id="142"/>
-[...119 lines deleted...]
-    <w:bookmarkStart w:name="z181" w:id="148"/>
+    <w:bookmarkStart w:name="z181" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) оценщик является аффилированным лицом заказчика; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z182" w:id="149"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z182" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) юридическое лицо-заказчик является кредитором или страховщиком оценщика; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z183" w:id="150"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z183" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) оценщик является акционером, учредителем, работником, собственником, участником, кредитором, дебитором, спонсором юридического лица-заказчика либо оценщик является близким родственником или свойственником заказчика – физического лица;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z184" w:id="151"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z184" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) оценщик является работником юридического лица, в котором руководитель либо уполномоченное им лицо состоит в близких родственных или свойственных связях с заказчиком – физическим лицом и (или) руководителем либо уполномоченным лицом юридического лица; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z185" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) это влечет возникновение конфликта интересов или создает угрозу возникновения такого конфликта, за исключением обязательств, возникающих из заключенных публичных договоров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z186" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Требования настоящего пункта распространяются на юридическое лицо, с которым оценщик заключил трудовой договор.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 15 с изменениями, внесенными Законом РК от 31.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 100</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z187" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. ПАЛАТА ОЦЕНЩИКОВ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 16. Палата оценщиков</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z188" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Палата оценщиков создается в форме некоммерческой организации и является саморегулируемой организацией, основанной на обязательном членстве, объединяющей на условиях членства не менее трехсот оценщиков.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z189" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Деятельность палаты оценщиков регулируется настоящим Законом, иными законами, уставом, стандартом и правилами палаты оценщиков.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z190" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Статус палаты оценщиков приобретается с даты ее внесения уполномоченным органом в области оценочной деятельности в реестр саморегулируемых организаций оценщиков.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z185" w:id="152"/>
-[...15 lines deleted...]
-      7) это влечет возникновение конфликта интересов или создает угрозу возникновения такого конфликта, за исключением обязательств, возникающих из заключенных публичных договоров.</w:t>
+    <w:bookmarkStart w:name="z191" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Реорганизация и ликвидация палаты оценщиков осуществляются в соответствии с настоящим Законом, иными законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z186" w:id="153"/>
-[...15 lines deleted...]
-      Требования настоящего пункта распространяются на юридическое лицо, с которым оценщик заключил трудовой договор.</w:t>
+    <w:bookmarkStart w:name="z192" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Палата оценщиков ликвидируется:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
-    <w:p>
-[...75 lines deleted...]
-        <w:t xml:space="preserve"> Глава 4. ПАЛАТА ОЦЕНЩИКОВ</w:t>
+    <w:bookmarkStart w:name="z193" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) по решению общего собрания членов палаты оценщиков;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
-    <w:p>
-[...136 lines deleted...]
-    <w:bookmarkStart w:name="z194" w:id="161"/>
+    <w:bookmarkStart w:name="z194" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) по решению суда. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z195" w:id="162"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z195" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Палата оценщиков подлежит ликвидации по основаниям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z196" w:id="163"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z196" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) несоответствия требованиям настоящего Закона, Закона Республики Казахстан "О саморегулировании";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z197" w:id="164"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z197" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) нарушения более двух раз в течение двенадцати последовательных календарных месяцев устава палаты оценщиков и принятых ею правил и стандартов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z198" w:id="165"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z198" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) привлечения к административной ответственности более двух раз в течение двенадцати последовательных календарных месяцев за нарушение законодательства Республики Казахстан об оценочной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z199" w:id="166"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z199" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) предусмотренным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Гражданского кодекса Республики Казахстан (Общая часть).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z200" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае ликвидации палаты оценщиков оценщики обязаны в течение трех месяцев вступить в иные палаты оценщиков без уплаты вступительного взноса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z201" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Уполномоченный орган в области оценочной деятельности на основании решения общего собрания членов палаты оценщиков или вступившего в законную силу решения суда о ликвидации палаты оценщиков исключает ее из реестра саморегулируемых организаций оценщиков.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 17. Права и обязанности палаты оценщиков</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z202" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Палата оценщиков вправе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z203" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) от своего имени оспаривать в установленном законодательством Республики Казахстан порядке акты, решения и (или) действия (бездействие) органов государственной власти и местного самоуправления и их должностных лиц, юридических лиц, нарушающие права и законные интересы палаты оценщиков, ее членов либо создающие угрозу такого нарушения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z204" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) запрашивать в органах государственной власти и местного самоуправления и получать от этих органов информацию, необходимую для выполнения палатой оценщиков возложенных на нее законами Республики Казахстан функций, в установленном законодательством Республики Казахстан порядке, за исключением сведений, составляющих государственные секреты, коммерческую и иную охраняемую законом тайну;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z205" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) вступать в международные организации оценщиков;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z200" w:id="167"/>
-[...15 lines deleted...]
-      В случае ликвидации палаты оценщиков оценщики обязаны в течение трех месяцев вступить в иные палаты оценщиков без уплаты вступительного взноса.</w:t>
+    <w:bookmarkStart w:name="z206" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) утверждать правила и стандарты палаты оценщиков по согласованию с уполномоченным органом в области оценочной деятельности и уполномоченным органом в области саморегулирования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z201" w:id="168"/>
-[...15 lines deleted...]
-      7. Уполномоченный орган в области оценочной деятельности на основании решения общего собрания членов палаты оценщиков или вступившего в законную силу решения суда о ликвидации палаты оценщиков исключает ее из реестра саморегулируемых организаций оценщиков.</w:t>
+    <w:bookmarkStart w:name="z207" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) собирать вступительные, ежегодные членские взносы и формировать имущество палат оценщиков из других, не запрещенных законами Республики Казахстан источников;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="168"/>
-    <w:p>
-[...136 lines deleted...]
-    <w:bookmarkStart w:name="z208" w:id="175"/>
+    <w:bookmarkStart w:name="z208" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) отказывать в принятии в члены палаты оценщиков в случаях, установленных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 18 настоящего Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z209" w:id="176"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z209" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) по письменному разрешению Международного совета по стандартам оценки осуществлять перевод международных стандартов оценки, а также размещать их на своем интернет-ресурсе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z210" w:id="177"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z210" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) осуществлять иные права, предусмотренные настоящим Законом, иными законами Республики Казахстан и уставом палаты оценщиков. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z211" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Палата оценщиков обязана:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z212" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) уведомить уполномоченный орган в области оценочной деятельности о начале осуществления деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z213" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) соблюдать законодательство Республики Казахстан, устав палаты оценщиков и принятые ею правила и стандарты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z214" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) представлять интересы своих членов в государственных органах, органах местного самоуправления, а также в международных организациях оценщиков в соответствии с настоящим Законом, иными нормативными правовыми актами Республики Казахстан и уставом палаты оценщиков;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z215" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) разрабатывать и утверждать правила выдачи сертификатов о прохождении курсов повышения квалификации и переподготовки оценщиков и экспертов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z216" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) рассматривать обращения физических и юридических лиц на действия (бездействие) членов палаты оценщиков;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z211" w:id="178"/>
-[...119 lines deleted...]
-    <w:bookmarkStart w:name="z217" w:id="184"/>
+    <w:bookmarkStart w:name="z217" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) вести реестры членов палаты оценщиков, членов экспертного совета, которые размещаются на интернет-ресурсе палаты оценщиков; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z218" w:id="185"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z218" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) рассматривать материалы о дисциплинарных проступках оценщиков, экспертов и налагать на виновных лиц дисциплинарные взыскания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z219" w:id="186"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z219" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) осуществлять контроль за своими членами в соответствии с требованиями настоящего Закона; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z220" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) приостанавливать и прекращать членство в палате оценщиков по основаниям, предусмотренным настоящим Законом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z221" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) принять кодекс деловой и профессиональной этики оценщиков;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) ежеквартально не позднее 20 числа месяца, следующего за отчетным кварталом, предоставлять в уполномоченный орган в области оценочной деятельности информацию о своей деятельности и деятельности своих членов по форме, утвержденной уполномоченным органом в области оценочной деятельности, с ее размещением на интернет-ресурсе палаты оценщиков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 11-1) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11-1) ежеквартально не позднее 20 числа месяца, следующего за отчетным кварталом, предоставлять в уполномоченный орган в области оценочной деятельности информацию с копией отчетов об оценке имущества, являющегося обеспечением при заключении ипотечного договора, а также при реализации заложенного имущества;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z413" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11-2) в течение трех рабочих дней со дня принятия решения предоставлять в уполномоченный орган в области оценочной деятельности сведения о приостановлении действия свидетельства и (или) лишении свидетельства и (или) прекращении действия свидетельства о присвоении квалификации "оценщик" своих членов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z223" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) информировать членов палаты оценщиков о поступлении и расходовании денег путем размещения на интернет-ресурсе палаты ежегодного отчета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z224" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) выдавать свидетельства о присвоении квалификаций "оценщик", "эксперт";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z225" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) проводить курсы повышения квалификации и переподготовки оценщиков.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z220" w:id="187"/>
-[...15 lines deleted...]
-      9) приостанавливать и прекращать членство в палате оценщиков по основаниям, предусмотренным настоящим Законом;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Законами Республики Казахстан и уставом палаты оценщиков могут устанавливаться иные обязанности палаты оценщиков.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z227" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Палата оценщиков не вправе осуществлять деятельность и совершать действия, влекущие возникновение конфликта интересов палаты оценщиков и ее членов или создающие угрозу возникновения такого конфликта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z221" w:id="188"/>
-[...15 lines deleted...]
-      10) принять кодекс деловой и профессиональной этики оценщиков;</w:t>
+    <w:bookmarkStart w:name="z228" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Меры по предотвращению или урегулированию конфликта интересов устанавливаются палатами оценщиков.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...116 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...63 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 17 с изменениями, внесенными Законом РК от 31.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 100</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...42 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 18. Требования к членству в палате оценщиков</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z229" w:id="196"/>
+    <w:bookmarkStart w:name="z229" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Оценщик может быть членом только одной палаты оценщиков. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z230" w:id="197"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z230" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Обязательными условиями членства в палате оценщиков являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z231" w:id="198"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z231" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) свидетельство о присвоении квалификации "оценщик";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z232" w:id="199"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z232" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) отсутствие неснятой или непогашенной судимости за правонарушения в сфере экономической деятельности, а также за преступления средней тяжести, совершенные умышленно, тяжкие и особо тяжкие преступления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z233" w:id="200"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z233" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Для вступления в члены палаты оценщиков физическое лицо представляет: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z234" w:id="201"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z234" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) заявление; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z235" w:id="202"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z235" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) документ, удостоверяющий личность; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z236" w:id="203"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z236" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) свидетельство о присвоении квалификации "оценщик"; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z237" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) справку об отсутствии неснятой или непогашенной судимости за правонарушения в сфере экономической деятельности, а также за преступления средней тяжести, совершенные умышленно, тяжкие и особо тяжкие преступления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z238" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) иные документы, установленные палатой оценщиков.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z239" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Основанием для отказа в приеме в члены палаты оценщиков является несоблюдение положений, предусмотренных пунктом 2 настоящей статьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z240" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Заявитель вправе обжаловать действия палаты оценщиков по отказу в приеме в члены соответствующей палаты оценщиков в уполномоченный орган в области оценочной деятельности или суд в порядке, установленном законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 18 с изменением, внесенным Законом РК от 29.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2021).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 19. Приостановление и прекращение членства в палате оценщиков </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z241" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Членство в палате оценщиков приостанавливается в случае приостановления действия свидетельства о присвоении квалификации "оценщик".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z242" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оценщик, членство в палате оценщиков которого приостановлено, не может осуществлять оценочную деятельность в период приостановления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z243" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Членство в палате оценщиков прекращается по следующим основаниям:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z237" w:id="204"/>
-[...15 lines deleted...]
-      4) справку об отсутствии неснятой или непогашенной судимости за правонарушения в сфере экономической деятельности, а также за преступления средней тяжести, совершенные умышленно, тяжкие и особо тяжкие преступления;</w:t>
+    <w:bookmarkStart w:name="z244" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) по заявлению члена палаты оценщиков;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z238" w:id="205"/>
-[...15 lines deleted...]
-      5) иные документы, установленные палатой оценщиков.</w:t>
+    <w:bookmarkStart w:name="z245" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в случае нарушения оценщиком устава палаты оценщиков, кодекса деловой и профессиональной этики оценщика.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z239" w:id="206"/>
-[...15 lines deleted...]
-      3. Основанием для отказа в приеме в члены палаты оценщиков является несоблюдение положений, предусмотренных пунктом 2 настоящей статьи.</w:t>
+    <w:bookmarkStart w:name="z717" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом оценщику запрещается вступать в другую палату оценщиков в течение года со дня принятия решения об исключении оценщика из палаты оценщиков;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z240" w:id="207"/>
-[...15 lines deleted...]
-      4. Заявитель вправе обжаловать действия палаты оценщиков по отказу в приеме в члены соответствующей палаты оценщиков в уполномоченный орган в области оценочной деятельности или суд в порядке, установленном законами Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z246" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в связи с прекращением действия свидетельства о присвоении квалификации "оценщик".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="207"/>
-    <w:p>
-[...94 lines deleted...]
-      1. Членство в палате оценщиков приостанавливается в случае приостановления действия свидетельства о присвоении квалификации "оценщик".</w:t>
+    <w:bookmarkStart w:name="z247" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оценщик, членство в палате оценщиков которого прекращено, не может осуществлять оценочную деятельность.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z242" w:id="209"/>
-[...139 lines deleted...]
-    <w:bookmarkStart w:name="z248" w:id="216"/>
+    <w:bookmarkStart w:name="z248" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Палата оценщиков не позднее дня, следующего за днем приостановления или прекращения членства оценщика в палате оценщиков, обязана уведомить об этом: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z249" w:id="217"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z249" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) оценщика, членство которого приостановлено или прекращено;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z250" w:id="218"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z250" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) заказчика и юридическое лицо, с которым оценщик заключил трудовой договор, в случаях, если информация о заключенном договоре ранее предоставлялась в палату оценщиков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z251" w:id="219"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z251" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) уполномоченный орган в области оценочной деятельности. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z252" w:id="220"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z252" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае прекращения членства в палате оценщиков в связи с лишением свидетельства о присвоении квалификации "оценщик" по основаниям, предусмотренным частью первой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 настоящего Закона, палата оценщиков не позднее трех рабочих дней обязана уведомить об этом палаты оценщиков, внесенные в реестр саморегулируемых организаций оценщиков. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkEnd w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6198,350 +6846,350 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 20. Органы управления палаты оценщиков</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z253" w:id="221"/>
+    <w:bookmarkStart w:name="z253" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Органами управления палаты оценщиков являются: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z254" w:id="222"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z254" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) общее собрание членов палаты оценщиков; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z255" w:id="223"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z255" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) коллегиальный орган управления палаты оценщиков; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z256" w:id="224"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z256" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) исполнительный орган палаты оценщиков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z257" w:id="225"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z257" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) контрольный орган (ревизионная комиссия) палаты оценщиков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z258" w:id="226"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z258" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Порядок формирования, структура, компетенция и срок полномочий органов управления палаты оценщиков, порядок принятия этими органами решений устанавливаются уставом палаты оценщиков в соответствии с настоящим Законом и иными законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z259" w:id="227"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z259" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Общее собрание членов палаты оценщиков является высшим органом управления, полномочным рассматривать отнесенные к его компетенции настоящим Законом, иными законами Республики Казахстан и ее уставом вопросы деятельности палаты оценщиков. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z260" w:id="228"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z260" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       К исключительной компетенции общего собрания членов палаты оценщиков относятся: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z261" w:id="229"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z261" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) принятие устава палаты оценщиков, внесение в него изменений и дополнений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z262" w:id="230"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z262" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) определение основных направлений деятельности палаты оценщиков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z263" w:id="231"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z263" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) утверждение бюджета палаты оценщиков; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z264" w:id="232"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z264" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) принятие решений о добровольной ликвидации палаты оценщиков и назначении ликвидационной комиссии; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z265" w:id="233"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z265" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) избрание членов коллегиального органа управления, руководителя исполнительного органа и членов контрольного органа (ревизионной комиссии) палаты оценщиков, досрочное прекращение полномочий указанных органов или руководителя либо отдельных их членов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z266" w:id="234"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z266" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) утверждение отчетов коллегиального и исполнительного органов, контрольного органа (ревизионной комиссии) и специализированных органов в порядке и сроки, которые установлены уставом палаты оценщиков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z267" w:id="235"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z267" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) утверждение положения о членстве в палате оценщиков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkEnd w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6570,530 +7218,530 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z269" w:id="236"/>
+    <w:bookmarkStart w:name="z269" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) установление размера вступительных и ежегодных членских взносов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z270" w:id="237"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z270" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Размер ежегодных членских взносов должен составлять не менее 25-кратного и не более 75-кратного размера месячного расчетного показателя, установленного законом о республиканском бюджете на соответствующий финансовый год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z271" w:id="238"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z271" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Размер вступительного взноса не должен превышать размер ежегодных членских взносов; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z272" w:id="239"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z272" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) определение способов обеспечения имущественной ответственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z273" w:id="240"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z273" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Порядок проведения общего собрания членов палаты оценщиков, порядок формирования повестки дня заседаний, определения кворума, условия и порядок проведения голосования определяются уставом палаты оценщиков. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z274" w:id="241"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z274" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уставом палаты оценщиков могут быть предусмотрены иные вопросы, принятие решений по которым отнесено к исключительной компетенции общего собрания членов палаты оценщиков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z275" w:id="242"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z275" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Руководство палатой оценщиков осуществляет коллегиальный орган управления палаты оценщиков, избранный общим собранием членов палаты оценщиков. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z276" w:id="243"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z276" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Количественный состав коллегиального органа управления палаты оценщиков, порядок и условия его формирования и деятельности, принятия решений, прекращения полномочий устанавливаются уставом палаты оценщиков. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z277" w:id="244"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z277" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. К компетенции коллегиального органа управления палаты оценщиков относятся: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z278" w:id="245"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z278" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) утверждение правил и стандартов палаты оценщиков, внесение в них изменений и (или) дополнений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z279" w:id="246"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z279" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) вынесение вопросов на рассмотрение общего собрания членов палаты оценщиков; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z280" w:id="247"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z280" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) принятие решения о вступлении в члены палаты оценщиков, приостановлении и прекращении членства в палате оценщиков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z281" w:id="248"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z281" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) создание специализированных органов палаты оценщиков, утверждение положений о них и правил осуществления ими деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z718" w:id="249"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z718" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-1) рассмотрение вопроса о лишении свидетельств о присвоении квалификаций "оценщик", "эксперт";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z282" w:id="250"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z282" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) иные вопросы, предусмотренные настоящим Законом, иными законами Республики Казахстан и уставом палаты оценщиков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z283" w:id="251"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z283" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В палате оценщиков функции коллегиального органа управления могут осуществляться общим собранием членов палаты оценщиков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z284" w:id="252"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z284" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Исполнительный орган палаты оценщиков:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z285" w:id="253"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z285" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) организует работу палаты оценщиков, осуществляет контроль за выполнением возложенных на палату оценщиков задач; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z286" w:id="254"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z286" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осуществляет прием и увольнение работников палаты оценщиков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z287" w:id="255"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z287" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) представляет интересы палаты оценщиков в государственных органах, общественных объединениях, других организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z288" w:id="256"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z288" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан и уставом палаты оценщиков. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z289" w:id="257"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z289" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Контрольный орган (ревизионная комиссия) является органом палаты оценщиков, осуществляющим контроль финансово-хозяйственной деятельности органов управления палаты оценщиков и их должностных лиц. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z290" w:id="258"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z290" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Контрольный орган (ревизионная комиссия) палаты оценщиков подотчетен и подконтролен общему собранию членов палаты оценщиков. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z291" w:id="259"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z291" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Порядок и сроки представления отчетов контрольного органа (ревизионной комиссии) определяются уставом палаты оценщиков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkEnd w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7129,2027 +7777,2027 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 21. Обеспечение имущественной ответственности при осуществлении оценочной деятельности </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z292" w:id="260"/>
+    <w:bookmarkStart w:name="z292" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Палата оценщиков для обеспечения своей имущественной ответственности и имущественной ответственности своих членов перед заказчиками и третьими лицами применяет один из следующих способов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z293" w:id="261"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z293" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) страхование гражданско-правовой ответственности оценщика и палаты оценщиков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z294" w:id="262"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z294" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) привлечение к имущественной ответственности членов палаты оценщиков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z295" w:id="263"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z295" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) использование иных способов обеспечения имущественной ответственности, предусмотренных законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z296" w:id="264"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z296" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Порядок обеспечения имущественной ответственности устанавливается палатой оценщиков. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z297" w:id="265"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z297" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Убытки, причиненные заказчику, заключившему договор на проведение оценки, или имущественный вред, причиненный третьим лицам, вследствие использования итоговой величины рыночной или иной стоимости объекта оценки, указанной в отчете об оценке, подлежат возмещению в соответствии с гражданским законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z298" w:id="266"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z298" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Договор страхования гражданско-правовой ответственности оценщика заключается членом палаты оценщиков на срок не менее одного года. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z299" w:id="267"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z299" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Страховая сумма определяется договором страхования гражданско-правовой ответственности оценщика и не должна быть менее 5000-кратного размера месячного расчетного показателя, установленного законом о республиканском бюджете и действующего на дату заключения договора страхования гражданско-правовой ответственности оценщика. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z300" w:id="268"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z300" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Объектом страхования по договору страхования гражданско-правовой ответственности оценщика является имущественный интерес оценщика, связанный с его обязанностью возместить имущественный вред, причиненный третьим лицам в результате осуществления им оценочной деятельности, и (или) убытки, причиненные заказчику, заключившему договор на проведение оценки. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z301" w:id="269"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z301" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Страховым случаем по договору страхования гражданско-правовой ответственности оценщика признается факт наступления гражданско-правовой ответственности оценщика (страхователя) по возмещению вреда, причиненного имущественным интересам заказчика и (или) третьего лица при осуществлении оценочной деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkEnd w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 22. Контроль палаты оценщиков за деятельностью своих членов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z302" w:id="270"/>
+    <w:bookmarkStart w:name="z302" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Палата оценщиков осуществляет контроль за соблюдением членами палаты требований настоящего Закона, иных нормативных правовых актов, стандартов и правил палаты оценщиков, а также кодекса деловой и профессиональной этики оценщиков, условий членства в палате.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z303" w:id="271"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z303" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Основанием для проведения палатой оценщиков проверки является поступившее в палату оценщиков обращение, за исключением случаев, предусмотренных пунктом 1 настоящей статьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z304" w:id="272"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z304" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Обращение, для рассмотрения которого не требуется получение информации от иных субъектов, должностных лиц либо проверка с выездом на место, рассматривается в течение пятнадцати календарных дней со дня его поступления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z305" w:id="273"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z305" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Обращение, для рассмотрения которого требуется получение информации от иных субъектов, должностных лиц либо проверка с выездом на место, рассматривается и по нему принимается решение в течение тридцати календарных дней со дня его поступления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z306" w:id="274"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z306" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Порядок организации, проведения проверок и рассмотрения обращений в отношении членов палаты оценщиков устанавливается палатой оценщиков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkEnd w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 23. Порядок получения свидетельств о присвоении квалификаций "оценщик", "эксперт"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z307" w:id="275"/>
+    <w:bookmarkStart w:name="z307" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Кандидаты, претендующие на получение свидетельств о присвоении квалификаций "оценщик", "эксперт", сдают квалификационный экзамен. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z308" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. К квалификационному экзамену на получение свидетельства о присвоении квалификации "оценщик" допускаются физические лица, имеющие высшее образование по специальности "Оценка" и (или) высшее техническое или экономическое образование, прошедшие обучение или переподготовку в соответствии с программой и в объеме часов, утвержденных палатой оценщиков, а также стажировку у оценщика сроком не менее одного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z309" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Программа обучения, профессиональной переподготовки кандидатов в оценщики и объем часов должны соответствовать типовой программе, утвержденной уполномоченным органом в области оценочной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z310" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. К квалификационному экзамену на получение свидетельства о присвоении квалификации "эксперт" допускаются оценщики.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z311" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Лица не допускаются к квалификационному экзамену в случае несоответствия требованиям, установленным настоящим Законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z312" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Решение об отказе в допуске к квалификационному экзамену направляется палатой оценщиков лицу не позднее пятнадцати рабочих дней со дня поступления заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z313" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Тестовые задания для проведения квалификационного экзамена оценщиков, экспертов разрабатываются палатой оценщиков по согласованию с уполномоченным органом в области оценочной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z314" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Квалификационный экзамен проводится в письменной форме.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z308" w:id="276"/>
-[...15 lines deleted...]
-      2. К квалификационному экзамену на получение свидетельства о присвоении квалификации "оценщик" допускаются физические лица, имеющие высшее образование по специальности "Оценка" и (или) высшее техническое или экономическое образование, прошедшие обучение или переподготовку в соответствии с программой и в объеме часов, утвержденных палатой оценщиков, а также стажировку у оценщика сроком не менее одного года.</w:t>
+    <w:bookmarkStart w:name="z315" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Лица, сдавшие квалификационный экзамен, получают свидетельства о присвоении квалификаций "оценщик", "эксперт" с указанием номера свидетельства, фамилии, имени и отчества (если оно указано в документе, удостоверяющем личность).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z309" w:id="277"/>
-[...15 lines deleted...]
-      Программа обучения, профессиональной переподготовки кандидатов в оценщики и объем часов должны соответствовать типовой программе, утвержденной уполномоченным органом в области оценочной деятельности.</w:t>
+    <w:bookmarkStart w:name="z316" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Решения о присвоении квалификаций "оценщик", "эксперт" размещаются на интернет-ресурсе палаты оценщиков.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z310" w:id="278"/>
-[...15 lines deleted...]
-      3. К квалификационному экзамену на получение свидетельства о присвоении квалификации "эксперт" допускаются оценщики.</w:t>
+    <w:bookmarkStart w:name="z317" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Лица, не сдавшие квалификационный экзамен, допускаются к его повторному прохождению по истечении трех месяцев с даты принятия решения квалификационной комиссией.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z311" w:id="279"/>
-[...15 lines deleted...]
-      4. Лица не допускаются к квалификационному экзамену в случае несоответствия требованиям, установленным настоящим Законом.</w:t>
+    <w:bookmarkStart w:name="z318" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Формы и порядок ведения реестров членов палаты оценщиков, членов экспертного совета и недобросовестных оценщиков утверждаются уполномоченным органом в области оценочной деятельности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z312" w:id="280"/>
-[...15 lines deleted...]
-      Решение об отказе в допуске к квалификационному экзамену направляется палатой оценщиков лицу не позднее пятнадцати рабочих дней со дня поступления заявления.</w:t>
+    <w:bookmarkStart w:name="z319" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Правила выдачи свидетельств о присвоении квалификаций "оценщик", "эксперт" утверждаются палатой оценщиков.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z313" w:id="281"/>
-[...15 lines deleted...]
-      5. Тестовые задания для проведения квалификационного экзамена оценщиков, экспертов разрабатываются палатой оценщиков по согласованию с уполномоченным органом в области оценочной деятельности.</w:t>
+    <w:bookmarkStart w:name="z320" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Правила проведения квалификационного экзамена для подтверждения квалификаций кандидатов в оценщики, эксперты утверждаются уполномоченным органом в области оценочной деятельности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z314" w:id="282"/>
-[...15 lines deleted...]
-      Квалификационный экзамен проводится в письменной форме.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 23 с изменениями, внесенными законами РК от 31.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 100</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 17.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 213-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 24. Квалификационная комиссия</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z321" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Квалификационная комиссия является специализированным органом и создается для проведения квалификационного экзамена для лиц, претендующих на получение свидетельств о присвоении квалификаций "оценщик", "эксперт".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z315" w:id="283"/>
-[...238 lines deleted...]
-    <w:bookmarkStart w:name="z322" w:id="290"/>
+    <w:bookmarkStart w:name="z322" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Квалификационная комиссия состоит из семи членов и формируется из числа представителей уполномоченного органа в области оценочной деятельности, неправительственных организаций и членов палат оценщиков. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z323" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Численность представителей палат оценщиков должна составлять большинство от общей численности состава квалификационной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z324" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Члены квалификационной комиссии избираются сроком на два года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z325" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Председатель квалификационной комиссии избирается из числа оценщиков – членов квалификационной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z326" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Одно и то же лицо не может быть избрано председателем квалификационной комиссии два раза подряд.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z327" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Порядок деятельности квалификационной комиссии устанавливается палатой оценщиков.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z328" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Заседания квалификационной комиссии проводятся по мере необходимости, но не реже одного раза в шесть месяцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 25. Приостановление, прекращение, лишение свидетельств о присвоении квалификаций "оценщик", "эксперт"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z329" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Приостановление действия свидетельства о присвоении квалификации "оценщик" осуществляется в следующих случаях:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z323" w:id="291"/>
-[...15 lines deleted...]
-      Численность представителей палат оценщиков должна составлять большинство от общей численности состава квалификационной комиссии.</w:t>
+    <w:bookmarkStart w:name="z720" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) по инициативе палаты оценщиков по результатам контроля за деятельностью оценщика или в случае выявления нарушений по итогам рассмотрения обращения физических и юридических лиц;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z324" w:id="292"/>
-[...15 lines deleted...]
-      3. Члены квалификационной комиссии избираются сроком на два года.</w:t>
+    <w:bookmarkStart w:name="z721" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) вступления в законную силу судебного акта в рамках гражданского судопроизводства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z325" w:id="293"/>
-[...156 lines deleted...]
-    <w:bookmarkStart w:name="z719" w:id="300"/>
+    <w:bookmarkStart w:name="z719" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Период приостановления действия свидетельства о присвоении квалификации "оценщик" составляет шесть месяцев с прохождением курса обучения в период срока приостановления действия свидетельства о присвоении квалификации "оценщик". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z332" w:id="301"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z332" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Прекращение действия свидетельства о присвоении квалификации "оценщик" осуществляется в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z333" w:id="302"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z333" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) смерти лица; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z334" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) признания лица по вступившему в законную силу решению суда недееспособным или ограниченно дееспособным, умершим либо безвестно отсутствующим;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z335" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) вступления в законную силу обвинительного приговора суда за уголовные правонарушения в сфере экономической деятельности, а также за преступления средней тяжести, совершенные умышленно, тяжкие и особо тяжкие преступления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z336" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) вступления в законную силу судебного решения о применении к лицу принудительных мер медицинского характера;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z337" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) лишения свидетельства о присвоении квалификации "оценщик".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z338" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Прекращение действия свидетельства о присвоении квалификации "оценщик" осуществляется решением коллегиального органа управления палаты оценщиков.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z339" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Лишение свидетельства о присвоении квалификации "оценщик" осуществляется решением коллегиального органа управления оценщиков в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z340" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) нарушения оценщиком более двух раз законодательства Республики Казахстан об оценочной деятельности либо нарушения законодательства Республики Казахстан, повлекшего причинение ущерба интересам государства, физических и (или) юридических лиц;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z334" w:id="303"/>
-[...15 lines deleted...]
-      2) признания лица по вступившему в законную силу решению суда недееспособным или ограниченно дееспособным, умершим либо безвестно отсутствующим;</w:t>
+    <w:bookmarkStart w:name="z341" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) неустранения причины, указанной в подпункте 2) пункта 1 настоящей статьи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z335" w:id="304"/>
-[...15 lines deleted...]
-      3) вступления в законную силу обвинительного приговора суда за уголовные правонарушения в сфере экономической деятельности, а также за преступления средней тяжести, совершенные умышленно, тяжкие и особо тяжкие преступления;</w:t>
+    <w:bookmarkStart w:name="z342" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) установления факта предоставления оценщиком недостоверной информации или умышленно искаженных сведений в документах, явившихся основанием для выдачи свидетельства о присвоении квалификации "оценщик";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z336" w:id="305"/>
-[...15 lines deleted...]
-      4) вступления в законную силу судебного решения о применении к лицу принудительных мер медицинского характера;</w:t>
+    <w:bookmarkStart w:name="z343" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) составления недостоверного отчета об оценке более двух раз.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z337" w:id="306"/>
-[...15 lines deleted...]
-      5) лишения свидетельства о присвоении квалификации "оценщик".</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лица, лишенные свидетельства о присвоении квалификации "оценщик", к подтверждению квалификации "оценщик" допускаются по истечении пяти лет со дня принятия решения о лишении свидетельства о присвоении квалификации "оценщик".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z699" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При повторном принятии решения о лишении свидетельства о присвоении квалификации "оценщик" указанные лица не допускаются к подтверждению квалификации "оценщик".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z338" w:id="307"/>
-[...15 lines deleted...]
-      3. Прекращение действия свидетельства о присвоении квалификации "оценщик" осуществляется решением коллегиального органа управления палаты оценщиков.</w:t>
+    <w:bookmarkStart w:name="z700" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Решение о лишении свидетельства о присвоении квалификации "оценщик" может быть обжаловано в судебном порядке в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z339" w:id="308"/>
-[...15 lines deleted...]
-      4. Лишение свидетельства о присвоении квалификации "оценщик" осуществляется решением коллегиального органа управления оценщиков в случаях:</w:t>
+    <w:bookmarkStart w:name="z348" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В случае приостановления или прекращения действия свидетельства о присвоении квалификации "оценщик" палата оценщиков вносит соответствующую информацию с указанием даты и времени прекращения свидетельства в реестр членов палаты оценщиков с опубликованием ее на интернет-ресурсе палаты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z340" w:id="309"/>
-[...15 lines deleted...]
-      1) нарушения оценщиком более двух раз законодательства Республики Казахстан об оценочной деятельности либо нарушения законодательства Республики Казахстан, повлекшего причинение ущерба интересам государства, физических и (или) юридических лиц;</w:t>
+    <w:bookmarkStart w:name="z349" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Прекращение действия свидетельства о присвоении квалификации "эксперт" осуществляется решением коллегиального органа управления палаты оценщиков в следующих случаях:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z341" w:id="310"/>
-[...157 lines deleted...]
-    <w:bookmarkStart w:name="z350" w:id="317"/>
+    <w:bookmarkStart w:name="z350" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) смерти лица; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z351" w:id="318"/>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z351" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) признания лица по вступившему в законную силу решению суда недееспособным или ограниченно дееспособным, умершим либо безвестно отсутствующим; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z352" w:id="319"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z352" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) вступления в законную силу обвинительного приговора суда за уголовные правонарушения в сфере экономической деятельности, а также за преступления средней тяжести, совершенные умышленно, тяжкие и особо тяжкие преступления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z353" w:id="320"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z353" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) вступления в законную силу судебного решения о применении к лицу принудительных мер медицинского характера; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z354" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) лишения свидетельства о присвоении квалификации "эксперт".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z355" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае прекращения действия свидетельства о присвоении квалификации "эксперт" палата оценщиков вносит соответствующую информацию с указанием даты и времени прекращения свидетельства в реестр членов экспертного совета с опубликованием ее на интернет-ресурсе палаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z356" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Лишение свидетельства о присвоении квалификации "эксперт" осуществляется палатой оценщиков в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z357" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) нарушения экспертом более двух раз законодательства Республики Казахстан об оценочной деятельности либо нарушения законодательства Республики Казахстан, повлекшего причинение ущерба интересам государства, физических и (или) юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z358" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) составления необоснованного экспертного заключения о рыночной или иной стоимости объекта оценки, отраженной в отчете об оценке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z359" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) лишения свидетельства о присвоении квалификации "оценщик";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z360" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) неоднократного нарушения экспертом требований палаты оценщиков.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z354" w:id="321"/>
-[...15 lines deleted...]
-      5) лишения свидетельства о присвоении квалификации "эксперт".</w:t>
+    <w:bookmarkStart w:name="z361" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оценщик не ранее чем через три года после принятия решения о лишении свидетельства о присвоении квалификации "эксперт" вправе получить свидетельство о присвоении квалификации "эксперт".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z355" w:id="322"/>
-[...15 lines deleted...]
-      В случае прекращения действия свидетельства о присвоении квалификации "эксперт" палата оценщиков вносит соответствующую информацию с указанием даты и времени прекращения свидетельства в реестр членов экспертного совета с опубликованием ее на интернет-ресурсе палаты.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 25 с изменениями, внесенными законами РК от 31.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 100</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 17.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 213-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z362" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. ПРАВА И ОБЯЗАННОСТИ ЗАКАЗЧИКА</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z356" w:id="323"/>
-[...15 lines deleted...]
-      7. Лишение свидетельства о присвоении квалификации "эксперт" осуществляется палатой оценщиков в случаях:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 26. Права заказчика </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z363" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заказчик имеет право:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z357" w:id="324"/>
-[...15 lines deleted...]
-      1) нарушения экспертом более двух раз законодательства Республики Казахстан об оценочной деятельности либо нарушения законодательства Республики Казахстан, повлекшего причинение ущерба интересам государства, физических и (или) юридических лиц;</w:t>
+    <w:bookmarkStart w:name="z364" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) получать от оценщика либо юридического лица, с которым оценщик заключил трудовой договор, исчерпывающую информацию о требованиях законодательства Республики Казахстан, касающихся проведения оценки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z358" w:id="325"/>
-[...15 lines deleted...]
-      2) составления необоснованного экспертного заключения о рыночной или иной стоимости объекта оценки, отраженной в отчете об оценке;</w:t>
+    <w:bookmarkStart w:name="z365" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) знакомиться с нормативными правовыми актами, на которых основывается отчет об оценке;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z359" w:id="326"/>
-[...15 lines deleted...]
-      3) лишения свидетельства о присвоении квалификации "оценщик";</w:t>
+    <w:bookmarkStart w:name="z366" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) получать от оценщика либо юридического лица, с которым оценщик заключил трудовой договор, необходимую информацию о подходах к оценке и методах оценки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z360" w:id="327"/>
-[...15 lines deleted...]
-      4) неоднократного нарушения экспертом требований палаты оценщиков.</w:t>
+    <w:bookmarkStart w:name="z367" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) отказаться от услуг оценщика либо юридического лица, с которым оценщик заключил трудовой договор, в случае нарушения ими условий договора на проведение оценки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z361" w:id="328"/>
-[...15 lines deleted...]
-      Оценщик не ранее чем через три года после принятия решения о лишении свидетельства о присвоении квалификации "эксперт" вправе получить свидетельство о присвоении квалификации "эксперт".</w:t>
+    <w:bookmarkStart w:name="z368" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) осуществлять иные права, предусмотренные настоящим Законом и иными законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 27. Обязанности заказчика</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z369" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заказчик обязан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z370" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) создавать условия оценщику или юридическому лицу, с которым оценщик заключил трудовой договор, для своевременного и качественного проведения оценки в соответствии с договором на проведение оценки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z371" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) предоставлять оценщику или юридическому лицу, с которым оценщик заключил трудовой договор, необходимую для проведения оценки документацию, полную и достоверную информацию, а также давать необходимые разъяснения, обеспечить доступ оценщика к объекту оценки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z372" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) не вмешиваться в деятельность оценщика, если это негативно повлияет на достоверность оценки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z373" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) направлять по требованию оценщика или юридического лица, с которым оценщик заключил трудовой договор, письменный запрос от своего имени в адрес третьих лиц для получения необходимой для проведения оценки информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z374" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) выполнять иные обязанности, предусмотренные настоящим Законом и иными законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 28. Рассмотрение споров</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z375" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Споры, возникающие между палатой оценщиков, оценщиком, юридическим лицом, с которым оценщик заключил трудовой договор, заказчиком или третьими лицами при осуществлении оценки, в том числе не разрешенные посредством проведения экспертизы отчета об оценке, разрешаются в суде.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z376" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...81 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 5. ПРАВА И ОБЯЗАННОСТИ ЗАКАЗЧИКА</w:t>
-[...173 lines deleted...]
-      Заказчик обязан:</w:t>
+        <w:t xml:space="preserve"> Глава 6. ГОСУДАРСТВЕННОЕ РЕГУЛИРОВАНИЕ ОЦЕНОЧНОЙ ДЕЯТЕЛЬНОСТИ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z370" w:id="337"/>
-[...153 lines deleted...]
-    <w:bookmarkEnd w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 29. Государственный контроль в области оценочной деятельности</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -9181,1136 +9829,1136 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пп.4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> п.1 ст.2).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z377" w:id="344"/>
+    <w:bookmarkStart w:name="z377" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Уполномоченный орган в области оценочной деятельности осуществляет государственный контроль в области оценочной деятельности, за соблюдением палатами оценщиков законодательства Республики Казахстан, устава палаты оценщиков и принятых ею правил и стандартов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z378" w:id="345"/>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z378" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Государственный контроль в области оценочной деятельности за деятельностью палат оценщиков осуществляется путем проведения проверок и профилактического контроля с посещением субъекта контроля в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Предпринимательским кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z380" w:id="346"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z380" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Решение о проведении проверки деятельности палаты оценщиков принимается уполномоченным органом в области оценочной деятельности на основании заявлений физических и юридических лиц, обращений и запросов государственных органов, органов местного самоуправления, правоохранительных органов о нарушении палатой оценщиков, ее членами требований законодательства Республики Казахстан, устава палаты оценщиков и принятых ею правил и стандартов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z381" w:id="347"/>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z381" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. В случае выявления нарушений законодательства Республики Казахстан, устава палаты оценщиков и принятых ею правил и стандартов уполномоченный орган в области оценочной деятельности направляет в палату оценщиков представление об устранении выявленных нарушений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z382" w:id="348"/>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z382" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При неустранении нарушений в установленный срок уполномоченный орган в области оценочной деятельности принимает меры в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z383" w:id="349"/>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z383" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Уполномоченный орган в области оценочной деятельности обращается в суд о принудительной ликвидации палаты оценщиков с последующим исключением из реестра саморегулируемых организаций оценщиков по основаниям, предусмотренным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 16 настоящего Закона.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 29 с изменениями, внесенными законами РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пп.4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> п.1 ст.2); от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 30. Компетенция уполномоченного органа в области оценочной деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z384" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К компетенции уполномоченного органа в области оценочной деятельности относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z385" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) формирование и реализация государственной политики в области оценочной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z714" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) разработка и утверждение нормативных правовых актов Республики Казахстан в области оценочной деятельности в соответствии с целью и задачами настоящего Закона и законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z386" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) контроль за деятельностью палаты оценщиков;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ведение реестра саморегулируемых организаций оценщиков;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z701" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1) ведение реестра недобросовестных оценщиков;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z388" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) проведение анализа регуляторного воздействия в области оценочной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) исключен Законом РК от 01.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z390" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) согласование правил и стандартов палат оценщиков;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z391" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) запрашивание информации о деятельности палат оценщиков;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z392" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) делегирование представителей в состав квалификационной комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z393" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) подача иска в суд о принудительной ликвидации палаты оценщиков по основаниям, предусмотренным настоящим Законом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 29 с изменениями, внесенными законами РК от 24.05.2018 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 156-VІ</w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
-[...9 lines deleted...]
-        <w:t>пп.4</w:t>
+        <w:t xml:space="preserve">10) исключен Законом РК от 01.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> п.1 ст.2); от 06.04.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 71-VIII</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11) Исключен Законом РК от 31.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 100</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z396" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) осуществление иных полномочий, предусмотренных настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 30 с изменениями, внесенными законами РК от 31.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 100</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 01.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z397" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...118 lines deleted...]
-      3-1) ведение реестра недобросовестных оценщиков;</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 7. ЗАКЛЮЧИТЕЛЬНЫЕ И ПЕРЕХОДНЫЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z388" w:id="355"/>
-[...15 lines deleted...]
-      4) проведение анализа регуляторного воздействия в области оценочной деятельности;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 31. Ответственность за нарушение законодательства Республики Казахстан об оценочной деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z398" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лица, нарушившие законодательство Республики Казахстан об оценочной деятельности, несут ответственность в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...83 lines deleted...]
-      6) согласование правил и стандартов палат оценщиков;</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 32. Переходные положения </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z399" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Палаты оценщиков могут быть созданы по истечении трех месяцев со дня первого официального опубликования настоящего Закона.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z391" w:id="357"/>
-[...15 lines deleted...]
-      7) запрашивание информации о деятельности палат оценщиков;</w:t>
+    <w:bookmarkStart w:name="z400" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При создании палаты оценщиков ее членами могут быть оценщики – физические лица, имеющие лицензии на право осуществления оценочной деятельности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z392" w:id="358"/>
-[...15 lines deleted...]
-      8) делегирование представителей в состав квалификационной комиссии;</w:t>
+    <w:bookmarkStart w:name="z401" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Квалификационная комиссия создается палатой оценщиков в течение трех месяцев со дня создания палаты оценщиков.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z393" w:id="359"/>
-[...15 lines deleted...]
-      9) подача иска в суд о принудительной ликвидации палаты оценщиков по основаниям, предусмотренным настоящим Законом;</w:t>
+    <w:bookmarkStart w:name="z402" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Юридические лица, зарегистрированные до введения в действие настоящего Закона с использованием в своих наименованиях полных или частичных словосочетаний "палата оценщиков", "Республиканская палата оценщиков", подлежат реорганизации или ликвидации со дня введения в действие настоящего Закона.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="359"/>
-    <w:p>
-[...141 lines deleted...]
-      12) осуществление иных полномочий, предусмотренных настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z403" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Оценщики – физические лица, имеющие лицензии на право осуществления оценочной деятельности, вправе получить в палате оценщиков свидетельства о присвоении квалификации "оценщик" без прохождения квалификационного экзамена со дня введения в действие настоящего Закона.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="360"/>
-    <w:p>
-[...86 lines deleted...]
-        <w:jc w:val="left"/>
+    <w:bookmarkStart w:name="z404" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Со дня введения в действие настоящего Закона лицензии, выданные юридическим лицам на осуществление оценочной деятельности и полученные ими до введения в действие настоящего Закона, признаются недействительными.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...189 lines deleted...]
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 33. Порядок введения в действие настоящего Закона </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z405" w:id="369"/>
+    <w:bookmarkStart w:name="z405" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящий Закон вводится в действие по истечении шести месяцев после дня его первого официального опубликования, за исключением </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункта 3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 30 настоящего Закона, который вводится в действие по истечении трех месяцев после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="369"/>
-    <w:bookmarkStart w:name="z406" w:id="370"/>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z406" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 30 ноября 2000 года "Об оценочной деятельности в Республике Казахстан" (Ведомости Парламента Республики Казахстан, 2000 г., № 20, ст.381; 2001 г., № 24, ст.338; 2003 г., № 3, ст.19; № 10, ст.54; 2004 г., № 23, ст.142; 2007 г., № 2, ст.18; 2009 г., № 23, ст.97; 2010 г., № 5, ст.23; 2011 г., № 3, ст.32; № 5, ст.43; № 6, ст.49; № 11, ст.102; 2012 г., № 14, ст.95; № 15, ст.97; 2014 г., № 1, ст.4; № 10, ст.52; № 19-I, 19-II, ст.96; № 23, ст.143; 2015 г., № 20-IV, ст.113; № 22-II, ст.145; № 23-II, ст.172).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkEnd w:id="363"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -10485,55 +11133,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>