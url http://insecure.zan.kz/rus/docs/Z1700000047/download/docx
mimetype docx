--- v0 (2025-11-15)
+++ v1 (2026-03-07)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="dfe99ea" w14:textId="dfe99ea">
+    <w:p w14:paraId="31c9cd5" w14:textId="31c9cd5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3430,1800 +3430,1894 @@
         <w:t>
       1. План по управлению пастбищами и их использованию принимается в целях рационального использования пастбищ, устойчивого обеспечения потребности в кормах и предотвращения процессов деградации пастбищ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:bookmarkStart w:name="z100" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При разработке Плана по управлению пастбищами и их использованию учитываются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z101" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В абзац второй ч 2 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       данные земельного баланса региона и информационной системы государственного земельного кадастра;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z102" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сведения геоботанического обследования пастбищ;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z102" w:id="59"/>
-[...15 lines deleted...]
-      сведения геоботанического обследования пастбищ;</w:t>
+    <w:bookmarkStart w:name="z103" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сведения о скотомогильниках (биометрических ямах);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z103" w:id="60"/>
-[...15 lines deleted...]
-      сведения о скотомогильниках (биометрических ямах);</w:t>
+    <w:bookmarkStart w:name="z104" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сведения об объектах пастбищной инфраструктуры и о сервитутах для прогона сельскохозяйственных животных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z104" w:id="61"/>
-[...15 lines deleted...]
-      сведения об объектах пастбищной инфраструктуры и о сервитутах для прогона сельскохозяйственных животных;</w:t>
+    <w:bookmarkStart w:name="z105" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      данные о численности поголовья сельскохозяйственных животных, полученные из базы данных идентификации сельскохозяйственных животных, с указанием их владельцев;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z105" w:id="62"/>
-[...15 lines deleted...]
-      данные о численности поголовья сельскохозяйственных животных, полученные из базы данных идентификации сельскохозяйственных животных, с указанием их владельцев;</w:t>
+    <w:bookmarkStart w:name="z106" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      данные о количестве гуртов, отар, табунов, сформированных по видам и половозрастным группам сельскохозяйственных животных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z106" w:id="63"/>
-[...15 lines deleted...]
-      данные о количестве гуртов, отар, табунов, сформированных по видам и половозрастным группам сельскохозяйственных животных;</w:t>
+    <w:bookmarkStart w:name="z107" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сведения о численности поголовья сельскохозяйственных животных для выпаса на отгонных пастбищах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z107" w:id="64"/>
-[...15 lines deleted...]
-      сведения о численности поголовья сельскохозяйственных животных для выпаса на отгонных пастбищах;</w:t>
+    <w:bookmarkStart w:name="z108" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      данные об особенностях выпаса сельскохозяйственных животных на культурных и аридных пастбищах, землях лесного, водного фондов и особо охраняемых природных территорий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z108" w:id="65"/>
-[...15 lines deleted...]
-      данные об особенностях выпаса сельскохозяйственных животных на культурных и аридных пастбищах, землях лесного, водного фондов и особо охраняемых природных территорий;</w:t>
+    <w:bookmarkStart w:name="z109" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рекомендуемые схемы пастбищеоборотов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z109" w:id="66"/>
-[...15 lines deleted...]
-      рекомендуемые схемы пастбищеоборотов;</w:t>
+    <w:bookmarkStart w:name="z110" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      иные данные, представленные государственными органами, физическими и (или) юридическими лицами. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z110" w:id="67"/>
-[...15 lines deleted...]
-      иные данные, представленные государственными органами, физическими и (или) юридическими лицами. </w:t>
+    <w:bookmarkStart w:name="z111" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. План по управлению пастбищами и их использованию должен содержать:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z111" w:id="68"/>
-[...15 lines deleted...]
-      2. План по управлению пастбищами и их использованию должен содержать:</w:t>
+    <w:bookmarkStart w:name="z112" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) схему (карту) расположения пастбищ на территории административно-территориальной единицы в разрезе категорий земель с указанием границ, площадей и видов пастбищ, в том числе отгонных, сезонных, аридных и культурных, с отражением сведений об их собственниках или землепользователях на основании правоустанавливающих и идентификационных документов на земельный участок;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z112" w:id="69"/>
-[...15 lines deleted...]
-      1) схему (карту) расположения пастбищ на территории административно-территориальной единицы в разрезе категорий земель с указанием границ, площадей и видов пастбищ, в том числе отгонных, сезонных, аридных и культурных, с отражением сведений об их собственниках или землепользователях на основании правоустанавливающих и идентификационных документов на земельный участок;</w:t>
+    <w:bookmarkStart w:name="z113" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) схему (карту) с обозначением пастбищ, предназначенных для нужд населения по выпасу сельскохозяйственных животных личного подворья, в том числе общественных пастбищ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z113" w:id="70"/>
-[...15 lines deleted...]
-      2) схему (карту) с обозначением пастбищ, предназначенных для нужд населения по выпасу сельскохозяйственных животных личного подворья, в том числе общественных пастбищ;</w:t>
+    <w:bookmarkStart w:name="z114" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) схему (карту) с обозначением рекомендуемых схем пастбищеоборотов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z114" w:id="71"/>
-[...15 lines deleted...]
-      3) схему (карту) с обозначением рекомендуемых схем пастбищеоборотов;</w:t>
+    <w:bookmarkStart w:name="z115" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) схему (карту) с обозначением сервитутов для прогона сельскохозяйственных животных, скотопрогонных трасс и иных объектов пастбищной инфраструктуры, а также скотомогильников (биометрических ям);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z115" w:id="72"/>
-[...15 lines deleted...]
-      4) схему (карту) с обозначением сервитутов для прогона сельскохозяйственных животных, скотопрогонных трасс и иных объектов пастбищной инфраструктуры, а также скотомогильников (биометрических ям);</w:t>
+    <w:bookmarkStart w:name="z116" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) схему (карту) с обозначением пастбищ, которые могут быть предоставлены в землепользование пастбищепользователям;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z116" w:id="73"/>
-[...15 lines deleted...]
-      5) схему (карту) с обозначением пастбищ, которые могут быть предоставлены в землепользование пастбищепользователям;</w:t>
+    <w:bookmarkStart w:name="z117" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) схему (карту) с обозначением пастбищ, подлежащих резервированию в целях удовлетворения нужд населения по выпасу сельскохозяйственных животных личного подворья;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z117" w:id="74"/>
-[...15 lines deleted...]
-      6) схему (карту) с обозначением пастбищ, подлежащих резервированию в целях удовлетворения нужд населения по выпасу сельскохозяйственных животных личного подворья;</w:t>
+    <w:bookmarkStart w:name="z118" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) схему доступа к водоисточникам (озерам, рекам, прудам, копаням, оросительным или обводнительным каналам, трубчатым или шахтным колодцам), составленную согласно норме потребления воды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z118" w:id="75"/>
-[...15 lines deleted...]
-      7) схему доступа к водоисточникам (озерам, рекам, прудам, копаням, оросительным или обводнительным каналам, трубчатым или шахтным колодцам), составленную согласно норме потребления воды;</w:t>
+    <w:bookmarkStart w:name="z119" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) схему размещения поголовья сельскохозяйственных животных на отгонных пастбищах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z119" w:id="76"/>
-[...15 lines deleted...]
-      8) схему размещения поголовья сельскохозяйственных животных на отгонных пастбищах;</w:t>
+    <w:bookmarkStart w:name="z120" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) проектное распределение (перераспределение) пастбищ между сельскими населенными пунктами, входящими в сельский округ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z120" w:id="77"/>
-[...15 lines deleted...]
-      9) проектное распределение (перераспределение) пастбищ между сельскими населенными пунктами, входящими в сельский округ;</w:t>
+    <w:bookmarkStart w:name="z121" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) иные требования, необходимые для рационального использования пастбищ на соответствующей административно-территориальной единице.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z121" w:id="78"/>
-[...15 lines deleted...]
-      10) иные требования, необходимые для рационального использования пастбищ на соответствующей административно-территориальной единице.</w:t>
+    <w:bookmarkStart w:name="z122" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. План по управлению пастбищами и их использованию разрабатывается местным исполнительным органом района (кроме районов в городах), города областного значения совместно с акимами города районного значения, поселка, села, сельского округа и органами местного самоуправления на основании типового плана по управлению пастбищами и их использованию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z122" w:id="79"/>
-[...15 lines deleted...]
-      3. План по управлению пастбищами и их использованию разрабатывается местным исполнительным органом района (кроме районов в городах), города областного значения совместно с акимами города районного значения, поселка, села, сельского округа и органами местного самоуправления на основании типового плана по управлению пастбищами и их использованию.</w:t>
+    <w:bookmarkStart w:name="z123" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. План по управлению пастбищами и их использованию утверждается местным представительным органом района, города областного значения на пять лет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z123" w:id="80"/>
-[...15 lines deleted...]
-      4. План по управлению пастбищами и их использованию утверждается местным представительным органом района, города областного значения на пять лет.</w:t>
+    <w:bookmarkStart w:name="z124" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Финансирование работ по разработке Плана по управлению пастбищами и их использованию осуществляется за счет бюджетных средств и (или) иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z124" w:id="81"/>
-[...15 lines deleted...]
-      5. Финансирование работ по разработке Плана по управлению пастбищами и их использованию осуществляется за счет бюджетных средств и (или) иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z125" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. План по управлению пастбищами и их использованию является нормативным правовым актом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z125" w:id="82"/>
-[...15 lines deleted...]
-      6. План по управлению пастбищами и их использованию является нормативным правовым актом.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 13 - в редакции Закона РК от 27.02.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); внесено изменение на казахском языке, текст на русском языке не меняется, в соответствии с Законом РК от 09.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 179-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 14. Условия предоставления и использования пастбищ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок статьи 14 - в редакции Закона РК от 27.02.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Условия предоставления и использования пастбищ для выпаса сельскохозяйственных животных личного подворья, ведения крестьянского или фермерского хозяйства, сельскохозяйственного производства регулируются настоящим Законом и иными нормативными правовыми актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z63" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1-1. Пастбища, в том числе общественные пастбища, указанные в подпункте 2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 13 настоящего Закона, не предоставляются в частную собственность и землепользование и используются только для нужд населения для выпаса сельскохозяйственных животных личного подворья.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z126" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-2. Доступ к обводнительным сооружениям, состоящим на балансе государственных юридических лиц и расположенным на пастбищах, предназначенных для нужд населения по выпасу сельскохозяйственных животных личного подворья, в том числе общественных пастбищах, предоставляется на безвозмездной основе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z127" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1-3. В целях удовлетворения нужд населения по выпасу сельскохозяйственных животных личного подворья осуществляется резервирование пастбищ в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Земельным кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z128" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Основанием для резервирования пастбищ является План по управлению пастбищами и их использованию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z47" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. При предоставлении пастбищ в соответствии с Планом по управлению пастбищами и их использованию должны учитываться следующие условия: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) наличие поголовья сельскохозяйственных животных; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) наличие объектов пастбищной инфраструктуры и их состояние; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) продуктивность земельного участка. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. В случае отсутствия на пастбищах в течение одного года (с момента первоначального выявления факта неиспользования) сельскохозяйственных животных для выпаса либо их наличия в количестве менее пятидесяти процентов от предельно допустимой нормы нагрузки на общую площадь пастбищ, установленной уполномоченным органом, и (или) отсутствия сенокошения в целях заготовки кормов такие пастбища подлежат принудительному изъятию в порядке, предусмотренном земельным законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z49" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. При определении предельно допустимой нормы нагрузки на общую площадь пастбищ не учитываются мелкоконтурные (вкрапленные) пастбища, находящиеся внутри других сельскохозяйственных угодий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 13 - в редакции Закона РК от 27.02.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 14 с изменениями, внесенными законами РК от 30.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 59-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2022); от 27.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 65-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); внесено изменение на казахском языке, текст на русском языке не меняется, в соответствии с Законом РК от 09.04.2025 </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 14. Условия предоставления и использования пастбищ</w:t>
-[...24 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">Статья 15. Порядок предоставления и использования пастбищ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Пастбища, расположенные на территории, непосредственно прилегающей к границам (чертам) населенных пунктов, находящиеся в государственной собственности, используются для удовлетворения нужд населения для выпаса сельскохозяйственных животных личного подворья.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z51" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Выпас на пастбищах, указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящей статьи, других сельскохозяйственных животных допускается только при соблюдении предельно допустимых норм нагрузки на общую площадь пастбищ. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При превышении предельно допустимых норм нагрузки на общую площадь пастбищ в целях увеличения площадей пастбищ, предназначенных для выпаса сельскохозяйственных животных личного подворья, может осуществляться принудительное отчуждение для государственных нужд ранее предоставленных пастбищ в соответствии с земельным законодательством Республики Казахстан и законодательством Республики Казахстан о государственном имуществе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Поголовье сельскохозяйственных животных физических и (или) юридических лиц, не обеспеченных пастбищами в пределах границ (черты) населенного пункта, перемещается на другие участки пастбищ, в том числе на отгонные пастбища, согласно Плану по управлению пастбищами и их использованию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z53" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Использование пастбищ, предназначенных для выпаса сельскохозяйственных животных личного подворья, в том числе отгонных пастбищ, осуществляется в соответствии с Планом по управлению пастбищами и их использованию. Вынесения отдельного решения акимов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города районного значения, поселка, села, сельского округа и местного исполнительного органа района, города областного значения о предоставлении пастбищ не требуется.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z54" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Предоставление пастбищ, находящихся на территории одного города районного значения, поселка, села, сельского округа, для использования другому городу районного значения, поселку, селу, сельскому округу осуществляется местным исполнительным органом района (кроме районов в городах), города областного значения по предложению акимов города районного значения, поселка, села, сельского округа, органов местного самоуправления. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z55" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Предоставление пастбищ, находящихся на территории одного района (кроме районов в городах), города областного значения, для использования другому району (кроме районов в городах), городу областного значения осуществляется местным исполнительным органом области по предложению местного исполнительного органа района (кроме районов в городах), города областного значения. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z56" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Предоставление пастбищ, находящихся на территории одной (одного) области, города республиканского значения, столицы, для использования другой области осуществляется Правительством Республики Казахстан по предложению местного исполнительного органа области. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 15 с изменениями, внесенными Законом РК от 27.02.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 65-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
-    </w:p>
-[...253 lines deleted...]
-    <w:bookmarkEnd w:id="90"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 16. Порядок предоставления и использования отгонных пастбищ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z57" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Предоставление отгонных пастбищ, находящихся на территории одной области, в долгосрочное пользование другой области осуществляется Правительством Республики Казахстан по предложению уполномоченного органа. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z58" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Предоставление отгонных пастбищ, находящихся на территории одного района (кроме районов в городах), города областного значения, в долгосрочное пользование другому району (кроме районов в городах), городу областного значения осуществляется местным исполнительным органом области по предложению местного исполнительного органа района (кроме районов в городах), города областного значения. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z59" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Отгонные пастбища, за исключением пастбищ, указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 15 настоящего Закона, предоставляются физическим и (или) юридическим лицам в порядке, установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 43-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Земельного кодекса Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z178" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Включение отгонных пастбищ в перечень земельных участков, выставляемых на конкурс по предоставлению права временного возмездного землепользования (аренды) для ведения крестьянского или фермерского хозяйства, сельскохозяйственного производства, осуществляется с учетом Плана по управлению пастбищами и их использованию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z60" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Пастбищепользователи, осуществляющие выпас сельскохозяйственных животных на отгонных пастбищах, имеют право равного доступа к естественным водоемам и обводнительным сооружениям, построенным за счет бюджетных средств. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 14 с изменениями, внесенными законами РК от 30.06.2021 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2022); от 27.02.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 16 с изменением, внесенным Законом РК от 27.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 65-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Статья 15. Порядок предоставления и использования пастбищ </w:t>
-[...189 lines deleted...]
-    <w:bookmarkEnd w:id="97"/>
+        <w:t>Статья 16-1. Мероприятия по восстановлению и улучшению состояния пастбищ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z180" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Восстановление и улучшение состояния пастбищ осуществляются на основе результатов геоботанического обследования и мониторинга пастбищ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z181" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Восстановление и улучшение состояния пастбищ также осуществляются при проведении инвентаризации земель. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z182" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Мероприятия по восстановлению и улучшению состояния пастбищ заключаются в содействии естественным процессам поддержания плодородия почвы, создания нового травостоя путем посева высокоурожайных сортов многолетних трав и аридных растений (культур), обводнения и проведения других мероприятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z183" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Мониторинг пастбищ осуществляется в целях наблюдения за состоянием пастбищ, происходящими изменениями, возникающими в результате их использования, оценки и прогноза их состояния, выявления и устранения негативных процессов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z184" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осуществление мероприятий по восстановлению и улучшению состояния пастбищ обеспечивают уполномоченный орган, местные исполнительные органы и органы местного самоуправления, а также пастбищепользователи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z185" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Финансирование мероприятий по восстановлению и улучшению состояния пастбищ осуществляется за счет бюджетных средств и (или) иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 15 с изменениями, внесенными Законом РК от 27.02.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 16-1) в соответствии с Законом РК от 27.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 65-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Статья 16. Порядок предоставления и использования отгонных пастбищ </w:t>
-[...201 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve">Статья 17. Ответственность за нарушение законодательства Республики Казахстан о пастбищах </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Нарушение законодательства Республики Казахстан о пастбищах влечет ответственность в соответствии с законами Республики Казахстан. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 16-1. Мероприятия по восстановлению и улучшению состояния пастбищ</w:t>
-[...118 lines deleted...]
-      5. Финансирование мероприятий по восстановлению и улучшению состояния пастбищ осуществляется за счет бюджетных средств и (или) иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+        <w:t>Статья 17-1. Переходные положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z187" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      План по управлению пастбищами и их использованию разрабатывается и утверждается в течение трех месяцев со дня утверждения типового плана по управлению пастбищами и их использованию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:p>
-[...132 lines deleted...]
-    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5478,55 +5572,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -5852,31 +5946,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>