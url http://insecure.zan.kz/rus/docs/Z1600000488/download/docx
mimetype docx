--- v0 (2025-11-15)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="defda7a" w14:textId="defda7a">
+    <w:p w14:paraId="07c41de" w14:textId="07c41de">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -8594,50 +8594,128 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2023).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В заголовок статьи 52 предусматривается изменение Законом РК от 03.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 52. Основание отмены арбитражного решения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z218" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -8858,1058 +8936,1316 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) арбитражное решение противоречит публичному порядку Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) спор, по которому вынесено арбитражное решение, не может являться предметом арбитражного разбирательства по законодательству Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z243" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 3 предусматривается изменение Законом РК от 03.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. При рассмотрении ходатайства об отмене арбитражного решения, отказа в выдаче исполнительного листа суд не вправе пересматривать решение арбитража по существу.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Нормативным постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Конституционного Суда РК от 13.09.2024 № 51-НП </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 52 настоящего Закона РК признан соответствующим </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 52 с изменениями, внесенными Законом РК от 21.01.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 217-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 53. Ходатайство об отмене арбитражного решения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z219" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Ходатайство об отмене арбитражного решения подается в суд в соответствии с гражданским процессуальным законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z220" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ходатайство об отмене арбитражного решения не может быть заявлено по истечении одного месяца со дня получения стороной, заявляющей это ходатайство, арбитражного решения, а в случае, если было подано заявление в соответствии со статьей 51 настоящего Закона, со дня вынесения арбитражного решения по этому заявлению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z221" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Суд вправе по обращению одной из сторон приостановить на установленный срок производство по ходатайству об отмене арбитражного решения для возобновления арбитражного разбирательства либо принятия иных мер, позволяющих устранить основания для отмены арбитражного решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если арбитры выносят новое решение, сторона вправе в течение установленного судом срока без представления искового заявления ходатайствовать об отмене решения в части, относящейся к возобновленному арбитражному разбирательству или изменениям в первоначальном решении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z222" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Суд выносит по вопросу об отмене арбитражного решения определение. Данное определение может быть обжаловано или опротестовано в соответствии с гражданским процессуальным законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 53 с изменениями, внесенными Законом РК от 21.01.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 217-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z223" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 7. ПРИЗНАНИЕ И ПРИВЕДЕНИЕ В ИСПОЛНЕНИЕ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>АРБИТРАЖНЫХ РЕШЕНИЙ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 54. Признание и приведение в исполнение в Республике Казахстан арбитражного решения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z224" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Арбитражное решение признается обязательным и при подаче в суд письменного заявления приводится в исполнение в соответствии с гражданским процессуальным законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z225" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Если в арбитражном решении срок не установлен, то оно подлежит немедленному исполнению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 55. Принудительное исполнение арбитражного решения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z226" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Если арбитражное решение не исполнено добровольно в установленный в нем срок, то оно подлежит принудительному исполнению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z227" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Принудительное исполнение арбитражного решения осуществляется по правилам исполнительного производства, действующим на момент исполнения арбитражного решения, на основе выданного судом исполнительного листа на принудительное исполнение арбитражного решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z228" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Заявление о принудительном исполнении арбитражного решения подается в суд в соответствии с гражданским процессуальным законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 56. Взыскание расходов, связанных с принудительным исполнением арбитражного решения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дополнительные расходы, связанные с принудительным исполнением арбитражного решения, возлагаются на сторону, не исполнившую решение добровольно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Нормативным постановлением</w:t>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Конституционного Суда РК от 13.09.2024 № 51-НП </w:t>
+        <w:t xml:space="preserve">      В заголовок статьи 57 предусматривается изменение Законом РК от 03.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 3</w:t>
+        <w:t>№ 251-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 52 настоящего Закона РК признан соответствующим </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 57. Основания для отказа в признании и (или)приведении в исполнение арбитражного решения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z229" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Суд отказывает в признании и (или) приведении в исполнение арбитражного решения независимо от того, в какой стране оно было вынесено, по следующим основаниям, если:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сторона, против которой было принято арбитражное решение, представит в суд доказательства того, что:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      арбитражное соглашение недействительно по законам государства, которым стороны его подчинили, а при отсутствии такого указания – по закону страны, где решение было вынесено;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      арбитражное решение вынесено по спору, не предусмотренному арбитражным соглашением или не подпадающему под его условия, либо содержит постановления по вопросам, выходящим за пределы арбитражного соглашения, а также вследствие неподведомственности спора арбитражу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если арбитражное решение по вопросам, которые охватываются арбитражным соглашением, могут быть отделены от решений по вопросам, которые не охватываются таким соглашением, то в выдаче исполнительного листа на принудительное исполнение той части арбитражного решения, которая охватывается арбитражным соглашением, не может быть отказано;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      одна из сторон арбитражного соглашения была признана судом недееспособной либо ограниченно дееспособной;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сторона, против которой вынесено решение, не была должным образом уведомлена о назначении арбитра или об арбитражном разбирательстве или по другим причинам, признанным судом уважительными, не могла представить арбитражу свои объяснения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      имеется вступившее в законную силу, вынесенное по спору между теми же сторонами, о том же предмете и по тем же основаниям решение суда или арбитражное решение либо определение суда или арбитража о прекращении производства по делу в связи с отказом истца от иска;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      состав арбитража или арбитражная процедура разбирательства не соответствовали соглашению сторон или при отсутствии такового не соответствовали законам страны, где проведено арбитражное разбирательство;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      решение еще не стало обязательным для сторон или было отменено, или его исполнение было приостановлено судом страны, в соответствии с законом которой оно было вынесено;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) суд установит, что признание и (или) приведение в исполнение этого арбитражного решения противоречит публичному порядку Республики Казахстан или что спор, по которому вынесено арбитражное решение, не может являться предметом арбитражного разбирательства в соответствии с настоящим Законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z230" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Суд выносит по вопросу о признании и (или) приведении в исполнение арбитражного решения определение. Данное определение может быть обжаловано или опротестовано в соответствии с гражданским процессуальным законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Конституции</w:t>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+        <w:t xml:space="preserve">      Статью 57 предусматривается дополнить пунктом 3 в соответствии с Законом РК от 03.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 52 с изменениями, внесенными Законом РК от 21.01.2019 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 57 с изменениями, внесенными Законом РК от 21.01.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 217-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z231" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...169 lines deleted...]
-        <w:jc w:val="left"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 8. ЗАКЛЮЧИТЕЛЬНЫЕ И ПЕРЕХОДНЫЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 58. Ответственность за нарушение законодательства Республики Казахстан об арбитраже</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нарушение законодательства Республики Казахстан об арбитраже влечет ответственность, установленную законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:bookmarkEnd w:id="168"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 59. Переходные положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z232" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Международные арбитражи и третейские суды, созданные в Республике Казахстан до введения в действие настоящего Закона, обязаны в течение двух лет со дня введения в действие настоящего Закона внести соответствующие изменения в свои положения, уставы или регламенты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z233" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Организационные вопросы, связанные с проведением первого учредительного собрания для создания Арбитражной палаты, указанной в статье 11 настоящего Закона, возлагаются на Министерство юстиции Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 54. Признание и приведение в исполнение в Республике Казахстан арбитражного решения</w:t>
-[...559 lines deleted...]
-      2. Организационные вопросы, связанные с проведением первого учредительного собрания для создания Арбитражной палаты, указанной в статье 11 настоящего Закона, возлагаются на Министерство юстиции Республики Казахстан.</w:t>
+        <w:t>Статья 60. Порядок введения в действие настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z235" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Настоящий Закон вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
-    <w:p>
-[...32 lines deleted...]
-      1. Настоящий Закон вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+    <w:bookmarkStart w:name="z236" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Признать утратившими силу:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z236" w:id="180"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10179,55 +10515,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>