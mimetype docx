--- v0 (2025-11-13)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="79544df" w14:textId="79544df">
+    <w:p w14:paraId="0683f90" w14:textId="0683f90">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2838,2550 +2838,2644 @@
         </w:rPr>
         <w:t>Профилактический контроль без посещения субъекта (объекта) контроля осуществляется уполномоченным органом в области технического регулирования путем изучения, анализа, сопоставления сведений, полученных из различных источников информации, в том числе на основе сведений:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:bookmarkStart w:name="z593" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) представленных субъектами государственного контроля, государственными органами и иными организациями;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z594" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 2) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) полученных из информационных систем;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z595" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) полученных из средств массовой информации и иных открытых источников, обращений физических и юридических лиц.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z595" w:id="46"/>
-[...15 lines deleted...]
-      3) полученных из средств массовой информации и иных открытых источников, обращений физических и юридических лиц.</w:t>
+    <w:bookmarkStart w:name="z86" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-3. Профилактический контроль без посещения субъекта (объекта) контроля осуществляется уполномоченным органом в области технического регулирования ежеквартально не позднее 25 числа месяца, следующего за отчетным периодом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z86" w:id="47"/>
-[...15 lines deleted...]
-      5-3. Профилактический контроль без посещения субъекта (объекта) контроля осуществляется уполномоченным органом в области технического регулирования ежеквартально не позднее 25 числа месяца, следующего за отчетным периодом.</w:t>
+    <w:bookmarkStart w:name="z87" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-4. В случае выявления нарушений по результатам профилактического контроля без посещения субъекта (объекта) контроля в действиях (бездействии) субъекта контроля уполномоченным органом в области технического регулирования оформляется и направляется уведомление с приложением описания выявленных нарушений в срок не позднее пяти рабочих дней со дня выявления нарушений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z87" w:id="48"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z88" w:id="49"/>
+    <w:bookmarkStart w:name="z88" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5-5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Уведомление должно быть вручено субъекту контроля лично под роспись или иным способом, подтверждающим факты отправки и получения.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z599" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом уведомление, направленное одним из нижеперечисленных способов, считается врученным субъекту контроля в следующих случаях:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z599" w:id="50"/>
-[...15 lines deleted...]
-      При этом уведомление, направленное одним из нижеперечисленных способов, считается врученным субъекту контроля в следующих случаях:</w:t>
+    <w:bookmarkStart w:name="z600" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) нарочно – с даты отметки субъектом контроля в уведомлении о получении;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z600" w:id="51"/>
-[...15 lines deleted...]
-      1) нарочно – с даты отметки субъектом контроля в уведомлении о получении;</w:t>
+    <w:bookmarkStart w:name="z601" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) почтой – заказным письмом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z601" w:id="52"/>
-[...15 lines deleted...]
-      2) почтой – заказным письмом;</w:t>
+    <w:bookmarkStart w:name="z602" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) электронным способом – с даты отправки на электронный адрес субъекта контроля.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z602" w:id="53"/>
-[...15 lines deleted...]
-      3) электронным способом – с даты отправки на электронный адрес субъекта контроля.</w:t>
+    <w:bookmarkStart w:name="z93" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-6. Уведомление об устранении нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля, должно быть исполнено субъектом контроля в течение десяти рабочих дней со дня, следующего за днем его вручения (получения), за исключением случаев, когда более длительный срок исполнения указан в самом запросе.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z93" w:id="54"/>
-[...15 lines deleted...]
-      5-6. Уведомление об устранении нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля, должно быть исполнено субъектом контроля в течение десяти рабочих дней со дня, следующего за днем его вручения (получения), за исключением случаев, когда более длительный срок исполнения указан в самом запросе.</w:t>
+    <w:bookmarkStart w:name="z94" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-7. Субъект контроля в случае несогласия с нарушениями, указанными в уведомлении, вправе направить в уполномоченный орган в области технического регулирования, направивший уведомление, возражение в течение пяти рабочих дней со дня, следующего за днем вручения (получения) уведомления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z94" w:id="55"/>
-[...15 lines deleted...]
-      5-7. Субъект контроля в случае несогласия с нарушениями, указанными в уведомлении, вправе направить в уполномоченный орган в области технического регулирования, направивший уведомление, возражение в течение пяти рабочих дней со дня, следующего за днем вручения (получения) уведомления.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5-8. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Исключен Законом РК от 30.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 397-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z97" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-9. Неисполнение в установленный срок уведомления об устранении нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля, влечет назначение профилактического контроля с посещением субъекта (объекта) контроля в отношении субъекта контроля путем включения в полугодовой список проведения профилактического контроля с посещением субъекта (объекта) контроля.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z48" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Результаты государственного контроля:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) предусмотренного в подпункте 1) пункта 1 настоящей статьи, оформляются уполномоченным органом:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при ввозе – в форме акта государственного контроля, выданного на каждую партию товара;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при ввозе на переработку – в форме акта государственного контроля, выданного на каждую партию товара, документа об условиях переработки товаров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при вывозе – в форме акта государственного контроля, выданного на каждую партию товара, лицензии на экспорт и заключения о возможности (невозможности) и экономической целесообразности (нецелесообразности) промышленного извлечения драгоценных металлов из сырьевых товаров в Республике Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при вывозе на переработку – в форме акта государственного контроля, выданного на каждую партию товара, документа об условиях переработки товаров, заключения об экономической нецелесообразности или невозможности переработки сырьевых товаров, содержащих драгоценные металлы, на территории Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) предусмотренного в подпункте 2) пункта 1 настоящей статьи, оформляются уполномоченным органом в форме акта государственного контроля, выданного на каждую партию товара;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) предусмотренного в подпункте 3) пункта 1 настоящей статьи, оформляются уполномоченным органом:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при ввозе на переработку – в форме документа об условиях переработки товаров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при вывозе – в форме лицензии на экспорт и заключения о возможности (невозможности) и экономической целесообразности (нецелесообразности) промышленного извлечения драгоценных металлов из сырьевых товаров в Республике Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при вывозе на переработку – в форме документа об условиях переработки товаров, заключения об экономической нецелесообразности или невозможности переработки сырьевых товаров, содержащих драгоценные металлы, на территории Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z610" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) предусмотренного подпунктом 5) пункта 1 настоящей статьи, оформляются уполномоченным органом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z611" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при ввозе – в форме акта государственного контроля, выданного на каждую партию товара;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z612" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при вывозе – в форме акта государственного контроля, выданного на каждую партию товара, и лицензии на экспорт.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z49" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Контроль содержания вывозимых драгоценных металлов и сопутствующих извлекаемых металлов в сырьевых товарах, содержащих драгоценные металлы, осуществляется посредством:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      представления документов о содержании драгоценных металлов и сопутствующих извлекаемых металлов при разрешительных процедурах лицензирования экспорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выдачи заключения о возможности (невозможности) и экономической целесообразности (нецелесообразности) промышленного извлечения драгоценных металлов из сырьевых товаров в Республике Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выдачи заключения об экономической нецелесообразности или невозможности переработки сырьевых товаров, содержащих драгоценные металлы, на территории Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оформления акта государственного контроля на каждую партию вывозимых сырьевых товаров, содержащих драгоценные металлы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отбор представительных проб с вывозимых сырьевых товаров, содержащих драгоценные металлы, для целей государственного контроля содержания в них драгоценных металлов производится в порядке, установленном нормативной технической документацией Республики Казахстан, с оформлением акта об отборе проб в порядке и по форме, которые определены уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Документ о содержании драгоценных металлов для целей государственного контроля выдается аккредитованной испытательной лабораторией и должен содержать сведения об удельном содержании всех драгоценных металлов в сырьевых товарах, содержащих драгоценные металлы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Государственный контроль, предусмотренный подпунктами 1) и 2) пункта 1 настоящей статьи, не осуществляется:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в отношении Национального Банка Республики Казахстан при ввозе и (или) вывозе драгоценных металлов, в том числе монет из драгоценных металлов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при ввозе и (или) вывозе физическими лицами драгоценных металлов и (или) драгоценных камней, в том числе ювелирных и других изделий, монет из драгоценных металлов, в качестве товаров для личного пользования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) при ввозе и (или) вывозе радиоактивных и стабильных изотопов драгоценных металлов и изделий на их основе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) при вывозе культурных ценностей, содержащих драгоценные металлы и (или) драгоценные камни.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">Исключен Законом РК от 30.12.2020 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 6 с изменениями, внесенными законами РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.12.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 397-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z97" w:id="56"/>
-[...423 lines deleted...]
-      8. Государственный контроль, предусмотренный подпунктами 1) и 2) пункта 1 настоящей статьи, не осуществляется:</w:t>
+    <w:bookmarkStart w:name="z7" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 7. Особенности ввоза на территорию Республики Казахстан и вывоза с территории Республики Казахстан аффинированных драгоценных металлов, драгоценных металлов, драгоценных камней, сырьевых товаров, содержащих драгоценные металлы, ювелирных и других изделий</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:p>
-[...190 lines deleted...]
-    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 7 с изменениями, внесенными Законом РК от 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="64"/>
+    <w:bookmarkStart w:name="z51" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. При ввозе на территорию Республики Казахстан из стран, не входящих в Евразийский экономический союз, и вывозе с территории Республики Казахстан в эти страны драгоценных металлов и сырьевых товаров, содержащих драгоценные металлы, уполномоченный орган в случае несоответствия документов о содержании драгоценных металлов условиям контракта и нормативной технической документации направляет заявку в Национальный Банк Республики Казахстан на осуществление контрольных испытаний проб (образцов) драгоценных металлов и сырьевых товаров, содержащих драгоценные металлы.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z52" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. При ввозе на территорию Республики Казахстан из стран, не входящих в Евразийский экономический союз, драгоценных камней, ювелирных и других изделий до совершения таможенных операций, связанных с таможенным декларированием и таможенной очисткой, проводится экспертиза и осуществляется государственный контроль, за исключением случаев, установленных решением Евразийской экономической комиссии.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z52" w:id="65"/>
-[...15 lines deleted...]
-      2. При ввозе на территорию Республики Казахстан из стран, не входящих в Евразийский экономический союз, драгоценных камней, ювелирных и других изделий до совершения таможенных операций, связанных с таможенным декларированием и таможенной очисткой, проводится экспертиза и осуществляется государственный контроль, за исключением случаев, установленных решением Евразийской экономической комиссии.</w:t>
+    <w:bookmarkStart w:name="z53" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. При вывозе с территории Республики Казахстан в страны, не входящие в Евразийский экономический союз, драгоценных камней, ювелирных и других изделий проводится экспертиза и осуществляется государственный контроль.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z53" w:id="66"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z54" w:id="67"/>
+    <w:bookmarkStart w:name="z54" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Для осуществления ввоза на территорию Республики Казахстан и вывоза с территории Республики Казахстан аффинированных драгоценных металлов, драгоценных металлов и драгоценных камней, ювелирных и других изделий, сырьевых товаров, содержащих драгоценные металлы, индивидуальные предприниматели и юридические лица о начале или прекращении своей деятельности обязаны уведомить уполномоченный орган в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О разрешениях и уведомлениях".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Требование настоящего пункта не распространяется на Национальный Банк Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z55" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Ввоз на территорию Республики Казахстан и вывоз с территории Республики Казахстан необработанных природных алмазов осуществляются в соответствии со схемой сертификации Кимберлийского процесса.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...29 lines deleted...]
-      5. Ввоз на территорию Республики Казахстан и вывоз с территории Республики Казахстан необработанных природных алмазов осуществляются в соответствии со схемой сертификации Кимберлийского процесса.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 7 с изменением, внесенным Законом РК от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 8. Производство драгоценных металлов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z56" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Добытые и произведенные драгоценные металлы, за исключением самородков драгоценных металлов, не подлежащих аффинажу, сырьевые товары, содержащие драгоценные металлы, должны поступать для переработки и (или) аффинажа субъектам производства драгоценных металлов, за исключением случаев, предусмотренных настоящей статьей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z57" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Лицо, имеющее намерение произвести вывоз с территории Республики Казахстан сырьевых товаров, содержащих драгоценные металлы, обязано в порядке, определенном уполномоченным органом, получить соответствующий отказ от всех субъектов производства драгоценных металлов, состоящих в перечне, утверждаемом уполномоченным органом, или подтверждение уполномоченного органа о наличии такого отказа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом отказом в целях настоящего пункта будет также являться невыполнение субъектами производства драгоценных металлов, указанными в части первой настоящего пункта, условий, установленных уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Основаниями для отказа от переработки и (или) аффинажа сырьевых товаров, содержащих драгоценные металлы, могут являться:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) технологическая невозможность переработки и (или) аффинажа, в том числе несоответствие пороговым значениям содержания вредных примесей и драгоценных металлов в сырьевых товарах, содержащих драгоценные металлы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z613" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В зависимости от технологических возможностей переработки и (или) аффинажа каждый субъект производства драгоценных металлов, состоящий в перечне, утверждаемом уполномоченным органом, устанавливает свои пороговые значения содержания вредных примесей и драгоценных металлов в сырьевых товарах, содержащих драгоценные металлы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) отсутствие или недостаточность производственной мощности для переработки и (или) аффинажа предлагаемого объема сырьевых товаров, содержащих драгоценные металлы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) экономическая нецелесообразность переработки руд, концентратов и золы цветных металлов, полупродуктов производства цветных металлов, содержащих драгоценные металлы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В случаях, предусмотренных пунктом 2 настоящей статьи, вывоз сырьевых товаров, содержащих драгоценные металлы, с территории Республики Казахстан осуществляется в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z59" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Аффинаж драгоценных металлов, сырьевых товаров, содержащих драгоценные металлы, прошедших необходимую переработку, осуществляемый вне территории Республики Казахстан, не влечет перехода права собственности на драгоценные металлы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 7 с изменением, внесенным Законом РК от 25.11.2019 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.04.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 8 с изменениями, внесенными законами РК от 02.07.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 62-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="69"/>
+    <w:bookmarkStart w:name="z9" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 8. Производство драгоценных металлов</w:t>
-[...189 lines deleted...]
-      4. Аффинаж драгоценных металлов, сырьевых товаров, содержащих драгоценные металлы, прошедших необходимую переработку, осуществляемый вне территории Республики Казахстан, не влечет перехода права собственности на драгоценные металлы.</w:t>
+        <w:t xml:space="preserve"> Статья 9. Приоритетное право государства на приобретение аффинированного золота для пополнения активов в драгоценных металлах</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z60" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государство имеет приоритетное право на заключение сделок по приобретению аффинированного золота для пополнения активов Национального Банка Республики Казахстан в драгоценных металлах с субъектами производства драгоценных металлов и лицами, ставшими собственниками аффинированного золота в результате переработки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z61" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Субъекты производства драгоценных металлов и лица, ставшие собственниками аффинированного золота в результате переработки, реализуют аффинированное золото, произведенное на территории Республики Казахстан или за ее пределами, в приоритетном порядке Национальному Банку Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z62" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Субъекты производства драгоценных металлов и лица, ставшие собственниками аффинированного золота в результате переработки, представляют в Национальный Банк Республики Казахстан графики прогноза производства и продажи аффинированного золота на первое полугодие будущего года до 1 ноября текущего года, на второе полугодие текущего года – до 1 мая текущего года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z63" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Национальный Банк Республики Казахстан, основываясь на прогнозе производства и продажи аффинированного золота, состоянии денежного рынка, показателях денежно-кредитной политики и конъюнктуры международных финансовых рынков, утверждает лимит приобретения в рамках реализации приоритетного права на предстоящее полугодие либо принимает решение о нереализации приоритетного права в целом на предстоящий период (от месяца до полугодия).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В рамках утвержденного лимита приобретения Национальный Банк Республики Казахстан определяет объемы аффинированного золота, которые будут приобретены в предстоящем полугодии у каждого субъекта производства драгоценных металлов или лица, ставшего собственником аффинированного золота в результате переработки, представившего график прогноза производства и продажи аффинированного золота.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Объемы приобретения либо решение об отказе от реализации приоритетного права государства на приобретение аффинированного золота на предстоящий период доводятся до сведения субъектов производства драгоценных металлов и лиц, ставших собственниками аффинированного золота в результате переработки, на первое полугодие будущего года до 1 декабря текущего года, на второе полугодие текущего года – до 1 июня текущего года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Национальный Банк Республики Казахстан обязан полностью приобретать объемы приобретения, доведенные до субъектов производства драгоценных металлов и лиц, ставших собственниками аффинированного золота в результате переработки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае, если ожидаемый объем производства и продажи аффинированного золота превысит объем производства и продажи аффинированного золота, представленный Национальному Банку Республики Казахстан в соответствии с пунктом 3 настоящей статьи, субъекты производства драгоценных металлов и лица, ставшие собственниками аффинированного золота в результате переработки, дополнительно представляют в Национальный Банк Республики Казахстан измененные графики прогноза производства и продажи аффинированного золота.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В течение пятнадцати рабочих дней со дня получения измененных графиков прогноза производства и продажи аффинированного золота Национальный Банк Республики Казахстан доводит до субъектов производства драгоценных металлов и лиц, ставших собственниками аффинированного золота в результате переработки, соответственно измененный объем приобретения аффинированного золота или сообщает об оставлении без изменений ранее доведенного до сведения объема приобретения аффинированного золота путем направления отказа от приобретения нового объема в соответствии с измененными графиками.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z64" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Продажа аффинированного золота субъектами производства драгоценных металлов и лицами, ставшими собственниками аффинированного золота в результате переработки, в качестве сырья для производства ювелирных и других изделий субъектам производства ювелирных и других изделий на территории Республики Казахстан до достижения лимита, определяемого Национальным Банком Республики Казахстан, осуществляется в соответствии с порядком реализации приоритетного права государства на приобретение аффинированного золота для пополнения активов в драгоценных металлах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z65" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Приобретение аффинированного золота в рамках реализации приоритетного права государства осуществляется по ценам, рассчитанным с использованием сложившихся на международном рынке цен, за вычетом транспортных расходов, затрат на реализацию и скидки за качество, которая применяется в случае приобретения аффинированного золота, не отвечающего международным стандартам качества, принятым Лондонской ассоциацией рынка драгоценных металлов и обозначенным в документах данной ассоциации как стандарт "Лондонская качественная поставка" ("London good delivery").</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z66" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Приобретение аффинированного золота в рамках реализации приоритетного права государства осуществляется на основании заключенного Национальным Банком Республики Казахстан с субъектом производства драгоценных металлов или лицом, ставшим собственником аффинированного золота в результате переработки, договора об общих условиях купли-продажи аффинированного золота для пополнения активов в драгоценных металлах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z67" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Национальный Банк Республики Казахстан вправе отказаться от реализации приоритетного права государства на приобретение аффинированного золота для пополнения активов в драгоценных металлах в случаях достижения лимита приобретения и (или) при наличии принятого решения о нереализации приоритетного права на предстоящий период в соответствии с частью первой пункта 4 настоящей статьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Основания, предусмотренные частью первой настоящего пункта, не применяются в отношении субъектов производства драгоценных металлов и лиц, ставших собственниками аффинированного золота в результате переработки, в пределах доведенных до них объемов приобретения аффинированного золота.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. В случае отказа Национального Банка Республики Казахстан от реализации приоритетного права государства на приобретение аффинированного золота у субъектов производства драгоценных металлов или лиц, ставших собственниками аффинированного золота в результате переработки, данное аффинированное золото может быть реализовано третьим лицам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z10" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 10. Аффинаж лома и отходов драгоценных металлов, обращенных в собственность государства по отдельным основаниям</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z69" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Лом и отходы драгоценных металлов, обращенные в собственность государства по отдельным основаниям и принятые Национальным Банком Республики Казахстан в порядке, предусмотренном законодательством Республики Казахстан, подлежат аффинажу с зачислением слитков аффинированного золота в активы Национального Банка Республики Казахстан в драгоценных металлах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z70" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Порядок передачи на аффинаж лома и отходов драгоценных металлов, обращенных в собственность государства по отдельным основаниям, в слитки аффинированного золота и получения их после аффинажа определяется Национальным Банком Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z71" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Стоимость слитков аффинированного золота, указанных в пункте 1 настоящей статьи, перечисляется в бюджет за вычетом издержек, связанных с переработкой лома и отходов драгоценных металлов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z11" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 11. Особенности оборота инвестиционного золота</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z72" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В целях оборота инвестиционного золота могут использоваться металлические счета, открытые в установленном законодательством Республики Казахстан порядке в банках второго уровня, а также в Национальном Банке Республики Казахстан для категории юридических лиц, обслуживаемых в Национальном Банке Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z73" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. При осуществлении сделок с инвестиционным золотом оплата производится по ценам, рассчитанным с использованием сложившихся на международном рынке цен на момент проведения сделки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z12" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 12. Порядок проведения экспертизы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z74" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Экспертиза проводится на возмездной основе в соответствии с правилами проведения экспертизы, а также документами по стандартизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z75" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Физические и юридические лица обращаются в уполномоченную организацию для проведения экспертизы в добровольном порядке, а также в обязательном порядке в случаях, предусмотренных пунктом 4 настоящей статьи и пунктами 2 и 3 статьи 7 настоящего Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z76" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. По результатам экспертизы уполномоченной организацией предоставляется экспертное заключение в течение пяти рабочих дней со дня обращения физического или юридического лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z77" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Обязательному опробованию и клеймению в уполномоченных организациях подлежат произведенные и (или) реализуемые на территории Республики Казахстан ювелирные и другие изделия, за исключением определенных уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 8 с изменениями, внесенными законами РК от 02.07.2021 </w:t>
-[...29 lines deleted...]
-        <w:t>№ 71-VIII</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 12 с изменениями, внесенными законами РК от 05.10.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 184-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 13. Особенности реализации ювелирных и других изделий</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z78" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. На территории Республики Казахстан не допускается реализация ювелирных и других изделий без наличия пробирного клейма, а также оттиска именника, проставляемого субъектом производства ювелирных и других изделий на всех собственных ювелирных и других изделиях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z603" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ювелирные и другие изделия клеймятся единым пробирным клеймом Республики Казахстан с кодами уполномоченных организаций, право пользования которыми предоставляется уполномоченным органом в области технического регулирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При использовании в качестве вставок в ювелирные и другие изделия материалов искусственного происхождения на ярлыках должна быть указана информация о том, что данный камень не является драгоценным.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Исключен Законом РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Исключен Законом РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z606" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Именник подлежит обязательной регистрации в уполномоченной организации в порядке, определенном уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z607" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Уполномоченная организация ежеквартально представляет сведения о зарегистрированных именниках в уполномоченный орган в порядке, определенном уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 13 с изменениями, внесенными законами РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 397-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 27.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 87-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="75"/>
+    <w:bookmarkStart w:name="z14" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 9. Приоритетное право государства на приобретение аффинированного золота для пополнения активов в драгоценных металлах</w:t>
-[...291 lines deleted...]
-    <w:bookmarkStart w:name="z10" w:id="85"/>
+        <w:t xml:space="preserve"> Статья 14. Ответственность за нарушение законодательства Республики Казахстан в области драгоценных металлов и драгоценных камней</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нарушение законодательства Республики Казахстан в области драгоценных металлов и драгоценных камней влечет ответственность в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 10. Аффинаж лома и отходов драгоценных металлов, обращенных в собственность государства по отдельным основаниям</w:t>
-[...659 lines deleted...]
-        <w:t xml:space="preserve"> Статья 14. Ответственность за нарушение законодательства Республики Казахстан в области драгоценных металлов и драгоценных камней</w:t>
+        <w:t xml:space="preserve"> Статья 15. Порядок введения в действие настоящего Закона</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:p>
-[...34 lines deleted...]
-    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящий Закон вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования, за исключением пункта 4 статьи 12 и статьи 13, которые вводятся в действие по истечении шести месяцев после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
@@ -5593,55 +5687,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -5967,31 +6061,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>