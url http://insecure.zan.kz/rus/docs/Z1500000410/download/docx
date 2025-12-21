--- v0 (2025-11-16)
+++ v1 (2025-12-21)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="28dbac2" w14:textId="28dbac2">
+    <w:p w14:paraId="f35555d" w14:textId="f35555d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3311,324 +3311,250 @@
         <w:t>
       11. Физические и юридические лица, которые участвуют в выполнении функций по управлению государственным имуществом, представляют в порядке и сроки, которые установлены уполномоченным органом по управлению государственным имуществом, отчеты обо всех сделках имущественного характера и финансовой деятельности, связанных с государственной собственностью, в государственный орган, осуществляющий в отношении государственного имущества правомочия собственника.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
     <w:bookmarkStart w:name="z80" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Поступающие в органы государственных доходов сведения, предусмотренные настоящей статьей, являются охраняемой законом тайной в соответствии с законодательством Республики Казахстан. Их разглашение влечет ответственность в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z81" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Сведения, составляющие служебную и налоговую тайну, представляются уполномоченному органу по финансовому мониторингу в целях и порядке, предусмотренных Законом Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 11 с изменениями, внесенными законами РК от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 273-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.07.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 157-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2023); от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...202 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 12. Антикоррупционные ограничения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z85" w:id="62"/>
+    <w:bookmarkStart w:name="z85" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. В целях недопущения лицами, занимающими ответственную государственную должность, лицами, уполномоченными на выполнение государственных функций, лицами, приравненными к ним (за исключением кандидатов в Президенты Республики Казахстан, депутаты Парламента Республики Казахстан или маслихатов, акимы районов, городов областного значения, городов районного значения, поселков, сел, сельских округов, а также в члены выборных органов местного самоуправления), должностными лицами совершения действий, которые могут привести к использованию ими своих полномочий в личных, групповых и иных неслужебных интересах, указанные лица с учетом особенностей, установленных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3663,51 +3589,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 14-1 и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, принимают на себя антикоррупционные ограничения по:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осуществлению деятельности, не совместимой с выполнением государственных функций;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3754,250 +3680,250 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) принятию материального вознаграждения, подарков или услуг за действия (бездействие) в пользу лиц, их предоставивших, если такие действия входят в служебные полномочия лиц, указанных в абзаце первом настоящего пункта, или эти лица в силу должностного положения могут способствовать таким действиям (бездействию);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) открытию и владению счетами (вкладами) в иностранных банках, расположенных за пределами Республики Казахстан, хранению наличных денег и ценностей в иностранных банках, расположенных за пределами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z240" w:id="63"/>
+    <w:bookmarkStart w:name="z240" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) участию в азартных играх и (или) пари в игорных заведениях, которые подпадают под определение, предусмотренное Законом Республики Казахстан "Об игорном бизнесе", а равно участию в азартных играх и (или) пари в неотведенных для этого местах или в азартных играх и (или) пари, проводимых посредством использования сетей телекоммуникаций, в том числе сети Интернет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z86" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z86" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Законами, регулирующими порядок выполнения отдельных государственных функций, могут устанавливаться другие правовые нормы, предусматривающие ограничения, направленные на предупреждение коррупции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z87" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z87" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Согласие лиц, указанных в абзаце первом </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, на принятие антикоррупционных ограничений фиксируется службами управления персоналом (кадровыми службами) соответствующих организаций в письменной форме.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z88" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z88" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Непринятие антикоррупционных ограничений лицами, указанными в абзаце первом пункта 1 настоящей статьи, влечет отказ в приеме на должность либо увольнение (освобождение от занимаемой должности, прекращение полномочий), их несоблюдение является основанием для увольнения (освобождения от занимаемой должности, прекращения полномочий).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z156" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z156" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Члены семьи лица, указанного в абзаце первом пункта 1 настоящей статьи, не вправе получать материальное вознаграждение, подарки или услуги, предоставляемые за действия (бездействие) этого лица в пользу лиц, предоставивших материальное вознаграждение, подарки или услуги, если такие действия (бездействие) входят в служебные полномочия данного лица либо оно в силу своего должностного положения может способствовать таким действиям (бездействию).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z157" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z157" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание. В настоящем Законе под членами семьи лица, указанного в абзаце первом пункта 1 настоящей статьи, понимаются его супруг (супруга), родители, дети, в том числе совершеннолетние, и лица, находящиеся на иждивении и постоянно проживающие с ним.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z158" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z158" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Деньги, поступившие на счет лиц, указанных в абзаце первом пункта 1 настоящей статьи, и (или) членов их семей без их ведома, а также средства, полученные ими в нарушение подпункта 4) пункта 1 и пункта 5 настоящей статьи, не более чем в двухнедельный срок после их обнаружения подлежат перечислению в республиканский бюджет с представлением объяснения в соответствующий орган государственных доходов об обстоятельствах поступления таких средств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z159" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z159" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подарки, поступившие без ведома лиц, указанных в абзаце первом пункта 1 настоящей статьи, и (или) членов их семей, а также полученные ими в нарушение подпункта 4) пункта 1 и пункта 5 настоящей статьи, подлежат безвозмездной передаче уполномоченному органу по управлению государственным имуществом в течение семи календарных дней со дня получения подарка либо со дня, когда лицу, указанному в абзаце первом пункта 1 настоящей статьи, стало известно о получении подарка, а оказанные указанным лицам при тех же обстоятельствах услуги должны быть оплачены путем перечисления денег в республиканский бюджет в течение семи календарных дней со дня оказания услуги либо со дня, когда лицу, указанному в абзаце первом пункта 1 настоящей статьи, стало известно об оказании услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z160" w:id="71"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z160" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лицо, передавшее подарок уполномоченному органу по управлению государственным имуществом, вправе с уведомлением вышестоящего должностного лица выкупить его по стоимости, определенной в соответствии с Законом Республики Казахстан "Об оценочной деятельности в Республике Казахстан", на основании договора купли-продажи, заключаемого с уполномоченным органом по управлению государственным имуществом. Вырученные от продажи подарков деньги перечисляются в республиканский бюджет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4133,70 +4059,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 13. Деятельность, несовместимая с выполнением государственных функций</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z89" w:id="72"/>
+    <w:bookmarkStart w:name="z89" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Лицам, занимающим ответственную государственную должность, лицам, уполномоченным на выполнение государственных функций (за исключением депутатов маслихатов, осуществляющих свою деятельность не на постоянной или освобожденной основе), лицам, приравненным к лицам, уполномоченным на выполнение государственных функций (за исключением кандидатов в Президенты Республики Казахстан, депутаты Парламента Республики Казахстан или маслихатов, акимы районов, городов областного значения, городов районного значения, поселков, сел, сельских округов, а также в члены выборных органов местного самоуправления), должностным лицам запрещается:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) самостоятельно участвовать в управлении хозяйствующим субъектом, если управление или участие в управлении хозяйствующим субъектом не входит в их должностные обязанности в соответствии с законодательством Республики Казахстан, содействовать удовлетворению материальных интересов организаций или физических лиц путем неправомерного использования своих служебных полномочий с целью получения имущественных или иных благ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4207,70 +4133,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) заниматься предпринимательской деятельностью, за исключением приобретения и (или) реализации паев открытых и интервальных паевых инвестиционных фондов, облигаций на организованном рынке ценных бумаг, акций коммерческих организаций (простые акции в объеме, не превышающем пяти процентов от общего количества голосующих акций организаций) на организованном рынке ценных бумаг;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) заниматься другой оплачиваемой деятельностью, кроме педагогической, научной и иной творческой деятельности, прохождения воинской службы в резерве.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z239" w:id="73"/>
+    <w:bookmarkStart w:name="z239" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военнослужащие по контракту, проходящие воинскую службу на должностях, соответствующих медицинской военно-учетной специальности, вправе заниматься оплачиваемой медицинской деятельностью, не препятствующей исполнению обязанностей воинской службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4299,231 +4225,231 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z190" w:id="74"/>
+    <w:bookmarkStart w:name="z190" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1. Лица, приравненные к лицам, уполномоченным на выполнение государственных функций, осуществляющие деятельность в субъектах квазигосударственного сектора (за исключением государственных предприятий), вправе занимать оплачиваемые должности в органах управления, наблюдательных советах, исполнительных органах дочерних, зависимых организаций соответствующих субъектов квазигосударственного сектора и иных юридических лиц, являющихся аффилированными с ними в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z91" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z91" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Лица, указанные в пункте 1 настоящей статьи, вправе сдавать в имущественный наем (аренду) жилище, принадлежащее им на праве собственности, и получать доход от такой сдачи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z92" w:id="76"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z92" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Председателю Национального Банка Республики Казахстан и его заместителям, Председателю уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций и его заместителям запрещается приобретать паи инвестиционных фондов, облигации, акции коммерческих организаций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z134" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z134" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Председатель Национального Банка Республики Казахстан и его заместители, Председатель уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций и его заместители в течение тридцати календарных дней со дня их назначения на должности обязаны передать в доверительное управление в порядке, установленном законами Республики Казахстан, принадлежащие паи инвестиционных фондов, облигации и акции коммерческих организаций, приобретенные до назначения их на должности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z141" w:id="78"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z141" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Неисполнение указанными лицами обязательств, предусмотренных настоящим пунктом, является основанием для прекращения ими соответствующей деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z93" w:id="79"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z93" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Лица, указанные в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, в течение тридцати календарных дней со дня вступления в должность обязаны передать в доверительное управление на время выполнения этих функций в порядке, установленном законами Республики Казахстан, принадлежащее им имущество, использование которого влечет получение доходов, за исключением денег, облигаций, паев открытых и интервальных паевых инвестиционных фондов, законно принадлежащих этим лицам, а также имущества, переданного в имущественный наем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z94" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z94" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Договор на доверительное управление имуществом подлежит нотариальному удостоверению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z95" w:id="81"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z95" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. В случае приобретения акций (долей участия в уставном капитале) коммерческих организаций и иного имущества, использование которого влечет получение доходов, за исключением облигаций, паев открытых и интервальных паевых инвестиционных фондов, лица, указанные в пункте 1 настоящей статьи, обязаны передать их в доверительное управление в течение тридцати календарных дней со дня приобретения в порядке, установленном законами Республики Казахстан, и представить в службу управления персоналом (кадровую службу) по месту работы нотариально засвидетельствованную копию нотариально удостоверенного договора на доверительное управление имуществом в течение десяти рабочих дней после нотариального удостоверения договора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z96" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z96" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Неисполнение обязательств, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4538,51 +4464,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, лицами, указанными в пункте 1 настоящей статьи, является основанием для прекращения ими государственной службы или иной соответствующей деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4862,190 +4788,190 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 14. Недопустимость совместной службы (работы)близких родственников, супругов или свойственников</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z97" w:id="83"/>
+    <w:bookmarkStart w:name="z97" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Лица, занимающие ответственную государственную должность, лица, уполномоченные на выполнение государственных функций (за исключением депутатов маслихатов, осуществляющих свою деятельность не на постоянной или освобожденной основе), и лица, приравненные к лицам, уполномоченным на выполнение государственных функций (за исключением кандидатов в Президенты Республики Казахстан, депутаты Парламента Республики Казахстан или маслихатов, акимы районов, городов областного значения, городов районного значения, поселков, сел, сельских округов, а также в члены выборных органов местного самоуправления), должностные лица не могут занимать должности, находящиеся в непосредственной подчиненности должностям, занимаемым их близкими родственниками, супругом (супругой) и (или) свойственниками, а также иметь в непосредственном подчинении близких родственников, супруга (супругу) и (или) свойственников.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z161" w:id="84"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z161" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Лица, являющиеся кандидатами на государственную должность либо должность, связанную с выполнением государственных или приравненных к ним функций, обязаны в письменной форме уведомить руководство организации, на занятие должности в которой они претендуют, о работающих в этой организации близких родственниках, супруге и (или) свойственниках.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z98" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z98" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Лица, нарушающие требования </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, если они добровольно в течение трех месяцев с момента обнаружения указанного нарушения его не устранят, подлежат переводу на должности, исключающие такую подчиненность, а при невозможности такого перевода один из этих служащих подлежит увольнению с должности или иному освобождению от указанных функций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z191" w:id="86"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z191" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Лицам, указанным в пункте 1 настоящей статьи, запрещается занимать должности со своими близкими родственниками, супругом (супругой) и (или) свойственниками в одном органе управления (наблюдательном совете, исполнительном органе) субъекта квазигосударственного сектора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z192" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z192" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лица, нарушающие требования части первой настоящего пункта, если они добровольно в течение трех месяцев с момента обнаружения указанного нарушения его не устранят, подлежат переводу на должности, исключающие совместную службу (работу) в одном органе управления (наблюдательном совете, исполнительном органе) субъекта квазигосударственного сектора, а при невозможности такого перевода один из этих работников подлежит увольнению с должности или иному освобождению от указанных функций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z241" w:id="88"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z241" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание. В настоящем Законе под близкими родственниками понимаются родители (родитель), дети, усыновители (удочерители), усыновленные (удочеренные), полнородные и неполнородные братья и сестры, дедушка, бабушка, внуки, под свойственниками – полнородные и неполнородные братья и сестры, родители и дети супруга (супруги).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -5155,190 +5081,190 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 14-1. Недопустимость открытия, владения счетами (вкладами), хранения наличных денег и ценностей в иностранных банках, расположенных за пределами Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z167" w:id="89"/>
+    <w:bookmarkStart w:name="z167" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Лицам, занимающим ответственную государственную должность, лицам, уполномоченным на выполнение государственных функций (за исключением депутатов маслихатов), должностным лицам запрещается открывать и иметь счета (вклады) в иностранных банках, расположенных за пределами Республики Казахстан, хранить наличные деньги и ценности в иностранных банках, расположенных за пределами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z168" w:id="90"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z168" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание. Ограничение, предусмотренное настоящим пунктом, не распространяется на филиалы банков-нерезидентов Республики Казахстан, расположенные на территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z169" w:id="91"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z169" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Лица, указанные в пункте 1 настоящей статьи, в течение шести месяцев со дня занятия должности или отпадения обстоятельств, указанных в пункте 4 настоящей статьи, обязаны закрыть счета (вклады) в иностранных банках, расположенных за пределами Республики Казахстан, и (или) прекратить хранение наличных денег и ценностей в иностранных банках, расположенных за пределами Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z170" w:id="92"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z170" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае, если лица, указанные в пункте 1 настоящей статьи, не могут выполнить требования, предусмотренные частью первой настоящего пункта, в связи с арестом, запретом распоряжения, наложенными компетентными органами иностранного государства в соответствии с законодательством данного иностранного государства, на территории которого находятся счета (вклады) и (или) осуществляется хранение наличных денег и ценностей в иностранном банке, или в связи с обстоятельствами непреодолимой силы (стихийные явления, военные действия, чрезвычайное положение, невозможность досрочного прекращения действия договора о банковском счете (вкладе) и иные обстоятельства), не зависящими от воли лиц, указанных в пункте 1 настоящей статьи, такие требования должны быть выполнены в течение шести месяцев со дня прекращения действия ареста, запрета распоряжения или прекращения иных обстоятельств с представлением документов, подтверждающих соответствующие факты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z171" w:id="93"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z171" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. В случае получения в результате принятия наследства в соответствии с законодательством Республики Казахстан или законодательством иностранного государства лицами, указанными в пункте 1 настоящей статьи, счетов (вкладов), наличных денег и ценностей в иностранных банках, расположенных за пределами Республики Казахстан, во владение и (или) пользование указанные лица обязаны в течение шести месяцев со дня принятия наследства закрыть счета (вклады) и (или) прекратить хранение наличных денег и ценностей в иностранных банках, расположенных за пределами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z172" w:id="94"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z172" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Положения пунктов 1, 2 и 3 настоящей статьи не распространяются на лиц, указанных в пункте 1 настоящей статьи, направленных на работу в загранучреждения, представительства Республики Казахстан и в международные организации от Республики Казахстан, а также прикомандированных к указанным организациям, на период работы в указанных организациях или обучающихся за рубежом, или проходящих стажировку за рубежом, или находящихся в заграничной командировке, или проходящих лечение за рубежом, или находящихся за рубежом в качестве законного представителя несовершеннолетнего ребенка либо в качестве опекуна или попечителя совершеннолетнего лица на период учебы либо лечения соответствующего лица за рубежом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z173" w:id="95"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z173" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В течение сроков, предусмотренных в настоящей статье, лица, указанные в пункте 1 настоящей статьи, вправе подать заявление о прекращении государственной службы или иной соответствующей деятельности по собственному желанию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5374,150 +5300,150 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 15. Конфликт интересов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z99" w:id="96"/>
+    <w:bookmarkStart w:name="z99" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Лицам, занимающим ответственную государственную должность, лицам, уполномоченным на выполнение государственных функций, лицам, приравненным к лицам, уполномоченным на выполнение государственных функций, должностным лицам запрещается осуществлять должностные обязанности, если имеется конфликт интересов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z100" w:id="97"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z100" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Лица, указанные в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, должны принимать меры по предотвращению и разрешению конфликта интересов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z101" w:id="98"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z101" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Лица, указанные в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, обязаны в письменной форме уведомить непосредственного руководителя либо руководство организации, в которой они работают, о возникшем конфликте интересов или о возможности его возникновения, как только им станет об этом известно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Непосредственный руководитель либо руководство организации по обращениям лиц, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5603,70 +5529,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) принять иные меры по устранению конфликта интересов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 16. Меры противодействия коррупции в сфере предпринимательства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z102" w:id="99"/>
+    <w:bookmarkStart w:name="z102" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Субъекты предпринимательства при осуществлении своей деятельности принимают меры по предупреждению коррупции, в том числе по минимизации причин и условий, способствующих совершению коррупционных правонарушений, путем:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) установления организационно-правовых механизмов, обеспечивающих подотчетность, подконтрольность и прозрачность процедур принятия решений;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5731,150 +5657,150 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) принятия мер по формированию антикоррупционной культуры;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) взаимодействия с государственными органами и иными организациями по вопросам предупреждения коррупции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z103" w:id="100"/>
+    <w:bookmarkStart w:name="z103" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Стандарты по предупреждению коррупции для субъектов предпринимательства могут разрабатываться и приниматься объединениями (ассоциациями, союзами) субъектов предпринимательства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z162" w:id="101"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z162" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. В субъекте квазигосударственного сектора определяется структурное подразделение или ответственное лицо, исполняющее функции антикоррупционной комплаенс-службы, основной задачей которого является обеспечение соблюдения данной организацией и ее работниками законодательства Республики Казахстан о противодействии коррупции. При этом ответственное лицо, исполняющее функции антикоррупционной комплаенс-службы, определяется с учетом потенциального конфликта интересов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z183" w:id="102"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z183" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Антикоррупционная комплаенс-служба осуществляет свои полномочия независимо от исполнительного органа, должностных лиц субъекта квазигосударственного сектора, подотчетна совету директоров, наблюдательному совету (при его наличии) или иному независимому органу управления и является независимой при обеспечении соблюдения требований законодательства Республики Казахстан о противодействии коррупции. Компетенция, организация и порядок деятельности антикоррупционной комплаенс-службы определяются внутренним актом субъекта квазигосударственного сектора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z193" w:id="103"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z193" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Типовое положение об антикоррупционных комплаенс-службах в субъектах квазигосударственного сектора разрабатывается и утверждается уполномоченным органом по противодействию коррупции по согласованию с уполномоченным органом по предпринимательству.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z163" w:id="104"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z163" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Субъекты предпринимательства, не являющиеся субъектами квазигосударственного сектора, вправе создавать антикоррупционные комплаенс-службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5970,130 +5896,130 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 17. Национальный доклад о противодействии коррупции</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z104" w:id="105"/>
+    <w:bookmarkStart w:name="z104" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Национальный доклад о противодействии коррупции – документ, содержащий анализ и оценку состояния и тенденции распространения коррупции на международном и национальном уровнях, предложения по формированию, реализации и совершенствованию антикоррупционной политики.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z105" w:id="106"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z105" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Уполномоченный орган по противодействию коррупции ежегодно формирует Национальный доклад о противодействии коррупции и представляет его Президенту Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z106" w:id="107"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z106" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Национальный доклад о противодействии коррупции формируется на основе результатов работы уполномоченного органа по противодействию коррупции и деятельности государственных органов, физических и юридических лиц по вопросам противодействия коррупции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z107" w:id="108"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z107" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Порядок подготовки, внесения Национального доклада о противодействии коррупции Президенту Республики Казахстан и его опубликования утверждается Президентом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6152,68 +6078,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="109"/>
+    <w:bookmarkStart w:name="z30" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. СУБЪЕКТЫ ПРОТИВОДЕЙСТВИЯ КОРРУПЦИИ И ИХ ПОЛНОМОЧИЯ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 18. Субъекты противодействия коррупции</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6258,70 +6184,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) иные субъекты противодействия коррупции – государственные органы, субъекты квазигосударственного сектора, общественные объединения, а также иные физические и юридические лица.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 19. Сотрудники антикоррупционной службы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z164" w:id="110"/>
+    <w:bookmarkStart w:name="z164" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сотрудники антикоррупционной службы при исполнении ими служебных обязанностей обладают полномочиями, установленными Законом Республики Казахстан "О правоохранительной службе" и иными законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6375,70 +6301,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 20. Компетенция уполномоченного органа по противодействию коррупции</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уполномоченный орган по противодействию коррупции осуществляет следующие функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z135" w:id="111"/>
+    <w:bookmarkStart w:name="z135" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) разработка предложений по совершенствованию нормативной правовой базы в сфере противодействия коррупции, а также принятие в установленном законодательством Республики Казахстан порядке нормативных правовых актов в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) выявление причин и условий, способствующих совершению коррупционных правонарушений в деятельности государственных органов, организаций и субъектов квазигосударственного сектора, в соответствии с настоящим Законом;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6449,148 +6375,148 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) внесение на рассмотрение Правительства Республики Казахстан рекомендации по минимизации и устранению причин и условий возникновения коррупции в деятельности государственных органов, организаций и субъектов квазигосударственного сектора;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ежегодное представление Президенту Республики Казахстан Национального доклада о противодействии коррупции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z142" w:id="112"/>
+    <w:bookmarkStart w:name="z142" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4-1) формирование и координация антикоррупционной политики, координация деятельности государственных органов, организаций в вопросах предупреждения коррупции, минимизации причин и условий, способствующих совершению коррупционных правонарушений; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z143" w:id="113"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z143" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-2) оценка уровня коррупции и проведение социологических исследований, необходимых для определения уровня коррупции в государственном и частном секторах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z194" w:id="114"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z194" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-3) координация деятельности антикоррупционных комплаенс-служб в субъектах квазигосударственного сектора в рамках методологической поддержки, проведения обучающих мероприятий и обмена информацией по противодействию коррупции в субъекте квазигосударственного сектора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) мониторинг исполнения государственными органами, организациями, субъектами квазигосударственного сектора рекомендаций по устранению причин и условий, способствующих совершению коррупционных правонарушений, вынесенных по результатам внешнего анализа коррупционных рисков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z130" w:id="115"/>
+    <w:bookmarkStart w:name="z130" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) осуществление мониторинга реализации имущества, конфискованного по уголовным делам о коррупционных преступлениях и приобретенного на средства, добытые преступным путем, как правило, с последующим опубликованием информации о его обращении в доход государства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) изучение и распространение положительного опыта противодействия коррупции;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6794,70 +6720,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 21. Полномочия уполномоченного органа по противодействию коррупции</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z110" w:id="116"/>
+    <w:bookmarkStart w:name="z110" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Уполномоченный орган по противодействию коррупции при выполнении возложенных на него функций:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkEnd w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) запрашивает у государственных органов, организаций, субъектов квазигосударственного сектора и должностных лиц информацию и материалы в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6868,108 +6794,108 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в случаях выявления нарушения законодательства Республики Казахстан о противодействии коррупции принимает меры в установленном законодательством порядке по их устранению;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) определяет порядок проведения антикоррупционного мониторинга;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z131" w:id="117"/>
+    <w:bookmarkStart w:name="z131" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-1) составляет протоколы и рассматривает дела об административных правонарушениях в порядке, установленном Кодексом Республики Казахстан об административных правонарушениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осуществляет иные полномочия, возложенные законами Республики Казахстан, а также актами Президента Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z111" w:id="118"/>
+    <w:bookmarkStart w:name="z111" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Антикоррупционная служба в пределах своих полномочий вправе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) проводить анализ практики оперативно-розыскной и следственной деятельности, досудебного расследования по коррупционным преступлениям;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7152,70 +7078,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) совершенствовать формы и методы борьбы с коррупционными преступлениями, определять стратегию и тактику оперативно-розыскной деятельности, вырабатывать и реализовывать меры по повышению ее эффективности;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) в соответствии с законодательством Республики Казахстан создавать и использовать информационные системы, обеспечивающие решение возложенных на нее задач, организовывать исследование в ходе досудебного расследования, производства по делам об административных правонарушениях в порядке, установленном законодательством;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z136" w:id="119"/>
+    <w:bookmarkStart w:name="z136" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) конвоировать задержанных и лиц, заключенных под стражу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) реализовывать иные права, возложенные законами Республики Казахстан, а также актами Президента Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -7329,110 +7255,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 22. Полномочия государственных органов, организаций, субъектов квазигосударственного сектора и должностных лиц по противодействию коррупции</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z112" w:id="120"/>
+    <w:bookmarkStart w:name="z112" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Противодействие коррупции в пределах своей компетенции обязаны вести все государственные органы, организации, субъекты квазигосударственного сектора и должностные лица.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z144" w:id="121"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z144" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Руководители государственных органов, организаций, субъектов квазигосударственного сектора несут дисциплинарную ответственность в соответствии с законами Республики Казахстан за неисполнение или ненадлежащее исполнение должностных обязанностей по предупреждению совершения коррупционных правонарушений подчиненными сотрудниками.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z113" w:id="122"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z113" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Выявление, пресечение, раскрытие, расследование и предупреждение коррупционных правонарушений и привлечение лиц, виновных в их совершении, к ответственности в пределах своей компетенции осуществляются органами прокуратуры, национальной безопасности, внутренних дел, военной полиции, службой экономических расследований, Пограничной службой Комитета национальной безопасности Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7649,310 +7575,310 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) проводят разъяснительную работу в средствах массовой информации и организуют социально значимые мероприятия по вопросам противодействия коррупции.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 24. Сообщение о коррупционных правонарушениях</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z114" w:id="123"/>
+    <w:bookmarkStart w:name="z114" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Лицо, располагающее информацией о готовящемся, совершаемом или совершенном коррупционном правонарушении, информирует об этом вышестоящего руководителя и (или) руководство государственного органа либо организации, работником которой является, и (или) уполномоченные государственные органы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z115" w:id="124"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z115" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Вышестоящий руководитель, руководство государственного органа, организации, уполномоченные государственные органы обязаны принять меры по поступившему сообщению о коррупционном правонарушении в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z116" w:id="125"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z116" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Лицо, сообщившее о факте коррупционного правонарушения или иным образом оказывающее (оказавшее) содействие в противодействии коррупции, находится под защитой государства в соответствии с Уголовно-процессуальным кодексом Республики Казахстан, Трудовым кодексом Республики Казахстан, Законом Республики Казахстан "О государственной защите лиц, участвующих в уголовном процессе" и настоящим Законом и поощряется в порядке, определенном уполномоченным органом по противодействию коррупции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z195" w:id="126"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z195" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Положения части первой настоящего пункта не распространяются на лиц, сообщивших заведомо ложную информацию о факте коррупционного правонарушения, которые несут ответственность, установленную законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z196" w:id="127"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z196" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Положения части первой настоящего пункта в части поощрения не распространяются на:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z197" w:id="128"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z197" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) лицо, которое сотрудничает на конфиденциальной основе с органом, осуществляющим оперативно-розыскную или контрразведывательную деятельность, в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z198" w:id="129"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z198" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) лицо, сообщившее о факте коррупционного правонарушения или оказавшее содействие в выявлении, пресечении, раскрытии и расследовании коррупционного правонарушения, по которому оно являлось исполнителем или соучастником.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z199" w:id="130"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z199" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-1. Содействие в противодействии коррупции включает:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z200" w:id="131"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z200" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сообщение о факте совершения коррупционного правонарушения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z201" w:id="132"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z201" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) предоставление информации о местонахождении разыскиваемого лица, совершившего коррупционное правонарушение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z202" w:id="133"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z202" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) иное содействие, имеющее (имевшее впоследствии) значение для выявления, пресечения, раскрытия и расследования коррупционного правонарушения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z117" w:id="134"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z117" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Информация об обращении лица к вышестоящему руководителю и (или) руководству государственного органа либо организации, работником которой оно является (являлось), и (или) в уполномоченные государственные органы в целях сообщения о факте коррупционного правонарушения или предоставления информации о местонахождении разыскиваемого лица, совершившего коррупционное правонарушение, или оказания иного содействия, имеющего (имевшего впоследствии) значение для выявления, пресечения, раскрытия и расследования коррупционного правонарушения, является конфиденциальной информацией в случае заключения соглашения о неразглашении указанной информации и предоставляется в порядке, установленном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z203" w:id="135"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z203" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Разглашение указанной информации влечет ответственность, установленную законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkEnd w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8028,110 +7954,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 24-1. Гарантированные государством меры защиты лиц, оказывающих (оказавших) содействие в противодействии коррупции</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z205" w:id="136"/>
+    <w:bookmarkStart w:name="z205" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Гарантированные государством меры защиты лиц, оказывающих (оказавших) содействие в противодействии коррупции, включают:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z206" w:id="137"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z206" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) защиту лица, оказывающего (оказавшего) содействие в противодействии коррупции, от нарушений прав и законных интересов в сфере трудовых отношений в течение трех лет с даты приема уполномоченными государственными органами сообщения о факте коррупционного правонарушения или с момента оказания лицом иного содействия в противодействии коррупции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z207" w:id="138"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z207" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обеспечение конфиденциальности информации об обращении лица к вышестоящему руководителю и (или) руководству государственного органа либо организации, работником которой оно является (являлось), и (или) в уполномоченные государственные органы в целях оказания содействия в противодействии коррупции при наличии соглашения о неразглашении информации об оказании данным лицом содействия в противодействии коррупции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkEnd w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8167,230 +8093,230 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 24-2. Защита лица, оказывающего (оказавшего) содействие в противодействии коррупции, от нарушений прав и законных интересов в сфере трудовых отношений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z209" w:id="139"/>
+    <w:bookmarkStart w:name="z209" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Индивидуальный трудовой спор, стороной которого выступает лицо, оказывающее (оказавшее) содействие в противодействии коррупции в организации, работником которой оно является (являлось), путем информирования вышестоящего руководителя и (или) руководства организации, рассматривается согласительной комиссией, создаваемой в соответствии с Трудовым кодексом Республики Казахстан, с обязательным приглашением представителя уполномоченного органа по противодействию коррупции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z210" w:id="140"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z210" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В государственных органах, за исключением специальных государственных органов, а также организациях, в которых отсутствуют согласительные комиссии, лицо, оказывающее (оказавшее) содействие в противодействии коррупции в государственном органе или организации, работником которой оно является, путем информирования вышестоящего руководителя и (или) руководства государственного органа либо организации, не может быть привлечено к дисциплинарной ответственности или уволено (освобождено от занимаемой должности), или переведено на другую должность без рекомендаций дисциплинарной комиссии или иного коллегиального органа государственного органа или организации, создаваемых для всестороннего, полного и объективного установления обстоятельств совершения указанным лицом дисциплинарного проступка, а также установления обоснованности увольнения (освобождения от занимаемой должности) лица или перевода на другую должность (далее – коллегиальный орган).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z211" w:id="141"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z211" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К участию в заседании коллегиального органа, на котором рассматриваются вопросы, указанные в части второй настоящего пункта, в обязательном порядке приглашается представитель уполномоченного органа по противодействию коррупции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z212" w:id="142"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z212" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Государственный орган или другая организация, указанные в пункте 1 настоящей статьи, направляет в уполномоченный орган по противодействию коррупции материалы по вопросам, указанным в пункте 1 настоящей статьи, не менее чем за три рабочих дня до дня заседания согласительной комиссии или коллегиального органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z213" w:id="143"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z213" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В указанном заседании может принимать участие представитель уполномоченного органа по противодействию коррупции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z214" w:id="144"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z214" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Решение согласительной комиссии или протокол заседания коллегиального органа подписывается ее (его) членами, принимавшими участие в заседании.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z215" w:id="145"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z215" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Копия решения согласительной комиссии либо протокола заседания коллегиального органа направляется в уполномоченный орган по противодействию коррупции в течение трех рабочих дней со дня принятия решения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z216" w:id="146"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z216" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. В случае несогласия уполномоченного органа по противодействию коррупции с решением, принятым по итогам заседания согласительной комиссии или коллегиального органа, уполномоченным органом по противодействию коррупции в течение двух рабочих дней со дня получения копии решения согласительной комиссии или протокола заседания коллегиального органа направляется в территориальное подразделение уполномоченного государственного органа по труду либо прокуратуру уведомление о нарушении прав и законных интересов работника.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z217" w:id="147"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z217" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом направление указанного уведомления не является препятствием для обращения в суд лицом, оказывающим (оказавшим) содействие в противодействии коррупции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkEnd w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8446,131 +8372,131 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 24-3. Обеспечение конфиденциальности информации об оказании содействия в противодействии коррупции</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z219" w:id="148"/>
+    <w:bookmarkStart w:name="z219" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Конфиденциальность информации об обращении лица к вышестоящему руководителю и (или) руководству государственного органа либо организации, работником которой оно является (являлось), и (или) в уполномоченные государственные органы в целях сообщения о факте коррупционного правонарушения или предоставления информации о местонахождении разыскиваемого лица, совершившего коррупционное правонарушение, или оказания иного содействия, имеющего (имевшего впоследствии) значение для выявления, пресечения, раскрытия и расследования коррупционного правонарушения, обеспечивается вышестоящим руководителем и (или) руководством государственного органа либо организации, в которой работает данное лицо, членами согласительной комиссии или коллегиального органа в случае оказания содействия в противодействии коррупции в соответствующем государственном органе либо организации, а также уполномоченными государственными органами при наличии соглашения о неразглашении информации об оказании содействия в противодействии коррупции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z220" w:id="149"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z220" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. При обращении лица к вышестоящему руководителю и (или) руководству государственного органа либо организации, работником которой оно является, в целях сообщения о факте коррупционного правонарушения в данном государственном органе или организации либо оказания иного содействия в противодействии коррупции в данном государственном органе или организации вышестоящий руководитель и (или) руководство государственного органа либо организации обязаны заключить с указанным лицом соглашение о неразглашении информации об оказании содействия в противодействии коррупции при наличии его намерения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z221" w:id="150"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z221" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При обращении лица в уполномоченный государственный орган в целях сообщения о факте коррупционного правонарушения либо оказания иного содействия в противодействии коррупции уполномоченный государственный орган обязан заключить с указанным лицом соглашение о неразглашении информации об оказании содействия в противодействии коррупции при наличии его намерения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z222" w:id="151"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z222" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. С руководителем, указанным в части первой пункта 2 настоящей статьи, заключившим с работником соглашение о неразглашении информации об оказании содействия в противодействии коррупции, обратившимся в уполномоченный государственный орган для принятия мер по поступившему сообщению работника о коррупционном правонарушении, и соответствующим уполномоченным государственным органом также заключается соглашение о неразглашении информации об оказании содействия в противодействии коррупции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z223" w:id="152"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z223" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. При обращении лица в уполномоченный орган по противодействию коррупции для реализации права, предусмотренного подпунктом 4) пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8585,111 +8511,111 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, на основании письменного согласия на передачу конфиденциальной информации, предусмотренного подпунктом 3) пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 24-4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, уполномоченный орган по противодействию коррупции обязан заключить с данным лицом соглашение о неразглашении информации об оказании содействия в противодействии коррупции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z224" w:id="153"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z224" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Руководитель государственного органа или организации, которому поступило уведомление уполномоченного органа по противодействию коррупции, предусмотренное пунктом 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 24-4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, обязан заключить соглашение о неразглашении информации об оказании содействия в противодействии коррупции с лицом, оказавшим содействие в противодействии коррупции, если ранее между данным лицом и уполномоченным государственным органом заключено такое соглашение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z225" w:id="154"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z225" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Порядок заключения соглашения о неразглашении информации об оказании содействия в противодействии коррупции и его форма определяются уполномоченным органом по противодействию коррупции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkEnd w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8725,290 +8651,290 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 24-4. Права лиц, оказывающих (оказавших) содействие в противодействии коррупции</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z227" w:id="155"/>
+    <w:bookmarkStart w:name="z227" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Лицо, оказывающее (оказавшее) содействие в противодействии коррупции, вправе: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z228" w:id="156"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z228" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) получать информацию о решении, принятом по итогам рассмотрения его сообщения о коррупционном правонарушении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z229" w:id="157"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z229" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обжаловать решения уполномоченного государственного органа, принятые по результатам рассмотрения его сообщения о коррупционном правонарушении, в соответствии с законодательством Республики Казахстан об административных правонарушениях или уголовно-процессуальным законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z230" w:id="158"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z230" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обратиться в уполномоченный государственный орган, с которым ранее было заключено соглашение о неразглашении информации об оказании содействия в противодействии коррупции, за исключением уполномоченного органа по противодействию коррупции, для получения письменного согласия на передачу конфиденциальной информации для реализации права, предусмотренного подпунктом 4) настоящего пункта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z231" w:id="159"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z231" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в течение трех лет с даты приема уполномоченными государственными органами сообщения о факте коррупционного правонарушения или с момента оказания лицом иного содействия в противодействии коррупции обратиться в уполномоченный орган по противодействию коррупции в случае, когда он полагает, что привлечение его к дисциплинарной ответственности или увольнение, или перевод на другую должность связаны с его сообщением о факте коррупционного правонарушения или оказанием иного содействия в противодействии коррупции, при условии, что данные вопросы ранее не рассматривались согласительной комиссией или коллегиальным органом в порядке, предусмотренном статьей 24-2 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z232" w:id="160"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z232" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. При обращении лица на основании подпункта 4) пункта 1 настоящей статьи уполномоченный орган по противодействию коррупции рассматривает представленные материалы и в случае установления обоснованности обращения лица, оказавшего содействие в противодействии коррупции, в течение пятнадцати календарных дней со дня поступления обращения направляет уведомление руководителю государственного органа либо другой организации о необходимости повторного рассмотрения вопросов, указанных в подпункте 4) пункта 1 настоящей статьи, в порядке, установленном статьями 24-2 и 24-3 настоящего Закона. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z233" w:id="161"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z233" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уведомление должно содержать:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z234" w:id="162"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z234" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) фамилию и инициалы руководителя государственного органа либо организации, которому направляется уведомление;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z235" w:id="163"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z235" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) фамилию, имя и отчество (если оно указано в документе, удостоверяющем личность) лица, оказавшего содействие в противодействии коррупции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z236" w:id="164"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z236" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) краткую фабулу коррупционного правонарушения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z237" w:id="165"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z237" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) предупреждение об обязанности руководителя государственного органа либо организации заключить соглашение о неразглашении информации об оказании содействия в противодействии коррупции с лицом, оказавшим содействие в противодействии коррупции, если ранее между данным лицом и уполномоченным государственным органом заключено соглашение о неразглашении информации об оказании содействия в противодействии коррупции, а также об ответственности за разглашение информации об оказании лицом содействия в противодействии коррупции в случае заключения такого соглашения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z238" w:id="166"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z238" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом руководитель государственного органа либо организации обязан провести заседание согласительной комиссии или коллегиального органа и принять решение по рассматриваемому вопросу в срок, не превышающий тридцати календарных дней со дня поступления обращения лица, оказавшего содействие в противодействии коррупции, в уполномоченный орган по противодействию коррупции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkEnd w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9027,185 +8953,185 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="167"/>
+    <w:bookmarkStart w:name="z31" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. УСТРАНЕНИЕ ПОСЛЕДСТВИЙ КОРРУПЦИОННЫХ ПРАВОНАРУШЕНИЙ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkEnd w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 25. Взыскание (возврат) незаконно полученного имущества или стоимости незаконно предоставленных услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z118" w:id="168"/>
+    <w:bookmarkStart w:name="z118" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В случаях отказа добровольно сдать незаконно полученное имущество или оплатить государству его стоимость или стоимость незаконно полученных услуг в результате коррупционных правонарушений их взыскание осуществляется на основании решения суда, вступившего в законную силу, по иску прокурора, органов государственных доходов либо других государственных органов и должностных лиц, уполномоченных на это законом. Указанные органы до вынесения судом решения принимают меры по сохранности имущества, принадлежащего правонарушителю.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z119" w:id="169"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z119" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В случаях, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, прокурор, органы государственных доходов либо другие уполномоченные на это законом государственные органы и должностные лица в сроки, установленные законом, обращаются в суд с иском об обращении незаконно полученного имущества и (или) взыскании стоимости незаконно полученных услуг в доход государства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z120" w:id="170"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z120" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Если с лица, занимающего ответственную государственную должность, лица, уполномоченного на выполнение государственных функций, и лица, приравненного к лицу, уполномоченному на выполнение государственных функций, и должностного лица на момент увольнения, иного освобождения от выполнения соответствующих функций не взысканы незаконно полученное имущество или стоимость незаконно предоставленных услуг, должностное лицо или орган, принимающие решение о таком освобождении, направляют в органы государственных доходов по месту жительства виновного лица уведомление о полученных противоправных доходах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z121" w:id="171"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z121" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Учет, хранение, оценка и дальнейшее использование сданного имущества осуществляются в порядке, установленном Правительством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkEnd w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9241,90 +9167,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 26. Недействительность сделок, договоров, актов и действий, совершенных в результате коррупционных правонарушений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z122" w:id="172"/>
+    <w:bookmarkStart w:name="z122" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Сделки, договоры, совершенные в результате коррупционных правонарушений, признаются судом недействительными в установленном законом Республики Казахстан порядке по иску уполномоченных государственных органов, заинтересованных лиц или прокурора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z123" w:id="173"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z123" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Принятие актов и совершение действий в результате коррупционных правонарушений являются основаниями для их отмены (признания недействительными) лицами, уполномоченными на отмену (прекращение действия) соответствующих актов, либо в судебном порядке по иску заинтересованных лиц или прокурора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkEnd w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Глава 5. Заключительные и переходные положения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -9353,150 +9279,150 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 26-1. Переходные положения </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z175" w:id="174"/>
+    <w:bookmarkStart w:name="z175" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. В течение шести месяцев со дня введения в действие антикоррупционного ограничения, предусмотренного подпунктом 5) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 12 и статьей 14-1 настоящего Закона, лица, на которых распространяется данное антикоррупционное ограничение, обязаны закрыть счета (вклады) в иностранных банках, расположенных за пределами Республики Казахстан, и (или) прекратить хранение наличных денег и ценностей в иностранных банках, расположенных за пределами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z176" w:id="175"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z176" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В случае, если лица, указанные в пункте 1 настоящей статьи, не могут выполнить требования, предусмотренные в пункте 1 настоящей статьи, в связи с арестом, запретом распоряжения, наложенными компетентными органами иностранного государства в соответствии с законодательством данного иностранного государства, на территории которого находятся счета (вклады) и (или) осуществляется хранение наличных денег и ценностей в иностранном банке, или в связи с обстоятельствами непреодолимой силы (стихийные явления, военные действия, чрезвычайное положение, невозможность досрочного прекращения действия договора о банковском счете (вкладе) и иные обстоятельства), не зависящими от воли лиц, указанных в пункте 1 настоящей статьи, такие требования должны быть выполнены в течение шести месяцев со дня прекращения действия ареста, запрета распоряжения или прекращения иных обстоятельств с представлением документов, подтверждающих соответствующие факты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z177" w:id="176"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z177" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Неисполнение обязательств, предусмотренных настоящей статьей лицами, указанными в пункте 1 настоящей статьи, является основанием для прекращения ими государственной службы или иной соответствующей деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z178" w:id="177"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z178" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В течение срока, предусмотренного пунктом 2 настоящей статьи, лица, указанные в пункте 1 настоящей статьи, вправе подать заявление о прекращении государственной службы или иной соответствующей деятельности по собственному желанию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkEnd w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9532,230 +9458,230 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 27. Порядок введения в действие настоящего Закона</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z124" w:id="178"/>
+    <w:bookmarkStart w:name="z124" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящий Закон вводится в действие с 1 января 2016 года, за исключением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z128" w:id="179"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z128" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, которая вводится в действие с 1 января 2021 года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z129" w:id="180"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z129" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) исключен Законом РК от 30.11.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 26-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2017).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z125" w:id="181"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z125" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Исключен Законом РК от 30.11.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 26-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2017).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z126" w:id="182"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z126" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Установить, что со дня введения в действие настоящего Закона до 1 января 2021 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статья 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> действует в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkEnd w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">"Статья 11. Меры финансового контроля </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -10251,130 +10177,130 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения, составляющие служебную тайну, представляются уполномоченному органу по финансовому мониторингу в целях и порядке, предусмотренных законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Меры финансового контроля, предусмотренные настоящей статьей, не распространяются на правоотношения, связанные с приобретением в собственность жилищ и строительных материалов для строительства жилищ в Республике Казахстан. Финансовый контроль при приобретении жилищ и строительных материалов для их строительства осуществляется в соответствии с законодательством Республики Казахстан.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z189" w:id="183"/>
+    <w:bookmarkStart w:name="z189" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3-1. Приостановить с 1 января 2021 года до 1 января 2025 года действие </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 11 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z127" w:id="184"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z127" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 2 июля 1998 года "О борьбе с коррупцией" (Ведомости Парламента Республики Казахстан, 1998 г., № 15, ст. 209; 1999 г., № 21, ст. 774; 2000 г., № 5, ст. 116; 2001 г., № 13-14, ст. 172; № 17-18, ст. 241; 2002 г., № 17, ст. 155; 2003 г., № 18, ст. 142; 2004 г., № 10, ст. 56; 2007 г., № 17, ст. 140; № 19, ст. 147; 2008 г., № 23, ст. 114; 2009 г., № 19, ст. 88; № 24, ст. 122, 126; 2010 г., № 24, ст. 148; 2011 г., № 1, ст. 2; № 7, ст. 54; 2012 г., № 4, ст. 30, 32; № 8, ст. 64; № 13, ст. 91; № 23-24, ст. 125; 2013 г., № 2, ст. 10; № 14, ст. 72; 2014 г., № 11, ст. 61; № 14, ст. 84; № 16, ст. 90; № 21, ст. 122; № 22, ст. 131; № 23, ст. 143).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkEnd w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>