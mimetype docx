--- v1 (2025-12-21)
+++ v2 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f35555d" w14:textId="f35555d">
+    <w:p w14:paraId="2b65311" w14:textId="2b65311">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -228,50 +228,96 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Для удобства пользования РЦПИ создано </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ОГЛАВЛЕНИЕ.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z33" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящий Закон регулирует общественные отношения в сфере противодействия коррупции и направлен на реализацию антикоррупционной политики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z28" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -401,1691 +447,1919 @@
         <w:t>
       2-1) лицо, исполняющее управленческие функции в государственной организации или субъекте квазигосударственного сектора, – лицо, постоянно, временно либо по специальному полномочию исполняющее организационно-распорядительные или административно-хозяйственные функции в указанных организациях;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z36" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) лицо, уполномоченное на выполнение государственных функций, – лицо, находящееся на государственной службе, депутат маслихата, лицо, временно исполняющее обязанности, предусмотренные государственной должностью, до назначения его на государственную службу, а также лицо, временно назначенное на воинскую должность военнослужащего по контракту офицерского состава или временно исполняющее его обязанности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z37" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 4) предусматриваются изменения законами РК от 03.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня введения в действие соответствующих изменений в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Уголовный кодекс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> РК); от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) лицо, приравненное к лицам, уполномоченным на выполнение государственных функций, – лицо, избранное в органы местного самоуправления; гражданин, зарегистрированный в установленном законом Республики Казахстан порядке в качестве кандидата в Президенты Республики Казахстан, депутаты Парламента Республики Казахстан или маслихатов, акимы районов, городов областного значения, городов районного значения, поселков, сел, сельских округов, а также в члены выборного органа местного самоуправления; член территориальной избирательной комиссии, осуществляющий полномочия на профессиональной постоянной основе, оплата труда которого производится из средств бюджета Республики Казахстан; служащий, постоянно или временно работающий в органе местного самоуправления, оплата труда которого производится из средств государственного бюджета Республики Казахстан; лицо, исполняющее управленческие функции в государственной организации или субъекте квазигосударственного сектора, а также лицо, уполномоченное на принятие решений по организации и проведению закупок, в том числе государственных, либо ответственное за отбор и реализацию проектов, финансируемых из средств государственного бюджета и Национального фонда Республики Казахстан, занимающее должность не ниже руководителя самостоятельного структурного подразделения в указанных организациях, служащие Национального Банка Республики Казахстан и его ведомств; служащие уполномоченной организации в сфере гражданской авиации, действующие в соответствии с законодательством Республики Казахстан об использовании воздушного пространства Республики Казахстан и деятельности авиации, служащие уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций; работники Государственной корпорации "Правительство для граждан", непосредственно оказывающие государственные услуги, или должностные обязанности которых связаны с оказанием государственных услуг, либо имеющие доступ к персональным данным физических лиц и (или) иной информации, доступ к которым ограничен; лица, осуществляющие технический и авторский надзор на автомобильных дорогах;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z38" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) конфликт интересов – противоречие между личными интересами лиц, занимающих ответственную государственную должность, лиц, уполномоченных на выполнение государственных функций, лиц, приравненных к ним, должностных лиц и их должностными полномочиями, при котором личные интересы указанных лиц могут привести к неисполнению и (или) ненадлежащему исполнению ими своих должностных обязанностей;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z38" w:id="8"/>
-[...15 lines deleted...]
-      5) конфликт интересов – противоречие между личными интересами лиц, занимающих ответственную государственную должность, лиц, уполномоченных на выполнение государственных функций, лиц, приравненных к ним, должностных лиц и их должностными полномочиями, при котором личные интересы указанных лиц могут привести к неисполнению и (или) ненадлежащему исполнению ими своих должностных обязанностей;</w:t>
+    <w:bookmarkStart w:name="z39" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) коррупция – незаконное использование лицами, занимающими ответственную государственную должность, лицами, уполномоченными на выполнение государственных функций, лицами, приравненными к лицам, уполномоченным на выполнение государственных функций, должностными лицами своих должностных (служебных) полномочий и связанных с ними возможностей в целях получения или извлечения лично или через посредников имущественных (неимущественных) благ и преимуществ для себя либо третьих лиц, а равно подкуп данных лиц путем предоставления благ и преимуществ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z39" w:id="9"/>
-[...15 lines deleted...]
-      6) коррупция – незаконное использование лицами, занимающими ответственную государственную должность, лицами, уполномоченными на выполнение государственных функций, лицами, приравненными к лицам, уполномоченным на выполнение государственных функций, должностными лицами своих должностных (служебных) полномочий и связанных с ними возможностей в целях получения или извлечения лично или через посредников имущественных (неимущественных) благ и преимуществ для себя либо третьих лиц, а равно подкуп данных лиц путем предоставления благ и преимуществ;</w:t>
+    <w:bookmarkStart w:name="z40" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) антикоррупционная политика – правовые, административные и организационные меры, направленные на снижение коррупционных рисков, повышение доверия общества к деятельности государственных органов, и иные меры в соответствии с настоящим Законом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z40" w:id="10"/>
-[...15 lines deleted...]
-      7) антикоррупционная политика – правовые, административные и организационные меры, направленные на снижение коррупционных рисков, повышение доверия общества к деятельности государственных органов, и иные меры в соответствии с настоящим Законом;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 8) предусматривается изменение Законом РК от 03.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) антикоррупционные ограничения – ограничения, установленные настоящим Законом и направленные на предупреждение коррупционных правонарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) противодействие коррупции – деятельность субъектов противодействия коррупции в пределах своих полномочий по предупреждению коррупции, в том числе по формированию антикоррупционной культуры в обществе, выявлению и устранению причин и условий, способствующих совершению коррупционных правонарушений, а также по выявлению, пресечению, раскрытию и расследованию коррупционных правонарушений и устранению их последствий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z41" w:id="11"/>
-[...15 lines deleted...]
-      8) антикоррупционные ограничения – ограничения, установленные настоящим Законом и направленные на предупреждение коррупционных правонарушений;</w:t>
+    <w:bookmarkStart w:name="z43" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) уполномоченный орган по противодействию коррупции –государственный орган, осуществляющий формирование и реализацию антикоррупционной политики Республики Казахстан и координацию в сфере противодействия коррупции, а также предупреждение, выявление, пресечение, раскрытие и расследование коррупционных правонарушений, и его территориальные подразделения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z42" w:id="12"/>
-[...15 lines deleted...]
-      9) противодействие коррупции – деятельность субъектов противодействия коррупции в пределах своих полномочий по предупреждению коррупции, в том числе по формированию антикоррупционной культуры в обществе, выявлению и устранению причин и условий, способствующих совершению коррупционных правонарушений, а также по выявлению, пресечению, раскрытию и расследованию коррупционных правонарушений и устранению их последствий;</w:t>
+    <w:bookmarkStart w:name="z44" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) коррупционное правонарушение – имеющее признаки коррупции противоправное виновное деяние (действие или бездействие), за которое законом установлена административная или уголовная ответственность;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z43" w:id="13"/>
-[...15 lines deleted...]
-      10) уполномоченный орган по противодействию коррупции –государственный орган, осуществляющий формирование и реализацию антикоррупционной политики Республики Казахстан и координацию в сфере противодействия коррупции, а также предупреждение, выявление, пресечение, раскрытие и расследование коррупционных правонарушений, и его территориальные подразделения;</w:t>
+    <w:bookmarkStart w:name="z45" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) коррупционный риск – возможность возникновения причин и условий, способствующих совершению коррупционных правонарушений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z44" w:id="14"/>
-[...15 lines deleted...]
-      11) коррупционное правонарушение – имеющее признаки коррупции противоправное виновное деяние (действие или бездействие), за которое законом установлена административная или уголовная ответственность;</w:t>
+    <w:bookmarkStart w:name="z46" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) предупреждение коррупции – деятельность субъектов противодействия коррупции по изучению, выявлению, ограничению и устранению причин и условий, способствующих совершению коррупционных правонарушений, путем разработки и внедрения системы превентивных мер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z45" w:id="15"/>
-[...15 lines deleted...]
-      12) коррупционный риск – возможность возникновения причин и условий, способствующих совершению коррупционных правонарушений;</w:t>
+    <w:bookmarkStart w:name="z140" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) организационно-распорядительные функции – предоставленное в установленном законом Республики Казахстан порядке право издавать приказы и распоряжения, обязательные для исполнения подчиненными по службе лицами, а также применять меры поощрения и дисциплинарные взыскания в отношении подчиненных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z46" w:id="16"/>
-[...15 lines deleted...]
-      13) предупреждение коррупции – деятельность субъектов противодействия коррупции по изучению, выявлению, ограничению и устранению причин и условий, способствующих совершению коррупционных правонарушений, путем разработки и внедрения системы превентивных мер;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 1 с изменениями, внесенными законами РК от 06.04.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 484-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 19.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 249-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.08.2019); от 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2020); от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 273-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.10.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 365-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 157-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2023); от 03.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 23.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 50-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025); от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 204-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 2. Сфера действия настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Настоящий Закон действует на территории Республики Казахстан в отношении физических и юридических лиц. За пределами Республики Казахстан настоящий Закон действует в отношении граждан Республики Казахстан и юридических лиц, зарегистрированных в Республике Казахстан, если иное не предусмотрено международным договором, ратифицированным Республикой Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z140" w:id="17"/>
-[...15 lines deleted...]
-      14) организационно-распорядительные функции – предоставленное в установленном законом Республики Казахстан порядке право издавать приказы и распоряжения, обязательные для исполнения подчиненными по службе лицами, а также применять меры поощрения и дисциплинарные взыскания в отношении подчиненных;</w:t>
+    <w:bookmarkStart w:name="z48" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Уголовные ответственность и наказание за коррупционные преступления предусмотрены Уголовным кодексом Республики Казахстан, административные ответственность и взыскание за административные коррупционные правонарушения – Кодексом Республики Казахстан об административных правонарушениях.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 3. Законодательство Республики Казахстан о противодействии коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Законодательство Республики Казахстан о противодействии коррупции основывается на Конституции Республики Казахстан и состоит из настоящего Закона и иных нормативных правовых актов Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z50" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые содержатся в настоящем Законе, то применяются правила международного договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 4. Основные принципы противодействия коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Противодействие коррупции осуществляется на основе принципов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) законности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) приоритета защиты прав, свобод и законных интересов человека и гражданина;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) гласности и прозрачности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) взаимодействия государства и гражданского общества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) системного и комплексного использования мер противодействия коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) приоритетного применения мер предупреждения коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) защиты и поощрения лиц, оказывающих содействие в противодействии коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) неотвратимости наказания за совершение коррупционных правонарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 1 с изменениями, внесенными законами РК от 06.04.2016 </w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2020); от 26.11.2019 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 4 с изменением, внесенным Законом РК от 03.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 5. Цель и задачи противодействия коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Целью противодействия коррупции является устранение коррупции в обществе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z52" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Достижение цели противодействия коррупции реализуется посредством решения следующих задач:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) формирования в обществе атмосферы нетерпимости к коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выявления условий и причин, способствующих совершению коррупционных правонарушений, и устранения их последствий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) укрепления взаимодействия субъектов противодействия коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) развития международного сотрудничества по противодействию коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) выявления, пресечения, раскрытия и расследования коррупционных правонарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. МЕРЫ ПРОТИВОДЕЙСТВИЯ КОРРУПЦИИ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 6. Система мер противодействия коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Система мер противодействия коррупции включает:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) антикоррупционный мониторинг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) анализ коррупционных рисков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) формирование антикоррупционной культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z145" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1) проведение научной антикоррупционной экспертизы проектов нормативных правовых актов в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z132" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) выявление коррупциогенных норм при производстве юридической экспертизы в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) формирование и соблюдение антикоррупционных стандартов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) финансовый контроль;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) антикоррупционные ограничения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) предотвращение и разрешение конфликта интересов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) меры противодействия коррупции в сфере предпринимательства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) выявление, пресечение, раскрытие и расследование коррупционных правонарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) сообщение о коррупционных правонарушениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) устранение последствий коррупционных правонарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) формирование и публикацию Национального доклада о противодействии коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 6 с изменением, внесенным Законом РК от 26.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 273-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.10.2020 </w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2020).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 2. Сфера действия настоящего Закона</w:t>
-[...41 lines deleted...]
-    <w:bookmarkEnd w:id="19"/>
+        <w:t>Статья 7. Антикоррупционный мониторинг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Антикоррупционный мониторинг – деятельность субъектов противодействия коррупции по сбору, обработке, обобщению, анализу и оценке информации, касающейся эффективности антикоррупционной политики, состояния правоприменительной практики в сфере противодействия коррупции, а также восприятия и оценки уровня коррупции обществом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z54" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Целью антикоррупционного мониторинга является оценка правоприменительной практики в сфере противодействия коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z55" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Источниками антикоррупционного мониторинга являются правовая статистика и обращения физических и юридических лиц, сведения неправительственных и международных организаций, данные социологических опросов и публикаций в средствах массовой информации, а также иные не запрещенные законом источники информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z56" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Результаты антикоррупционного мониторинга могут являться основанием для проведения анализа коррупционных рисков, а также совершенствования мер, направленных на формирование антикоррупционной культуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z57" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Положения настоящей статьи не распространяются на деятельность специальных государственных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 3. Законодательство Республики Казахстан о противодействии коррупции</w:t>
-[...894 lines deleted...]
-      4. Результаты антикоррупционного мониторинга могут являться основанием для проведения анализа коррупционных рисков, а также совершенствования мер, направленных на формирование антикоррупционной культуры.</w:t>
+        <w:t>Статья 8. Анализ коррупционных рисков</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Анализ коррупционных рисков (внешний и внутренний) – выявление и изучение причин и условий, способствующих совершению коррупционных правонарушений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z57" w:id="31"/>
-[...15 lines deleted...]
-      5. Положения настоящей статьи не распространяются на деятельность специальных государственных органов.</w:t>
+    <w:bookmarkStart w:name="z137" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Внешний анализ коррупционных рисков осуществляется уполномоченным органом по противодействию коррупции в порядке, определяемом уполномоченным органом по противодействию коррупции по согласованию с Администрацией Президента Республики Казахстан, по следующим направлениям:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...23 lines deleted...]
-      1. Анализ коррупционных рисков (внешний и внутренний) – выявление и изучение причин и условий, способствующих совершению коррупционных правонарушений.</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выявление коррупционных рисков в правовых и иных актах, затрагивающих деятельность государственных органов и организаций, субъектов квазигосударственного сектора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выявление коррупционных рисков в организационно-управленческой деятельности государственных органов и организаций, субъектов квазигосударственного сектора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К проведению внешнего анализа коррупционных рисков уполномоченный орган по противодействию коррупции вправе привлекать специалистов и (или) экспертов иных субъектов противодействия коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам внешнего анализа коррупционных рисков государственные органы, организации и субъекты квазигосударственного сектора принимают меры по устранению причин и условий возникновения коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Действие пункта 2 настоящей статьи не распространяется на отношения в сферах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z137" w:id="33"/>
-[...110 lines deleted...]
-    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) высшего надзора, осуществляемого прокуратурой;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2168,539 +2442,539 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) уголовно-исполнительной деятельности;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) контроля за соблюдением требований законодательства Республики Казахстан о государственных секретах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="35"/>
+    <w:bookmarkStart w:name="z61" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Положения </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи не распространяются на деятельность специальных государственных органов.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z62" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Государственные органы, организации и субъекты квазигосударственного сектора осуществляют внутренний анализ коррупционных рисков, по результатам которого принимают меры по устранению причин и условий, способствующих совершению коррупционных правонарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Типовой порядок проведения внутреннего анализа коррупционных рисков определяется уполномоченным органом по противодействию коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 8 с изменениями, внесенными законами РК от 03.07.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 86-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 9. Формирование антикоррупционной культуры</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z63" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Формирование антикоррупционной культуры – деятельность, осуществляемая субъектами противодействия коррупции в пределах своей компетенции по сохранению и укреплению в обществе системы ценностей, отражающей нетерпимость к коррупции.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z62" w:id="36"/>
-[...15 lines deleted...]
-      5. Государственные органы, организации и субъекты квазигосударственного сектора осуществляют внутренний анализ коррупционных рисков, по результатам которого принимают меры по устранению причин и условий, способствующих совершению коррупционных правонарушений.</w:t>
+    <w:bookmarkStart w:name="z64" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Формирование антикоррупционной культуры осуществляется посредством комплекса мер образовательного, информационного и организационного характера.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:p>
-[...118 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z65" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Антикоррупционное образование – непрерывный процесс воспитания и обучения, осуществляемый в целях нравственного, интеллектуального, культурного развития и формирования активной гражданской позиции неприятия коррупции личностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z66" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Информационная и организационная деятельность реализуется путем проведения разъяснительной работы в средствах массовой информации, организации социально значимых мероприятий, государственного социального заказа в соответствии с законодательством Республики Казахстан и иных мер, предусмотренных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 9. Формирование антикоррупционной культуры</w:t>
-[...58 lines deleted...]
-      3. Антикоррупционное образование – непрерывный процесс воспитания и обучения, осуществляемый в целях нравственного, интеллектуального, культурного развития и формирования активной гражданской позиции неприятия коррупции личностью.</w:t>
+        <w:t>Статья 10. Антикоррупционные стандарты</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z67" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Антикоррупционные стандарты – установленная для обособленной сферы общественных отношений система рекомендаций, направленная на предупреждение коррупции.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z66" w:id="40"/>
-[...15 lines deleted...]
-      4. Информационная и организационная деятельность реализуется путем проведения разъяснительной работы в средствах массовой информации, организации социально значимых мероприятий, государственного социального заказа в соответствии с законодательством Республики Казахстан и иных мер, предусмотренных законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z68" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Антикоррупционные стандарты разрабатываются государственными органами, организациями и субъектами квазигосударственного сектора при участии общественности и учитываются при разработке законодательства и в правоприменительной практике.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 10. Антикоррупционные стандарты</w:t>
-[...18 lines deleted...]
-      1. Антикоррупционные стандарты – установленная для обособленной сферы общественных отношений система рекомендаций, направленная на предупреждение коррупции.</w:t>
+        <w:t>Статья 11. Меры финансового контроля</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z69" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В целях осуществления мер финансового контроля лица, определенные настоящей статьей, представляют следующие декларации физических лиц:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z68" w:id="42"/>
-[...15 lines deleted...]
-      2. Антикоррупционные стандарты разрабатываются государственными органами, организациями и субъектами квазигосударственного сектора при участии общественности и учитываются при разработке законодательства и в правоприменительной практике.</w:t>
+    <w:bookmarkStart w:name="z133" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) декларацию об активах и обязательствах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...23 lines deleted...]
-      1. В целях осуществления мер финансового контроля лица, определенные настоящей статьей, представляют следующие декларации физических лиц:</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) декларацию о доходах и имуществе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z146" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Декларацию об активах и обязательствах представляют:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z133" w:id="44"/>
-[...15 lines deleted...]
-      1) декларацию об активах и обязательствах;</w:t>
+    <w:bookmarkStart w:name="z179" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) кандидаты в Президенты Республики Казахстан, депутаты Парламента Республики Казахстан и маслихатов, акимы районов, городов областного значения, городов районного значения, поселков, сел, сельских округов, а также в члены выборных органов местного самоуправления и их супруги – до регистрации в качестве кандидата;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:p>
-[...33 lines deleted...]
-      2. Декларацию об активах и обязательствах представляют:</w:t>
+    <w:bookmarkStart w:name="z180" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) лица, являющиеся кандидатами на государственную должность либо должность, связанную с выполнением государственных или приравненных к ним функций, и их супруги, за исключением лиц, указанных в подпункте 1) настоящего пункта, – до вынесения акта должностного лица (органа), имеющего право назначения на должность, о назначении на должность (по состоянию на первое число месяца представления декларации).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z179" w:id="46"/>
-[...15 lines deleted...]
-      1) кандидаты в Президенты Республики Казахстан, депутаты Парламента Республики Казахстан и маслихатов, акимы районов, городов областного значения, городов районного значения, поселков, сел, сельских округов, а также в члены выборных органов местного самоуправления и их супруги – до регистрации в качестве кандидата;</w:t>
+    <w:bookmarkStart w:name="z71" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Декларацию о доходах и имуществе представляют:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z180" w:id="47"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) лица, занимающие ответственную государственную должность, и их супруги;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2729,217 +3003,217 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) должностные лица и их супруги;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) лица, приравненные к лицам, уполномоченным на выполнение государственных функций, и их супруги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="49"/>
+    <w:bookmarkStart w:name="z72" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. В случае приобретения в течение отчетного календарного года имущества, определенного налоговым законодательством Республики Казахстан, лица, указанные в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, в декларации о доходах и имуществе отражают сведения об источниках покрытия расходов на приобретение указанного имущества.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 4 предусмотрено дополнить частями второй, третьей, четвертой, пятой, шестой, седьмой и примечанием в соответствии с Законом РК от 03.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Декларация об активах и обязательствах составляется в соответствии с налоговым законодательством Республики Казахстан и представляется по форме и в порядке, которые определены налоговым законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z74" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Декларация о доходах и имуществе составляется в соответствии с налоговым законодательством Республики Казахстан и представляется по форме, в порядке и сроки, которые определены налоговым законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:p>
-[...125 lines deleted...]
-    <w:bookmarkStart w:name="z75" w:id="52"/>
+    <w:bookmarkStart w:name="z75" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Сведения о представлении физическими лицами, указанными в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2954,235 +3228,235 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, декларации об активах и обязательствах или декларации о доходах и имуществе размещаются на официальном интернет-ресурсе государственного органа, осуществляющего руководство в сфере обеспечения поступлений налогов и других обязательных платежей в бюджет, в порядке, установленном налоговым законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z76" w:id="53"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z76" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8. Непредставление сведений или представление недостоверных сведений в декларации об активах и обязательствах лицами, указанными в подпункте 1) пункта 2 настоящей статьи, если в содеянном не содержатся признаки уголовно наказуемого деяния, является основанием для отказа в регистрации или отмены решений о регистрации.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z185" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Непредставление декларации об активах и обязательствах и (или) декларации о доходах и имуществе или представление неполных, недостоверных сведений в таких декларациях, если в содеянном не содержатся признаки уголовно наказуемого деяния:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z186" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицами, указанными в подпункте 2) пункта 2 настоящей статьи, – является основанием для отказа в наделении лица соответствующими полномочиями;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z185" w:id="54"/>
-[...15 lines deleted...]
-      Непредставление декларации об активах и обязательствах и (или) декларации о доходах и имуществе или представление неполных, недостоверных сведений в таких декларациях, если в содеянном не содержатся признаки уголовно наказуемого деяния:</w:t>
+    <w:bookmarkStart w:name="z187" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицами, указанными в пункте 3 настоящей статьи, – влечет ответственность, предусмотренную Кодексом Республики Казахстан об административных правонарушениях.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z186" w:id="55"/>
-[...15 lines deleted...]
-      лицами, указанными в подпункте 2) пункта 2 настоящей статьи, – является основанием для отказа в наделении лица соответствующими полномочиями;</w:t>
+    <w:bookmarkStart w:name="z77" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Опубликованию в срок не позднее 31 декабря года, следующего за отчетным календарным годом, подлежат сведения, отраженные в декларациях физических лиц, которые представили следующие лица и их супруги:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z187" w:id="56"/>
-[...15 lines deleted...]
-      лицами, указанными в пункте 3 настоящей статьи, – влечет ответственность, предусмотренную Кодексом Республики Казахстан об административных правонарушениях.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) занимающие политические государственные должности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) занимающие административные государственные должности корпуса "А";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) депутаты Парламента Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z182" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1) Уполномоченный по правам человека в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z77" w:id="57"/>
-[...92 lines deleted...]
-    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) судьи Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3211,51 +3485,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Перечень сведений, подлежащих опубликованию, определяется уполномоченным органом по противодействию коррупции.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения, указанные в части второй настоящего пункта, размещаются службами управления персоналом (кадровыми службами) государственных органов, организаций, Парламента Республики Казахстан и Верховного Суда Республики Казахстан на их официальных интернет-ресурсах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="59"/>
+    <w:bookmarkStart w:name="z78" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Требования </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3270,111 +3544,111 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и подпунктов 1) и 2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи не распространяются на сведения, составляющие государственные секреты.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z79" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Физические и юридические лица, которые участвуют в выполнении функций по управлению государственным имуществом, представляют в порядке и сроки, которые установлены уполномоченным органом по управлению государственным имуществом, отчеты обо всех сделках имущественного характера и финансовой деятельности, связанных с государственной собственностью, в государственный орган, осуществляющий в отношении государственного имущества правомочия собственника.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z80" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Поступающие в органы государственных доходов сведения, предусмотренные настоящей статьей, являются охраняемой законом тайной в соответствии с законодательством Республики Казахстан. Их разглашение влечет ответственность в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z79" w:id="60"/>
-[...15 lines deleted...]
-      11. Физические и юридические лица, которые участвуют в выполнении функций по управлению государственным имуществом, представляют в порядке и сроки, которые установлены уполномоченным органом по управлению государственным имуществом, отчеты обо всех сделках имущественного характера и финансовой деятельности, связанных с государственной собственностью, в государственный орган, осуществляющий в отношении государственного имущества правомочия собственника.</w:t>
+    <w:bookmarkStart w:name="z81" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Сведения, составляющие служебную и налоговую тайну, представляются уполномоченному органу по финансовому мониторингу в целях и порядке, предусмотренных Законом Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z80" w:id="61"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3510,51 +3784,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 12. Антикоррупционные ограничения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z85" w:id="63"/>
+    <w:bookmarkStart w:name="z85" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. В целях недопущения лицами, занимающими ответственную государственную должность, лицами, уполномоченными на выполнение государственных функций, лицами, приравненными к ним (за исключением кандидатов в Президенты Республики Казахстан, депутаты Парламента Республики Казахстан или маслихатов, акимы районов, городов областного значения, городов районного значения, поселков, сел, сельских округов, а также в члены выборных органов местного самоуправления), должностными лицами совершения действий, которые могут привести к использованию ими своих полномочий в личных, групповых и иных неслужебных интересах, указанные лица с учетом особенностей, установленных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3589,867 +3863,1986 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 14-1 и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, принимают на себя антикоррупционные ограничения по:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществлению деятельности, не совместимой с выполнением государственных функций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) недопустимости совместной службы (работы) близких родственников, супругов и свойственников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) использованию служебной и иной информации, не подлежащей официальному распространению, в целях получения или извлечения имущественных и неимущественных благ и преимуществ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) принятию материального вознаграждения, подарков или услуг за действия (бездействие) в пользу лиц, их предоставивших, если такие действия входят в служебные полномочия лиц, указанных в абзаце первом настоящего пункта, или эти лица в силу должностного положения могут способствовать таким действиям (бездействию);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) открытию и владению счетами (вкладами) в иностранных банках, расположенных за пределами Республики Казахстан, хранению наличных денег и ценностей в иностранных банках, расположенных за пределами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z240" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) участию в азартных играх и (или) пари в игорных заведениях, которые подпадают под определение, предусмотренное Законом Республики Казахстан "Об игорном бизнесе", а равно участию в азартных играх и (или) пари в неотведенных для этого местах или в азартных играх и (или) пари, проводимых посредством использования сетей телекоммуникаций, в том числе сети Интернет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z86" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Законами, регулирующими порядок выполнения отдельных государственных функций, могут устанавливаться другие правовые нормы, предусматривающие ограничения, направленные на предупреждение коррупции.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:p>
-[...129 lines deleted...]
-    <w:bookmarkStart w:name="z87" w:id="66"/>
+    <w:bookmarkStart w:name="z87" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Согласие лиц, указанных в абзаце первом </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, на принятие антикоррупционных ограничений фиксируется службами управления персоналом (кадровыми службами) соответствующих организаций в письменной форме.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z88" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Непринятие антикоррупционных ограничений лицами, указанными в абзаце первом пункта 1 настоящей статьи, влечет отказ в приеме на должность либо увольнение (освобождение от занимаемой должности, прекращение полномочий), их несоблюдение является основанием для увольнения (освобождения от занимаемой должности, прекращения полномочий).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z156" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Члены семьи лица, указанного в абзаце первом пункта 1 настоящей статьи, не вправе получать материальное вознаграждение, подарки или услуги, предоставляемые за действия (бездействие) этого лица в пользу лиц, предоставивших материальное вознаграждение, подарки или услуги, если такие действия (бездействие) входят в служебные полномочия данного лица либо оно в силу своего должностного положения может способствовать таким действиям (бездействию).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z88" w:id="67"/>
-[...15 lines deleted...]
-      4. Непринятие антикоррупционных ограничений лицами, указанными в абзаце первом пункта 1 настоящей статьи, влечет отказ в приеме на должность либо увольнение (освобождение от занимаемой должности, прекращение полномочий), их несоблюдение является основанием для увольнения (освобождения от занимаемой должности, прекращения полномочий).</w:t>
+    <w:bookmarkStart w:name="z157" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание. В настоящем Законе под членами семьи лица, указанного в абзаце первом пункта 1 настоящей статьи, понимаются его супруг (супруга), родители, дети, в том числе совершеннолетние, и лица, находящиеся на иждивении и постоянно проживающие с ним.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z156" w:id="68"/>
-[...15 lines deleted...]
-      5. Члены семьи лица, указанного в абзаце первом пункта 1 настоящей статьи, не вправе получать материальное вознаграждение, подарки или услуги, предоставляемые за действия (бездействие) этого лица в пользу лиц, предоставивших материальное вознаграждение, подарки или услуги, если такие действия (бездействие) входят в служебные полномочия данного лица либо оно в силу своего должностного положения может способствовать таким действиям (бездействию).</w:t>
+    <w:bookmarkStart w:name="z158" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Деньги, поступившие на счет лиц, указанных в абзаце первом пункта 1 настоящей статьи, и (или) членов их семей без их ведома, а также средства, полученные ими в нарушение подпункта 4) пункта 1 и пункта 5 настоящей статьи, не более чем в двухнедельный срок после их обнаружения подлежат перечислению в республиканский бюджет с представлением объяснения в соответствующий орган государственных доходов об обстоятельствах поступления таких средств.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z157" w:id="69"/>
-[...15 lines deleted...]
-      Примечание. В настоящем Законе под членами семьи лица, указанного в абзаце первом пункта 1 настоящей статьи, понимаются его супруг (супруга), родители, дети, в том числе совершеннолетние, и лица, находящиеся на иждивении и постоянно проживающие с ним.</w:t>
+    <w:bookmarkStart w:name="z159" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подарки, поступившие без ведома лиц, указанных в абзаце первом пункта 1 настоящей статьи, и (или) членов их семей, а также полученные ими в нарушение подпункта 4) пункта 1 и пункта 5 настоящей статьи, подлежат безвозмездной передаче уполномоченному органу по управлению государственным имуществом в течение семи календарных дней со дня получения подарка либо со дня, когда лицу, указанному в абзаце первом пункта 1 настоящей статьи, стало известно о получении подарка, а оказанные указанным лицам при тех же обстоятельствах услуги должны быть оплачены путем перечисления денег в республиканский бюджет в течение семи календарных дней со дня оказания услуги либо со дня, когда лицу, указанному в абзаце первом пункта 1 настоящей статьи, стало известно об оказании услуги.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z158" w:id="70"/>
-[...15 lines deleted...]
-      6. Деньги, поступившие на счет лиц, указанных в абзаце первом пункта 1 настоящей статьи, и (или) членов их семей без их ведома, а также средства, полученные ими в нарушение подпункта 4) пункта 1 и пункта 5 настоящей статьи, не более чем в двухнедельный срок после их обнаружения подлежат перечислению в республиканский бюджет с представлением объяснения в соответствующий орган государственных доходов об обстоятельствах поступления таких средств.</w:t>
+    <w:bookmarkStart w:name="z160" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лицо, передавшее подарок уполномоченному органу по управлению государственным имуществом, вправе с уведомлением вышестоящего должностного лица выкупить его по стоимости, определенной в соответствии с Законом Республики Казахстан "Об оценочной деятельности в Республике Казахстан", на основании договора купли-продажи, заключаемого с уполномоченным органом по управлению государственным имуществом. Вырученные от продажи подарков деньги перечисляются в республиканский бюджет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z159" w:id="71"/>
-[...15 lines deleted...]
-      Подарки, поступившие без ведома лиц, указанных в абзаце первом пункта 1 настоящей статьи, и (или) членов их семей, а также полученные ими в нарушение подпункта 4) пункта 1 и пункта 5 настоящей статьи, подлежат безвозмездной передаче уполномоченному органу по управлению государственным имуществом в течение семи календарных дней со дня получения подарка либо со дня, когда лицу, указанному в абзаце первом пункта 1 настоящей статьи, стало известно о получении подарка, а оказанные указанным лицам при тех же обстоятельствах услуги должны быть оплачены путем перечисления денег в республиканский бюджет в течение семи календарных дней со дня оказания услуги либо со дня, когда лицу, указанному в абзаце первом пункта 1 настоящей статьи, стало известно об оказании услуги.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 12 с изменениями, внесенными законами РК от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 273-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.10.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 365-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 157-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2023); от 19.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 384-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 08.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 13. Деятельность, несовместимая с выполнением государственных функций</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Абзац первый пункта 1 предусматривается в редакции Закона РК от 03.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Лицам, занимающим ответственную государственную должность, лицам, уполномоченным на выполнение государственных функций (за исключением депутатов маслихатов, осуществляющих свою деятельность не на постоянной или освобожденной основе), лицам, приравненным к лицам, уполномоченным на выполнение государственных функций (за исключением кандидатов в Президенты Республики Казахстан, депутаты Парламента Республики Казахстан или маслихатов, акимы районов, городов областного значения, городов районного значения, поселков, сел, сельских округов, а также в члены выборных органов местного самоуправления), должностным лицам запрещается:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 1) предусматривается в редакции Закона РК от 03.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) самостоятельно участвовать в управлении хозяйствующим субъектом, если управление или участие в управлении хозяйствующим субъектом не входит в их должностные обязанности в соответствии с законодательством Республики Казахстан, содействовать удовлетворению материальных интересов организаций или физических лиц путем неправомерного использования своих служебных полномочий с целью получения имущественных или иных благ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 2) предусматривается в редакции Закона РК от 03.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) заниматься предпринимательской деятельностью, за исключением приобретения и (или) реализации паев открытых и интервальных паевых инвестиционных фондов, облигаций на организованном рынке ценных бумаг, акций коммерческих организаций (простые акции в объеме, не превышающем пяти процентов от общего количества голосующих акций организаций) на организованном рынке ценных бумаг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) заниматься другой оплачиваемой деятельностью, кроме педагогической, научной и иной творческой деятельности, прохождения воинской службы в резерве.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 1 предусматривается дополнить подпунктом 4) в соответствии с Законом РК от 03.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z239" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Военнослужащие по контракту, проходящие воинскую службу на должностях, соответствующих медицинской военно-учетной специальности, вправе заниматься оплачиваемой медицинской деятельностью, не препятствующей исполнению обязанностей воинской службы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z160" w:id="72"/>
-[...15 lines deleted...]
-      Лицо, передавшее подарок уполномоченному органу по управлению государственным имуществом, вправе с уведомлением вышестоящего должностного лица выкупить его по стоимости, определенной в соответствии с Законом Республики Казахстан "Об оценочной деятельности в Республике Казахстан", на основании договора купли-продажи, заключаемого с уполномоченным органом по управлению государственным имуществом. Вырученные от продажи подарков деньги перечисляются в республиканский бюджет.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Статью 13 предусматривается дополнить пунктами 1-1 и 1-2 в соответствии с Законом РК от 03.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Исключен Законом РК от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 273-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 2-1 предусматривается в редакции Закона РК от 03.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1. Лица, приравненные к лицам, уполномоченным на выполнение государственных функций, осуществляющие деятельность в субъектах квазигосударственного сектора (за исключением государственных предприятий), вправе занимать оплачиваемые должности в органах управления, наблюдательных советах, исполнительных органах дочерних, зависимых организаций соответствующих субъектов квазигосударственного сектора и иных юридических лиц, являющихся аффилированными с ними в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 3 предусматривается исключить Законом РК от 03.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Лица, указанные в пункте 1 настоящей статьи, вправе сдавать в имущественный наем (аренду) жилище, принадлежащее им на праве собственности, и получать доход от такой сдачи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 4 предусматривается в редакции Закона РК от 03.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Председателю Национального Банка Республики Казахстан и его заместителям, Председателю уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций и его заместителям запрещается приобретать паи инвестиционных фондов, облигации, акции коммерческих организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z134" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Председатель Национального Банка Республики Казахстан и его заместители, Председатель уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций и его заместители в течение тридцати календарных дней со дня их назначения на должности обязаны передать в доверительное управление в порядке, установленном законами Республики Казахстан, принадлежащие паи инвестиционных фондов, облигации и акции коммерческих организаций, приобретенные до назначения их на должности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z141" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Неисполнение указанными лицами обязательств, предусмотренных настоящим пунктом, является основанием для прекращения ими соответствующей деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 12 с изменениями, внесенными законами РК от 26.11.2019 </w:t>
-[...109 lines deleted...]
-        <w:t>№ 116-VIII</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 5 предусматривается в редакции Закона РК от 03.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...282 lines deleted...]
-    <w:bookmarkStart w:name="z93" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Лица, указанные в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, в течение тридцати календарных дней со дня вступления в должность обязаны передать в доверительное управление на время выполнения этих функций в порядке, установленном законами Республики Казахстан, принадлежащее им имущество, использование которого влечет получение доходов, за исключением денег, облигаций, паев открытых и интервальных паевых инвестиционных фондов, законно принадлежащих этим лицам, а также имущества, переданного в имущественный наем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z94" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 6 предусматривается исключить Законом РК от 03.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Договор на доверительное управление имуществом подлежит нотариальному удостоверению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z95" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 7 предусматривается в редакции Закона РК от 03.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. В случае приобретения акций (долей участия в уставном капитале) коммерческих организаций и иного имущества, использование которого влечет получение доходов, за исключением облигаций, паев открытых и интервальных паевых инвестиционных фондов, лица, указанные в пункте 1 настоящей статьи, обязаны передать их в доверительное управление в течение тридцати календарных дней со дня приобретения в порядке, установленном законами Республики Казахстан, и представить в службу управления персоналом (кадровую службу) по месту работы нотариально засвидетельствованную копию нотариально удостоверенного договора на доверительное управление имуществом в течение десяти рабочих дней после нотариального удостоверения договора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z96" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Статью 13 предусматривается дополнить пунктом 7-1 в соответствии с Законом РК от 03.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 8 предусматривается изменение Законом РК от 03.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Неисполнение обязательств, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4464,51 +5857,50 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, лицами, указанными в пункте 1 настоящей статьи, является основанием для прекращения ими государственной службы или иной соответствующей деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4788,190 +6180,190 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 14. Недопустимость совместной службы (работы)близких родственников, супругов или свойственников</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z97" w:id="84"/>
+    <w:bookmarkStart w:name="z97" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Лица, занимающие ответственную государственную должность, лица, уполномоченные на выполнение государственных функций (за исключением депутатов маслихатов, осуществляющих свою деятельность не на постоянной или освобожденной основе), и лица, приравненные к лицам, уполномоченным на выполнение государственных функций (за исключением кандидатов в Президенты Республики Казахстан, депутаты Парламента Республики Казахстан или маслихатов, акимы районов, городов областного значения, городов районного значения, поселков, сел, сельских округов, а также в члены выборных органов местного самоуправления), должностные лица не могут занимать должности, находящиеся в непосредственной подчиненности должностям, занимаемым их близкими родственниками, супругом (супругой) и (или) свойственниками, а также иметь в непосредственном подчинении близких родственников, супруга (супругу) и (или) свойственников.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z161" w:id="85"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z161" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Лица, являющиеся кандидатами на государственную должность либо должность, связанную с выполнением государственных или приравненных к ним функций, обязаны в письменной форме уведомить руководство организации, на занятие должности в которой они претендуют, о работающих в этой организации близких родственниках, супруге и (или) свойственниках.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z98" w:id="86"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z98" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Лица, нарушающие требования </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, если они добровольно в течение трех месяцев с момента обнаружения указанного нарушения его не устранят, подлежат переводу на должности, исключающие такую подчиненность, а при невозможности такого перевода один из этих служащих подлежит увольнению с должности или иному освобождению от указанных функций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z191" w:id="87"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z191" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Лицам, указанным в пункте 1 настоящей статьи, запрещается занимать должности со своими близкими родственниками, супругом (супругой) и (или) свойственниками в одном органе управления (наблюдательном совете, исполнительном органе) субъекта квазигосударственного сектора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z192" w:id="88"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z192" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лица, нарушающие требования части первой настоящего пункта, если они добровольно в течение трех месяцев с момента обнаружения указанного нарушения его не устранят, подлежат переводу на должности, исключающие совместную службу (работу) в одном органе управления (наблюдательном совете, исполнительном органе) субъекта квазигосударственного сектора, а при невозможности такого перевода один из этих работников подлежит увольнению с должности или иному освобождению от указанных функций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z241" w:id="89"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z241" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание. В настоящем Законе под близкими родственниками понимаются родители (родитель), дети, усыновители (удочерители), усыновленные (удочеренные), полнородные и неполнородные братья и сестры, дедушка, бабушка, внуки, под свойственниками – полнородные и неполнородные братья и сестры, родители и дети супруга (супруги).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -5081,190 +6473,190 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 14-1. Недопустимость открытия, владения счетами (вкладами), хранения наличных денег и ценностей в иностранных банках, расположенных за пределами Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z167" w:id="90"/>
+    <w:bookmarkStart w:name="z167" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Лицам, занимающим ответственную государственную должность, лицам, уполномоченным на выполнение государственных функций (за исключением депутатов маслихатов), должностным лицам запрещается открывать и иметь счета (вклады) в иностранных банках, расположенных за пределами Республики Казахстан, хранить наличные деньги и ценности в иностранных банках, расположенных за пределами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z168" w:id="91"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z168" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание. Ограничение, предусмотренное настоящим пунктом, не распространяется на филиалы банков-нерезидентов Республики Казахстан, расположенные на территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z169" w:id="92"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z169" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Лица, указанные в пункте 1 настоящей статьи, в течение шести месяцев со дня занятия должности или отпадения обстоятельств, указанных в пункте 4 настоящей статьи, обязаны закрыть счета (вклады) в иностранных банках, расположенных за пределами Республики Казахстан, и (или) прекратить хранение наличных денег и ценностей в иностранных банках, расположенных за пределами Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z170" w:id="93"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z170" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае, если лица, указанные в пункте 1 настоящей статьи, не могут выполнить требования, предусмотренные частью первой настоящего пункта, в связи с арестом, запретом распоряжения, наложенными компетентными органами иностранного государства в соответствии с законодательством данного иностранного государства, на территории которого находятся счета (вклады) и (или) осуществляется хранение наличных денег и ценностей в иностранном банке, или в связи с обстоятельствами непреодолимой силы (стихийные явления, военные действия, чрезвычайное положение, невозможность досрочного прекращения действия договора о банковском счете (вкладе) и иные обстоятельства), не зависящими от воли лиц, указанных в пункте 1 настоящей статьи, такие требования должны быть выполнены в течение шести месяцев со дня прекращения действия ареста, запрета распоряжения или прекращения иных обстоятельств с представлением документов, подтверждающих соответствующие факты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z171" w:id="94"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z171" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. В случае получения в результате принятия наследства в соответствии с законодательством Республики Казахстан или законодательством иностранного государства лицами, указанными в пункте 1 настоящей статьи, счетов (вкладов), наличных денег и ценностей в иностранных банках, расположенных за пределами Республики Казахстан, во владение и (или) пользование указанные лица обязаны в течение шести месяцев со дня принятия наследства закрыть счета (вклады) и (или) прекратить хранение наличных денег и ценностей в иностранных банках, расположенных за пределами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z172" w:id="95"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z172" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Положения пунктов 1, 2 и 3 настоящей статьи не распространяются на лиц, указанных в пункте 1 настоящей статьи, направленных на работу в загранучреждения, представительства Республики Казахстан и в международные организации от Республики Казахстан, а также прикомандированных к указанным организациям, на период работы в указанных организациях или обучающихся за рубежом, или проходящих стажировку за рубежом, или находящихся в заграничной командировке, или проходящих лечение за рубежом, или находящихся за рубежом в качестве законного представителя несовершеннолетнего ребенка либо в качестве опекуна или попечителя совершеннолетнего лица на период учебы либо лечения соответствующего лица за рубежом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z173" w:id="96"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z173" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В течение сроков, предусмотренных в настоящей статье, лица, указанные в пункте 1 настоящей статьи, вправе подать заявление о прекращении государственной службы или иной соответствующей деятельности по собственному желанию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5300,150 +6692,150 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 15. Конфликт интересов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z99" w:id="97"/>
+    <w:bookmarkStart w:name="z99" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Лицам, занимающим ответственную государственную должность, лицам, уполномоченным на выполнение государственных функций, лицам, приравненным к лицам, уполномоченным на выполнение государственных функций, должностным лицам запрещается осуществлять должностные обязанности, если имеется конфликт интересов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z100" w:id="98"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z100" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Лица, указанные в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, должны принимать меры по предотвращению и разрешению конфликта интересов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z101" w:id="99"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z101" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Лица, указанные в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, обязаны в письменной форме уведомить непосредственного руководителя либо руководство организации, в которой они работают, о возникшем конфликте интересов или о возможности его возникновения, как только им станет об этом известно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Непосредственный руководитель либо руководство организации по обращениям лиц, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5529,842 +6921,842 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) принять иные меры по устранению конфликта интересов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 16. Меры противодействия коррупции в сфере предпринимательства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z102" w:id="100"/>
+    <w:bookmarkStart w:name="z102" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Субъекты предпринимательства при осуществлении своей деятельности принимают меры по предупреждению коррупции, в том числе по минимизации причин и условий, способствующих совершению коррупционных правонарушений, путем:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) установления организационно-правовых механизмов, обеспечивающих подотчетность, подконтрольность и прозрачность процедур принятия решений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) соблюдения принципов добросовестной конкуренции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) предотвращения конфликта интересов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) принятия и соблюдения норм деловой этики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) принятия мер по формированию антикоррупционной культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) взаимодействия с государственными органами и иными организациями по вопросам предупреждения коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z103" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Стандарты по предупреждению коррупции для субъектов предпринимательства могут разрабатываться и приниматься объединениями (ассоциациями, союзами) субъектов предпринимательства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z162" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В субъекте квазигосударственного сектора определяется структурное подразделение или ответственное лицо, исполняющее функции антикоррупционной комплаенс-службы, основной задачей которого является обеспечение соблюдения данной организацией и ее работниками законодательства Республики Казахстан о противодействии коррупции. При этом ответственное лицо, исполняющее функции антикоррупционной комплаенс-службы, определяется с учетом потенциального конфликта интересов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z183" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Антикоррупционная комплаенс-служба осуществляет свои полномочия независимо от исполнительного органа, должностных лиц субъекта квазигосударственного сектора, подотчетна совету директоров, наблюдательному совету (при его наличии) или иному независимому органу управления и является независимой при обеспечении соблюдения требований законодательства Республики Казахстан о противодействии коррупции. Компетенция, организация и порядок деятельности антикоррупционной комплаенс-службы определяются внутренним актом субъекта квазигосударственного сектора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z193" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Типовое положение об антикоррупционных комплаенс-службах в субъектах квазигосударственного сектора разрабатывается и утверждается уполномоченным органом по противодействию коррупции по согласованию с уполномоченным органом по предпринимательству.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z163" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Субъекты предпринимательства, не являющиеся субъектами квазигосударственного сектора, вправе создавать антикоррупционные комплаенс-службы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 16 с изменениями, внесенными законами РК от 06.10.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 365-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 08.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 48-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2022); от 03.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 17. Национальный доклад о противодействии коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z104" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Национальный доклад о противодействии коррупции – документ, содержащий анализ и оценку состояния и тенденции распространения коррупции на международном и национальном уровнях, предложения по формированию, реализации и совершенствованию антикоррупционной политики.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z105" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Уполномоченный орган по противодействию коррупции ежегодно формирует Национальный доклад о противодействии коррупции и представляет его Президенту Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z106" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Национальный доклад о противодействии коррупции формируется на основе результатов работы уполномоченного органа по противодействию коррупции и деятельности государственных органов, физических и юридических лиц по вопросам противодействия коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z107" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Порядок подготовки, внесения Национального доклада о противодействии коррупции Президенту Республики Казахстан и его опубликования утверждается Президентом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 17 с изменениями, внесенными законами РК от 06.04.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 484-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 273-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. СУБЪЕКТЫ ПРОТИВОДЕЙСТВИЯ КОРРУПЦИИ И ИХ ПОЛНОМОЧИЯ</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...114 lines deleted...]
-      2. Стандарты по предупреждению коррупции для субъектов предпринимательства могут разрабатываться и приниматься объединениями (ассоциациями, союзами) субъектов предпринимательства.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 18. Субъекты противодействия коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К субъектам противодействия коррупции относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) уполномоченный орган по противодействию коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) иные субъекты противодействия коррупции – государственные органы, субъекты квазигосударственного сектора, общественные объединения, а также иные физические и юридические лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 19. Сотрудники антикоррупционной службы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z164" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сотрудники антикоррупционной службы при исполнении ими служебных обязанностей обладают полномочиями, установленными Законом Республики Казахстан "О правоохранительной службе" и иными законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z162" w:id="102"/>
-[...15 lines deleted...]
-      3. В субъекте квазигосударственного сектора определяется структурное подразделение или ответственное лицо, исполняющее функции антикоррупционной комплаенс-службы, основной задачей которого является обеспечение соблюдения данной организацией и ее работниками законодательства Республики Казахстан о противодействии коррупции. При этом ответственное лицо, исполняющее функции антикоррупционной комплаенс-службы, определяется с учетом потенциального конфликта интересов.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 19 в редакции Закона РК от 06.10.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 365-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 20. Компетенция уполномоченного органа по противодействию коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган по противодействию коррупции осуществляет следующие функции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z135" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) разработка предложений по совершенствованию нормативной правовой базы в сфере противодействия коррупции, а также принятие в установленном законодательством Республики Казахстан порядке нормативных правовых актов в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z183" w:id="103"/>
-[...622 lines deleted...]
-    <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) выявление причин и условий, способствующих совершению коррупционных правонарушений в деятельности государственных органов, организаций и субъектов квазигосударственного сектора, в соответствии с настоящим Законом;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6375,2128 +7767,2214 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) внесение на рассмотрение Правительства Республики Казахстан рекомендации по минимизации и устранению причин и условий возникновения коррупции в деятельности государственных органов, организаций и субъектов квазигосударственного сектора;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ежегодное представление Президенту Республики Казахстан Национального доклада о противодействии коррупции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z142" w:id="113"/>
+    <w:bookmarkStart w:name="z142" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4-1) формирование и координация антикоррупционной политики, координация деятельности государственных органов, организаций в вопросах предупреждения коррупции, минимизации причин и условий, способствующих совершению коррупционных правонарушений; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z143" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-2) оценка уровня коррупции и проведение социологических исследований, необходимых для определения уровня коррупции в государственном и частном секторах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z194" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-3) координация деятельности антикоррупционных комплаенс-служб в субъектах квазигосударственного сектора в рамках методологической поддержки, проведения обучающих мероприятий и обмена информацией по противодействию коррупции в субъекте квазигосударственного сектора;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) мониторинг исполнения государственными органами, организациями, субъектами квазигосударственного сектора рекомендаций по устранению причин и условий, способствующих совершению коррупционных правонарушений, вынесенных по результатам внешнего анализа коррупционных рисков;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z130" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществление мониторинга реализации имущества, конфискованного по уголовным делам о коррупционных преступлениях и приобретенного на средства, добытые преступным путем, как правило, с последующим опубликованием информации о его обращении в доход государства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) изучение и распространение положительного опыта противодействия коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) выработка предложений по совершенствованию образовательных программ в сфере формирования антикоррупционной культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) содействие и оказание методической помощи субъектам противодействия коррупции в реализации образовательных программ по антикоррупционному образованию и воспитанию, информационной и разъяснительной деятельности, исполнению государственного социального заказа, направленного на формирование антикоррупционной культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) взаимодействие с другими государственными органами, физическими и юридическими лицами по основным направлениям деятельности уполномоченного органа по противодействию коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) участие в подготовке проектов международных договоров по вопросам противодействия коррупции, взаимодействие с соответствующими органами иностранных государств по вопросам противодействия коррупции, участие в пределах своих полномочий в деятельности международных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) иные функции, возложенные законами Республики Казахстан, а также актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 20 с изменениями, внесенными законами РК от 06.04.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 484-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 273-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 21. Полномочия уполномоченного органа по противодействию коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z110" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Уполномоченный орган по противодействию коррупции при выполнении возложенных на него функций:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) запрашивает у государственных органов, организаций, субъектов квазигосударственного сектора и должностных лиц информацию и материалы в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в случаях выявления нарушения законодательства Республики Казахстан о противодействии коррупции принимает меры в установленном законодательством порядке по их устранению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) определяет порядок проведения антикоррупционного мониторинга;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z131" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1) составляет протоколы и рассматривает дела об административных правонарушениях в порядке, установленном Кодексом Республики Казахстан об административных правонарушениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществляет иные полномочия, возложенные законами Республики Казахстан, а также актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z111" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Антикоррупционная служба в пределах своих полномочий вправе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проводить анализ практики оперативно-розыскной и следственной деятельности, досудебного расследования по коррупционным преступлениям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) по имеющимся в производстве уголовным делам подвергать приводу лиц, уклоняющихся от явки по вызову;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) изымать или производить выемку документов, товаров, предметов или иного имущества в соответствии с уголовно-процессуальным законодательством Республики Казахстан и (или) законодательством Республики Казахстан об административных правонарушениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) использовать изоляторы временного содержания, следственные изоляторы в порядке, предусмотренном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) вносить государственным органам, организациям или лицам, исполняющим в них управленческие функции, представления о принятии мер по устранению обстоятельств, способствовавших совершению уголовного правонарушения или устранению других нарушений закона, в порядке, установленном уголовно-процессуальным законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) исключен Законом РК от 06.04.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 484-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) требовать производства ревизий, налоговых и других проверок, аудита и оценки от уполномоченных органов, должностных лиц и субъектов квазигосударственного сектора в случаях, предусмотренных законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) совершенствовать формы и методы борьбы с коррупционными преступлениями, определять стратегию и тактику оперативно-розыскной деятельности, вырабатывать и реализовывать меры по повышению ее эффективности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 9) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) в соответствии с законодательством Республики Казахстан создавать и использовать информационные системы, обеспечивающие решение возложенных на нее задач, организовывать исследование в ходе досудебного расследования, производства по делам об административных правонарушениях в порядке, установленном законодательством;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z136" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) конвоировать задержанных и лиц, заключенных под стражу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) реализовывать иные права, возложенные законами Республики Казахстан, а также актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 21 с изменениями, внесенными законами РК от 06.04.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 484-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 273-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.10.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 365-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 22. Полномочия государственных органов, организаций, субъектов квазигосударственного сектора и должностных лиц по противодействию коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z112" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Противодействие коррупции в пределах своей компетенции обязаны вести все государственные органы, организации, субъекты квазигосударственного сектора и должностные лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z144" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1. Руководители государственных органов, организаций, субъектов квазигосударственного сектора несут дисциплинарную ответственность в соответствии с законами Республики Казахстан за неисполнение или ненадлежащее исполнение должностных обязанностей по предупреждению совершения коррупционных правонарушений подчиненными сотрудниками.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z113" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Выявление, пресечение, раскрытие, расследование и предупреждение коррупционных правонарушений и привлечение лиц, виновных в их совершении, к ответственности в пределах своей компетенции осуществляются органами прокуратуры, национальной безопасности, внутренних дел, военной полиции, службой экономических расследований, Пограничной службой Комитета национальной безопасности Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z143" w:id="114"/>
-[...15 lines deleted...]
-      4-2) оценка уровня коррупции и проведение социологических исследований, необходимых для определения уровня коррупции в государственном и частном секторах;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 22 с изменениями, внесенными законами РК от 28.12.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 210-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 273-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 23. Участие общественности в противодействии коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Физические лица, общественные объединения и иные юридические лица при противодействии коррупции применяют следующие меры:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сообщают об известных им фактах совершения коррупционных правонарушений в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) вносят предложения по совершенствованию законодательства и правоприменительной практики по вопросам противодействия коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) участвуют в формировании антикоррупционной культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществляют взаимодействие с другими субъектами противодействия коррупции и уполномоченным органом по противодействию коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) запрашивают и получают в порядке, установленном законодательством Республики Казахстан, от государственных органов информацию о деятельности по противодействию коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) проводят исследования, в том числе научные и социологические, по вопросам противодействия коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) проводят разъяснительную работу в средствах массовой информации и организуют социально значимые мероприятия по вопросам противодействия коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 24. Сообщение о коррупционных правонарушениях</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z114" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Лицо, располагающее информацией о готовящемся, совершаемом или совершенном коррупционном правонарушении, информирует об этом вышестоящего руководителя и (или) руководство государственного органа либо организации, работником которой является, и (или) уполномоченные государственные органы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z194" w:id="115"/>
-[...15 lines deleted...]
-      4-3) координация деятельности антикоррупционных комплаенс-служб в субъектах квазигосударственного сектора в рамках методологической поддержки, проведения обучающих мероприятий и обмена информацией по противодействию коррупции в субъекте квазигосударственного сектора;</w:t>
+    <w:bookmarkStart w:name="z115" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Вышестоящий руководитель, руководство государственного органа, организации, уполномоченные государственные органы обязаны принять меры по поступившему сообщению о коррупционном правонарушении в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:p>
-[...33 lines deleted...]
-      6) осуществление мониторинга реализации имущества, конфискованного по уголовным делам о коррупционных преступлениях и приобретенного на средства, добытые преступным путем, как правило, с последующим опубликованием информации о его обращении в доход государства;</w:t>
+    <w:bookmarkStart w:name="z116" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Лицо, сообщившее о факте коррупционного правонарушения или иным образом оказывающее (оказавшее) содействие в противодействии коррупции, находится под защитой государства в соответствии с Уголовно-процессуальным кодексом Республики Казахстан, Трудовым кодексом Республики Казахстан, Законом Республики Казахстан "О государственной защите лиц, участвующих в уголовном процессе" и настоящим Законом и поощряется в порядке, определенном уполномоченным органом по противодействию коррупции.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:p>
-[...106 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z195" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Положения части первой настоящего пункта не распространяются на лиц, сообщивших заведомо ложную информацию о факте коррупционного правонарушения, которые несут ответственность, установленную законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z196" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Положения части первой настоящего пункта в части поощрения не распространяются на:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z197" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) лицо, которое сотрудничает на конфиденциальной основе с органом, осуществляющим оперативно-розыскную или контрразведывательную деятельность, в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z198" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) лицо, сообщившее о факте коррупционного правонарушения или оказавшее содействие в выявлении, пресечении, раскрытии и расследовании коррупционного правонарушения, по которому оно являлось исполнителем или соучастником.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z199" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1. Содействие в противодействии коррупции включает:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z200" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сообщение о факте совершения коррупционного правонарушения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z201" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) предоставление информации о местонахождении разыскиваемого лица, совершившего коррупционное правонарушение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z202" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) иное содействие, имеющее (имевшее впоследствии) значение для выявления, пресечения, раскрытия и расследования коррупционного правонарушения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z117" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Информация об обращении лица к вышестоящему руководителю и (или) руководству государственного органа либо организации, работником которой оно является (являлось), и (или) в уполномоченные государственные органы в целях сообщения о факте коррупционного правонарушения или предоставления информации о местонахождении разыскиваемого лица, совершившего коррупционное правонарушение, или оказания иного содействия, имеющего (имевшего впоследствии) значение для выявления, пресечения, раскрытия и расследования коррупционного правонарушения, является конфиденциальной информацией в случае заключения соглашения о неразглашении указанной информации и предоставляется в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z203" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Разглашение указанной информации влечет ответственность, установленную законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 20 с изменениями, внесенными законами РК от 06.04.2016 </w:t>
-[...49 lines deleted...]
-        <w:t>№ 273-VI</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 24 с изменениями, внесенными законами РК от 06.10.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 365-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 188-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 24-1. Гарантированные государством меры защиты лиц, оказывающих (оказавших) содействие в противодействии коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z205" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Гарантированные государством меры защиты лиц, оказывающих (оказавших) содействие в противодействии коррупции, включают:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z206" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) защиту лица, оказывающего (оказавшего) содействие в противодействии коррупции, от нарушений прав и законных интересов в сфере трудовых отношений в течение трех лет с даты приема уполномоченными государственными органами сообщения о факте коррупционного правонарушения или с момента оказания лицом иного содействия в противодействии коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z207" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечение конфиденциальности информации об обращении лица к вышестоящему руководителю и (или) руководству государственного органа либо организации, работником которой оно является (являлось), и (или) в уполномоченные государственные органы в целях оказания содействия в противодействии коррупции при наличии соглашения о неразглашении информации об оказании данным лицом содействия в противодействии коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 3 дополнена статьей 24-1 в соответствии с Законом РК от 03.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 21. Полномочия уполномоченного органа по противодействию коррупции</w:t>
-[...223 lines deleted...]
-    </w:p>
+        <w:t>Статья 24-2. Защита лица, оказывающего (оказавшего) содействие в противодействии коррупции, от нарушений прав и законных интересов в сфере трудовых отношений</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z209" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Индивидуальный трудовой спор, стороной которого выступает лицо, оказывающее (оказавшее) содействие в противодействии коррупции в организации, работником которой оно является (являлось), путем информирования вышестоящего руководителя и (или) руководства организации, рассматривается согласительной комиссией, создаваемой в соответствии с Трудовым кодексом Республики Казахстан, с обязательным приглашением представителя уполномоченного органа по противодействию коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z210" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В государственных органах, за исключением специальных государственных органов, а также организациях, в которых отсутствуют согласительные комиссии, лицо, оказывающее (оказавшее) содействие в противодействии коррупции в государственном органе или организации, работником которой оно является, путем информирования вышестоящего руководителя и (или) руководства государственного органа либо организации, не может быть привлечено к дисциплинарной ответственности или уволено (освобождено от занимаемой должности), или переведено на другую должность без рекомендаций дисциплинарной комиссии или иного коллегиального органа государственного органа или организации, создаваемых для всестороннего, полного и объективного установления обстоятельств совершения указанным лицом дисциплинарного проступка, а также установления обоснованности увольнения (освобождения от занимаемой должности) лица или перевода на другую должность (далее – коллегиальный орган).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z211" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К участию в заседании коллегиального органа, на котором рассматриваются вопросы, указанные в части второй настоящего пункта, в обязательном порядке приглашается представитель уполномоченного органа по противодействию коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z212" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственный орган или другая организация, указанные в пункте 1 настоящей статьи, направляет в уполномоченный орган по противодействию коррупции материалы по вопросам, указанным в пункте 1 настоящей статьи, не менее чем за три рабочих дня до дня заседания согласительной комиссии или коллегиального органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z213" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В указанном заседании может принимать участие представитель уполномоченного органа по противодействию коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z214" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Решение согласительной комиссии или протокол заседания коллегиального органа подписывается ее (его) членами, принимавшими участие в заседании.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z215" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Копия решения согласительной комиссии либо протокола заседания коллегиального органа направляется в уполномоченный орган по противодействию коррупции в течение трех рабочих дней со дня принятия решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z216" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В случае несогласия уполномоченного органа по противодействию коррупции с решением, принятым по итогам заседания согласительной комиссии или коллегиального органа, уполномоченным органом по противодействию коррупции в течение двух рабочих дней со дня получения копии решения согласительной комиссии или протокола заседания коллегиального органа направляется в территориальное подразделение уполномоченного государственного органа по труду либо прокуратуру уведомление о нарушении прав и законных интересов работника.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z217" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом направление указанного уведомления не является препятствием для обращения в суд лицом, оказывающим (оказавшим) содействие в противодействии коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      6) исключен Законом РК от 06.04.2016 </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 3 дополнена статьей 24-2 в соответствии с Законом РК от 03.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); с изменением, внесенным Законом РК от 08.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...212 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 22. Полномочия государственных органов, организаций, субъектов квазигосударственного сектора и должностных лиц по противодействию коррупции</w:t>
-[...757 lines deleted...]
-      2) обеспечение конфиденциальности информации об обращении лица к вышестоящему руководителю и (или) руководству государственного органа либо организации, работником которой оно является (являлось), и (или) в уполномоченные государственные органы в целях оказания содействия в противодействии коррупции при наличии соглашения о неразглашении информации об оказании данным лицом содействия в противодействии коррупции.</w:t>
+        <w:t>Статья 24-3. Обеспечение конфиденциальности информации об оказании содействия в противодействии коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z219" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Конфиденциальность информации об обращении лица к вышестоящему руководителю и (или) руководству государственного органа либо организации, работником которой оно является (являлось), и (или) в уполномоченные государственные органы в целях сообщения о факте коррупционного правонарушения или предоставления информации о местонахождении разыскиваемого лица, совершившего коррупционное правонарушение, или оказания иного содействия, имеющего (имевшего впоследствии) значение для выявления, пресечения, раскрытия и расследования коррупционного правонарушения, обеспечивается вышестоящим руководителем и (или) руководством государственного органа либо организации, в которой работает данное лицо, членами согласительной комиссии или коллегиального органа в случае оказания содействия в противодействии коррупции в соответствующем государственном органе либо организации, а также уполномоченными государственными органами при наличии соглашения о неразглашении информации об оказании содействия в противодействии коррупции.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
-    <w:p>
-[...94 lines deleted...]
-      1. Индивидуальный трудовой спор, стороной которого выступает лицо, оказывающее (оказавшее) содействие в противодействии коррупции в организации, работником которой оно является (являлось), путем информирования вышестоящего руководителя и (или) руководства организации, рассматривается согласительной комиссией, создаваемой в соответствии с Трудовым кодексом Республики Казахстан, с обязательным приглашением представителя уполномоченного органа по противодействию коррупции.</w:t>
+    <w:bookmarkStart w:name="z220" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. При обращении лица к вышестоящему руководителю и (или) руководству государственного органа либо организации, работником которой оно является, в целях сообщения о факте коррупционного правонарушения в данном государственном органе или организации либо оказания иного содействия в противодействии коррупции в данном государственном органе или организации вышестоящий руководитель и (или) руководство государственного органа либо организации обязаны заключить с указанным лицом соглашение о неразглашении информации об оказании содействия в противодействии коррупции при наличии его намерения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z210" w:id="141"/>
-[...15 lines deleted...]
-      В государственных органах, за исключением специальных государственных органов, а также организациях, в которых отсутствуют согласительные комиссии, лицо, оказывающее (оказавшее) содействие в противодействии коррупции в государственном органе или организации, работником которой оно является, путем информирования вышестоящего руководителя и (или) руководства государственного органа либо организации, не может быть привлечено к дисциплинарной ответственности или уволено (освобождено от занимаемой должности), или переведено на другую должность без рекомендаций дисциплинарной комиссии или иного коллегиального органа государственного органа или организации, создаваемых для всестороннего, полного и объективного установления обстоятельств совершения указанным лицом дисциплинарного проступка, а также установления обоснованности увольнения (освобождения от занимаемой должности) лица или перевода на другую должность (далее – коллегиальный орган).</w:t>
+    <w:bookmarkStart w:name="z221" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении лица в уполномоченный государственный орган в целях сообщения о факте коррупционного правонарушения либо оказания иного содействия в противодействии коррупции уполномоченный государственный орган обязан заключить с указанным лицом соглашение о неразглашении информации об оказании содействия в противодействии коррупции при наличии его намерения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z211" w:id="142"/>
-[...15 lines deleted...]
-      К участию в заседании коллегиального органа, на котором рассматриваются вопросы, указанные в части второй настоящего пункта, в обязательном порядке приглашается представитель уполномоченного органа по противодействию коррупции.</w:t>
+    <w:bookmarkStart w:name="z222" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. С руководителем, указанным в части первой пункта 2 настоящей статьи, заключившим с работником соглашение о неразглашении информации об оказании содействия в противодействии коррупции, обратившимся в уполномоченный государственный орган для принятия мер по поступившему сообщению работника о коррупционном правонарушении, и соответствующим уполномоченным государственным органом также заключается соглашение о неразглашении информации об оказании содействия в противодействии коррупции.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z212" w:id="143"/>
-[...298 lines deleted...]
-    <w:bookmarkStart w:name="z223" w:id="153"/>
+    <w:bookmarkStart w:name="z223" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. При обращении лица в уполномоченный орган по противодействию коррупции для реализации права, предусмотренного подпунктом 4) пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8511,111 +9989,111 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, на основании письменного согласия на передачу конфиденциальной информации, предусмотренного подпунктом 3) пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 24-4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, уполномоченный орган по противодействию коррупции обязан заключить с данным лицом соглашение о неразглашении информации об оказании содействия в противодействии коррупции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z224" w:id="154"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z224" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Руководитель государственного органа или организации, которому поступило уведомление уполномоченного органа по противодействию коррупции, предусмотренное пунктом 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 24-4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, обязан заключить соглашение о неразглашении информации об оказании содействия в противодействии коррупции с лицом, оказавшим содействие в противодействии коррупции, если ранее между данным лицом и уполномоченным государственным органом заключено такое соглашение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z225" w:id="155"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z225" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Порядок заключения соглашения о неразглашении информации об оказании содействия в противодействии коррупции и его форма определяются уполномоченным органом по противодействию коррупции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkEnd w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8651,290 +10129,290 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 24-4. Права лиц, оказывающих (оказавших) содействие в противодействии коррупции</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z227" w:id="156"/>
+    <w:bookmarkStart w:name="z227" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Лицо, оказывающее (оказавшее) содействие в противодействии коррупции, вправе: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z228" w:id="157"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z228" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) получать информацию о решении, принятом по итогам рассмотрения его сообщения о коррупционном правонарушении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z229" w:id="158"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z229" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обжаловать решения уполномоченного государственного органа, принятые по результатам рассмотрения его сообщения о коррупционном правонарушении, в соответствии с законодательством Республики Казахстан об административных правонарушениях или уголовно-процессуальным законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z230" w:id="159"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z230" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обратиться в уполномоченный государственный орган, с которым ранее было заключено соглашение о неразглашении информации об оказании содействия в противодействии коррупции, за исключением уполномоченного органа по противодействию коррупции, для получения письменного согласия на передачу конфиденциальной информации для реализации права, предусмотренного подпунктом 4) настоящего пункта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z231" w:id="160"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z231" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в течение трех лет с даты приема уполномоченными государственными органами сообщения о факте коррупционного правонарушения или с момента оказания лицом иного содействия в противодействии коррупции обратиться в уполномоченный орган по противодействию коррупции в случае, когда он полагает, что привлечение его к дисциплинарной ответственности или увольнение, или перевод на другую должность связаны с его сообщением о факте коррупционного правонарушения или оказанием иного содействия в противодействии коррупции, при условии, что данные вопросы ранее не рассматривались согласительной комиссией или коллегиальным органом в порядке, предусмотренном статьей 24-2 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z232" w:id="161"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z232" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. При обращении лица на основании подпункта 4) пункта 1 настоящей статьи уполномоченный орган по противодействию коррупции рассматривает представленные материалы и в случае установления обоснованности обращения лица, оказавшего содействие в противодействии коррупции, в течение пятнадцати календарных дней со дня поступления обращения направляет уведомление руководителю государственного органа либо другой организации о необходимости повторного рассмотрения вопросов, указанных в подпункте 4) пункта 1 настоящей статьи, в порядке, установленном статьями 24-2 и 24-3 настоящего Закона. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z233" w:id="162"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z233" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уведомление должно содержать:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z234" w:id="163"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z234" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) фамилию и инициалы руководителя государственного органа либо организации, которому направляется уведомление;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z235" w:id="164"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z235" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) фамилию, имя и отчество (если оно указано в документе, удостоверяющем личность) лица, оказавшего содействие в противодействии коррупции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z236" w:id="165"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z236" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) краткую фабулу коррупционного правонарушения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z237" w:id="166"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z237" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) предупреждение об обязанности руководителя государственного органа либо организации заключить соглашение о неразглашении информации об оказании содействия в противодействии коррупции с лицом, оказавшим содействие в противодействии коррупции, если ранее между данным лицом и уполномоченным государственным органом заключено соглашение о неразглашении информации об оказании содействия в противодействии коррупции, а также об ответственности за разглашение информации об оказании лицом содействия в противодействии коррупции в случае заключения такого соглашения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z238" w:id="167"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z238" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом руководитель государственного органа либо организации обязан провести заседание согласительной комиссии или коллегиального органа и принять решение по рассматриваемому вопросу в срок, не превышающий тридцати календарных дней со дня поступления обращения лица, оказавшего содействие в противодействии коррупции, в уполномоченный орган по противодействию коррупции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkEnd w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8953,185 +10431,185 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="168"/>
+    <w:bookmarkStart w:name="z31" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. УСТРАНЕНИЕ ПОСЛЕДСТВИЙ КОРРУПЦИОННЫХ ПРАВОНАРУШЕНИЙ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkEnd w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 25. Взыскание (возврат) незаконно полученного имущества или стоимости незаконно предоставленных услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z118" w:id="169"/>
+    <w:bookmarkStart w:name="z118" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В случаях отказа добровольно сдать незаконно полученное имущество или оплатить государству его стоимость или стоимость незаконно полученных услуг в результате коррупционных правонарушений их взыскание осуществляется на основании решения суда, вступившего в законную силу, по иску прокурора, органов государственных доходов либо других государственных органов и должностных лиц, уполномоченных на это законом. Указанные органы до вынесения судом решения принимают меры по сохранности имущества, принадлежащего правонарушителю.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z119" w:id="170"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z119" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В случаях, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, прокурор, органы государственных доходов либо другие уполномоченные на это законом государственные органы и должностные лица в сроки, установленные законом, обращаются в суд с иском об обращении незаконно полученного имущества и (или) взыскании стоимости незаконно полученных услуг в доход государства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z120" w:id="171"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z120" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Если с лица, занимающего ответственную государственную должность, лица, уполномоченного на выполнение государственных функций, и лица, приравненного к лицу, уполномоченному на выполнение государственных функций, и должностного лица на момент увольнения, иного освобождения от выполнения соответствующих функций не взысканы незаконно полученное имущество или стоимость незаконно предоставленных услуг, должностное лицо или орган, принимающие решение о таком освобождении, направляют в органы государственных доходов по месту жительства виновного лица уведомление о полученных противоправных доходах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z121" w:id="172"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z121" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Учет, хранение, оценка и дальнейшее использование сданного имущества осуществляются в порядке, установленном Правительством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkEnd w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9167,90 +10645,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 26. Недействительность сделок, договоров, актов и действий, совершенных в результате коррупционных правонарушений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z122" w:id="173"/>
+    <w:bookmarkStart w:name="z122" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Сделки, договоры, совершенные в результате коррупционных правонарушений, признаются судом недействительными в установленном законом Республики Казахстан порядке по иску уполномоченных государственных органов, заинтересованных лиц или прокурора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z123" w:id="174"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z123" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Принятие актов и совершение действий в результате коррупционных правонарушений являются основаниями для их отмены (признания недействительными) лицами, уполномоченными на отмену (прекращение действия) соответствующих актов, либо в судебном порядке по иску заинтересованных лиц или прокурора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkEnd w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Глава 5. Заключительные и переходные положения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -9279,150 +10757,150 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 26-1. Переходные положения </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z175" w:id="175"/>
+    <w:bookmarkStart w:name="z175" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. В течение шести месяцев со дня введения в действие антикоррупционного ограничения, предусмотренного подпунктом 5) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 12 и статьей 14-1 настоящего Закона, лица, на которых распространяется данное антикоррупционное ограничение, обязаны закрыть счета (вклады) в иностранных банках, расположенных за пределами Республики Казахстан, и (или) прекратить хранение наличных денег и ценностей в иностранных банках, расположенных за пределами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z176" w:id="176"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z176" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В случае, если лица, указанные в пункте 1 настоящей статьи, не могут выполнить требования, предусмотренные в пункте 1 настоящей статьи, в связи с арестом, запретом распоряжения, наложенными компетентными органами иностранного государства в соответствии с законодательством данного иностранного государства, на территории которого находятся счета (вклады) и (или) осуществляется хранение наличных денег и ценностей в иностранном банке, или в связи с обстоятельствами непреодолимой силы (стихийные явления, военные действия, чрезвычайное положение, невозможность досрочного прекращения действия договора о банковском счете (вкладе) и иные обстоятельства), не зависящими от воли лиц, указанных в пункте 1 настоящей статьи, такие требования должны быть выполнены в течение шести месяцев со дня прекращения действия ареста, запрета распоряжения или прекращения иных обстоятельств с представлением документов, подтверждающих соответствующие факты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z177" w:id="177"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z177" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Неисполнение обязательств, предусмотренных настоящей статьей лицами, указанными в пункте 1 настоящей статьи, является основанием для прекращения ими государственной службы или иной соответствующей деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z178" w:id="178"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z178" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В течение срока, предусмотренного пунктом 2 настоящей статьи, лица, указанные в пункте 1 настоящей статьи, вправе подать заявление о прекращении государственной службы или иной соответствующей деятельности по собственному желанию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkEnd w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9458,230 +10936,230 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 27. Порядок введения в действие настоящего Закона</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z124" w:id="179"/>
+    <w:bookmarkStart w:name="z124" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящий Закон вводится в действие с 1 января 2016 года, за исключением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z128" w:id="180"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z128" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, которая вводится в действие с 1 января 2021 года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z129" w:id="181"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z129" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) исключен Законом РК от 30.11.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 26-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2017).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z125" w:id="182"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z125" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Исключен Законом РК от 30.11.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 26-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2017).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z126" w:id="183"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z126" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Установить, что со дня введения в действие настоящего Закона до 1 января 2021 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статья 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> действует в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkEnd w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">"Статья 11. Меры финансового контроля </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -10177,130 +11655,130 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения, составляющие служебную тайну, представляются уполномоченному органу по финансовому мониторингу в целях и порядке, предусмотренных законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Меры финансового контроля, предусмотренные настоящей статьей, не распространяются на правоотношения, связанные с приобретением в собственность жилищ и строительных материалов для строительства жилищ в Республике Казахстан. Финансовый контроль при приобретении жилищ и строительных материалов для их строительства осуществляется в соответствии с законодательством Республики Казахстан.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z189" w:id="184"/>
+    <w:bookmarkStart w:name="z189" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3-1. Приостановить с 1 января 2021 года до 1 января 2025 года действие </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 11 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z127" w:id="185"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z127" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 2 июля 1998 года "О борьбе с коррупцией" (Ведомости Парламента Республики Казахстан, 1998 г., № 15, ст. 209; 1999 г., № 21, ст. 774; 2000 г., № 5, ст. 116; 2001 г., № 13-14, ст. 172; № 17-18, ст. 241; 2002 г., № 17, ст. 155; 2003 г., № 18, ст. 142; 2004 г., № 10, ст. 56; 2007 г., № 17, ст. 140; № 19, ст. 147; 2008 г., № 23, ст. 114; 2009 г., № 19, ст. 88; № 24, ст. 122, 126; 2010 г., № 24, ст. 148; 2011 г., № 1, ст. 2; № 7, ст. 54; 2012 г., № 4, ст. 30, 32; № 8, ст. 64; № 13, ст. 91; № 23-24, ст. 125; 2013 г., № 2, ст. 10; № 14, ст. 72; 2014 г., № 11, ст. 61; № 14, ст. 84; № 16, ст. 90; № 21, ст. 122; № 22, ст. 131; № 23, ст. 143).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkEnd w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10616,55 +12094,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>