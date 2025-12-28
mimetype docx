--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7f155cd" w14:textId="7f155cd">
+    <w:p w14:paraId="a86e0f6" w14:textId="a86e0f6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -18519,751 +18519,731 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">6. исключен Законом РК от 01.07.2024 </w:t>
+        <w:t xml:space="preserve">6. Исключен Законом РК от 01.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 107-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z396" w:id="353"/>
-[...15 lines deleted...]
-      В случае поступления возражения, жалобы на стадии принятия объектом государственного аудита решения об исполнении уведомления об устранении нарушений, выявленных по результатам камерального контроля, срок его исполнения приостанавливается до окончания срока, установленного пунктом 5 статьи 47 Закона Республики Казахстан "О государственных закупках".</w:t>
+    <w:bookmarkStart w:name="z397" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Возражение, жалоба рассматриваются в пределах заявленных требований (доводов).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z397" w:id="354"/>
-[...15 lines deleted...]
-      7. Возражение, жалоба рассматриваются в пределах заявленных требований (доводов).</w:t>
+    <w:bookmarkStart w:name="z398" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Решение апелляционной комиссии может быть обжаловано в суд.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z398" w:id="355"/>
-[...15 lines deleted...]
-      Решение апелляционной комиссии может быть обжаловано в суд.</w:t>
+    <w:bookmarkStart w:name="z399" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом исполнение решения апелляционной комиссии приостанавливается до вынесения решения суда.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z399" w:id="356"/>
-[...15 lines deleted...]
-      При этом исполнение решения апелляционной комиссии приостанавливается до вынесения решения суда.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 58-4 с изменениями, внесенными законами РК от 03.07.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 358-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении одного года со дня его первого официального опубликования); от 01.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 58-5. Решения, принимаемые по результатам рассмотрения возражения, жалобы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z401" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Апелляционная комиссия по результатам рассмотрения возражения, жалобы выносит одно из следующих решений:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z402" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) о полном или частичном удовлетворении возражения, жалобы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z403" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) об отказе в удовлетворении возражения, жалобы с обоснованием принятия такого решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z404" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Решение апелляционной комиссии выносится в письменной форме и является обязательным для исполнения объектом государственного аудита.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z405" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Результаты рассмотрения возражения, жалобы оформляются уполномоченным органом по внутреннему государственному аудиту в течение двух рабочих дней со дня вынесения решения апелляционной комиссией.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 58-4 с изменениями, внесенными законами РК от 03.07.2020 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 58-5 - в редакции Закона РК от 03.07.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 358-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении одного года со дня его первого официального опубликования); от 01.07.2024 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении одного года со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 58-5. Решения, принимаемые по результатам рассмотрения возражения, жалобы</w:t>
-[...98 lines deleted...]
-      2. Результаты рассмотрения возражения, жалобы оформляются уполномоченным органом по внутреннему государственному аудиту в течение двух рабочих дней со дня вынесения решения апелляционной комиссией.</w:t>
+        <w:t>Статья 58-6. Апелляционное урегулирование споров</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z381" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Апелляционное урегулирование споров, возникающих при обжаловании документов, принимаемых по результатам государственного аудита и камерального контроля уполномоченного органа по внутреннему государственному аудиту, осуществляется в порядке и сроки, которые предусмотрены настоящим Законом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z382" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Апелляционное урегулирование споров в случаях, предусмотренных настоящим Законом, является обязательным.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z74" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 12. ПЕРЕХОДНЫЕ И ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z59" w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 59. Ответственность за нарушение законодательства Республики Казахстан о государственном аудите и финансовом контроле</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нарушение законодательства Республики Казахстан о государственном аудите и финансовом контроле влечет ответственность в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 60. Порядок обжалования правовых актов, действий (бездействия) органов государственного аудита и финансового контроля и (или) их должностных лиц</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z293" w:id="366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Действия (бездействие) органов государственного аудита и финансового контроля и (или) их должностных лиц могут быть обжалованы в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z294" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Обжалование правовых актов органов государственного аудита и финансового контроля, связанных с выявленными фактами нецелевого и (или) необоснованного использования бюджетных средств, не приостанавливает их исполнение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 58-5 - в редакции Закона РК от 03.07.2020 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении одного года со дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Исключен Законом РК от 26.12.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 202-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2019).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 60 в редакции Закона РК от 11.01.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 135-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным Законом РК от 26.12.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 202-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2019).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z296" w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...152 lines deleted...]
-      2. Обжалование правовых актов органов государственного аудита и финансового контроля, связанных с выявленными фактами нецелевого и (или) необоснованного использования бюджетных средств, не приостанавливает их исполнение.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 60-1. Порядок и сроки апелляционного урегулирования споров, возникающих при обжаловании документов, принимаемых по результатам государственного аудита, и уведомлений об устранении нарушений, выявленных по результатам камерального контроля уполномоченного органа по внутреннему государственному аудиту</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="368"/>
-    <w:p>
-[...152 lines deleted...]
-    <w:bookmarkEnd w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Глава 12 дополнена статьей 60-1 в соответствии с Законом РК от 11.01.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19278,68 +19258,68 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); исключена Законом РК от 26.12.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 202-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2019).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z304" w:id="370"/>
+    <w:bookmarkStart w:name="z304" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 60-2. Форма и содержание жалобы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkEnd w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Глава 12 дополнена статьей 60-2 в соответствии с Законом РК от 11.01.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19354,68 +19334,68 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); исключена Законом РК от 26.12.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 202-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2019).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z319" w:id="371"/>
+    <w:bookmarkStart w:name="z319" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 60-3. Отказ в рассмотрении жалобы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkEnd w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Глава 12 дополнена статьей 60-3 в соответствии с Законом РК от 11.01.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19430,68 +19410,68 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); исключена Законом РК от 26.12.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 202-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2019).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z328" w:id="372"/>
+    <w:bookmarkStart w:name="z328" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 60-4. Порядок рассмотрения жалобы, направленной в уполномоченный орган по внутреннему государственному аудиту</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkEnd w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Глава 12 дополнена статьей 60-4 в соответствии с Законом РК от 11.01.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19506,68 +19486,68 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); исключена Законом РК от 26.12.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 202-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2019).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z337" w:id="373"/>
+    <w:bookmarkStart w:name="z337" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 60-5. Вынесение решения по результатам рассмотрения жалобы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkEnd w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Глава 12 дополнена статьей 60-5 в соответствии с Законом РК от 11.01.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19582,68 +19562,68 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); исключена Законом РК от 26.12.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 202-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2019).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z343" w:id="374"/>
+    <w:bookmarkStart w:name="z343" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 60-6. Приостановление и (или) продление срока рассмотрения жалобы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkEnd w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Глава 12 дополнена статьей 60-6 в соответствии с Законом РК от 11.01.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19658,125 +19638,125 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); исключена Законом РК от 26.12.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 202-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2019).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="375"/>
+    <w:bookmarkStart w:name="z61" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 61. Переходные положения</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Административные государственные служащие, являющиеся государственными аудиторами, обязаны пройти соответствующую сертификацию в срок до 1 января 2017 года в порядке, определенном статьей 39 настоящего Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z62" w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 62. Порядок введения в действие настоящего Закона</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="375"/>
-    <w:p>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> Статья 62. Порядок введения в действие настоящего Закона</w:t>
+    <w:bookmarkStart w:name="z240" w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Настоящий Закон вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования, за исключением:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z240" w:id="377"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z242" w:id="378"/>
+    <w:bookmarkStart w:name="z242" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19791,52 +19771,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 1, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, которые вводятся в действие с 1 января 2017 года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z243" w:id="379"/>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z243" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19871,91 +19851,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 13 и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, которые вводятся в действие с 1 января 2020 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z241" w:id="380"/>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z241" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Установить, что </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункт 8)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 1 настоящего Закона со дня введения в действие настоящего Закона до 1 января 2017 года действует в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkEnd w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "8) государственный аудитор – административный государственный служащий, осуществляющий государственный аудит и (или) финансовый контроль;".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>