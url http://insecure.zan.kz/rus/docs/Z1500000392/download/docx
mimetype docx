--- v1 (2025-12-28)
+++ v2 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a86e0f6" w14:textId="a86e0f6">
+    <w:p w14:paraId="ec403a6" w14:textId="ec403a6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -226,50 +226,126 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Для удобства пользования РЦПИ создано </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ОГЛАВЛЕНИЕ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      По всему тексту слова "информационных технологий", "информационными", "информационных систем", "информационным системам", "электронного правительства", "информационными системами", "информационной системы" предусматриваются заменить соответственно словами "цифровых технологий", "цифровыми", "цифровых систем", "цифровым системам", "цифрового правительства", "цифровыми системами", "цифровой системы" в соответствии с Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z75" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящий Закон регулирует общественные отношения, связанные с государственным аудитом и финансовым контролем, определяет полномочия и организацию деятельности органов государственного аудита и финансового контроля.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z63" w:id="1"/>
     <w:p>
       <w:pPr>
@@ -20209,55 +20285,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>