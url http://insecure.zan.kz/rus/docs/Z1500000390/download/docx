--- v0 (2025-11-14)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="cd1d128" w14:textId="cd1d128">
+    <w:p w14:paraId="42bd0fd" w14:textId="42bd0fd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -6041,662 +6041,756 @@
         </w:rPr>
         <w:t>
       8) доводить до сведения регулирующего государственного органа информацию о нарушениях ее членом (участником) законодательства Республики Казахстан, правил и стандартов саморегулируемой организации, а также мерах воздействия, примененных в отношении членов (участников) саморегулируемой организации, в порядке, установленном законами Республики Казахстан, уставом саморегулируемой организации или иным документом, утвержденным решением общего собрания членов (участников) саморегулируемой организации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z154" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) доводить до сведения уполномоченного органа в сфере защиты прав потребителей информацию о поступивших обращениях потребителей и результатах их рассмотрения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z155" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 10) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) предоставлять актуальную информацию о своих членах (участниках) уполномоченному органу в сфере защиты прав потребителей и в Единую информационную систему защиты прав потребителей;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z156" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) создавать орган по рассмотрению потребительских споров, возникших между членами (участниками) саморегулируемой организации и потребителями, и иными лицами в сфере защиты прав потребителей.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z156" w:id="85"/>
-[...15 lines deleted...]
-      11) создавать орган по рассмотрению потребительских споров, возникших между членами (участниками) саморегулируемой организации и потребителями, и иными лицами в сфере защиты прав потребителей.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Законами Республики Казахстан и уставом саморегулируемой организации могут устанавливаться иные обязанности саморегулируемой организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z95" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Саморегулируемая организация не вправе осуществлять деятельность и совершать действия, влекущие возникновение конфликта интересов в саморегулировании.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:p>
-[...37 lines deleted...]
-    <w:bookmarkStart w:name="z96" w:id="87"/>
+    <w:bookmarkStart w:name="z96" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Саморегулируемая организация, основанная на обязательном членстве (участии), отвечает по своим обязательствам и обязательствам своих членов (участников) посредством использования одного или нескольких способов обеспечения имущественной ответственности, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 28 настоящего Закона, в порядке и случаях, предусмотренных законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z1323" w:id="88"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z1323" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Саморегулируемая организация, основанная на добровольном членстве (участии), с которой заключено соглашение о признании результатов деятельности, отвечает по своим обязательствам и обязательствам своих членов (участников) посредством использования одного или нескольких способов обеспечения имущественной ответственности, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 28 настоящего Закона, в порядке и случаях, предусмотренных законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 19 с изменениями, внесенными Законом РК от 25.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 346-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие см</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 95-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 20. Правила и стандарты саморегулируемой организации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z97" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Саморегулируемая организация разрабатывает и утверждает правила и стандарты, обязательные для выполнения всеми ее членами (участниками), направленные на обеспечение следующих целей:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) определение требований, предъявляемых к членам (участникам);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) повышение качества и безопасности товаров (работ, услуг), производимых ее членами (участниками);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 19 с изменениями, внесенными Законом РК от 25.06.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 346-VI</w:t>
+        <w:t xml:space="preserve">      3) исключен Законом РК от 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 95-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие см</w:t>
-[...9 lines deleted...]
-        <w:t>.ст.2</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">); от 30.12.2021 </w:t>
+        <w:t xml:space="preserve">      4) исключен Законом РК от 30.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 95-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (порядок введения в действие см </w:t>
-[...19 lines deleted...]
-        <w:t>).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...23 lines deleted...]
-      1. Саморегулируемая организация разрабатывает и утверждает правила и стандарты, обязательные для выполнения всеми ее членами (участниками), направленные на обеспечение следующих целей:</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) применение способов обеспечения имущественной ответственности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) защиту интересов членов (участников).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z98" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Правила и стандарты саморегулируемых организаций не должны противоречить законодательству Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) определение требований, предъявляемых к членам (участникам);</w:t>
-[...178 lines deleted...]
-      2. Правила и стандарты саморегулируемых организаций не должны противоречить законодательству Республики Казахстан.</w:t>
+      Принятие правил и стандартов саморегулируемых организаций не исключает возможности принятия государственными органами в пределах их компетенции нормативных правовых актов, регулирующих деятельность субъектов саморегулирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z99" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Правила и стандарты саморегулируемой организации должны соответствовать требованиям, установленным законодательством Республики Казахстан в области технического регулирования и сфере стандартизации, правилам деловой этики, устранять или уменьшать конфликт интересов в саморегулировании.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:p>
-[...33 lines deleted...]
-      3. Правила и стандарты саморегулируемой организации должны соответствовать требованиям, установленным законодательством Республики Казахстан в области технического регулирования и сфере стандартизации, правилам деловой этики, устранять или уменьшать конфликт интересов в саморегулировании.</w:t>
+    <w:bookmarkStart w:name="z100" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Правила и стандарты саморегулируемой организации должны устанавливать требования, препятствующие недобросовестной конкуренции, совершению действий, причиняющих моральный вред или ущерб потребителям товаров (работ, услуг) и иным лицам, действий, причиняющих ущерб деловой репутации члена (участника) саморегулируемой организации либо деловой репутации саморегулируемой организации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z100" w:id="92"/>
-[...15 lines deleted...]
-      4. Правила и стандарты саморегулируемой организации должны устанавливать требования, препятствующие недобросовестной конкуренции, совершению действий, причиняющих моральный вред или ущерб потребителям товаров (работ, услуг) и иным лицам, действий, причиняющих ущерб деловой репутации члена (участника) саморегулируемой организации либо деловой репутации саморегулируемой организации.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Правила саморегулируемой организации должны предусматривать ответственность членов (участников) саморегулируемой организации и порядок привлечения к ней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z101" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Правила и стандарты саморегулируемых организаций в сфере предпринимательской деятельности, основанных на обязательном членстве (участии), до их утверждения направляются в Национальную палату предпринимателей Республики Казахстан для получения заключения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:p>
-[...37 lines deleted...]
-    <w:bookmarkStart w:name="z163" w:id="94"/>
+    <w:bookmarkStart w:name="z163" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Национальная палата предпринимателей Республики Казахстан рассматривает правила и стандарты саморегулируемых организаций в сфере предпринимательской деятельности, основанных на обязательном членстве (участии), на предмет соответствия их содержания требованиям, предусмотренным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6731,3224 +6825,3224 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок для представления заключения на правила и стандарты не может быть более пятнадцати рабочих дней со дня их поступления в Национальную палату предпринимателей Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае непредставления заключения в установленные сроки заключение считается полученным.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Согласование либо отказ в согласовании правил и стандартов саморегулируемых организаций, основанных на обязательном членстве (участии), осуществляется регулирующими государственными органами в течение пятнадцати рабочих дней со дня их поступления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае непредставления регулирующими государственными органами ответа в установленные сроки правила и стандарты саморегулируемых организаций, основанных на обязательном членстве (участии), считаются согласованными.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z102" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Правила и стандарты подлежат обязательному размещению на интернет-ресурсе саморегулируемой организации и (или) опубликованию в периодических печатных изданиях, распространяемых на всей территории Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Срок для представления заключения на правила и стандарты не может быть более пятнадцати рабочих дней со дня их поступления в Национальную палату предпринимателей Республики Казахстан.</w:t>
-[...72 lines deleted...]
-      6. Правила и стандарты подлежат обязательному размещению на интернет-ресурсе саморегулируемой организации и (или) опубликованию в периодических печатных изданиях, распространяемых на всей территории Республики Казахстан.</w:t>
+      Не допускается опубликование правил и стандартов в неполном изложении, за исключением содержащих охраняемую законом тайну.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 31 с изменениями, внесенными РК от 05.10.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 184-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 95-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 20-1. Требования к правилам саморегулируемой организации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z165" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Правила саморегулируемой организации должны предусматривать:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z166" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) общие положения (наименование саморегулируемой организации, термины и определения);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z167" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) общие требования к членам (участникам) саморегулируемой организации, профессиональные правила поведения членов (участников);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z168" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) порядок организации деятельности саморегулируемой организации и ее членов (участников);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z169" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) порядок организации и проведения проверок членов (участников) саморегулируемой организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z170" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ответственность членов (участников) саморегулируемой организации и порядок привлечения к ней;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z171" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) порядок наложения взысканий на членов (участников) саморегулируемой организации, их снятия и обжалования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z172" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) меры по предотвращению или урегулированию конфликта интересов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z173" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) порядок информирования регулирующего государственного органа о поступивших в адрес саморегулируемой организации жалобах на ее членов (участников);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z174" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) порядок использования мер обеспечения имущественной ответственности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z175" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) порядок досудебного урегулирования споров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z176" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) заключительные положения (порядок введения в действие, пересмотр и отмену правил).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z177" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Правила саморегулируемой организации должны соответствовать требованиям правил деловой этики, устранять или уменьшать конфликт интересов в саморегулировании.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z178" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Правила саморегулируемой организации должны устанавливать требования, препятствующие недобросовестной конкуренции, совершению действий, причиняющих моральный вред или ущерб потребителям товаров (работ, услуг) и иным лицам, действий, причиняющих ущерб деловой репутации члена (участника) саморегулируемой организации либо деловой репутации саморегулируемой организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z179" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Правила саморегулируемой организации могут предусматривать иные положения, определяемые саморегулируемой организацией самостоятельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 31 с изменениями, внесенными РК от 05.10.2018 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 184-VI</w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 3 дополнена статьей 20-1 в соответствии с Законом РК от 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 95-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 30.12.2021 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 20-2. Требования к стандартам саморегулируемой организации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z181" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Стандарт саморегулируемой организации предусматривает:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z182" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) общие положения (назначение и область применения, нормативные ссылки, термины и определения (при наличии), общие цели и принципы, требования к продукции, процессам и услугам);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z183" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) общие характеристики продукции, процессов и услуг, порядок выполнения процессов, осуществления услуг, производства и реализации продукции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z184" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) заключительные положения (порядок введения в действие, пересмотр и отмену стандартов).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z185" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Стандарт саморегулируемой организации должен соответствовать требованиям, установленным законодательством Республики Казахстан в сфере стандартизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z186" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Стандарт саморегулируемой организации может предусматривать иные положения, определяемые саморегулируемой организацией самостоятельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 3 дополнена статьей 20-2 в соответствии с Законом РК от 30.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 95-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (порядок введения в действие см </w:t>
-[...9 lines deleted...]
-        <w:t>ст.2</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 21. Членство (участие) в саморегулируемой организации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z103" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Членство (участие) в саморегулируемой организации может быть на добровольной основе либо в случаях, установленных законами Республики Казахстан, на обязательной основе, которое является обязательным условием допуска к осуществлению определенного вида профессиональной или предпринимательской деятельности либо рынку произведенных товаров (работ, услуг).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z104" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Членами (участниками) саморегулируемой организации в сфере предпринимательской деятельности являются субъекты частного предпринимательства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z105" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Членами (участниками) саморегулируемой организации в сфере профессиональной деятельности являются физические лица, имеющие право заниматься профессиональной деятельностью в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z106" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Условия и порядок приема в члены (участники) и прекращения членства (участия) в саморегулируемой организации устанавливаются уставом саморегулируемой организации и (или) законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Решение об отказе в приеме в члены (участники), исключении из членов (участников) саморегулируемой организации может быть обжаловано в порядке, предусмотренном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z107" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Члены (участники) саморегулируемой организации сохраняют свою самостоятельность и права физического и юридического лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z142" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Учредители и члены (участники) саморегулируемых организаций имеют равные права и несут одинаковые обязанности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>).</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 21 с изменением, внесенным Законом РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 20-1. Требования к правилам саморегулируемой организации</w:t>
-[...301 lines deleted...]
-    <w:bookmarkEnd w:id="110"/>
+        <w:t>Статья 22. Взносы в саморегулируемую организацию</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z108" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Саморегулируемая организация правомочна устанавливать следующие виды обязательных взносов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) вступительные взносы, уплачиваемые при вступлении в членство (участие) саморегулируемой организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) членские взносы, уплачиваемые на постоянной периодической основе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Взносы являются собственностью саморегулируемой организации, размер и порядок их сбора устанавливаются уставом саморегулируемой организации или законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z109" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Размер вступительного взноса не должен превышать размер членского взноса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для саморегулируемой организации, основанной на обязательном членстве (участии), отсутствие или наличие вступительных и членских взносов, а также предельные размеры в случае их наличия устанавливаются законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 23. Обеспечение саморегулируемой организацией доступа к информации и защита саморегулируемой организацией информации от ее неправомерного использования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z110" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Саморегулируемая организация посредством размещения на своем интернет-ресурсе и (или) опубликования в средствах массовой информации, распространяемых на всей территории Республики Казахстан, обязана обеспечить доступ к следующей информации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) о составе своих членов (участников);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) об условиях, способах и порядке обеспечения ответственности членов (участников) саморегулируемой организации перед потребителями произведенных ими товаров (работ, услуг) и иными лицами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) о членах (участниках), прекративших свое членство (участие) в саморегулируемой организации, и основаниях прекращения их членства (участия);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) об условиях членства (участия) в саморегулируемой организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) о содержании правил и стандартов саморегулируемой организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) о структуре и компетенции органов управления и специализированных органов саморегулируемой организации, количественном и персональном составе коллегиального органа управления, исполнительного органа управления саморегулируемой организации, о лице, осуществляющем функции единоличного исполнительного органа управления саморегулируемой организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) о решениях, принятых общим собранием членов (участников) саморегулируемой организации и коллегиальным органом управления саморегулируемой организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) о случаях привлечения членов (участников) саморегулируемой организации к ответственности за нарушение требований законодательства Республики Казахстан, правил и стандартов саморегулируемой организации (при наличии такой информации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) о любых исках и заявлениях, поданных саморегулируемой организацией в суды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) о результатах проведенных саморегулируемой организацией проверок деятельности членов (участников) саморегулируемой организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) о годовой финансовой отчетности саморегулируемой организации и результатах ее аудита в случаях, когда законами Республики Казахстан установлена обязательность такого аудита;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) о размере компенсационного фонда саморегулируемой организации в случае применения саморегулируемой организацией компенсационного фонда в качестве способа обеспечения имущественной ответственности членов (участников) саморегулируемой организации перед потребителями произведенных ими товаров (работ, услуг) и иными лицами, а также к информации о фактах осуществления выплат из компенсационного фонда саморегулируемой организации в целях обеспечения имущественной ответственности членов (участников) саморегулируемой организации перед потребителями произведенных ими товаров (работ, услуг) и иными лицами и об основаниях таких выплат, если такие выплаты осуществлялись;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) иной информации, предусмотренной законами Республики Казахстан и (или) документами саморегулируемой организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z111" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Саморегулируемой организацией должны быть предусмотрены способы получения, использования, обработки, хранения и защиты информации, неправомерное использование которой ее работниками может причинить моральный вред и (или) имущественный ущерб членам (участникам) саморегулируемой организации или создать предпосылки для причинения такого вреда и (или) ущерба.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z112" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Саморегулируемая организация несет перед своими членами (участниками) ответственность за действия своих работников, связанные с неправомерным использованием информации, ставшей известной им в силу служебного положения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z113" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Саморегулируемая организация несет ответственность за неисполнение и (или) ненадлежащее исполнение обязанностей по раскрытию информации в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 24. Конфликт интересов в саморегулировании</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z114" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В целях предотвращения конфликта интересов в саморегулировании члены (участники) саморегулируемой организации, лица, входящие в состав органов управления саморегулируемой организации, ее работники обязаны соблюдать интересы саморегулируемой организации прежде всего в отношении целей ее деятельности и не должны использовать возможности, связанные с осуществлением ими своих профессиональных обязанностей, или допускать использование таких возможностей в целях, противоречащих целям, указанным в уставе саморегулируемой организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z115" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Меры по предотвращению или урегулированию конфликта интересов в саморегулировании устанавливаются уставом, правилами и стандартами саморегулируемой организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 25. Контроль саморегулируемой организации за деятельностью своих членов (участников)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z116" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Саморегулируемая организация осуществляет контроль за профессиональной или предпринимательской деятельностью своих членов (участников) в части соблюдения ими требований правил и стандартов саморегулируемой организации, условий членства (участия) в саморегулируемой организации путем осуществления проверок.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z117" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Порядок организации и проведения проверок членов (участников) саморегулируемой организации, основанной на обязательном членстве (участии), устанавливается правилами саморегулируемой организации, согласованными с регулирующим государственным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В правилах саморегулируемой организации предусматривается порядок информирования регулирующего государственного органа о поступивших в адрес саморегулируемой организации жалобах на ее членов (участников).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z118" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Основанием для проведения проверки может являться жалоба о нарушении членом (участником) саморегулируемой организации требований правил и стандартов саморегулируемой организации либо требований законодательства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В ходе проведения проверки исследованию подлежат только факты, указанные в жалобе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z119" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Член (участник) саморегулируемой организации обязан предоставить для проведения проверки необходимую информацию по запросу саморегулируемой организации в порядке, определяемом саморегулируемой организацией.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z120" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Саморегулируемая организация, а также ее работники и должностные лица, принимающие участие в проведении проверки, ответственны за неразглашение и нераспространение сведений, полученных в ходе ее проведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z121" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. В случае выявления в результате проверки факта нарушений проверяемым членом (участником) требований правил и стандартов, условий членства (участия) саморегулируемой организации, а также законодательства Республики Казахстан, регламентирующего деятельность членов (участников) саморегулируемой организации, руководящие лица организации, работники саморегулируемой организации, осуществляющие проверки, и члены органа по рассмотрению дел о применении в отношении членов (участников) саморегулируемой организации мер воздействия обязаны принять предусмотренные законами Республики Казахстан меры по устранению выявленных нарушений, их предупреждению, предотвращению возможного причинения вреда жизни, здоровью людей и ущерба окружающей среде, законным интересам физических и юридических лиц, а также привлечению лиц, допустивших нарушения, к ответственности, установленной настоящим Законом и иными законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если принятие мер, указанных в части первой настоящего пункта, относится к компетенции государственных органов, руководители и работники саморегулируемой организации, осуществляющие проверки, и члены органа по рассмотрению дел о применении в отношении членов (участников) саморегулируемой организации мер воздействия обязаны незамедлительно информировать соответствующие государственные органы о выявленных нарушениях для принятия мер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z122" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Саморегулируемая организация несет перед своими членами (участниками) в порядке, установленном законами Республики Казахстан и уставом саморегулируемой организации, ответственность за неправомерные действия работников саморегулируемой организации при осуществлении ими контроля за деятельностью членов (участников) саморегулируемой организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Глава 3 дополнена статьей 20-1 в соответствии с Законом РК от 30.12.2021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 25 с изменениями, внесенными законами РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 95-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 20-2. Требования к стандартам саморегулируемой организации</w:t>
-[...121 lines deleted...]
-    <w:bookmarkEnd w:id="116"/>
+        <w:t>Статья 26. Ответственность членов (участников)саморегулируемой организации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z123" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. За нарушение требований нормативных правовых актов Республики Казахстан, устава, правил и стандартов саморегулируемой организации ее член (участник) несет ответственность в соответствии с законами Республики Казахстан, правилами и стандартами саморегулируемой организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z124" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Порядок наложения взысканий на членов (участников) саморегулируемой организации, их снятия и обжалования определяется уставом и правилами саморегулируемой организации, если иное не установлено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      За совершение членом (участником) саморегулируемой организации проступка может быть наложено только одно взыскание.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z125" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Производство по делам о нарушениях требований правил и стандартов саморегулируемой организации относится к компетенции исполнительного органа управления саморегулируемой организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z126" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В случаях, когда законами Республики Казахстан предусмотрено право внесения регулирующими государственными органами в саморегулируемую организацию представления о возбуждении производства, его рассмотрение осуществляется с участием их представителя. Неявка этого представителя, надлежащим образом извещенного о времени и месте рассмотрения, не препятствует осуществлению производства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z127" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Решение исполнительного органа управления саморегулируемой организации о наложении взыскания может быть обжаловано членом (участником) саморегулируемой организации в порядке, предусмотренном законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z128" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Если в течение шести месяцев со дня наложения взыскания член (участник) не будет подвергнут новому взысканию, то он считается не подвергавшимся взысканию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 27. Источники формирования имущества саморегулируемой организации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z129" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Источниками формирования имущества саморегулируемой организации являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обязательные взносы членов (участников) саморегулируемой организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) добровольные имущественные взносы и пожертвования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) средства, полученные от оказания образовательных услуг, связанных с предпринимательской деятельностью, коммерческими или профессиональными интересами членов (участников) саморегулируемой организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) средства, полученные от продажи информационных материалов, связанных с предпринимательской деятельностью, коммерческими или профессиональными интересами членов (участников) саморегулируемой организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z187" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-1) доходы, полученные от размещения денег в банках второго уровня на условиях договоров банковского счета и банковского вклада;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) другие не запрещенные законом поступления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z130" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ведение бухгалтерского учета и финансовой отчетности саморегулируемой организации подлежит обязательному аудиту в случаях, предусмотренных законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Глава 3 дополнена статьей 20-2 в соответствии с Законом РК от 30.12.2021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 27 с изменением, внесенным Законом РК от 30.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 95-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 21. Членство (участие) в саморегулируемой организации</w:t>
-[...139 lines deleted...]
-    <w:bookmarkEnd w:id="122"/>
+        <w:t>Статья 28. Способы обеспечения имущественной ответственности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z131" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Саморегулируемая организация применяет один или несколько из следующих способов обеспечения имущественной ответственности, в том числе своей и своих членов (участников), перед потребителями произведенных ими товаров (работ, услуг) и иными лицами путем:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выплат из компенсационного фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) страхования гражданско-правовой ответственности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) привлечения к имущественной ответственности членов (участников) саморегулируемой организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) использования иных способов обеспечения имущественной ответственности, предусмотренных законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z132" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Обращение взыскания в рамках обеспечения имущественной ответственности производится в одном из следующих случаев:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) при признании саморегулируемой организацией обоснованности требований и необходимости удовлетворения взыскания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) на основании вступившего в законную силу решения суда или арбитража.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z133" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Порядок использования мер обеспечения имущественной ответственности определяется правилами саморегулируемой организации, утвержденными общим собранием членов (участников) саморегулируемой организации, если иное не предусмотрено законами Республики Казахстан или ее уставом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z134" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Средства компенсационного фонда саморегулируемой организации отделены от другого имущества саморегулируемой организации. Не допускается смешивание средств компенсационного фонда с иными средствами, принадлежащими саморегулируемой организации, а также при отражении в финансовой отчетности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z188" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Не допускается осуществление любых выплат из компенсационного фонда, кроме выплат по обеспечению имущественной ответственности членов (участников) саморегулируемой организации перед потребителями произведенных ими товаров (работ, услуг) и иными лицами, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 21 с изменением, внесенным Законом РК от 24.05.2018 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 28 с изменениями, внесенными законами РК от 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 95-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 22. Взносы в саморегулируемую организацию</w:t>
-[...111 lines deleted...]
-      Для саморегулируемой организации, основанной на обязательном членстве (участии), отсутствие или наличие вступительных и членских взносов, а также предельные размеры в случае их наличия устанавливаются законами Республики Казахстан.</w:t>
+        <w:t>Статья 29. Государственный контроль и надзор в саморегулировании</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z135" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственный контроль за деятельностью саморегулируемых организаций осуществляется в форме внеплановой проверки, профилактического контроля с посещением субъекта (объекта) контроля и надзора и профилактического контроля без посещения субъекта (объекта) контроля и надзора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z1333" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1. Внеплановая проверка и профилактический контроль с посещением субъекта (объекта) контроля и надзора осуществляются в соответствии с Предпринимательским кодексом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z1334" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Профилактический контроль без посещения субъекта (объекта) контроля и надзора осуществляется в соответствии с Предпринимательским кодексом Республики Казахстан и законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z136" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Уполномоченный орган и регулирующие государственные органы при осуществлении государственного контроля и надзора за членом (участником) саморегулируемой организации, основанной на добровольном членстве (участии), учитывают факт наличия такого членства (участия) в системе оценки рисков.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 29 с изменениями, внесенными законами РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 23. Обеспечение саморегулируемой организацией доступа к информации и защита саморегулируемой организацией информации от ее неправомерного использования</w:t>
-[...1450 lines deleted...]
-      2. Уполномоченный орган и регулирующие государственные органы при осуществлении государственного контроля и надзора за членом (участником) саморегулируемой организации, основанной на добровольном членстве (участии), учитывают факт наличия такого членства (участия) в системе оценки рисков.</w:t>
+        <w:t>Статья 29-1. Стимулирование субъектов предпринимательской и профессиональной деятельности к переходу на саморегулирование</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z144" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Стандарты саморегулируемых организаций разрабатываются в соответствии с законодательством Республики Казахстан в сфере стандартизации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="155"/>
-    <w:p>
-[...114 lines deleted...]
-      1. Стандарты саморегулируемых организаций разрабатываются в соответствии с законодательством Республики Казахстан в сфере стандартизации.</w:t>
+    <w:bookmarkStart w:name="z145" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Стимулирование субъектов предпринимательской и профессиональной деятельности к переходу на саморегулирование осуществляется регулирующими государственными органами путем:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z145" w:id="157"/>
-[...15 lines deleted...]
-      2. Стимулирование субъектов предпринимательской и профессиональной деятельности к переходу на саморегулирование осуществляется регулирующими государственными органами путем:</w:t>
+    <w:bookmarkStart w:name="z1315" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проведения процедуры анализа регуляторного воздействия на предмет введения саморегулирования, основанного на обязательном членстве (участии), при функционировании в сфере предпринимательской или профессиональной деятельности саморегулируемых организаций, основанных на добровольном членстве (участии) и объединяющих большинство субъектов соответствующего вида предпринимательской и (или) профессиональной деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z1315" w:id="158"/>
-[...15 lines deleted...]
-      1) проведения процедуры анализа регуляторного воздействия на предмет введения саморегулирования, основанного на обязательном членстве (участии), при функционировании в сфере предпринимательской или профессиональной деятельности саморегулируемых организаций, основанных на добровольном членстве (участии) и объединяющих большинство субъектов соответствующего вида предпринимательской и (или) профессиональной деятельности;</w:t>
+    <w:bookmarkStart w:name="z1324" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) признания результатов деятельности саморегулируемой организации, основанной на добровольном членстве (участии), по осуществлению контроля за предпринимательской или профессиональной деятельностью своих членов (участников) на основании соглашения о признании результатов такой деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z1324" w:id="159"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z1316" w:id="160"/>
+    <w:bookmarkStart w:name="z1316" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3) привлечения саморегулируемых организаций к участию в нормотворчестве по вопросам, связанным с предметом саморегулирования.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z148" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Законодательством Республики Казахстан могут устанавливаться иные меры по стимулированию субъектов предпринимательской и профессиональной деятельности к переходу на саморегулирование.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z148" w:id="161"/>
-[...15 lines deleted...]
-      3. Законодательством Республики Казахстан могут устанавливаться иные меры по стимулированию субъектов предпринимательской и профессиональной деятельности к переходу на саморегулирование.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 3 дополнена статьей 29-1 в соответствии с Законом РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными законами РК от 05.10.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 184-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 95-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 29-2. Взаимодействие саморегулируемых организаций с регулирующими государственными органами</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1326" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Результаты деятельности саморегулируемой организации, основанной на добровольном членстве (участии), по осуществлению контроля за предпринимательской или профессиональной деятельностью своих членов могут быть признаны органами контроля и надзора, осуществляющими государственный контроль и надзор за членом (участником) саморегулируемой организации, основанной на добровольном членстве (участии), на основании соглашения о признании результатов деятельности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z1327" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В случае заключения соглашения о признании результатов деятельности государственный контроль и надзор осуществляются в отношении членов (участников) саморегулируемой организации, основанной на добровольном членстве (участии), с учетом критериев оценки степени риска.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z1328" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Соглашение о признании результатов деятельности может быть заключено с саморегулируемой организацией, основанной на добровольном членстве (участии), правила и стандарты которой согласованы с регулирующим государственным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z1329" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Заключение соглашения о признании результатов деятельности допускается в случае, если контроль саморегулируемой организации за предпринимательской или профессиональной деятельностью своих членов (участников) соответствует контролю и надзору, осуществляемым органом контроля и надзора на предмет соответствия деятельности субъектов контроля и надзора требованиям, установленным законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z1330" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Порядок заключения и прекращения действия соглашения о признании результатов деятельности, а также его существенные условия определяются уполномоченным органом по предпринимательству.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z1331" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Соглашение о признании результатов деятельности заключается с саморегулируемой организацией, основанной на добровольном членстве (участии), при условии соблюдения существенных условий и ее обращения в регулирующий государственный орган.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Глава 3 дополнена статьей 29-1 в соответствии с Законом РК от 24.05.2018 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 156-VI</w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 3 дополнена статьей 29-2 в соответствии с Законом РК от 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 95-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными законами РК от 05.10.2018 </w:t>
-[...59 lines deleted...]
-        <w:t>).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2023).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z36" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...120 lines deleted...]
-      6. Соглашение о признании результатов деятельности заключается с саморегулируемой организацией, основанной на добровольном членстве (участии), при условии соблюдения существенных условий и ее обращения в регулирующий государственный орган.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="167"/>
-    <w:p>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 30. Ответственность за нарушение законодательства Республики Казахстан о саморегулировании</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -10247,55 +10341,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>