--- v0 (2025-10-03)
+++ v1 (2026-01-01)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="95cd9f8" w14:textId="95cd9f8">
+    <w:p w14:paraId="759734e" w14:textId="759734e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -33323,70 +33323,228 @@
         <w:t>
       достоверность и защиту сведений единой информационной системы обязательного технического осмотра механических транспортных средств и прицепов к ним;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="481"/>
     <w:bookmarkStart w:name="z511" w:id="482"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       доступ уполномоченного органа и уполномоченного органа в области транспорта и коммуникаций к единой информационной системе обязательного технического осмотра механических транспортных средств и прицепов к ним;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="482"/>
-    <w:bookmarkStart w:name="z512" w:id="483"/>
-[...15 lines deleted...]
-      защиту сведений о персональных данных владельцев механических транспортных средств и прицепов к ним.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      защиту сведений о персональных данных владельцев механических транспортных средств и прицепов к ним;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z642" w:id="483"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      предоставление оператору технического осмотра услуги единой информационной системы обязательного технического осмотра механических транспортных средств и прицепов к ним на основании договора на оказание услуг единой информационной системы обязательного технического осмотра механических транспортных средств и прицепов к ним.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkStart w:name="z643" w:id="484"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Оператором единой информационной системы обязательного технического осмотра механических транспортных средств и прицепов к ним не допускается оказание услуг единой информационной системы обязательного технического осмотра механических транспортных средств и прицепов к ним оператору технического осмотра при выявлении факта проведения технического осмотра транспортного средства с нарушением требований настоящего Закона, выраженных в:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkStart w:name="z644" w:id="485"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      непредставлении сведений в единую информационную систему обязательного технического осмотра механических транспортных средств и прицепов к ним;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkStart w:name="z645" w:id="486"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      неуведомлении либо несвоевременном уведомлении об изменении места нахождения центра технического осмотра;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z646" w:id="487"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      неинформировании населения о графике проведения обязательного технического осмотра в регионе деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkStart w:name="z647" w:id="488"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      составлении и выдаче диагностической карты технического осмотра, не соответствующей утвержденной уполномоченным органом в области транспорта и коммуникаций форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkStart w:name="z648" w:id="489"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. При устранении выявленных нарушений требований, указанных в пункте 15 настоящей статьи, оператор технического осмотра предоставляет оператору единой информационной системы обязательного технического осмотра механических транспортных средств и прицепов к ним информацию об устранении выявленных нарушений с приложением материалов, доказывающих факт устранения нарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z649" w:id="490"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      После подтверждения оператором единой информационной системы обязательного технического осмотра механических транспортных средств и прицепов к ним устранения выявленных нарушений оператору технического осмотра, предусмотренного частью первой настоящего пункта, оказываются услуги единой информационной системы обязательного технического осмотра механических транспортных средств и прицепов к ним.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -33488,204 +33646,224 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.10.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 130-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 89. Разрешительный порядок деятельности операторов технического осмотра</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z605" w:id="484"/>
+    <w:bookmarkStart w:name="z605" w:id="491"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Уполномоченный орган в области транспорта и коммуникаций выдает разрешения на деятельность операторов технического осмотра в соответствии с Законом Республики Казахстан "О разрешениях и уведомлениях".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="484"/>
-    <w:bookmarkStart w:name="z606" w:id="485"/>
+    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkStart w:name="z606" w:id="492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Уполномоченный орган в области транспорта и коммуникаций разрабатывает, согласовывает с уполномоченным органом в сфере разрешений и уведомлений и уполномоченным органом в сфере информатизации и утверждает нормативный правовой акт об утверждении разрешительных требований и перечня документов, подтверждающих соответствие им, форм заявлений для получения разрешения второй категории, форм разрешений второй категории, правил осуществления разрешительных процедур и правил осуществления деятельности операторов технического осмотра.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="485"/>
-    <w:bookmarkStart w:name="z607" w:id="486"/>
+    <w:bookmarkEnd w:id="492"/>
+    <w:bookmarkStart w:name="z607" w:id="493"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Операторы технического осмотра для осуществления деятельности по проведению обязательного технического осмотра транспортных средств должны:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="486"/>
-    <w:bookmarkStart w:name="z608" w:id="487"/>
+    <w:bookmarkEnd w:id="493"/>
+    <w:bookmarkStart w:name="z608" w:id="494"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) иметь государственную регистрацию в качестве индивидуального предпринимателя – для индивидуального предпринимателя или в качестве юридического лица – для юридического лица;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="487"/>
-    <w:bookmarkStart w:name="z609" w:id="488"/>
+    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z609" w:id="495"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) соответствовать разрешительным требованиям, утвержденным уполномоченным органом в области транспорта и коммуникаций в соответствии с пунктом 2 настоящей статьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="488"/>
-    <w:bookmarkStart w:name="z610" w:id="489"/>
+    <w:bookmarkEnd w:id="495"/>
+    <w:bookmarkStart w:name="z610" w:id="496"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Субъект частного предпринимательства, в том числе учредители (акционеры, с контрольным пакетом акций) юридического лица и (или) индивидуальные предприниматели, с момента лишения разрешения на деятельность оператора технического осмотра не вправе подавать заявление на новое разрешение на деятельность оператора технического осмотра, а также учреждать либо участвовать в другом юридическом лице – операторе технического осмотра в течение последующих трех лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkEnd w:id="496"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -33776,70 +33954,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 91. Права и обязанности операторов технического осмотра</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z431" w:id="490"/>
+    <w:bookmarkStart w:name="z431" w:id="497"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Операторы технического осмотра обязаны:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="490"/>
+    <w:bookmarkEnd w:id="497"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) обеспечивать соответствие производственного помещения и территории центров технического осмотра требованиям, установленным национальными стандартами;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -33976,70 +34154,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) составлять график выезда для проведения обязательного технического осмотра в пределах региона деятельности;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) соблюдать иные требования, установленные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z432" w:id="491"/>
+    <w:bookmarkStart w:name="z432" w:id="498"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Операторам технического осмотра запрещается:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkEnd w:id="498"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) проводить обязательный технический осмотр транспортных средств с замененными без согласования с уполномоченным органом номерными агрегатами (шасси, кузов), не соответствующими данным свидетельства о государственной регистрации транспортного средства, а также переоборудованных с нарушением установленных требований, без государственных регистрационных номерных знаков; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -34287,68 +34465,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z436" w:id="492"/>
+    <w:bookmarkStart w:name="z436" w:id="499"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 14. ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="492"/>
+    <w:bookmarkEnd w:id="499"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 93. Ответственность за нарушение законодательства Республики Казахстан о дорожном движении</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -34357,187 +34535,187 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лица, виновные в нарушении законодательства в сфере дорожного движения, несут ответственность в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 94. Ответственность за вред, причиненный деятельностью в сфере дорожного движения, создающей повышенную опасность для окружающих</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z439" w:id="493"/>
+    <w:bookmarkStart w:name="z439" w:id="500"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Деятельность физических и юридических лиц в сфере дорожного движения относится к деятельности, создающей повышенную опасность для окружающих (организации, имеющие риски в сфере дорожного движения, владельцы транспортных средств и другие), а транспортные средства и дороги – к источнику повышенной опасности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="493"/>
-    <w:bookmarkStart w:name="z440" w:id="494"/>
+    <w:bookmarkEnd w:id="500"/>
+    <w:bookmarkStart w:name="z440" w:id="501"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Физические и юридические лица, деятельность которых связана с повышенной опасностью, обязаны возместить вред, причиненный источником повышенной опасности, в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Гражданским кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkEnd w:id="501"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 95. Порядок введения в действие настоящего Закона</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z442" w:id="495"/>
+    <w:bookmarkStart w:name="z442" w:id="502"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящий Закон вводится в действие по истечении шести месяцев после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="495"/>
-    <w:bookmarkStart w:name="z443" w:id="496"/>
+    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:name="z443" w:id="503"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 15 июля 1996 года "О безопасности дорожного движения" (Ведомости Парламента Республики Казахстан, 1996 г., № 14, ст. 273; 2001 г., № 24, ст. 338; 2003 г., № 10, ст. 54; № 12, ст. 82; 2004 г., № 23, ст. 142; 2005 г., № 7-8, ст. 23; 2006 г., № 1, ст. 5; № 24, ст. 148; 2007 г., № 2, ст. 18; 2008 г., № 13-14, ст. 54; № 23, ст. 114; 2009 г., № 23, ст. 100; 2010 г., № 24, ст. 146; 2011 г., № 1, ст. 7; № 2, ст. 25; № 11, ст. 102; № 12, ст. 111; 2012 г., № 8, ст. 64; № 15, ст. 97;  № 21-22, ст. 124; 2013 г., № 1, ст. 3; № 9, ст. 51; № 14, ст. 72, 75;  № 16, ст. 83; 2014 г., № 1, ст. 4).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="496"/>
+    <w:bookmarkEnd w:id="503"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -34731,55 +34909,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>