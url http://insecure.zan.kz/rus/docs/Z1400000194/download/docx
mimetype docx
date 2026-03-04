--- v1 (2026-01-01)
+++ v2 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="759734e" w14:textId="759734e">
+    <w:p w14:paraId="91d5c5b" w14:textId="91d5c5b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -334,50 +334,126 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Преамбула исключена Законом РК от 30.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 203-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      По всему тексту слова "информационная система", "информационной системы", "информационных систем", "информационной системе", "информационную систему" предусматриваются заменить соответственно словами "цифровая система", "цифровой системы", "цифровых систем", "цифровой системе", "цифровую систему" в соответствии с Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. ОБЩИЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1073,2631 +1149,2913 @@
         <w:t>
       25) водитель – лицо, управляющее транспортным средством, погонщик, ведущий по дороге скот, стадо, вьючных, упряжных или верховых животных. К водителю приравнивается мастер обучения вождению во время образовательного процесса;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z28" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) водительское удостоверение – документ, подтверждающий право управления транспортным средством соответствующей категории. Водительским удостоверением также считается документ, выдаваемый взамен изъятого или утраченного на установленный законодательством Республики Казахстан срок, при наличии документа, удостоверяющего личность владельца водительского удостоверения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z523" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 26-1) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26-1) интеллектуальная транспортная система – комплекс взаимосвязанных автоматизированных систем, обеспечивающих управление, мониторинг и контроль за дорожным движением и деятельностью по перевозке пассажиров, багажа, грузов и почтовых отправлений, а также сертифицированных специальных контрольно-измерительных технических средств, приборов и оборудования, работающих в автоматическом режиме, фиксирующих правонарушения законодательства Республики Казахстан о дорожном движении и об автомобильном транспорте;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z29" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) единая система управления транспортными документами –информационная система, обеспечивающая регистрацию, учет, обработку и хранение документов, связанных с деятельностью по перевозке пассажиров, багажа, грузов и почтовых отправлений в области автомобильного транспорта и передачу формализованной информации о таких документах соответствующим уполномоченным государственным органам и участникам перевозочного процесса в порядке, определяемом законодательством Республики Казахстан об автомобильном транспорте;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z29" w:id="30"/>
-[...15 lines deleted...]
-      27) единая система управления транспортными документами –информационная система, обеспечивающая регистрацию, учет, обработку и хранение документов, связанных с деятельностью по перевозке пассажиров, багажа, грузов и почтовых отправлений в области автомобильного транспорта и передачу формализованной информации о таких документах соответствующим уполномоченным государственным органам и участникам перевозочного процесса в порядке, определяемом законодательством Республики Казахстан об автомобильном транспорте;</w:t>
+    <w:bookmarkStart w:name="z473" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27-1) администратор систем электронных паспортов транспортных средств (паспортов шасси транспортных средств) и электронных паспортов самоходных машин и других видов техники (далее – администратор систем электронных паспортов) – организация, определяемая Евразийской экономической комиссией, на которую возложена функция координации действий по проектированию систем электронных паспортов транспортных средств (паспортов шасси транспортных средств) и электронных паспортов самоходных машин и других видов техники, включая ввод в эксплуатацию, эксплуатацию, оптимизацию производительности, обеспечение и контроль доступа, обеспечение безопасности, отслеживание вопросов технического обеспечения этих систем, взаимодействие с участниками систем и органами власти, включение в эти системы новых участников, а также инициирование мер, необходимых для гармонизации законодательства государств – членов Евразийского экономического союза в области функций этих систем;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z473" w:id="31"/>
-[...15 lines deleted...]
-      27-1) администратор систем электронных паспортов транспортных средств (паспортов шасси транспортных средств) и электронных паспортов самоходных машин и других видов техники (далее – администратор систем электронных паспортов) – организация, определяемая Евразийской экономической комиссией, на которую возложена функция координации действий по проектированию систем электронных паспортов транспортных средств (паспортов шасси транспортных средств) и электронных паспортов самоходных машин и других видов техники, включая ввод в эксплуатацию, эксплуатацию, оптимизацию производительности, обеспечение и контроль доступа, обеспечение безопасности, отслеживание вопросов технического обеспечения этих систем, взаимодействие с участниками систем и органами власти, включение в эти системы новых участников, а также инициирование мер, необходимых для гармонизации законодательства государств – членов Евразийского экономического союза в области функций этих систем;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 27-2) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27-2) система электронных паспортов транспортных средств (паспортов шасси транспортных средств) и электронных паспортов самоходных машин и других видов техники (далее – система электронных паспортов) – структурированный комплекс, включающий вычислительное и коммуникационное оборудование, программное обеспечение, лингвистические средства, информационные ресурсы, системный персонал и взаимодействующих по установленным в этой системе правилам участников и пользователей, а также реализующий информационную технологию выполнения установленных функций этой системы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z475" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27-3) национальный оператор (национальный администратор) системы электронных паспортов транспортных средств (паспортов шасси транспортных средств) и электронных паспортов самоходных машин и других видов техники (далее – национальный оператор (национальный администратор) системы электронных паспортов) – юридическое лицо, осуществляющее организацию работы с администратором систем электронных паспортов с обеспечением безопасности и взаимодействия с участниками системы электронных паспортов и органами власти;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z474" w:id="32"/>
-[...15 lines deleted...]
-      27-2) система электронных паспортов транспортных средств (паспортов шасси транспортных средств) и электронных паспортов самоходных машин и других видов техники (далее – система электронных паспортов) – структурированный комплекс, включающий вычислительное и коммуникационное оборудование, программное обеспечение, лингвистические средства, информационные ресурсы, системный персонал и взаимодействующих по установленным в этой системе правилам участников и пользователей, а также реализующий информационную технологию выполнения установленных функций этой системы;</w:t>
+    <w:bookmarkStart w:name="z30" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) транспортное средство – устройство, предназначенное для перевозки по дорогам людей, грузов или оборудования, установленного на нем;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z475" w:id="33"/>
-[...15 lines deleted...]
-      27-3) национальный оператор (национальный администратор) системы электронных паспортов транспортных средств (паспортов шасси транспортных средств) и электронных паспортов самоходных машин и других видов техники (далее – национальный оператор (национальный администратор) системы электронных паспортов) – юридическое лицо, осуществляющее организацию работы с администратором систем электронных паспортов с обеспечением безопасности и взаимодействия с участниками системы электронных паспортов и органами власти;</w:t>
+    <w:bookmarkStart w:name="z449" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28-1) первичная регистрация транспортного средства – государственная регистрация транспортного средства, впервые осуществляемая на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z30" w:id="34"/>
-[...15 lines deleted...]
-      28) транспортное средство – устройство, предназначенное для перевозки по дорогам людей, грузов или оборудования, установленного на нем;</w:t>
+    <w:bookmarkStart w:name="z31" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) владелец транспортного средства – собственник транспортного средства, а также лицо, владеющее транспортным средством на праве хозяйственного ведения или праве оперативного управления либо на ином законном основании (право аренды, распоряжение соответствующего органа о передаче этому лицу транспортного средства). Не является владельцем транспортного средства лицо, управляющее транспортным средством в силу исполнения своих служебных или трудовых обязанностей, в том числе на основании трудового или гражданско-правового договора с собственником или иным владельцем транспортного средства или на основании их волеизъявления без оформления письменной формы сделки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z449" w:id="35"/>
-[...15 lines deleted...]
-      28-1) первичная регистрация транспортного средства – государственная регистрация транспортного средства, впервые осуществляемая на территории Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z476" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29-1) средняя скорость движения транспортного средства – скорость, определяемая путем деления протяженности участка дорог общего пользования международного, республиканского значения, пройденного транспортным средством, на промежуток времени, в течение которого это расстояние пройдено;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z31" w:id="36"/>
-[...15 lines deleted...]
-      29) владелец транспортного средства – собственник транспортного средства, а также лицо, владеющее транспортным средством на праве хозяйственного ведения или праве оперативного управления либо на ином законном основании (право аренды, распоряжение соответствующего органа о передаче этому лицу транспортного средства). Не является владельцем транспортного средства лицо, управляющее транспортным средством в силу исполнения своих служебных или трудовых обязанностей, в том числе на основании трудового или гражданско-правового договора с собственником или иным владельцем транспортного средства или на основании их волеизъявления без оформления письменной формы сделки;</w:t>
+    <w:bookmarkStart w:name="z477" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29-2) паспорт транспортного средства (паспорт шасси транспортного средства) – паспорт, выдаваемый на предназначенные для движения по автомобильным дорогам общего пользования автомототранспортные средства, имеющие двигатель внутреннего сгорания с рабочим объемом свыше пятидесяти кубических сантиметров или электрический двигатель (электрические двигатели) максимальной (суммарной) мощностью более четырех киловатт и (или) максимальную конструктивную скорость более пятидесяти километров в час, и прицепы к ним (паспорт, выдаваемый на шасси транспортного средства в случае поставки шасси их потребителям);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z476" w:id="37"/>
-[...15 lines deleted...]
-      29-1) средняя скорость движения транспортного средства – скорость, определяемая путем деления протяженности участка дорог общего пользования международного, республиканского значения, пройденного транспортным средством, на промежуток времени, в течение которого это расстояние пройдено;</w:t>
+    <w:bookmarkStart w:name="z598" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29-3) электронный паспорт транспортного средства (паспорт шасси транспортного средства) – паспорт транспортного средства (паспорт шасси транспортного средства), оформленный в системе электронных паспортов транспортных средств (паспортов шасси транспортных средств);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z477" w:id="38"/>
-[...15 lines deleted...]
-      29-2) паспорт транспортного средства (паспорт шасси транспортного средства) – паспорт, выдаваемый на предназначенные для движения по автомобильным дорогам общего пользования автомототранспортные средства, имеющие двигатель внутреннего сгорания с рабочим объемом свыше пятидесяти кубических сантиметров или электрический двигатель (электрические двигатели) максимальной (суммарной) мощностью более четырех киловатт и (или) максимальную конструктивную скорость более пятидесяти километров в час, и прицепы к ним (паспорт, выдаваемый на шасси транспортного средства в случае поставки шасси их потребителям);</w:t>
+    <w:bookmarkStart w:name="z32" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) государственная регистрация транспортного средства – процедура допуска транспортного средства к участию в дорожном движении, осуществляемая уполномоченным органом после проверки соответствия документов законодательству Республики Казахстан, сверки идентификационных номеров транспортного средства с выдачей свидетельства о регистрации транспортного средства и присвоением государственного регистрационного номерного знака;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z598" w:id="39"/>
-[...15 lines deleted...]
-      29-3) электронный паспорт транспортного средства (паспорт шасси транспортного средства) – паспорт транспортного средства (паспорт шасси транспортного средства), оформленный в системе электронных паспортов транспортных средств (паспортов шасси транспортных средств);</w:t>
+    <w:bookmarkStart w:name="z33" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) свидетельство о государственной регистрации транспортного средства – документ, подтверждающий допуск транспортного средства к участию в дорожном движении;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z32" w:id="40"/>
-[...15 lines deleted...]
-      30) государственная регистрация транспортного средства – процедура допуска транспортного средства к участию в дорожном движении, осуществляемая уполномоченным органом после проверки соответствия документов законодательству Республики Казахстан, сверки идентификационных номеров транспортного средства с выдачей свидетельства о регистрации транспортного средства и присвоением государственного регистрационного номерного знака;</w:t>
+    <w:bookmarkStart w:name="z34" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) активная безопасность транспортных средств – совокупность конструктивных и эксплуатационных свойств транспортных средств, направленных на предотвращение дорожно-транспортных происшествий и исключение предпосылок их возникновения, связанных с конструктивными особенностями транспортного средства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z33" w:id="41"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z35" w:id="43"/>
+    <w:bookmarkStart w:name="z35" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33) пассивная безопасность транспортных средств – совокупность конструктивных и эксплуатационных характеристик транспортных средств, направленных на снижение тяжести дорожно-транспортных происшествий; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z36" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34) уполномоченный орган в области транспорта и коммуникаций – центральный исполнительный орган, осуществляющий руководство в области автомобильного транспорта, а также в пределах, предусмотренных законодательством Республики Казахстан, межотраслевую координацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z37" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35) регион деятельности – территория, определенная уполномоченным органом в области транспорта и коммуникаций, на которой отсутствуют стационарные линии технического осмотра;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z36" w:id="44"/>
-[...15 lines deleted...]
-      34) уполномоченный орган в области транспорта и коммуникаций – центральный исполнительный орган, осуществляющий руководство в области автомобильного транспорта, а также в пределах, предусмотренных законодательством Республики Казахстан, межотраслевую координацию;</w:t>
+    <w:bookmarkStart w:name="z38" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36) государственный доклад – ежегодный отчет о состоянии безопасности дорожного движения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z37" w:id="45"/>
-[...15 lines deleted...]
-      35) регион деятельности – территория, определенная уполномоченным органом в области транспорта и коммуникаций, на которой отсутствуют стационарные линии технического осмотра;</w:t>
+    <w:bookmarkStart w:name="z39" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37) государственный регистрационный номерной знак – изделие, являющееся собственностью государства и содержащее индивидуальное буквенно-цифровое обозначение, присваиваемое механическому транспортному средству и изготовленное в соответствии с требованиями национального стандарта. Данное понятие распространяется на номерные знаки "Транзит";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z38" w:id="46"/>
-[...15 lines deleted...]
-      36) государственный доклад – ежегодный отчет о состоянии безопасности дорожного движения;</w:t>
+    <w:bookmarkStart w:name="z40" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38) механическое транспортное средство – самоходное дорожное транспортное средство, приводимое в движение двигателем, за исключением электрических самокатов, малых электрических транспортных средств и рельсовых транспортных средств. Понятие распространяется также на тракторы и самоходные машины при их участии в дорожном движении;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z39" w:id="47"/>
-[...15 lines deleted...]
-      37) государственный регистрационный номерной знак – изделие, являющееся собственностью государства и содержащее индивидуальное буквенно-цифровое обозначение, присваиваемое механическому транспортному средству и изготовленное в соответствии с требованиями национального стандарта. Данное понятие распространяется на номерные знаки "Транзит";</w:t>
+    <w:bookmarkStart w:name="z41" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39) эксплуатация механического транспортного средства – стадия жизненного цикла механического транспортного средства, включающая его использование по назначению с момента его государственной регистрации до момента утилизации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z40" w:id="48"/>
-[...15 lines deleted...]
-      38) механическое транспортное средство – самоходное дорожное транспортное средство, приводимое в движение двигателем, за исключением электрических самокатов, малых электрических транспортных средств и рельсовых транспортных средств. Понятие распространяется также на тракторы и самоходные машины при их участии в дорожном движении;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 40) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40) единая информационная система обязательного технического осмотра механических транспортных средств и прицепов к ним – электронная база данных, содержащая сведения о владельцах механических транспортных средств и прицепов к ним, механических транспортных средствах и прицепов к ним, результатах проведения обязательного технического осмотра;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z504" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40-1) оператор единой информационной системы обязательного технического осмотра механических транспортных средств и прицепов к ним – акционерное общество, определенное уполномоченным органом в области транспорта и коммуникаций и осуществляющее ведение, развитие, интеграцию и сопровождение единой информационной системы обязательного технического осмотра механических транспортных средств и прицепов к ним;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z41" w:id="49"/>
-[...15 lines deleted...]
-      39) эксплуатация механического транспортного средства – стадия жизненного цикла механического транспортного средства, включающая его использование по назначению с момента его государственной регистрации до момента утилизации;</w:t>
+    <w:bookmarkStart w:name="z43" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41) мопед – двух- или трехколесное механическое транспортное средство, снабженное двигателем внутреннего сгорания с объемом двигателя, не превышающим пятидесяти кубических сантиметров, либо электрическим двигателем и имеющее максимальную конструктивную скорость не более пятидесяти километров в час. К мопедам приравниваются мокики, скутеры и другие механические транспортные средства с аналогичными характеристиками;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z42" w:id="50"/>
-[...15 lines deleted...]
-      40) единая информационная система обязательного технического осмотра механических транспортных средств и прицепов к ним – электронная база данных, содержащая сведения о владельцах механических транспортных средств и прицепов к ним, механических транспортных средствах и прицепов к ним, результатах проведения обязательного технического осмотра;</w:t>
+    <w:bookmarkStart w:name="z44" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42) мотоцикл – двухколесное механическое транспортное средство с боковым прицепом или без него, имеющее двигатель. К мотоциклам приравниваются трех- и четырехколесные транспортные средства, вес которых без нагрузки не превышает четырехсот килограмм, скутеры с объемом цилиндра, превышающим пятьдесят кубических сантиметров, и другие транспортные средства с аналогичными характеристиками;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z504" w:id="51"/>
-[...15 lines deleted...]
-      40-1) оператор единой информационной системы обязательного технического осмотра механических транспортных средств и прицепов к ним – акционерное общество, определенное уполномоченным органом в области транспорта и коммуникаций и осуществляющее ведение, развитие, интеграцию и сопровождение единой информационной системы обязательного технического осмотра механических транспортных средств и прицепов к ним;</w:t>
+    <w:bookmarkStart w:name="z45" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43) обязательный технический осмотр – периодический процесс диагностирования технического состояния механических транспортных средств и прицепов к ним на соответствие требованиям, установленным законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z43" w:id="52"/>
-[...15 lines deleted...]
-      41) мопед – двух- или трехколесное механическое транспортное средство, снабженное двигателем внутреннего сгорания с объемом двигателя, не превышающим пятидесяти кубических сантиметров, либо электрическим двигателем и имеющее максимальную конструктивную скорость не более пятидесяти километров в час. К мопедам приравниваются мокики, скутеры и другие механические транспортные средства с аналогичными характеристиками;</w:t>
+    <w:bookmarkStart w:name="z46" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44) парковка – место стоянки транспортного средства, представляющее собой участок дороги, организованный в соответствии с нормативными правовыми актами, утвержденными в установленном законодательством Республики Казахстан порядке;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z44" w:id="53"/>
-[...15 lines deleted...]
-      42) мотоцикл – двухколесное механическое транспортное средство с боковым прицепом или без него, имеющее двигатель. К мотоциклам приравниваются трех- и четырехколесные транспортные средства, вес которых без нагрузки не превышает четырехсот килограмм, скутеры с объемом цилиндра, превышающим пятьдесят кубических сантиметров, и другие транспортные средства с аналогичными характеристиками;</w:t>
+    <w:bookmarkStart w:name="z478" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44-1) парковочное пространство – специально отведенная территория или место для остановки и (или) стоянки транспортного средства, в том числе вне автомобильных дорог;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z45" w:id="54"/>
-[...15 lines deleted...]
-      43) обязательный технический осмотр – периодический процесс диагностирования технического состояния механических транспортных средств и прицепов к ним на соответствие требованиям, установленным законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z479" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44-2) паспорт самоходной машины и других видов техники – паспорт, выдаваемый на имеющие двигатель внутреннего сгорания с рабочим объемом свыше пятидесяти кубических сантиметров или электродвигатель (электродвигатели) максимальной (суммарной) мощностью более четырех киловатт тракторы, самоходные дорожно-строительные, коммунальные, сельскохозяйственные машины и другие наземные безрельсовые механические транспортные средства (за исключением предназначенных для движения по автомобильным дорогам общего пользования автомототранспортных средств, имеющих максимальную конструктивную скорость более пятидесяти километров в час) и прицепы к ним;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z46" w:id="55"/>
-[...15 lines deleted...]
-      44) парковка – место стоянки транспортного средства, представляющее собой участок дороги, организованный в соответствии с нормативными правовыми актами, утвержденными в установленном законодательством Республики Казахстан порядке;</w:t>
+    <w:bookmarkStart w:name="z626" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44-3) электронный паспорт самоходной машины и других видов техники – паспорт самоходной машины и других видов техники, оформленный в системе электронных паспортов самоходных машин и других видов техники;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z478" w:id="56"/>
-[...15 lines deleted...]
-      44-1) парковочное пространство – специально отведенная территория или место для остановки и (или) стоянки транспортного средства, в том числе вне автомобильных дорог;</w:t>
+    <w:bookmarkStart w:name="z47" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45) паркинг – территория, представляющая собой специально оборудованное здание (часть здания), сооружение (часть сооружения), включая одно- или многоуровневое инженерное сооружение, или специальную открытую площадку, предназначенную для хранения (стоянки) транспортных средств и организованную в соответствии с нормативными правовыми актами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z479" w:id="57"/>
-[...15 lines deleted...]
-      44-2) паспорт самоходной машины и других видов техники – паспорт, выдаваемый на имеющие двигатель внутреннего сгорания с рабочим объемом свыше пятидесяти кубических сантиметров или электродвигатель (электродвигатели) максимальной (суммарной) мощностью более четырех киловатт тракторы, самоходные дорожно-строительные, коммунальные, сельскохозяйственные машины и другие наземные безрельсовые механические транспортные средства (за исключением предназначенных для движения по автомобильным дорогам общего пользования автомототранспортных средств, имеющих максимальную конструктивную скорость более пятидесяти километров в час) и прицепы к ним;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">46) исключен Законом РК от 03.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 130-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47) оператор технического осмотра – юридическое лицо или индивидуальный предприниматель, осуществляющие деятельность по проведению обязательного технического осмотра и получившие разрешение на деятельность операторов технического осмотра;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z626" w:id="58"/>
-[...15 lines deleted...]
-      44-3) электронный паспорт самоходной машины и других видов техники – паспорт самоходной машины и других видов техники, оформленный в системе электронных паспортов самоходных машин и других видов техники;</w:t>
+    <w:bookmarkStart w:name="z50" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48) центр технического осмотра – комплекс, предназначенный для выполнения работ по диагностированию технического состояния механических транспортных средств и прицепов к ним, имеющий для этих целей стационарную и (или) мобильную линию технического осмотра;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z47" w:id="59"/>
-[...15 lines deleted...]
-      45) паркинг – территория, представляющая собой специально оборудованное здание (часть здания), сооружение (часть сооружения), включая одно- или многоуровневое инженерное сооружение, или специальную открытую площадку, предназначенную для хранения (стоянки) транспортных средств и организованную в соответствии с нормативными правовыми актами;</w:t>
+    <w:bookmarkStart w:name="z51" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49) диагностическая карта технического осмотра – документ, содержащий сведения о владельце и механическом транспортном средстве и прицепов к нему с перечнем параметров технического состояния механического транспортного средства и прицепов к нему и результатах обязательного технического осмотра;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z52" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50) стационарная линия технического осмотра – комплекс, оснащенный средствами диагностирования механических транспортных средств и прицепов к ним для проведения обязательного технического осмотра, расположенный в здании или сооружении;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z53" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51) мобильная линия технического осмотра – передвижной комплекс, состоящий из специального транспортного средства либо мобильного сооружения (контейнерного типа), оснащенного средствами диагностирования механических транспортных средств и прицепов к ним для проведения обязательного технического осмотра;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z54" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52) стоянка – преднамеренное прекращение движения транспортного средства на время более пяти минут по причинам, не связанным с посадкой или высадкой пассажиров либо загрузкой или разгрузкой транспортного средства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z55" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53) прицеп – транспортное средство, не оборудованное двигателем и предназначенное для движения в составе с механическим транспортным средством. Понятие распространяется также на полуприцепы и прицепы-роспуски;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z551" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53-1) малое электрическое транспортное средство – транспортное средство, оснащенное электрическим двигателем, предназначенное для индивидуального передвижения, имеющее одно или несколько колес, за исключением электрических самокатов и велосипедов с электрическим двигателем;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z56" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54) экстренные оперативные службы – службы, оказывающие экстренную помощь при дорожно-транспортных происшествиях и иных чрезвычайных ситуациях на автомобильных дорогах Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z57" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55) устройство вызова экстренных оперативных служб – устройство, осуществляющее и обеспечивающее определение координат, скорости и направления движения транспортного средства с помощью сигналов не менее двух действующих глобальных навигационных спутниковых систем, передачу сообщения о транспортном средстве при дорожно-транспортном происшествии и иной чрезвычайной ситуации, а также двустороннюю голосовую связь с экстренными оперативными службами по сетям подвижной радиотелефонной связи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z58" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56) оператор системы экстренного вызова – уполномоченная организация, осуществляющая управление системой экстренного вызова.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z585" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56-1) электромобиль – механическое транспортное средство, оснащенное и приводимое в движение электрическим двигателем, получающим энергию от аккумуляторных батарей, емкостных накопителей и (или) топливных элементов, и заряжаемое исключительно с помощью внешнего источника электрической энергии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z552" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57) электрический самокат – транспортное средство индивидуальной мобильности, имеющее два или три колеса, предназначенное для передвижения одного человека посредством использования электрического двигателя (электрических двигателей), не имеющее сиденья, с максимальной конструктивной скоростью не более двадцати пяти километров в час.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">46) исключен Законом РК от 03.10.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 1 с изменениями, внесенными законами РК от 29.12.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 269-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2015); от 27.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 364-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 407-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 03.07.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 83-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.10.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 184-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 19.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 249-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 399-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2021); от 12.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 138-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 12-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 18.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 126-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 03.10.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 130-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования);</w:t>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 17.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 213-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="60"/>
-[...215 lines deleted...]
-      56) оператор системы экстренного вызова – уполномоченная организация, осуществляющая управление системой экстренного вызова.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 2. Законодательство Республики Казахстан о дорожном движении</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Законодательство Республики Казахстан о дорожном движении основывается на Конституции Республики Казахстан и состоит из настоящего Закона, иных нормативных правовых актов Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z585" w:id="71"/>
-[...15 lines deleted...]
-      56-1) электромобиль – механическое транспортное средство, оснащенное и приводимое в движение электрическим двигателем, получающим энергию от аккумуляторных батарей, емкостных накопителей и (или) топливных элементов, и заряжаемое исключительно с помощью внешнего источника электрической энергии;</w:t>
+    <w:bookmarkStart w:name="z61" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Международные договоры, ратифицированные Республикой Казахстан, имеют приоритет перед настоящим Законом. Порядок и условия действия на территории Республики Казахстан международных договоров, участницей которых является Республика Казахстан, определяются законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z552" w:id="72"/>
-[...15 lines deleted...]
-      57) электрический самокат – транспортное средство индивидуальной мобильности, имеющее два или три колеса, предназначенное для передвижения одного человека посредством использования электрического двигателя (электрических двигателей), не имеющее сиденья, с максимальной конструктивной скоростью не более двадцати пяти километров в час.</w:t>
+    <w:bookmarkStart w:name="z526" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. На правоотношения, урегулированные законодательством Республики Казахстан о дорожном движении, не распространяется действие законодательства Республики Казахстан о государственных закупках в части приобретения товаров, работ, услуг для изготовления водительских удостоверений, свидетельств о государственной регистрации транспортных средств, государственных регистрационных номерных знаков.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 1 с изменениями, внесенными законами РК от 29.12.2014 </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 03.07.2017 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 2 с изменениями, внесенными законами РК от 15.11.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 72-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2022); от 03.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 130-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 3. Основные цель, задачи и принципы настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z611" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Основной целью настоящего Закона является установление правовых основ и общих условий функционирования и обеспечения безопасности дорожного движения в Республике Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z612" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Основными задачами настоящего Закона являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z613" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственное управление в сфере дорожного движения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z614" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) определение компетенции государственных органов, осуществляющих деятельность в сфере дорожного движения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z615" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) государственный контроль в сфере дорожного движения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z616" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) управление деятельностью, направленной на обеспечение безопасности дорожного движения и устранение последствий дорожно-транспортных происшествий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z617" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) управление деятельностью, направленной на обеспечение безопасности дорог и их пропускной способности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z618" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) управление деятельностью, направленной на обеспечение безопасности транспортных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z619" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) осуществление допуска транспортных средств к участию в дорожном движении и лиц к управлению транспортными средствами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z620" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Основными принципами настоящего Закона являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z621" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) приоритет жизни и здоровья участников дорожного движения над экономическими результатами хозяйственной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z622" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) приоритет ответственности государства за обеспечение безопасности дорожного движения над ответственностью участников дорожного движения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z623" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) соблюдение законных интересов участников дорожного движения, общества и государства при обеспечении безопасности дорожного движения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z624" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) системный подход к обеспечению безопасности дорожного движения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 3 – в редакции Закона РК от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 4. Система обеспечения безопасности дорожного движения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Система обеспечения безопасности дорожного движения является средством реализации государственной политики в сфере дорожного движения и включает в себя правовые нормы, регулирующие отношения в сфере обеспечения безопасности дорожного движения, совокупность центральных и местных исполнительных органов, юридических лиц, общественных объединений, участников дорожного движения, средств и мер, обеспечивающих безопасность дорожного движения и ликвидацию последствий дорожно-транспортных происшествий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z64" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. ГОСУДАРСТВЕННОЕ УПРАВЛЕНИЕ И ПОЛИТИКА В СФЕРЕ ДОРОЖНОГО ДВИЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 5. Государственное управление в сфере дорожного движения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственное управление в сфере дорожного движения включает в себя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) определение, разработку, реализацию государственной политики в сфере дорожного движения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) финансирование деятельности в сфере дорожного движения и обеспечения его безопасности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обеспечение обязательного страхования гражданско-правовой ответственности владельцев транспортных средств перед третьими лицами, а также перевозчиков – перед пассажирами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ведение статистической отчетности и государственного учета основных целевых показателей состояния дорожного движения и обеспечения его безопасности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) разработку, принятие, утверждение и реализацию в установленном порядке законодательных, иных нормативных правовых актов по вопросам обеспечения безопасности дорожного движения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) установление компетенции Правительства Республики Казахстан, центральных, местных представительных и исполнительных органов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) координацию деятельности центральных и местных исполнительных органов, физических и юридических лиц в целях предупреждения дорожно-транспортных происшествий и снижения тяжести их последствий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) обеспечение функционирования системы управления рисками в сфере дорожного движения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) обеспечение безопасности дорожного движения и устранение последствий дорожно-транспортных происшествий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) обеспечение безопасности дорог и их пропускной способности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) обеспечение безопасности транспортных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) обеспечение безопасного поведения пользователей дорог;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) осуществление международного сотрудничества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) осуществление государственного контроля за выполнением законодательства Республики Казахстан в сфере обеспечения безопасности дорожного движения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) иные формы государственного управления в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 5 с изменениями, внесенными законами РК от 03.07.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 83-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.10.2018 </w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 2. Законодательство Республики Казахстан о дорожном движении</w:t>
-[...61 lines deleted...]
-    <w:bookmarkEnd w:id="75"/>
+        <w:t>Статья 6. Государственная политика в сфере дорожного движения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z67" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственная политика в сфере дорожного движения направлена на обеспечение благоприятных условий для участников дорожного движения, предотвращение дорожно-транспортных происшествий и снижение тяжести их последствий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z68" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Основными направлениями государственной политики в сфере дорожного движения являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечение безопасности и доступности дорожного движения, комфортности и сервиса для его участников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечение устойчивой транспортной системой;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) снижение рисков в дорожном движении;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) переход к безопасным транспортным средствам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) стимулирование и поощрение использования общественного транспорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) обеспечение соблюдения правил дорожного движения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) совершенствование системы оказания медицинской помощи пострадавшим в результате дорожно-транспортных происшествий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) охрана окружающей среды в сфере дорожного движения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) иные направления в сфере дорожного движения и обеспечения его безопасности в соответствии с Конституцией, настоящим Законом, законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 7. Финансирование деятельности в сфере дорожного движения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Финансирование деятельности в сфере дорожного движения и обеспечения его безопасности осуществляется за счет бюджетных средств и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 8. Государственная система учета показателей состояния дорожного движения и обеспечения его безопасности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z71" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. На территории Республики Казахстан осуществляется единая государственная система учета показателей состояния дорожного движения и обеспечения его безопасности, которая включает сведения о дорожно-транспортных происшествиях, при которых погибли и (или) ранены люди, повреждены транспортные средства, сооружения, грузы либо причинен иной материальный ущерб, а также правонарушениях в сфере дорожного движения, других показателях, отражающих состояние дорожного движения и деятельность по обеспечению его безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z72" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Информация о показателях, отражающих состояние дорожного движения и деятельность по обеспечению его безопасности, размещается на официальном сайте уполномоченного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z73" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...80 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...839 lines deleted...]
-      2. Основными направлениями государственной политики в сфере дорожного движения являются:</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. КОМПЕТЕНЦИЯ ПРАВИТЕЛЬСТВА РЕСПУБЛИКИ КАЗАХСТАН, ЦЕНТРАЛЬНЫХ И МЕСТНЫХ ПРЕДСТАВИТЕЛЬНЫХ И ИСПОЛНИТЕЛЬНЫХ ОРГАНОВ В СФЕРЕ ДОРОЖНОГО ДВИЖЕНИЯ И ОБЕСПЕЧЕНИЯ ЕГО БЕЗОПАСНОСТИ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:p>
-[...270 lines deleted...]
-    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 9. Компетенция Правительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4233,2547 +4591,2841 @@
         </w:rPr>
         <w:t xml:space="preserve">
       12) исключен Законом РК от 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z480" w:id="96"/>
+    <w:bookmarkStart w:name="z480" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12-1) определяет национального оператора (национального администратора) системы электронных паспортов;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12-2) исключен Законом РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13) исключен Законом РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 9 с изменениями, внесенными законами РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 13.06.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 69-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.10.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 184-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 10. Компетенция уполномоченного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) формирует и реализует государственную политику в сфере дорожного движения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) исключен Законом РК от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обеспечивает правовое просвещение и информирование населения по вопросам безопасности дорожного движения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) разрабатывает правила государственной регистрации и учета отдельных видов транспортных средств по идентификационному номеру транспортного средства, подготовки водителей механических транспортных средств, приема экзаменов и выдачи водительских удостоверений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) утверждает правила дорожного движения, основные положения по допуску транспортных средств к эксплуатации, перечень оперативных и специальных служб, транспорт которых подлежит оборудованию специальными световыми и звуковыми сигналами и окраске по специальным цветографическим схемам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) организует и осуществляет государственный контроль за дорожным движением и обеспечением его безопасности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6-1) исключен Законом РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-2) разрабатывает в целях государственного контроля систему оценки рисков и проверочные листы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) исключен Законом РК от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) осуществляет межотраслевую координацию деятельности государственных органов в сфере дорожного движения и обеспечения его безопасности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9) исключен Законом РК от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) организует научные исследования и научно-технические разработки в сфере дорожного движения и обеспечения его безопасности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11) исключен Законом РК от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12) исключен Законом РК от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) разрабатывает и утверждает по согласованию с уполномоченным органом в области здравоохранения правила направления для освидетельствования на состояние опьянения, освидетельствования на состояние опьянения и оформления его результатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) согласовывает нормативную, проектную и техническую документацию на проектирование, строительство, ремонт, содержание дорог и управление ими в части обеспечения безопасности дорожного движения с учетом потребностей лиц с инвалидностью в целях обеспечения им равного доступа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14-1) исключен Законом РК от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) согласовывает в установленном порядке документацию по территориально-транспортному планированию и организации дорожного движения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      16) исключен Законом РК от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      17) исключен Законом РК от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) регулирует дорожное движение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) исключен Законом РК от 29.03.2016</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 479-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) определяет порядок представления и представление данных по идентификационному номеру транспортного средства банкам и организациям, осуществляющим отдельные виды банковских операций, для исполнения ими обязанностей, предусмотренных налоговым законодательством Республики Казахстан, по согласованию с Национальным Банком Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) исключен Законом РК от 29.03.2016</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 479-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z360" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) разрабатывает и утверждает правила формирования и осуществления деятельности квалификационной комиссии, порядок проведения аттестации кандидатов в преподаватели, мастера производственного обучения и мастера обучения вождению во время образовательного процесса по подготовке водителей транспортных средств, форму и периодичность представления отчетности о своей деятельности профессиональными объединениями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) исключен Законом РК от 29.03.2016</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 479-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      24) исключен Законом РК от 03.07.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 83-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24-1) утверждает правила государственной регистрации и учета отдельных видов транспортных средств по идентификационному номеру транспортного средства, подготовки водителей механических транспортных средств, приема экзаменов и выдачи водительских удостоверений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z529" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24-2) осуществляет мероприятия по организации и обеспечению интеграции информационных систем в сфере дорожного движения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ч.2 подпункта 24-2) предусматривается в редакции Закона РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К интеграции информационных систем в сфере дорожного движения относятся мероприятия по организации и обеспечению информационного взаимодействия между информационными системами объектов информатизации в едином информационном пространстве;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z625" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24-3) разрабатывает и утверждает нормативные правовые акты в сфере дорожного движения и обеспечения его безопасности в соответствии с целью и задачами настоящего Закона и законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Статью 10 предусматривается дополнить подпунктом 24-4) в соответствии с Законом РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 10 с изменениями, внесенными законами РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.03.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 479-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); от 03.07.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 83-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.10.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 184-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 30.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 177-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 11. Компетенция уполномоченного органа в области транспорта и коммуникаций</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган в области транспорта и коммуникаций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществляет государственный контроль за соблюдением порядка организации и проведения обязательного технического осмотра механических транспортных средств и прицепов к ним операторами технического осмотра;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) разрабатывает форму диагностической карты технического осмотра;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) разрабатывает порядок организации и осуществления юридическими лицами и индивидуальными предпринимателями, занятыми на нерегулярных перевозках пассажиров и багажа, деятельности по обеспечению безопасности перевозки пассажиров и багажа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z550" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1) утверждает порядок прекращения или временного ограничения движения транспортных средств по дорогам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) исключен Законом РК от 03.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 130-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5) исключен Законом РК от 29.12.2014 № 269-V (вводится в действие с 01.01.2015);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-1) утверждает методику определения стоимости услуг по проведению обязательного технического осмотра;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-2) утверждает правила организации и эксплуатации системы экстренного вызова;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-3) утверждает правила организации и проведения обязательного технического осмотра механических транспортных средств и прицепов к ним, периодичность прохождения обязательного технического осмотра механических транспортных средств и прицепов к ним, за исключением механических транспортных средств и прицепов к ним Вооруженных Сил, других войск и воинских формирований;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-4) определяет юридическое лицо, осуществляющее функции оператора системы экстренного вызова;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">12-2) исключен Законом РК от 19.04.2023 </w:t>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 5-5) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-5) утверждает требования к специализированным программным обеспечениям, осуществляющим информационное взаимодействие с единой информационной системой обязательного технического осмотра механических транспортных средств и прицепов к ним;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 11 с изменениями, внесенными законами РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.12.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 269-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2015); от 19.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 249-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 19.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 130-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 12. Компетенция уполномоченного органа в области здравоохранения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган в области здравоохранения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) координирует взаимодействие государственных органов по медицинскому обеспечению безопасности дорожного движения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) разрабатывает и утверждает правила проведения медицинского осмотра лица, претендующего на получение права управления транспортными средствами, повторного медицинского осмотра водителя механических транспортных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) разрабатывает и утверждает правила проведения обязательных предрейсовых и послерейсовых медицинских осмотров водителей транспортных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z514" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) утверждает перечень лекарственных средств и медицинских изделий автомобильных аптечек первой помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) утверждает перечень медицинских противопоказаний, при которых лицам запрещается управлять транспортными средствами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) организует оказание своевременной медицинской помощи совместно с уполномоченным органом в сфере гражданской защиты пострадавшим в дорожно-транспортных происшествиях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 12 с изменениями, внесенными законами РК от 28.12.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 211-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 07.07.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 361-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...17 lines deleted...]
-        <w:t>№ 223-VII</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 13. Компетенция уполномоченного органа в области образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган в области образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) координирует взаимодействие государственных органов по повышению уровня образования учащихся общеобразовательных школ в сфере безопасности дорожного движения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) утверждает типовые образовательные учебные программы по обучению детей правилам дорожного движения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) исключен Законом РК от 08.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 410-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 13 с изменением, внесенным Законом РК от 08.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 410-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...102 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 10. Компетенция уполномоченного органа</w:t>
-[...1036 lines deleted...]
-      К интеграции информационных систем в сфере дорожного движения относятся мероприятия по организации и обеспечению информационного взаимодействия между информационными системами объектов информатизации в едином информационном пространстве;</w:t>
+        <w:t>Статья 14. Компетенция уполномоченного органа в области внешнеполитической деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z80" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Уполномоченный орган в области внешнеполитической деятельности:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z625" w:id="100"/>
-[...1200 lines deleted...]
-    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) обеспечивает координацию деятельности Республики Казахстан с международными организациями и государствами в сфере дорожного движения и обеспечения его безопасности;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6838,70 +7490,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) оказывает содействие в проведении обязательного технического осмотра механических транспортных средств и прицепов к ним дипломатических представительств, консульских учреждений иностранных государств, представительств международных организаций;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="105"/>
+    <w:bookmarkStart w:name="z81" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Функции, указанные в подпунктах 2) – 6) пункта 1 настоящей статьи, возлагаются уполномоченным органом в области внешнеполитической деятельности на подведомственную организацию по работе с дипломатическим корпусом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7154,863 +7806,863 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уполномоченный орган в области индустриального развития:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z484" w:id="106"/>
+    <w:bookmarkStart w:name="z484" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) реализует Соглашение о введении единых форм паспорта транспортного средства (паспорта шасси транспортного средства) и паспорта самоходной машины и других видов техники и организации систем электронных паспортов в части организации систем электронных паспортов;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z485" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) формирует и ведет национальную часть единого реестра уполномоченных органов (организаций) и организаций-изготовителей транспортных средств (шасси транспортных средств), самоходных машин и других видов техники, осуществляющих оформление паспортов транспортных средств (паспортов шасси транспортных средств) и паспортов самоходных машин и других видов техники, в том числе оформление электронных паспортов транспортных средств (паспортов шасси транспортных средств) и электронных паспортов самоходных машин и других видов техники;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z486" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) подает представление в Правительство Республики Казахстан для определения национального оператора (национального администратора) системы электронных паспортов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z487" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) определяет порядок и условия выдачи заключения о предоставлении организациям полномочий или об отказе в предоставлении полномочий по оформлению паспортов транспортных средств (паспортов шасси транспортных средств) и паспортов самоходных машин и других видов техники, в том числе оформлению электронных паспортов транспортных средств (паспортов шасси транспортных средств) и электронных паспортов самоходных машин и других видов техники;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z488" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) утверждает требования к элементам защиты паспорта транспортного средства (паспорта шасси транспортного средства) и паспорта самоходной машины и других видов техники;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z489" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z485" w:id="107"/>
-[...15 lines deleted...]
-      2) формирует и ведет национальную часть единого реестра уполномоченных органов (организаций) и организаций-изготовителей транспортных средств (шасси транспортных средств), самоходных машин и других видов техники, осуществляющих оформление паспортов транспортных средств (паспортов шасси транспортных средств) и паспортов самоходных машин и других видов техники, в том числе оформление электронных паспортов транспортных средств (паспортов шасси транспортных средств) и электронных паспортов самоходных машин и других видов техники;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 3 дополнена статьей 15-1 в соответствии с Законом РК от 05.10.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 184-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными Законом РК от 25.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 347-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 16. Компетенция органов военной полиции</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Органы военной полиции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечивают безопасность дорожного движения транспортных средств органов национальной безопасности, Вооруженных Сил, других войск и воинских формирований Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществляют государственную регистрацию механических транспортных средств и прицепов к ним Вооруженных Сил, других войск и воинских формирований Республики Казахстан, за исключением Сил особого назначения Службы государственной охраны Республики Казахстан, с выдачей соответствующих документов и государственных регистрационных номерных знаков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) осуществляют выдачу водительских удостоверений военнослужащих на право управления транспортными средствами, принадлежащими Вооруженным Силам Республики Казахстан, другим войскам и воинским формированиям (далее – водительские удостоверения военнослужащих), за исключением Сил особого назначения Службы государственной охраны Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществляют проведение обязательного технического осмотра механических транспортных средств и прицепов к ним, зарегистрированных в органах военной полиции, в порядке, определяемом первыми руководителями центральных государственных органов в области национальной безопасности, обороны и внутренних дел;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) по согласованию с уполномоченным органом организовывают и обеспечивают сопровождение колонн транспортных средств органов национальной безопасности, Вооруженных Сил, других войск и воинских формирований Республики Казахстан и осуществляют регулирование дорожного движения на дорогах и улицах во время прохождения этих колонн;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) разрабатывают правила государственной регистрации механических транспортных средств и прицепов к ним Вооруженных Сил, других войск и воинских формирований Республики Казахстан, утверждаемые первым руководителем органов внутренних дел, уполномоченных органов в сферах национальной безопасности, обороны Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществляют иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 16 с изменениями, внесенными законами РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 13.06.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 69-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 27.12.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 291-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 16.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 211-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 16-1. Компетенция органов, осуществляющих оперативно-розыскную деятельность</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Органы, осуществляющие оперативно-розыскную деятельность, разрабатывают и утверждают правила эксплуатации транспортных средств органов, осуществляющих оперативно-розыскную деятельность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 3 дополнена статьей 16-1 в соответствии с Законом РК от 03.07.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 83-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 17. Компетенция областных, городов республиканского значения, столицы и районных (городов областного значения) представительных и исполнительных органов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z85" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Областные, городов республиканского значения, столицы и районные (городов областного значения) представительные органы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z486" w:id="108"/>
-[...15 lines deleted...]
-      3) подает представление в Правительство Республики Казахстан для определения национального оператора (национального администратора) системы электронных паспортов;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) при утверждении местного бюджета определяют объемы финансирования мероприятий по организации дорожного движения и территориально-транспортному планированию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) рассматривают отчеты руководителей областных, городов республиканского значения, столицы и районных (городов областного значения) исполнительных органов по вопросам обеспечения безопасности дорожного движения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществляют в соответствии с законодательством Республики Казахстан иные полномочия по обеспечению прав и законных интересов физических лиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z627" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1. Местные представительные органы городов Астаны и Алматы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z487" w:id="109"/>
-[...15 lines deleted...]
-      4) определяет порядок и условия выдачи заключения о предоставлении организациям полномочий или об отказе в предоставлении полномочий по оформлению паспортов транспортных средств (паспортов шасси транспортных средств) и паспортов самоходных машин и других видов техники, в том числе оформлению электронных паспортов транспортных средств (паспортов шасси транспортных средств) и электронных паспортов самоходных машин и других видов техники;</w:t>
+    <w:bookmarkStart w:name="z628" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) утверждают правила организации дорожного движения в городах Астане и Алматы в части, не урегулированной правилами дорожного движения, включая:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z488" w:id="110"/>
-[...15 lines deleted...]
-      5) утверждает требования к элементам защиты паспорта транспортного средства (паспорта шасси транспортного средства) и паспорта самоходной машины и других видов техники;</w:t>
+    <w:bookmarkStart w:name="z629" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      правила остановки или стоянки транспортных средств, в том числе организации и функционирования парковочных пространств;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z489" w:id="111"/>
-[...15 lines deleted...]
-      6) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z630" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      доставление (эвакуацию) транспортных средств, задержанных в соответствии с Кодексом Республики Казахстан об административных правонарушениях, на специальные площадки и стоянки, их временного хранения, оплаты стоимости доставления (эвакуации) и хранения, возврата транспортных средств;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:p>
-[...494 lines deleted...]
-      1. Областные, городов республиканского значения, столицы и районные (городов областного значения) представительные органы:</w:t>
+    <w:bookmarkStart w:name="z631" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      установку защитных конструкций и регулирующих элементов (шлагбаумов и других ограждений) в городах Астане и Алматы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:p>
-[...69 lines deleted...]
-      1-1. Местные представительные органы городов Астаны и Алматы:</w:t>
+    <w:bookmarkStart w:name="z632" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) определяет размер платы за доставление (эвакуацию) транспортных средств и их временное хранение на специальных площадках, стоянках, находящихся в коммунальной собственности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z628" w:id="114"/>
-[...15 lines deleted...]
-      1) утверждают правила организации дорожного движения в городах Астане и Алматы в части, не урегулированной правилами дорожного движения, включая:</w:t>
+    <w:bookmarkStart w:name="z86" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Областные, городов республиканского значения, столицы и районные (городов областного значения) исполнительные органы в пределах своей компетенции и региона:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z629" w:id="115"/>
-[...98 lines deleted...]
-    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) обеспечивают безопасность дорожного движения на соответствующей территории; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8239,339 +8891,339 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) осуществляют в интересах местного государственного управления иные полномочия, возлагаемые на местные исполнительные органы законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z633" w:id="120"/>
+    <w:bookmarkStart w:name="z633" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Местный исполнительный орган города республиканского значения и столицы:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z634" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) разрабатывает и утверждает правила организации платных стоянок (парковок);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z635" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организует платные стоянки (парковки).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 17 с изменениями, внесенными законами РК от 29.03.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 479-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); от 17.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 213-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 18. Координация деятельности в сфере дорожного движения и обеспечения его безопасности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z88" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Координация деятельности в сфере дорожного движения и обеспечения его безопасности осуществляется путем разработки и осуществления государственными органами, физическими и юридическими лицами согласованных действий в целях повышения эффективности работы по своевременному предупреждению дорожно-транспортных происшествий, устранению причин и условий, способствующих их совершению, и снижению тяжести их последствий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z89" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Основными задачами координационной деятельности являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) оценка эффективности деятельности государственных органов, физических и юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выработка предложений по совершенствованию законодательства Республики Казахстан о дорожном движении;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) заслушивание отчетов руководителей и должностных лиц о проводимой ими работе и выработка предложений по совершенствованию их деятельности в сфере дорожного движения и обеспечения его безопасности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) внесение в государственные органы и организации предложений о привлечении должностных лиц к дисциплинарной ответственности за непринятие мер по организации дорожного движения и обеспечению его безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z90" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. СИСТЕМА УПРАВЛЕНИЯ РИСКАМИ И ГОСУДАРСТВЕННЫЙ КОНТРОЛЬ В СФЕРЕ ДОРОЖНОГО ДВИЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z634" w:id="121"/>
-[...267 lines deleted...]
-    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 4 с изменением, внесенным Законом РК от 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8583,70 +9235,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 19. Риски в сфере дорожного движения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z92" w:id="126"/>
+    <w:bookmarkStart w:name="z92" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Возникновение дорожно-транспортных происшествий и их последствия возможны в результате имеющихся рисков в сфере дорожного движения, связанных с осуществлением деятельности по следующим направлениям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) риск организаций, осуществляющих грузовые и пассажирские перевозки. К нему относится риск выпуска в эксплуатацию механического транспортного средства, имеющего технические неисправности, а также допуска к управлению транспортными средствами лиц, состояние здоровья которых не обеспечивает безопасное управление ими;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8963,521 +9615,521 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) риск торгующих организаций. К нему относится риск продажи транспортных средств, предметов оборудования и запасных частей, которые могут быть установлены и (или) использованы на транспортных средствах, не соответствующих техническим требованиям безопасности транспортных средств; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) риск владельцев дорог и транспортных средств. К нему относится риск эксплуатации дорог и транспортных средств с условиями, создающими высокую степень совершения дорожно-транспортных происшествий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z93" w:id="127"/>
+    <w:bookmarkStart w:name="z93" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Система управления рисками в сфере дорожного движения устанавливается настоящим Законом.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 19 с изменением, внесенным Законом РК от 03.07.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 83-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 20. Система управления рисками и внутреннего контроля в сфере дорожного движения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z95" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Система управления рисками в сфере дорожного движения направлена на минимизацию вероятности возникновения дорожно-транспортных происшествий, а также тяжелых последствий (гибели и травматизма людей) в результате дорожно-транспортных происшествий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z96" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Система управления рисками в сфере дорожного движения – постоянно структурированный процесс, осуществляемый государственными органами в сфере дорожного движения для выявления, оценки, мониторинга, снижения рисков и их последствий, влияющих на состояние безопасности дорожного движения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z97" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Процесс управления рисками включает следующие этапы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) определение рисков:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оценка риска и рискообразующих факторов (систематическое и постоянное отслеживание, анализ всех возможных причин дорожно-транспортных происшествий, качественная оценка их вероятности и размеров);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      классификация рисков (исследование специфики рисков и факторов, которые приводят к их возникновению, влияют на их развитие, экспертные оценки исторических данных, карта рисков);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) измерение (оценка) рисков, периодичность проведения которого устанавливается в зависимости от значимости риска, но не реже двух раз в год;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществление анализа рисков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) выбор и применение метода управления рисками;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) корректирование системы управления рисками в сфере дорожного движения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) планирование и проведение контрольных мероприятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z98" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Государственные органы, осуществляющие деятельность в сфере дорожного движения, формируют систему управления рисками и внутреннего контроля в сфере дорожного движения, которая должна содержать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) полномочия и функциональные обязанности по управлению рисками и внутреннему контролю должностных лиц центральных и местных исполнительных органов, их ответственность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) процедуры по управлению рисками и внутреннему контролю;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) лимиты на допустимый размер рисков в отдельности по их классификации в сфере дорожного движения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) внутренние процедуры представления отчетности по управлению рисками и внутреннему контролю уполномоченному органу, центральным и местным исполнительным органам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) внутренние критерии оценки эффективности системы управления рисками в сфере дорожного движения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Порядок формирования системы управления рисками и внутреннего контроля в сфере дорожного движения устанавливается центральными и местными исполнительными органами в пределах их компетенции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z99" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Критерии оценки степени риска в сфере дорожного движения утверждаются совместным приказом органов контроля и надзора и уполномоченного органа и публикуются на официальных интернет-ресурсах государственных органов.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:p>
-[...94 lines deleted...]
-      1. Система управления рисками в сфере дорожного движения направлена на минимизацию вероятности возникновения дорожно-транспортных происшествий, а также тяжелых последствий (гибели и травматизма людей) в результате дорожно-транспортных происшествий.</w:t>
+    <w:bookmarkStart w:name="z100" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Планирование контрольной деятельности государственными органами осуществляется на основании системы управления рисками в сфере дорожного движения, установленной настоящим Законом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z96" w:id="129"/>
-[...350 lines deleted...]
-    <w:bookmarkEnd w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 21. Государственный контроль в сфере дорожного движения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -9489,110 +10141,110 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 21 с изменением, внесенным Законом РК от 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z102" w:id="134"/>
+    <w:bookmarkStart w:name="z102" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственный контроль в сфере дорожного движения осуществляется уполномоченными государственными органами в пределах их компетенции, установленной законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан, в форме внеплановой проверки и профилактического контроля с посещением субъекта (объекта) контроля в соответствии с Предпринимательским кодексом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z103" w:id="135"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z103" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Государственный контроль, предусмотренный </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 129 Предпринимательского кодекса Республики Казахстан, осуществляется в соответствии с настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkEnd w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9873,70 +10525,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 23. Права и обязанности должностных лиц уполномоченного органа, осуществляющих государственный контроль в сфере дорожного движения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z106" w:id="136"/>
+    <w:bookmarkStart w:name="z106" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Должностные лица уполномоченного органа, осуществляющие государственный контроль в сфере дорожного движения, имеют право:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkEnd w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) давать юридическим лицам, индивидуальным предпринимателям и должностным лицам обязательные для исполнения предписания об устранении нарушений нормативных правовых актов в сфере обеспечения безопасности дорожного движения, а в случае непринятия по таким предписаниям необходимых мер привлекать виновных лиц к ответственности, предусмотренной законами Республики Казахстан. Предписания даются в соответствии с их компетенцией в письменной форме с указанием сроков предоставления информации о принимаемых мерах;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10037,1791 +10689,1885 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) участвовать в выполнении возложенных на уполномоченный орган функций государственного заказчика по разработке и изготовлению технических средств контроля за соблюдением правил дорожного движения, аварийно-спасательного оборудования, применяемого на месте дорожно-транспортного происшествия в целях снижения тяжести его последствий, а также иных технических средств, автоматизированных систем и приборов, способствующих повышению безопасности дорожного движения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) осуществлять в соответствии с законодательством Республики Казахстан задержание транспортных средств, находящихся в розыске; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z367" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 9) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) отказать в предоставлении государственной услуги лицу, имеющему своевременно неисполненное постановление о наложении административного взыскания в виде штрафа и (или) предписание о необходимости уплаты штрафа в сфере обеспечения безопасности дорожного движения, до их исполнения;</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) разрешить покинуть водителю кабину (салон) транспортного средства в случаях отсутствия с его стороны угрозы жизни или здоровью сотрудника органа внутренних дел (противоправное поведение, схожесть с лицом, находящимся в розыске, подозрение в состоянии опьянения).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z107" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Должностные лица уполномоченного органа обязаны осуществлять контроль за соблюдением законодательства Республики Казахстан о дорожном движении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 23 с изменениями, внесенными законами РК от 03.07.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 83-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 19.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 249-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 07.07.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 361-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 24. Осуществление государственного контроля в сфере дорожного движения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z109" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Главный государственный инспектор Республики Казахстан по обеспечению безопасности дорожного движения имеет право по вопросам, относящимся к его компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) принимать участие в выработке и реализации основных направлений государственной политики в сфере дорожного движения, а также в координации деятельности центральных и местных исполнительных органов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) представлять уполномоченный орган во взаимоотношениях с Правительством Республики Казахстан, центральными и местными исполнительными органами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) вносить в центральные и местные исполнительные органы Республики Казахстан и организации предписания (постановления, представления) об устранении нарушений законодательства Республики Казахстан о дорожном движении;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) представлять в соответствии с законодательством Республики Казахстан интересы Республики Казахстан в международных организациях и во взаимоотношениях с иностранными государствами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) осуществлять руководство деятельностью главных государственных инспекторов областей, городов республиканского значения, столицы по обеспечению безопасности дорожного движения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z110" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. По результатам проведенного государственного контроля государственными инспекторами выносятся следующие акты:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) акт по результатам проведения проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) акт по результатам проведения обследования автомобильных дорог, дорожных сооружений, технических средств регулирования дорожного движения и железнодорожных переездов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) протокол об административном правонарушении;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) предписание об устранении нарушений требований законодательства Республики Казахстан о дорожном движении;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) постановление о привлечении виновных лиц к административной ответственности в случае нарушения законодательства Республики Казахстан о дорожном движении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z111" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Контролю за соблюдением норм, правил, технических регламентов и национальных стандартов в сфере дорожного движения подлежат физические и юридические лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z112" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Уполномоченный орган выдает обязательные для исполнения предписания об устранении нарушений требований законодательства Республики Казахстан, а в случае непринятия по этим предписаниям необходимых мер привлекает виновных лиц к ответственности, установленной законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 24 с изменениями, внесенными законами РК от 03.07.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 83-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.10.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 184-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z113" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. УПРАВЛЕНИЕ ДЕЯТЕЛЬНОСТЬЮ, НАПРАВЛЕННОЙ НА ОБЕСПЕЧЕНИЕ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>БЕЗОПАСНОСТИ ДОРОЖНОГО ДВИЖЕНИЯ И УСТРАНЕНИЕ ПОСЛЕДСТВИЙ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ДОРОЖНО-ТРАНСПОРТНЫХ ПРОИСШЕСТВИЙ</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...24 lines deleted...]
-      2. Должностные лица уполномоченного органа обязаны осуществлять контроль за соблюдением законодательства Республики Казахстан о дорожном движении.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 25. Мероприятия по организации дорожного движения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z115" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Мероприятия по организации дорожного движения осуществляются в целях повышения его безопасности и пропускной способности дорог уполномоченным органом в области транспорта и коммуникаций, местными исполнительными органами, физическими и юридическими лицами, в ведении которых находятся дороги, а также территориальными подразделениями уполномоченного органа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z116" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В целях обеспечения высокой пропускной способности дорог и безопасности дорожного движения владельцы дорог:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществляют деятельность по организации дорожного движения и транспортному планированию на основе документации по территориально-транспортному планированию и организации дорожного движения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечивают круглосуточную эксплуатацию и оперативный ремонт технических средств регулирования дорожного движения в соответствии с требованиями технических регламентов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) организовывают отдельно выделенные пути на дорогах, ширина и количество полос движения которых позволяют обеспечить исключительное движение общественного транспорта, в том числе легкорельсового транспорта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z117" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Государственные органы, осуществляющие мероприятия по территориально-транспортному планированию и организации дорожного движения, в пределах своей компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечивают разработку и утверждение документации по территориально-транспортному планированию и организации дорожного движения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечивают межрегиональную и региональную координацию совместного проектирования и реализации мероприятий в сфере территориально-транспортного планирования и организации дорожного движения, включая согласование проектов и определение источников финансирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) устанавливают требования к учету провозных и пропускных возможностей территориальных транспортных систем при планировании строительства объектов массового пребывания людей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) устанавливают требования к порядку размещения объектов капитального строительства и их присоединения к улично-дорожной сети в целях обеспечения учета провозной и пропускной способности транспортной системы населенных пунктов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) устанавливают требования по учету существующего и перспективного уровня автомобилизации в населенных пунктах при транспортном планировании, развитии и размещении объектов транспортной инфраструктуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) вводят требования по установлению и актуализации красных линий, обязательному соблюдению регламента использования территорий в их границах, а также резервированию территорий для планируемого размещения объектов транспортной инфраструктуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) устанавливают правовые критерии оценки и нормативные требования к транспортной связанности и доступности территорий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) обеспечивают взаимосвязь деятельности по территориально-транспортному планированию и организации дорожного движения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) используют технические средства, устройства и конструкции, применение которых регламентировано документами по стандартизации и предусмотрено документацией по организации дорожного движения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) устанавливают основные нормативные правовые требования к установке и эксплуатации технических средств регулирования дорожного движения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) устанавливают иные требования, предусмотренные законодательством Республики Казахстан к транспортным системам, организации дорожного движения и транспортной инфраструктуре, обеспечивающим устойчивое функционирование транспортных систем в населенных пунктах и на прилегающих к ним территориях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z118" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Центральные и местные исполнительные органы в пределах своей компетенции вправе создавать зоны специальной организации дорожного движения путем введения различных ограничений на въезд транспортных средств на отдельные городские территории, характеризующиеся сверхнормативной загрузкой транспортными потоками и антропогенной нагрузкой на окружающую среду.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z119" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В целях контроля соответствия транспортно-эксплуатационных характеристик улично-дорожной сети потребностям транспортной системы центральными и местными исполнительными органами в пределах своей компетенции осуществляется мониторинг дорожного движения путем сбора, обработки и накопления данных о параметрах движения транспортных средств (скорости движения, интенсивности, уровня загрузки, интервалов движения, дислокации и состояния технических средств регулирования дорожного движения) на дорогах, улицах, отдельных их участках, транспортных узлах, характерных участках улично-дорожной сети населенных пунктов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z120" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. В целях обеспечения безопасности передвижения автомобилей особого назначения Служба государственной охраны Республики Казахстан в городах Астане и Алматы, а в других административно-территориальных единицах органы национальной безопасности вправе определять скорость и маршруты их передвижения по автомобильным дорогам или отдельным участкам автомобильных дорог (специальным трассам) и вводить на них ограничения по передвижению, остановке и стоянке транспортных средств, временно изменять направления дорожного движения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При проведении охранных мероприятий производство всех видов ремонтных, строительных, монтажных и иных работ на специальных трассах и прилегающих к ним территориях и акваториях осуществляется по согласованию со Службой государственной охраны Республики Казахстан. В период проведения охранных мероприятий все виды ремонтных, строительных, монтажных и иных работ на специальных трассах могут быть приостановлены.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 23 с изменениями, внесенными законами РК от 03.07.2017 </w:t>
-[...99 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 25 с изменениями, внесенными законами РК от 04.07.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 27.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 364-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.10.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 184-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 27.12.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 291-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 157-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 24. Осуществление государственного контроля в сфере дорожного движения</w:t>
-[...349 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:t>Статья 26. Основные требования по обеспечению безопасности дорожного движения в процессе его организации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z122" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. На территории Республики Казахстан установлено правостороннее движение транспортных средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z123" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Единый порядок дорожного движения, назначение и действие технических и других средств регулирования дорожного движения на всей территории Республики Казахстан устанавливаются правилами дорожного движения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Установленные на дорогах Республики Казахстан дорожные знаки и сигналы, световые дорожные сигналы и разметка дорог должны соответствовать международным договорам, ратифицированным Республикой Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z124" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Деятельность по организации дорожного движения должна осуществляться в соответствии с требованиями безопасности на основе комплексного использования технических средств и конструкций, применение которых регламентировано техническими регламентами и предусмотрено проектами и схемами организации дорожного движения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 27. Изменение организации дорожного движения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z126" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Изменение организации дорожного движения осуществляется посредством изменения направления, введения временного запрещения или временного ограничения движения пешеходов, транспортных средств и самоходных машин по дорогам, в том числе ограничения скорости движения транспортных средств, самоходных машин, их массы и нагрузок на оси, габаритных размеров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z127" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Временное ограничение или запрещение дорожного движения, изменение его организации на дорогах или отдельных участках дорог вводятся в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) угрозы безопасности дорожного движения, в том числе жизни и (или) здоровью физических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) угрозы сохранности дорог;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) дорожно-транспортного происшествия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) загрязнения атмосферного воздуха выше нормативов предельно допустимых концентраций химических и иных веществ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) стихийных бедствий, неблагоприятных дорожно-климатических условий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) проведения массовых, спортивных и иных мероприятий в целях создания необходимых условий для безопасного движения транспортных средств и пешеходов либо когда пользование транспортными средствами угрожает безопасности дорожного движения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) если железнодорожные переезды не отвечают требованиям обеспечения безопасности дорожного движения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) проведения на дорогах ремонтно-строительных и других работ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) проведения антитеррористической операции и (или) охранных мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) проведения мероприятий по предотвращению и (или) ликвидации чрезвычайных ситуаций социального, природного и техногенного характера и их последствий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) несоответствия показателей состояния конструктивных элементов дорог техническим нормам обеспечения безопасности дорожного движения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) сверхнормативной загрузки путем:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечения платного доступа с целью обеспечения нормативной пропускной способности дорог;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ограничения или запрета въезда определенных категорий  транспортных средств в установленное время;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ограничения движения грузовых и транзитных транспортных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) проведения мероприятий по обеспечению безопасности дорожного движения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при сопровождении автомобилей особого назначения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организованных автобусных колонн;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      войсковых колонн.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z128" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. При наступлении случаев, предусмотренных пунктом 2 настоящей статьи, решение о введении временного запрещения или временного ограничения движения транспортных средств по дорогам принимается владельцами дорог совместно с уполномоченными органами в пределах их компетенции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z129" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Владельцы дорог при наступлении случаев, предусмотренных пунктом 2 настоящей статьи, принимают немедленные меры по временному ограничению или запрещению дорожного движения, изменению его организации на дорогах или отдельных участках дорог с уведомлением об этом участников дорожного движения через средства массовой информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z130" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В целях обеспечения безопасного движения транспортных средств и пешеходов уполномоченный орган вправе принимать меры по ограничению или запрещению проведения на дорогах ремонтно-строительных и других работ, осуществляемых с нарушением требований нормативных правовых актов в сфере обеспечения безопасности дорожного движения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...656 lines deleted...]
-      3. Деятельность по организации дорожного движения должна осуществляться в соответствии с требованиями безопасности на основе комплексного использования технических средств и конструкций, применение которых регламентировано техническими регламентами и предусмотрено проектами и схемами организации дорожного движения.</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 28. Требования к юридическим лицам и индивидуальным предпринимателям по обеспечению безопасности дорожного движения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z132" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Юридические лица и индивидуальные предприниматели, осуществляющие деятельность, связанную с эксплуатацией транспортных средств, обязаны:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="152"/>
-    <w:p>
-[...494 lines deleted...]
-    <w:bookmarkEnd w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) организовать работу водителей в соответствии с требованиями, обеспечивающими безопасность в процессе дорожного движения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11904,95 +12650,183 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) обеспечивать проведение предрейсовых и послерейсовых медицинских осмотров водителей;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) организовывать мероприятия по совершенствованию водителями навыков оказания первой помощи пострадавшим в дорожно-транспортных происшествиях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z133" w:id="159"/>
+    <w:bookmarkStart w:name="z133" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Специализированные предприятия, осуществляющие деятельность по перевозке автомобильным и наземным городским электрическим транспортом, устанавливают специальные правила и предъявляют к водителям транспортных средств требования для обеспечения безопасности дорожного движения с учетом рода грузов, особенностей их перевозок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkEnd w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Статью 28 предусматривается дополнить пунктом 3 в соответствии с Законом РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      Сноска. Статья 28 с изменениями, внесенными Законом РК от 07.07.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 361-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
@@ -12003,70 +12837,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 29. Медицинское обеспечение безопасности дорожного движения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z135" w:id="160"/>
+    <w:bookmarkStart w:name="z135" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Медицинское обеспечение безопасности дорожного движения заключается в:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkEnd w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) проведении медицинского осмотра лица, претендующего на получение права управления транспортными средствами, повторного медицинского осмотра водителя механических транспортных средств, медицинского осмотра водителя механических транспортных средств при обмене водительского удостоверения в связи с окончанием срока его действия;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12095,1253 +12929,1253 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) оказании своевременной медицинской помощи пострадавшим в дорожно-транспортных происшествиях;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) обучении участников дорожного движения, парамедиков, сотрудников уполномоченного органа и уполномоченного органа в сфере гражданской защиты приемам оказания первой помощи пострадавшим в дорожно-транспортных происшествиях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z136" w:id="161"/>
+    <w:bookmarkStart w:name="z136" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Целью медицинского осмотра является определение у лица, претендующего на получение права управления транспортными средствами, и водителя механических транспортных средств медицинских противопоказаний или ограничений к водительской деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z137" w:id="162"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z137" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Лица, допущенные по медицинским показаниям к управлению механическим транспортным средством, вносятся уполномоченным органом в области здравоохранения в автоматизированную базу данных с доступом пользователей уполномоченных органов в пределах своей компетенции в целях осуществления контроля за соблюдением требований по медицинскому обеспечению безопасности дорожного движения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z138" w:id="163"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z138" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Порядок автоматизированной регистрации и учета лиц, допущенных по медицинским показаниям к управлению механическим транспортным средством, и доступа к автоматизированной базе данных пользователей уполномоченных органов устанавливается уполномоченным органом в области здравоохранения. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z139" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Повторный медицинский осмотр проводится в следующие сроки:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) водителей механических транспортных средств, выполняющих перевозки пассажиров, опасных грузов, – через каждые три года, а достигших пятидесятилетнего возраста, – ежегодно;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) водителей механических транспортных средств, достигших шестидесятипятилетнего возраста, и водителей с инвалидностью – через каждые два года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z140" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. При наличии медицинских показаний в случаях, определяемых уполномоченным органом в области здравоохранения, срок проведения повторного медицинского осмотра сокращается, но не менее чем до одного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z141" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Лица, лишенные права управления механическими транспортными средствами за управление ими в состоянии опьянения либо за передачу управления механическим транспортным средством лицу, находящемуся в таком состоянии, либо за уклонение от прохождения медицинского освидетельствования для определения нахождения водителя в состоянии опьянения, должны пройти повторный медицинский осмотр перед восстановлением такого права, но не ранее чем за один месяц до истечения срока лишения права управления механическими транспортными средствами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z142" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Досрочное направление водителей механических транспортных средств на повторный медицинский осмотр с указанием его причины может быть инициировано:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) уполномоченным органом, нанимателем, у которого водитель механического транспортного средства работает по найму, – при проявлении признаков заболевания, включенного в перечень заболеваний и противопоказаний, запрещающих допуск лиц к управлению механическими транспортными средствами, самоходными машинами или устанавливающих ограничения права управления ими;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организацией здравоохранения – при выявлении у водителя механического транспортного средства заболевания, включенного в перечень заболеваний и противопоказаний, запрещающих допуск лиц к управлению механическими транспортными средствами или устанавливающих ограничения права управления ими.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z143" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Контроль за своевременным прохождением повторного медицинского осмотра водителями механических транспортных средств осуществляется при:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выдаче и обмене водительского удостоверения, а также при его возврате после изъятия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) исключен Законом РК от 29.03.2016</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 479-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) приеме на работу водителей механических транспортных средств и в период трудовых отношений с ними.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z144" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Предрейсовые и послерейсовые медицинские осмотры водителей механических транспортных средств проводятся:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z139" w:id="164"/>
-[...15 lines deleted...]
-      5. Повторный медицинский осмотр проводится в следующие сроки:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) юридическими лицами и индивидуальными предпринимателями, осуществляющими деятельность, связанную с эксплуатацией транспортных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) учебными организациями по подготовке водителей транспортных средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z515" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Медицинская помощь пострадавшим в дорожно-транспортных происшествиях включает оказание:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="164"/>
-    <w:p>
-[...51 lines deleted...]
-      6. При наличии медицинских показаний в случаях, определяемых уполномоченным органом в области здравоохранения, срок проведения повторного медицинского осмотра сокращается, но не менее чем до одного года.</w:t>
+    <w:bookmarkStart w:name="z516" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) первой помощи на месте дорожно-транспортного происшествия и в пути следования в медицинскую организацию в течение первого часа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z141" w:id="166"/>
-[...15 lines deleted...]
-      7. Лица, лишенные права управления механическими транспортными средствами за управление ими в состоянии опьянения либо за передачу управления механическим транспортным средством лицу, находящемуся в таком состоянии, либо за уклонение от прохождения медицинского освидетельствования для определения нахождения водителя в состоянии опьянения, должны пройти повторный медицинский осмотр перед восстановлением такого права, но не ранее чем за один месяц до истечения срока лишения права управления механическими транспортными средствами.</w:t>
+    <w:bookmarkStart w:name="z517" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) экстренной медицинской помощи на месте дорожно-транспортного происшествия, в пути следования в медицинскую организацию и в медицинской организации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z142" w:id="167"/>
-[...15 lines deleted...]
-      8. Досрочное направление водителей механических транспортных средств на повторный медицинский осмотр с указанием его причины может быть инициировано:</w:t>
+    <w:bookmarkStart w:name="z518" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) специализированной медицинской помощи пострадавшим в дорожно-транспортном происшествии в амбулаторных, стационарозамещающих и стационарных условиях в медицинских организациях.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...47 lines deleted...]
-      9. Контроль за своевременным прохождением повторного медицинского осмотра водителями механических транспортных средств осуществляется при:</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 29 с изменениями, внесенными законами РК от 29.03.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 479-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); от 07.07.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 361-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 130-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 30. Устойчивый транспорт</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z147" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Устойчивым транспортом являются транспортные средства, позволяющие снизить уровень негативного воздействия на окружающую среду в процессе дорожного движения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="168"/>
-    <w:p>
-[...89 lines deleted...]
-      10. Предрейсовые и послерейсовые медицинские осмотры водителей механических транспортных средств проводятся:</w:t>
+    <w:bookmarkStart w:name="z148" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Устойчивый транспорт должен обеспечивать:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) юридическими лицами и индивидуальными предпринимателями, осуществляющими деятельность, связанную с эксплуатацией транспортных средств;</w:t>
-[...36 lines deleted...]
-      11. Медицинская помощь пострадавшим в дорожно-транспортных происшествиях включает оказание:</w:t>
+      1) доступность, мобильность и функционирование всех видов транспорта для максимального удовлетворения транспортных потребностей их пользователей при минимальных затратах, а также конкурентоспособности экономики и сбалансированности регионального развития;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) минимизацию выбросов и отходов, а также минимальное воздействие на занимаемую территорию и меры к снижению шума.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z149" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. К устойчивому транспорту относятся велосипеды и экологичные транспортные средства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z516" w:id="171"/>
-[...15 lines deleted...]
-      1) первой помощи на месте дорожно-транспортного происшествия и в пути следования в медицинскую организацию в течение первого часа;</w:t>
+    <w:bookmarkStart w:name="z150" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Уполномоченный орган в области транспорта и коммуникаций:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z517" w:id="172"/>
-[...15 lines deleted...]
-      2) экстренной медицинской помощи на месте дорожно-транспортного происшествия, в пути следования в медицинскую организацию и в медицинской организации;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) разрабатывает и утверждает нормативные правовые акты в сфере организации и функционирования устойчивого транспорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечивает функционирование устойчивого транспорта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z151" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Местные исполнительные органы областей, городов республиканского значения и столицы обеспечивают транспортное планирование с учетом развития устойчивого транспорта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z518" w:id="173"/>
-[...15 lines deleted...]
-      3) специализированной медицинской помощи пострадавшим в дорожно-транспортном происшествии в амбулаторных, стационарозамещающих и стационарных условиях в медицинских организациях.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 31. Интеллектуальная транспортная система</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z153" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Интеллектуальная транспортная система на основании комплекса взаимосвязанных автоматизированных систем:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) управляет дорожным движением и работой всех видов транспорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечивает безопасность и мониторинг дорожного движения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z524" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) обеспечивает мониторинг и контроль за деятельностью по перевозке пассажиров, багажа, грузов и почтовых отправлений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) информирует участников дорожного движения об организации транспортного обслуживания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) собирает исходные данные для оценки транспортной ситуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) формирует информацию о дорожно-транспортной ситуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) оперативно предоставляет информацию соответствующим уполномоченным органам в случае возникновения криминальных и чрезвычайных ситуаций и о правонарушениях законодательства Республики Казахстан о дорожном движении и об автомобильном транспорте;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z154" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Уполномоченный орган в области транспорта и коммуникаций:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) разрабатывает и утверждает нормативные правовые акты в сфере организации и функционирования интеллектуальных транспортных систем;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечивает функционирование транспортной системы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z155" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Местные исполнительные органы областей, городов республиканского значения и столицы обеспечивают:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) создание специализированных структур в составе местных исполнительных органов в целях организации и оперативного управления дорожным движением;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) внедрение современных интеллектуальных систем управления дорожным движением и городским пассажирским транспортом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) установление требований к работе дорожно-эксплуатационных служб в условиях заторов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) усиление мер государственного контроля в сфере дорожного движения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) совершенствование транспортного планирования и организации дорожного движения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 29 с изменениями, внесенными законами РК от 29.03.2016 </w:t>
-[...49 lines deleted...]
-        <w:t>№ 130-VIII</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 31 с изменениями, внесенными законами РК от 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 399-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2021); от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 30. Устойчивый транспорт</w:t>
-[...114 lines deleted...]
-      4. Уполномоченный орган в области транспорта и коммуникаций:</w:t>
+        <w:t>Статья 32. Оказание помощи лицам, пострадавшим в дорожно-транспортных происшествиях, и устранение их последствий</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z157" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Уполномоченный орган в области здравоохранения совместно с органами в сфере гражданской защиты, в области транспорта и коммуникаций, уполномоченным органом определяет порядок оперативного реагирования и оказания своевременной комплексной помощи лицам, пострадавшим в дорожно-транспортных происшествиях.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:p>
-[...51 lines deleted...]
-      5. Местные исполнительные органы областей, городов республиканского значения и столицы обеспечивают транспортное планирование с учетом развития устойчивого транспорта.</w:t>
+    <w:bookmarkStart w:name="z158" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Оперативное реагирование и оказание своевременной комплексной помощи лицам, пострадавшим при дорожно-транспортных происшествиях, обеспечиваются на основе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
-    <w:p>
-[...468 lines deleted...]
-    <w:bookmarkEnd w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) разработки и утверждения системы оказания помощи лицам, пострадавшим в дорожно-транспортных происшествиях, в течение первого и последующих часов. Обязательными элементами системы являются:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13406,126 +14240,126 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       фиксация времени получения информации, выезда и прибытия на место происшествия, начала оказания квалифицированной помощи пострадавшим должностными лицами соответствующих уполномоченных органов; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечение оперативного извлечения пострадавших из транспортного средства и других объектов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z519" w:id="185"/>
+    <w:bookmarkStart w:name="z519" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оказание первой помощи пострадавшим в результате дорожно-транспортных происшествий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkEnd w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ликвидация последствий чрезвычайных ситуаций;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проведение совместных плановых учений соответствующими уполномоченными органами по оказанию помощи лицам, пострадавшим в дорожно-транспортных происшествиях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z520" w:id="186"/>
+    <w:bookmarkStart w:name="z520" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) разработки и утверждения системы оказания и оценки качества оказываемой первой помощи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkEnd w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обеспечения на раннем этапе реабилитации и поддержки пострадавших в дорожно-транспортных происшествиях и близких погибших в результате дорожно-транспортных происшествий в целях сведения к минимуму как физических, так и психологических травм;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13991,70 +14825,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 35. Участие общественных объединений в осуществлении мероприятий по обеспечению безопасности дорожного движения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z164" w:id="187"/>
+    <w:bookmarkStart w:name="z164" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Общественные объединения, созданные для защиты прав и законных интересов участников дорожного движения, в целях предотвращения дорожно-транспортных происшествий в соответствии с их уставами имеют право в установленном законами Республики Казахстан порядке:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkEnd w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вносить в уполномоченные органы предложения по совершенствованию документов по стандартизации, а также предложения по разработке, внесению изменений, пересмотру и отмене национальных, межгосударственных стандартов, национальных классификаторов технико-экономической информации и рекомендаций по стандартизации, технических норм и других нормативных документов в сфере дорожного движения и обеспечения его безопасности;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14083,1453 +14917,1453 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводить мероприятия по профилактике аварийности;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять иные полномочия, не противоречащие законодательству Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z165" w:id="188"/>
+    <w:bookmarkStart w:name="z165" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Уполномоченный орган с согласия общественных объединений вправе привлечь их к разработке и проведению мероприятий по обеспечению безопасности дорожного движения.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 35 с изменением, внесенным Законом РК от 05.10.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 184-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z166" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 6. УПРАВЛЕНИЕ ДЕЯТЕЛЬНОСТЬЮ, НАПРАВЛЕННОЙ НА ОБЕСПЕЧЕНИЕ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>БЕЗОПАСНОСТИ ДОРОГ И ИХ ПРОПУСКНОЙ СПОСОБНОСТИ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 36. Основные требования по обеспечению безопасности дорожного движения при проектировании, строительстве, реконструкции, ремонте, содержании дорог и управлении ими</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z168" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Проектирование, строительство, реконструкция, ремонт, содержание дорог и управление ими на территории Республики Казахстан должны выполняться на основе и с соблюдением требований безопасности дорожного движения, установленных настоящим Законом, техническими регламентами в сфере автомобильных дорог.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При проектировании, строительстве и реконструкции дорог не допускается снижение капитальных затрат за счет инженерных решений, отрицательно влияющих на безопасность дорожного движения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z169" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Нормативная, проектная и техническая документация на проектирование, строительство, ремонт, содержание дорог и управление ими в части обеспечения безопасности дорожного движения подлежит согласованию и утверждению в порядке, устанавливаемом уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z170" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Ответственность за соответствие состояния дорог установленным требованиям в части обеспечения безопасности дорожного движения на этапе проектирования возлагается на заказчика и исполнителя проекта, а на этапах реконструкции и строительства – на заказчика и исполнителя работ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z171" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Обязанность по обеспечению соответствия состояния дорог в процессе эксплуатации установленным требованиям настоящего Закона, правилам, техническим регламентам возлагается на физических и юридических лиц, во владении (в ведении) которых находятся дороги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z172" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Дороги, входящие в сети международных автомагистралей и азиатских автомобильных дорог, должны соответствовать требованиям международных соглашений.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 35 с изменением, внесенным Законом РК от 05.10.2018 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 36 с изменениями, внесенными законами РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.07.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 83-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 130-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z166" w:id="189"/>
-[...4 lines deleted...]
-        <w:jc w:val="left"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...12 lines deleted...]
-        <w:t>БЕЗОПАСНОСТИ ДОРОГ И ИХ ПРОПУСКНОЙ СПОСОБНОСТИ</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 37. Основные требования к должностным и иным лицам, ответственным за состояние дорог, железнодорожных переездов и других дорожных сооружений</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z174" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Должностные и иные лица, ответственные за состояние дорог, железнодорожных переездов и других дорожных сооружений, обязаны:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...292 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) содержать дороги, железнодорожные переезды и другие дорожные сооружения в безопасном для движения состоянии в соответствии с требованиями национальных стандартов, норм и правил;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) принимать меры к своевременному устранению помех для движения, запрещению или ограничению движения на отдельных участках дорог, когда пользование ими угрожает безопасности движения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z175" w:id="196"/>
+    <w:bookmarkStart w:name="z175" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Должностные и иные лица, ответственные за производство работ на дорогах, обязаны обеспечивать безопасность движения на местах проведения работ. Эти места, а также неработающие дорожные машины, оставшиеся по окончании работы строительные материалы, конструкции, которые не могут быть убраны за пределы дороги, должны быть обозначены соответствующими установленным нормам направляющими и ограждающими устройствами, дорожными знаками, а в темное время суток и в условиях недостаточной видимости дополнительно красными или желтыми сигнальными огнями. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По завершении работ на дороге должны быть обеспечены условия безопасного движения транспортных средств и пешеходов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z176" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Соответствующие должностные и иные лица согласовывают с уполномоченным органом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) документацию по организации дорожного движения и транспортному планированию в городах и на дорогах, оборудование дорог техническими средствами регулирования дорожного движения с учетом потребностей лиц с инвалидностью различных категорий; проекты строительства, реконструкции дорог, дорожных сооружений в порядке, определяемом уполномоченным органом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) схемы и маршруты проведения на дорогах массовых, спортивных и иных мероприятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 37 с изменениями, внесенными законами РК от 03.07.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 83-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.10.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 184-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 38. Требования к субъектам, выполняющим дорожные и другие работы на проезжей части дороги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z178" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Дорожные и другие работы на проезжей части дорог, в том числе аварийно-спасательные, должны осуществляться после извещения уполномоченного органа и управляющего автомобильными дорогами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Извещение о проведении дорожных и других работ, в том числе аварийно-спасательных, направляется производителем работ с указанием информации об участке проведения работ, сроках работ и контактных данных (адреса и телефона).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z513" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При строительстве сетей электроснабжения под проезжей частью дороги, для которого отсутствует необходимость в изменении либо ограничении движения транспортных средств и пешеходов, извещение уполномоченного органа не требуется.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z179" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Должностные и иные лица, ответственные за производство работ на дорогах, обязаны обеспечивать безопасность движения в местах проведения дорожных и других работ путем:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) установки на расстоянии не менее пятидесяти метров от места проведения дорожных и других работ в населенных пунктах и трехсот метров вне населенных пунктов информационных щитов и необходимых дорожных знаков, предупреждающих участников дорожного движения о проведении данных работ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) установки максимальной разрешенной скорости движения транспортных средств в зоне дорожных и других работ не более тридцати километров в час в населенных пунктах и не более шестидесяти километров в час вне населенных пунктов. В зонах дорожных и других работ большой протяженности ограничение скорости необходимо дублировать с регулярной периодичностью путем установки соответствующих знаков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обозначения полосы, по которой следует осуществлять движение транспортных средств, соответствующей и четко видимой вертикальной и горизонтальной дорожной разметкой;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) регулярного проведения совместно с уполномоченным органом мероприятий по контролю за соблюдением ограничений скорости движения транспортных средств в зоне дорожных и других работ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) обеспечения лиц, занятых в дорожных и других работах на проезжей части дорог, сигнальной защитной одеждой, обеспечивающей их видимость в любое время суток на большом расстоянии и отвечающей требованиям международных и национальных стандартов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z180" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Запрещаются в границах полосы отвода дороги:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выполнение работ, не связанных со строительством, реконструкцией, капитальным ремонтом, ремонтом и содержанием дорог, а также размещением объектов дорожного сервиса, дорожной службы, наружной (визуальной) рекламы, постов полиции, санитарно-эпидемиологического контроля, таможенного, пограничного, транспортного контроля, ветеринарных и фитосанитарных контрольных постов, строительством сетей электроснабжения под проезжей частью дороги, для которого отсутствует необходимость в изменении либо ограничении движения транспортных средств и пешеходов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) размещение зданий, строений, сооружений и других объектов, не предназначенных для обслуживания дороги, ее строительства, реконструкции, капитального ремонта, ремонта и содержания и не относящихся к объектам дорожного сервиса, дорожной службы, наружной (визуальной) рекламы, к постам полиции, санитарно-эпидемиологического контроля, таможенного, пограничного, транспортного контроля, ветеринарных и фитосанитарных контрольных постов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) распашка земельных участков, покос травы, осуществление рубок и повреждение лесных насаждений и иных многолетних насаждений, снятие дерна и выемка грунта, за исключением работ по содержанию полосы отвода дороги или ремонт у дороги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 38 с изменениями, внесенными законами РК от 07.11.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 352-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 39. Обеспечение безопасности дорог в отношении их пользователей</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z182" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. На дорогах разрешается движение только тех транспортных средств, которые прошли государственную регистрацию и находятся в исправном техническом состоянии.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="196"/>
-    <w:p>
-[...33 lines deleted...]
-      3. Соответствующие должностные и иные лица согласовывают с уполномоченным органом:</w:t>
+    <w:bookmarkStart w:name="z183" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Транспортные средства передвигаются по проезжей части дороги только в соответствии с требованиями настоящего Закона и правилами дорожного движения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="197"/>
-    <w:p>
-[...32 lines deleted...]
-      2) схемы и маршруты проведения на дорогах массовых, спортивных и иных мероприятий.</w:t>
+    <w:bookmarkStart w:name="z184" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. На дорогах запрещается:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) складывать материалы, хранить их и предметы на проезжей части дороги и тротуаре;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) создавать места постоянных и временных въездов и выездов, соединения и пересечения с другими дорогами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) устанавливать барьеры, шлагбаумы на проезжей части дороги и преграждать движение транспортных средств другими способами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) устанавливать в полосе отвода знаки, указатели, не относящиеся к дорожному движению, за исключением указателей дорожной службы, наружной (визуальной) рекламы, постов полиции, санитарно-эпидемиологического контроля, таможенного, пограничного, транспортного контроля, ветеринарных и фитосанитарных контрольных постов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) устанавливать скорость движения транспортных средств свыше ста километров в час при отсутствии раздельных проезжих частей дороги для движения транспортных средств в каждом направлении и обустройства пересечений дорог в разных уровнях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) проводить заводские испытания автомобилей, тракторов, других самоходных и прицепных транспортных средств;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 37 с изменениями, внесенными законами РК от 03.07.2017 </w:t>
+        <w:t xml:space="preserve">      7) исключен Законом РК от 03.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 130-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) без согласования схем и маршрутов с уполномоченным органом проводить массовые, спортивные и иные мероприятия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z185" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. На автомагистралях запрещается нахождение пешеходов, а также домашних животных вне транспортного средства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 39 с изменениями, внесенными законами РК от 07.11.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.07.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 83-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.10.2018 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 130-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 38. Требования к субъектам, выполняющим дорожные и другие работы на проезжей части дороги</w:t>
-[...76 lines deleted...]
-      2. Должностные и иные лица, ответственные за производство работ на дорогах, обязаны обеспечивать безопасность движения в местах проведения дорожных и других работ путем:</w:t>
+        <w:t>Статья 40. Основные меры обеспечения безопасности дорожного движения пешеходов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z187" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Деятельность по обеспечению безопасности дорожного движения пешеходов должна быть направлена на:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="200"/>
-    <w:p>
-[...688 lines deleted...]
-    <w:bookmarkEnd w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) улучшение пассивной безопасности транспортных средств;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15576,70 +16410,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) консультирование и информирование пешеходов об изменениях, производимых в их интересах, и осуществление мер, способных снизить риск пешехода стать пострадавшим в дорожно-транспортном происшествии;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) информирование пешеходов о предстоящих и произошедших изменениях в организации дорожного движения и осуществление мер, способных снизить риск пешехода стать пострадавшим в дорожно-транспортном происшествии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z188" w:id="207"/>
+    <w:bookmarkStart w:name="z188" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В целях обеспечения безопасности дорожного движения пешеходов документация по территориально-транспортному планированию и организации дорожного движения должна предусматривать:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkEnd w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) планирование землепользования с учетом исключения рисков во время движения пешеходов путем создания безопасных взаимосвязанных и удобных для перемещения маршрутов, используемых ими;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15667,70 +16501,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) на этапе проектирования и строительства дорог разделение движения пешеходных и транспортных потоков противоаварийными разделительными барьерами и ограждениями.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 41. Обеспечение потребностей пользователей дорог в рамках планирования населенных пунктов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z190" w:id="208"/>
+    <w:bookmarkStart w:name="z190" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. При планировании дорог населенных пунктов обеспечиваются потребности всех пользователей дорог в рамках устойчивого городского планирования, управления спросом на услуги транспорта и использования земельных ресурсов на основе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkEnd w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) регулирования спроса населения на поездки, обеспечивая приоритетность и преимущество общественному транспорту;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15795,70 +16629,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) внедрения интеллектуальной транспортной системы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) включения требований по обеспечению безопасности дорожного движения в функции по планированию населенных пунктов, транспортной инфраструктуры и использованию земель населенных пунктов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z191" w:id="209"/>
+    <w:bookmarkStart w:name="z191" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Схемы территориально-транспортного планирования, генеральные планы населенных пунктов должны предусматривать:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkEnd w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) безопасную и бесперебойную организацию дорожного движения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15887,70 +16721,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) разделение транспортных и пешеходных потоков путем строительства подземных и надземных пешеходных переходов;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) наличие парковок, паркингов, велосипедных полос движения либо велосипедных дорожек, а также полос движения, предназначенных для общественного транспорта, в том числе легкорельсового транспорта, движущегося по отдельно выделенному пути, и специальных транспортных средств, организаций скорой медицинской помощи и противопожарной службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z586" w:id="210"/>
+    <w:bookmarkStart w:name="z586" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-1) наличие специально отведенных мест для стоянки механических транспортных средств, оснащенных электрическими двигателями, предназначенных для оборудования электрозарядными станциями, обозначаемых дорожными знаками и дорожной разметкой, в том числе на автозаправочных станциях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkEnd w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) разделение встречных потоков транспортных средств дорожными ограждениями, ограничивающими выезд на полосу встречного движения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16114,70 +16948,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 42. Обеспечение безопасного функционирования, поддержания и совершенствования дорожной инфраструктуры</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z193" w:id="211"/>
+    <w:bookmarkStart w:name="z193" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Уполномоченный орган в области транспорта и коммуникаций, местные исполнительные органы, владельцы дорог обязаны обеспечить безопасное функционирование, поддержание и улучшение существующей дорожной инфраструктуры на основе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkEnd w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) определения количества дорожно-транспортных происшествий с тяжкими последствиями в разбивке по категориям пользователей дорог, а также основных факторов транспортной инфраструктуры, влияющих на риск для каждой группы пользователей;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16260,70 +17094,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) разработки и содействия использования национальных стандартов в отношении проектирования и эксплуатации безопасных дорог с учетом и интегрированием человеческих факторов и конструкции транспортных средств;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) обеспечения безопасности мест проведения дорожных работ. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z194" w:id="212"/>
+    <w:bookmarkStart w:name="z194" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Обеспечение безопасного функционирования, поддержания и улучшения дорожной инфраструктуры осуществляется на основании выполнения мероприятий по устранению аварийно-опасных мест и участков на дорогах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkEnd w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16341,308 +17175,846 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Заголовок статьи 42-1 предусматривается в редакции Закона РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 42-1. Парковка в местах, оборудованных специальными сертифицированными устройствами, предназначенными для взимания оплаты за парковку и учета времени парковки транспортных средств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z349" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 1 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Места, оборудованные специальными сертифицированными устройствами, предназначенными для взимания оплаты за парковку и учета времени парковки транспортных средств, определяются местными исполнительными органами областей, городов республиканского значения и столицы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z444" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 2 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Парковка в местах, предусмотренных пунктом 1 настоящей статьи, осуществляется в соответствии с правилами парковки в местах, оборудованных специальными сертифицированными устройствами, предназначенными для взимания оплаты за парковку и учета времени парковки транспортных средств, и тарификацией, утверждаемыми местными исполнительными органами областей, городов республиканского значения и столицы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z445" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 3 предусматривается исключить Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Специальные сертифицированные устройства, предназначенные для взимания оплаты за парковку и учета времени парковки транспортных средств, должны соответствовать требованиям законодательства Республики Казахстан в области технического регулирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z446" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ч.1 пункта 4 предусматривается в редакции Закона РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Парковка в местах, оборудованных специальными сертифицированными устройствами, предназначенными для взимания оплаты за парковку и учета времени парковки транспортных средств, без оплаты запрещается, за исключением случаев, предусмотренных частями второй и третьей настоящего пункта и правилами парковки в местах, оборудованных специальными сертифицированными устройствами, предназначенными для взимания оплаты за парковку и учета времени парковки транспортных средств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z587" w:id="217"/>
+    <w:bookmarkStart w:name="z587" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       От платы за пользование парковкой в местах, предусмотренных пунктом 1 настоящей статьи, на основании соответствующего подтверждающего документа освобождаются транспортные средства:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z588" w:id="218"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z588" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ветеранов Великой Отечественной войны, ветеранов боевых действий на территории других государств, ветеранов, приравненных по льготам к ветеранам Великой Отечественной войны, ветеранов труда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z589" w:id="219"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z589" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) лиц с инвалидностью первой или второй группы, законных представителей ребенка с инвалидностью; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z590" w:id="220"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z590" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) многодетных матерей, награжденных подвесками "Алтын алқа", "Күміс алқа" или получивших ранее звание "Мать-героиня", а также награжденных орденами "Материнская слава" I или II степени;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z591" w:id="221"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z591" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) граждан, пострадавших вследствие ядерных испытаний на Семипалатинском испытательном ядерном полигоне;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z592" w:id="222"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z592" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) владельцев электромобилей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z593" w:id="223"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z593" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       От платы за пользование парковкой в местах, предусмотренных пунктом 1 настоящей статьи, также освобождаются транспортные средства оперативных и специальных служб с включенными проблесковыми маячками синего и (или) красного цвета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z447" w:id="224"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 5 предусматривается в редакции Закона РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Контроль за соблюдением правил парковки в местах, оборудованных специальными сертифицированными устройствами, предназначенными для взимания оплаты за парковку и учета времени парковки транспортных средств, осуществляется местными исполнительными органами областей, городов республиканского значения и столицы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16738,110 +18110,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 42-2. Стоянка в местах, оборудованных электрозарядными станциями</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z595" w:id="225"/>
+    <w:bookmarkStart w:name="z595" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Стоянка в местах, оборудованных электрозарядными станциями, осуществляется водителями механических транспортных средств, оснащенных электрическими двигателями, для их зарядки с помощью электрозарядных станций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z596" w:id="226"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z596" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Запрещается водителям транспортных средств осуществлять стоянку в местах, оборудованных электрозарядными станциями, без их зарядки. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z597" w:id="227"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z597" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Местные исполнительные органы областей, городов республиканского значения, столицы и районов (городов областного значения) по согласованию с территориальными подразделениями уполномоченного органа обязаны организовать специально отведенные места для стоянки механических транспортных средств, оснащенных электрическими двигателями, предназначенные для оборудования электрозарядными станциями, обозначаемые дорожными знаками и дорожной разметкой.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkEnd w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17010,70 +18382,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 44. Обустройство дорог объектами дорожного сервиса</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z197" w:id="228"/>
+    <w:bookmarkStart w:name="z197" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Уполномоченный орган в области транспорта и коммуникаций, местные исполнительные органы, владельцы дорог на этапе проектирования, реконструкции, строительства и эксплуатации дорог:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkEnd w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) обеспечивают обустройство дорог объектами дорожного сервиса в соответствии с нормами проектирования, планами строительства и генеральными схемами размещения указанных объектов с учетом требований обеспечения безопасности дорожного движения и оборудования специальными техническими средствами, приспособлениями, создающими лицам с инвалидностью равные условия пребывания с другими гражданами;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17084,127 +18456,127 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) организуют работу объектов дорожного сервиса с учетом обеспечения безопасности участников дорожного движения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) предоставляют информацию участникам дорожного движения о наличии объектов дорожного сервиса и расположении ближайших организаций здравоохранения и связи, а равно информацию о безопасных условиях движения на соответствующих участках дорог.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z198" w:id="229"/>
+    <w:bookmarkStart w:name="z198" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Размещение объектов дорожного сервиса и инженерных коммуникаций в пределах дорог и дорожных сооружений не должно ухудшать видимость на дороге и другие условия безопасности дорожного движения, предусмотренные законодательством Республики Казахстан о дорожном движении.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkEnd w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 45. Обучение правилам дорожного движения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z200" w:id="230"/>
+    <w:bookmarkStart w:name="z200" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Обучение правилам дорожного движения проводится на основе примерных программ и методических рекомендаций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z201" w:id="231"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z201" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Обучение правилам дорожного движения проводится в организациях образования независимо от форм собственности, реализующих образовательные программы дошкольного воспитания и обучения, начального, основного среднего и общего среднего образования в порядке, установленном уполномоченным органом в области образования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkEnd w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 46. Научные исследования и разработки в области безопасных дорог и обеспечения мобильности</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -17250,137 +18622,137 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) достижения результатов научных исследований на основе их экономического обоснования для включения в разработку более безопасной дорожной инфраструктуры и выделения необходимых инвестиций;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осуществления демонстрационных проектов по оценке инноваций в области повышения безопасности особенно для уязвимых пользователей дорог.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z203" w:id="232"/>
+    <w:bookmarkStart w:name="z203" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 7. УПРАВЛЕНИЕ ДЕЯТЕЛЬНОСТЬЮ, НАПРАВЛЕННОЙ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>НА ОБЕСПЕЧЕНИЕ БЕЗОПАСНОСТИ ТРАНСПОРТНЫХ СРЕДСТВ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkEnd w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 47. Обеспечение безопасности транспортных средств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z205" w:id="233"/>
+    <w:bookmarkStart w:name="z205" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Обеспечение безопасности транспортных средств на территории Республики Казахстан осуществляется на основании требований законодательства Республики Казахстан и международных договоров в сфере дорожного движения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z206" w:id="234"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z206" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В целях обеспечения доступности информации для потребителей о показателях безопасности транспортных средств уполномоченный орган ежегодно проводит мониторинг международных рейтинговых систем оценки пассивной и активной безопасности новых транспортных средств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkEnd w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Проектирование и производство транспортных средств на территории Республики Казахстан производятся с учетом требований, установленных международными договорами, ратифицированными Республикой Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17533,130 +18905,130 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) направлять для движения по дорогам с асфальто- и цементобетонным покрытием тракторы и самоходные машины на гусеничном ходу.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 49. Основные требования по обеспечению безопасности дорожного движения при эксплуатации транспортных средств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z209" w:id="235"/>
+    <w:bookmarkStart w:name="z209" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Техническое состояние и оборудование транспортных средств, участвующих в дорожном движении, должны обеспечивать безопасность дорожного движения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z210" w:id="236"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z210" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Обязанность по поддержанию транспортных средств, участвующих в дорожном движении, в технически исправном состоянии возлагается на владельцев транспортных средств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z211" w:id="237"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z211" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Если для транспортного средства установлена разрешенная максимальная масса, то масса транспортного средства с нагрузкой не должна превышать разрешенную максимальную массу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z212" w:id="238"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z212" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Любой груз должен быть размещен и, в случае необходимости, закреплен на транспортном средстве таким образом, чтобы он:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkEnd w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) не подвергал опасности людей и не наносил ущерба государственной и частной собственности;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17685,90 +19057,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) не закрывал внешние световые приборы, включая стоп-сигнал и указатели поворота, светоотражающие приспособления, государственные регистрационные номерные знаки и отличительный знак государства регистрации, которые должны быть на транспортном средстве, или не закрывал сигналы, подаваемые рукой;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) не производил неудобств, которых можно избежать.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z213" w:id="239"/>
+    <w:bookmarkStart w:name="z213" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. После внесения изменения в конструкцию зарегистрированного транспортного средства, в том числе в конструкцию его составных частей, предметов дополнительного оборудования, запасных частей и принадлежностей, влияющих на обеспечение безопасности дорожного движения, необходимо проведение повторного подтверждения соответствия в порядке, установленном законодательством Республики Казахстан в области технического регулирования. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z214" w:id="240"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z214" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Конструкция, техническое состояние и оборудование транспортных средств, участвующих в дорожном движении, должны отвечать следующим основным требованиям, относящимся к обеспечению безопасности дорожного движения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkEnd w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наличие в транспортном средстве тормозной системы, рулевого управления, зеркал заднего вида, звукового сигнала, шасси, световых приборов, обеспечивающих безопасность дорожного движения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17797,70 +19169,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) наличие механизмов, предметов дополнительного оборудования и приспособлений транспортного средства, исключающих риск причинения вреда жизни и здоровью человека и окружающей среде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) обеспечение уменьшения опасности для пассажиров и других участников дорожного движения в случае дорожно-транспортного происшествия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z215" w:id="241"/>
+    <w:bookmarkStart w:name="z215" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Выбросы в окружающую среду, производимые транспортными средствами при их эксплуатации, не должны превышать допустимый уровень, установленный техническими регламентами в сфере охраны окружающей среды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkEnd w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17896,150 +19268,150 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 50. Основные требования по обеспечению безопасности дорожного движения при техническом обслуживании и ремонте транспортных средств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z217" w:id="242"/>
+    <w:bookmarkStart w:name="z217" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Техническое обслуживание и ремонт транспортных средств в целях содержания их в исправном состоянии должны обеспечивать безопасность дорожного движения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z218" w:id="243"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z218" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Нормы, правила и процедуры технического обслуживания и ремонта транспортных средств устанавливаются заводами-изготовителями транспортных средств с учетом условий их эксплуатации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z219" w:id="244"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z219" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Юридические лица и индивидуальные предприниматели, выполняющие работы и предоставляющие услуги по техническому обслуживанию и ремонту транспортных средств, обязаны обеспечивать их проведение в соответствии с нормами и правилами, установленными заводами-изготовителями транспортных средств, требованиями технических регламентов о безопасности колесных транспортных средств и требованиями к выбросам вредных (загрязняющих) веществ транспортных средств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z220" w:id="245"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z220" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Транспортные средства, прошедшие техническое обслуживание и ремонт, должны отвечать требованиям, регламентирующим техническое состояние и оборудование транспортных средств, участвующих в дорожном движении, в части, относящейся к обеспечению безопасности дорожного движения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z221" w:id="246"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z221" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Факт проведения технического обслуживания и ремонта транспортных средств удостоверяется подписью и печатью исполнителя названных работ и услуг, а также датой проведения технического обслуживания и ремонта транспортного средства с отметкой: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkEnd w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) о проведенной работе и замене составных частей транспортного средства в сервисной книжке транспортного средства;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18050,147 +19422,147 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в гарантийном талоне о проведении технического обслуживания и ремонта транспортного средства, который выдается владельцу транспортного средства;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) о постановке транспортного средства на гарантийный учет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z222" w:id="247"/>
+    <w:bookmarkStart w:name="z222" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Владелец транспортного средства имеет право на гарантийное обслуживание и ремонт в течение общего срока гарантии в порядке, установленном гражданским законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z223" w:id="248"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z223" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Гарантийное обслуживание и ремонт транспортного средства производятся, если неисправность транспортного средства возникла по вине завода-изготовителя либо исполнителя работ и услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z224" w:id="249"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z224" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Гарантийные обязательства распространяются на транспортное средство, его составные части в пределах произведенных работ, оговоренных в договоре между владельцем транспортного средства и исполнителем работ и услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkEnd w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 51. Основания и порядок запрещения эксплуатации транспортных средств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z226" w:id="250"/>
+    <w:bookmarkStart w:name="z226" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Эксплуатация транспортных средств запрещается в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkEnd w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наличия технических неисправностей и условий, создающих угрозу безопасности дорожного движения и окружающей среде, перечень которых утверждается уполномоченным органом;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18463,70 +19835,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) установки государственных регистрационных номерных знаков транспортного средства в местах, не предусмотренных требованиями законодательства Республики Казахстан в сфере дорожного движения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) отсутствия на транспортных средствах, перевозящих опасные грузы, спереди и сзади знака "Опасный груз".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z227" w:id="251"/>
+    <w:bookmarkStart w:name="z227" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Запрещение эксплуатации транспортного средства, участвующего в дорожном движении, осуществляется до устранения причин, послуживших основанием для такого запрещения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkEnd w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18660,70 +20032,156 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 52 в редакции Закона РК от 03.07.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 83-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z229" w:id="252"/>
+    <w:bookmarkStart w:name="z229" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Основаниями остановки транспортного средства по требованию сотрудника органов внутренних дел являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 1) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) нарушение водителем транспортного средства требований настоящего Закона и (или) правил дорожного движения, в том числе зафиксированное сертифицированным специальным техническим средством и прибором нарушение правил дорожного движения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18824,270 +20282,364 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) необходимость опроса водителя и (или) пассажира (пассажиров) об обстоятельствах совершения дорожно-транспортных происшествий, административного правонарушения, преступления, очевидцами которых они являются;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) регулирование дорожного движения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z553" w:id="253"/>
+    <w:bookmarkStart w:name="z553" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) проверка транспортного средства, зарегистрированного в компетентном органе другого государства, на соответствие требованиям, предусмотренным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 65 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z230" w:id="254"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z230" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Остановка транспортного средства по требованию сотрудника органов внутренних дел по основаниям, не предусмотренным пунктом 1 настоящей статьи, запрещается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z459" w:id="255"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z459" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. В случае остановки транспортного средства в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи сотрудник органов внутренних дел обязан последовательно совершить следующие действия: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z460" w:id="256"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z460" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) незамедлительно подойти к транспортному средству; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z461" w:id="257"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z461" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) представиться и по требованию водителя предъявить служебное удостоверение для ознакомления и установления фамилии и должности; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z462" w:id="258"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z462" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) разъяснить причину остановки транспортного средства; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z463" w:id="259"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 4) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) в случае, если нарушение водителем транспортного средства требований настоящего Закона и (или) правил дорожного движения зафиксировано сертифицированными специальными техническими средствами и приборами, предъявить водителю соответствующие материалы для ознакомления. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z464" w:id="260"/>
+    <w:bookmarkStart w:name="z464" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. При наличии оснований остановки транспортного средства и после выполнения сотрудником органов внутренних дел всех действий, установленных пунктом 3 настоящей статьи, водитель обязан выполнить законные требования сотрудника органов внутренних дел. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z465" w:id="261"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z465" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание. В настоящей статье под специальными мероприятиями понимаются оперативно-профилактические, оперативно-розыскные, охранные мероприятия и антитеррористические операции, проводимые правоохранительными и специальными государственными органами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkEnd w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19126,145 +20678,145 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z231" w:id="262"/>
+    <w:bookmarkStart w:name="z231" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 8. ПРАВА И ОБЯЗАННОСТИ УЧАСТНИКОВ ДОРОЖНОГО ДВИЖЕНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkEnd w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 53. Основные права и обязанности участников дорожного движения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z233" w:id="263"/>
+    <w:bookmarkStart w:name="z233" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Право участников дорожного движения на безопасные условия движения по дорогам общего пользования гарантируется государством и обеспечивается исполнением настоящего Закона, соблюдением законодательных и нормативных актов Республики Казахстан в данной сфере и международных договоров, ратифицированных Республикой Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z234" w:id="264"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z234" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Реализация прав одних участников дорожного движения не должна нарушать права других участников дорожного движения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z235" w:id="265"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z235" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Участники дорожного движения имеют право на:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkEnd w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) безопасные и удобные условия для движения по дорогам, возмещение ущерба, причиненного им вследствие несоответствия дорог, улиц, площадей и железнодорожных переездов требованиям безопасности движения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19329,70 +20881,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) возмещение ущерба в порядке, установленном страховым либо гражданским законодательством Республики Казахстан, в случаях причинения им телесных повреждений, а также в случаях повреждения транспортного средства и (или) груза либо причинения иного материального ущерба в результате дорожно-транспортного происшествия.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Участники дорожного движения имеют иные права в сфере дорожного движения, предусмотренные законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z236" w:id="266"/>
+    <w:bookmarkStart w:name="z236" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Участники дорожного движения обязаны: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkEnd w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) знать и соблюдать правила дорожного движения, требования настоящего Закона; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19511,70 +21063,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) не допускать загрязнения дорог, в том числе не выбрасывать мусор, предметы, создающие опасность для движения, и иные предметы вне специально отведенных мест;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) исполнять иные обязанности в сфере дорожного движения, установленные законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z237" w:id="267"/>
+    <w:bookmarkStart w:name="z237" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Участникам дорожного движения запрещается: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkEnd w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) выполнять ремонт транспортного средства и его обслуживание на проезжей части дороги, за исключением случаев, установленных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19620,90 +21172,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) допускать загрязнение окружающей среды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 54. Права и обязанности собственника и водителя механического транспортного средства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z239" w:id="268"/>
+    <w:bookmarkStart w:name="z239" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Собственник механического транспортного средства обязан по требованию должностного лица уполномоченного органа в указанный срок сообщить данные, удостоверяющие личность лица, которому было передано право на управление его механическим транспортным средством, а также своевременно представлять механическое транспортное средство и прицеп к нему для обязательного технического осмотра.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z240" w:id="269"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z240" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Водитель механического транспортного средства имеет право:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkEnd w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) управлять механическим транспортным средством соответствующей категории, перевозить пассажиров и грузы по дорогам;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19750,128 +21302,128 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) установления фамилии и должности лица, обладающего правом проверять у водителя документы или использовать транспортное средство, путем ознакомления со служебным удостоверением без его передачи водителю;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) в случае дорожно-транспортного происшествия, если нет пострадавших, при взаимном согласии водителей в оценке обстоятельств случившегося и при неосуществлении упрощенного оформления дорожно-транспортного происшествия, предварительно составив схему происшествия и подписав ее, прибыть в ближайшее подразделение органов внутренних дел для оформления происшествия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z528" w:id="270"/>
+    <w:bookmarkStart w:name="z528" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-1) осуществить упрощенное оформление дорожно-транспортного происшествия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkEnd w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) при крайней необходимости отступить от выполнения соответствующих требований законодательства Республики Казахстан в случаях, когда это необходимо для предупреждения дорожно-транспортного происшествия, предотвращения угрозы для жизни и здоровья других лиц, если в силу обстоятельств возникшая угроза не может быть предотвращена иначе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z241" w:id="271"/>
+    <w:bookmarkStart w:name="z241" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Водитель механического транспортного средства обязан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z451" w:id="272"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z451" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) иметь при себе и по требованию уполномоченных на то должностных лиц органов внутренних дел, органов транспортного контроля и органов государственных доходов передавать им для проверки:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkEnd w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       водительское удостоверение на право управления транспортным средством либо временное удостоверение, выданное взамен водительского удостоверения, за исключением выданных в Республике Казахстан при наличии документа, удостоверяющего личность водителя;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19882,286 +21434,286 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       свидетельство о государственной регистрации транспортного средства, за исключением выданного в Республике Казахстан, либо документ, свидетельствующий о праве собственности на транспортное средство;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       путевой лист, документ на провозимый груз (товарно-транспортную накладную), а также иные установленные законодательством Республики Казахстан документы на транспортное средство, за исключением зарегистрированных в единой системе управления транспортными документами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z452" w:id="273"/>
+    <w:bookmarkStart w:name="z452" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) остановить транспортное средство по требованию сотрудника органов внутренних дел, транспортного контроля в форменной одежде об остановке транспортного средства путем подачи сигнала с помощью громкоговорящего устройства, жестом руки или жезлом, направленных на транспортное средство, с одновременным сигналом свистка, которые должны быть понятны водителю и поданы своевременно с тем, чтобы их исполнение не создало аварийную обстановку; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z453" w:id="274"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z453" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) не покидать транспортное средство без принятия мер, исключающих самопроизвольное движение транспортного средства, а также в случае его остановки сотрудником органов внутренних дел без его разрешения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z454" w:id="275"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z454" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) пройти по требованию сотрудника органов внутренних дел освидетельствование на состояние опьянения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z455" w:id="276"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z455" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) при движении на транспортном средстве, оборудованном ремнями безопасности, быть пристегнутым и не перевозить пассажиров, не пристегнутых ремнями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z466" w:id="277"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z466" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-1) при управлении мотоциклом или мопедом быть в застегнутом мотошлеме и не перевозить пассажиров без застегнутого мотошлема;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z456" w:id="278"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z456" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) пройти проверку знаний правил дорожного движения в случаях, установленных Кодексом Республики Казахстан об административных правонарушениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z457" w:id="279"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z457" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) предоставить транспортное средство:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z521" w:id="280"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z521" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       медицинским работникам, следующим в попутном направлении для оказания экстренной медицинской помощи, а также, независимо от направления движения, медицинским работникам, сотрудникам органов внутренних дел и органов национальной безопасности для транспортировки граждан, нуждающихся в экстренной медицинской помощи, в медицинские организации, а также при проведении антитеррористических операций с возмещением затрат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkEnd w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сотрудникам органов внутренних дел для транспортировки транспортных средств, поврежденных при дорожно-транспортных происшествиях, проезда к месту стихийного бедствия, а также сотрудникам органов внутренних дел, Службы государственной охраны Республики Казахстан и органов национальной безопасности в других предусмотренных законодательством Республики Казахстан случаях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z450" w:id="281"/>
+    <w:bookmarkStart w:name="z450" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) при дорожно-транспортном происшествии водитель, причастный к нему, обязан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkEnd w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       немедленно остановить (не трогать с места) транспортное средство, включить аварийную световую сигнализацию и выставить знак аварийной остановки (мигающий красный фонарь) в соответствии с требованиями правил дорожного движения, не перемещать предметы, имеющие отношение к происшествию; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z522" w:id="282"/>
+    <w:bookmarkStart w:name="z522" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принять возможные меры для оказания первой помощи пострадавшим, вызвать скорую медицинскую помощь, а в экстренных случаях отправить пострадавших на попутном, а если это невозможно, доставить на своем транспортном средстве в ближайшую медицинскую организацию, сообщить свою фамилию, государственный регистрационный номерной знак транспортного средства (с предъявлением документа, удостоверяющего личность, или водительского удостоверения и регистрационного документа на транспортное средство) и возвратиться к месту происшествия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkEnd w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сообщить незамедлительно о случившемся в ближайший орган внутренних дел, записать фамилии и адреса очевидцев и ожидать прибытия сотрудников органов внутренних дел, за исключением случаев, предусмотренных подпунктами 5) и 5-1) пункта 2 настоящей статьи;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20172,70 +21724,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       освободить проезжую часть дороги, если движение других транспортных средств невозможно;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       при необходимости освобождения проезжей части дороги предварительно зафиксировать в присутствии свидетелей положение транспортного средства, следов и предметов, относящихся к происшествию, принять все возможные меры к их сохранению и обеспечить объезд места происшествия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z242" w:id="283"/>
+    <w:bookmarkStart w:name="z242" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Водителю запрещается:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkEnd w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) управлять транспортным средством без водительского удостоверения на право управления транспортным средством либо временного удостоверения, выданного взамен водительского удостоверения, за исключением выданных в Республике Казахстан в случае наличия при себе документа, удостоверяющего личность водителя;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20500,70 +22052,164 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) на дорогах с двусторонним движением, имеющих три полосы, из которых средняя используется для движения в обоих направлениях, выезжать на крайнюю левую полосу, предназначенную для встречного движения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16) превышать максимальную скорость, определенную в установленном порядке; превышать скорость, указанную на опознавательном знаке "Ограничение скорости", установленном на транспортном средстве; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z599" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В ч.2 подпункта 16) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Превышение максимальной скорости движения транспортного средства определяется путем фиксации или вычисления средней скорости движения транспортного средства сертифицированными специальными контрольно-измерительными техническими средствами и приборами, работающими в автоматическом режиме;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) создавать помехи другим участникам дорожного движения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20952,70 +22598,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в местах, где транспортное средство закроет от других водителей сигналы светофора, дорожные знаки или сделает невозможным движение (въезд или выезд) других транспортных средств, или создаст помехи для движения других транспортных средств (заторы) и пешеходов;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на клумбах, газонах, детской или спортивной площадке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z600" w:id="285"/>
+    <w:bookmarkStart w:name="z600" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на велосипедной дорожке и (или) велосипедной полосе движения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkEnd w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) стоянка:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -21944,150 +23590,150 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       конструкцией транспортного средства, а на переднем сидении механического транспортного средства – при отсутствии специального детского удерживающего устройства.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z243" w:id="286"/>
+    <w:bookmarkStart w:name="z243" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Водители военных транспортных средств обязаны пройти по требованию военнослужащих органов военной полиции освидетельствование на состояние опьянения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z244" w:id="287"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z244" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Требование о предоставлении транспортного средства не распространяется на транспортные средства представительств иностранных государств и международных организаций, обладающих соответствующим иммунитетом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z245" w:id="288"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z245" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Лица, указанные в подпункте 7) пункта 3 настоящей статьи, воспользовавшиеся транспортным средством, должны по требованию водителя выдать справку или сделать запись в путевом листе (с указанием продолжительности поездки, пройденного расстояния, своей фамилии, должности, номера служебного удостоверения, наименования своей организации).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z246" w:id="289"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z246" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Расходы, связанные с предоставлением транспортного средства сотрудникам государственных организаций, по требованию владельца транспортного средства возмещаются этими организациями в порядке, установленном уполномоченными органами в пределах своей компетенции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z247" w:id="290"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z247" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. При возникновении в пути прочих неисправностей и условий, с которыми запрещена эксплуатация транспортных средств и которые водитель в состоянии обнаружить, он должен устранить их, а если это невозможно, то может следовать к месту стоянки или ремонта с соблюдением необходимых мер предосторожности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkEnd w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22363,70 +24009,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 55. Права и обязанности пассажира</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z249" w:id="291"/>
+    <w:bookmarkStart w:name="z249" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Пассажир имеет право на:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkEnd w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) своевременное получение достоверной информации об условиях и порядке движения транспортного средства;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -22437,70 +24083,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) безопасный проезд и провоз багажа на транспортном средстве; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) возмещение причиненного ущерба в случаях, установленных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z250" w:id="292"/>
+    <w:bookmarkStart w:name="z250" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Пассажир обязан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkEnd w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22555,70 +24201,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) при поездке на транспортном средстве, оборудованном ремнями безопасности, быть пристегнутыми ими, а при поездке на мотоцикле или мопеде – быть в застегнутом мотошлеме;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) посадку и высадку производить со стороны тротуара или обочины и только после полной остановки. Если посадка и высадка невозможны со стороны тротуара или обочины, они могут осуществляться со стороны проезжей части дороги при условии, что это будет безопасно и не создаст помех другим участникам движения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z251" w:id="293"/>
+    <w:bookmarkStart w:name="z251" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Пассажирам запрещается:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkEnd w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) отвлекать водителя от управления транспортным средством во время его движения; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -22746,210 +24392,210 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 56. Права и обязанности пешехода</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z253" w:id="294"/>
+    <w:bookmarkStart w:name="z253" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Пешеход имеет право требовать от компетентных органов, владельцев дорог, переездов и других дорожных сооружений обеспечения необходимых условий для безопасного движения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z467" w:id="295"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z467" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1-1. Пешеход обязан: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z468" w:id="296"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z468" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) передвигаться по тротуарам и обочинам, пешеходным дорожкам и другим местам, обустроенным и приспособленным для движения; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z469" w:id="297"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z469" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) пересекать проезжую часть дороги по пешеходным переходам, в том числе по подземным и надземным, при их отсутствии в пределах видимости – на перекрестках по линии тротуаров или обочин, при отсутствии в зоне видимости перехода или перекрестка – под прямым углом к краю проезжей части дороги; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z470" w:id="298"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z470" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) не создавать при пересечении проезжей части дороги вне пешеходного перехода помех для движения транспортных средств и не выходить из-за стоящего транспортного средства, ограничивающего обзорность, не убедившись в отсутствии приближающихся транспортных средств; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z471" w:id="299"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z471" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) выходить на проезжую часть дороги на нерегулируемых пешеходных переходах будучи уверенным, что переход будет для него безопасен; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z472" w:id="300"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z472" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) ожидать маршрутное транспортное средство и такси на остановочных пунктах, а при их отсутствии – на тротуаре или обочине.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z254" w:id="301"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z254" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Пешеходу запрещается:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkEnd w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) переходить проезжую часть дороги вне пешеходного перехода при наличии разделительной полосы в населенном пункте, а также в местах, где установлены пешеходные или дорожные ограждения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -23059,270 +24705,270 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Заголовок статьи 57 с изменением, внесенным Законом РК от 03.10.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 130-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z554" w:id="302"/>
+    <w:bookmarkStart w:name="z554" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Водители электрических самокатов, велосипедов, малых электрических транспортных средств, погонщики, ведущие по дороге скот, стадо, вьючных, упряжных или верховых животных, имеют право двигаться по дорогам в соответствии с правилами дорожного движения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z555" w:id="303"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z555" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Водители электрических самокатов, велосипедов, малых электрических транспортных средств, погонщики, ведущие по дороге скот, стадо, вьючных, упряжных или верховых животных, обязаны знать и соблюдать правила дорожного движения, утвержденные уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z556" w:id="304"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z556" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Водителям электрических самокатов и велосипедов запрещается:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z557" w:id="305"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z557" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ездить, не держась за руль хотя бы одной рукой;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z558" w:id="306"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z558" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) перевозить пассажиров, кроме перевозки пассажиров на велосипедах со специальными приспособлениями для их перевозки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z559" w:id="307"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z559" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) перевозить груз, кроме перевозки груза на велосипедах со специальными приспособлениями для их перевозки, а также груза, который не выступает более чем на пятьдесят сантиметров по длине или ширине за габариты, или груз, мешающий управлению;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z560" w:id="308"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z560" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) поворачивать налево или разворачиваться на дорогах с трамвайным движением и на дорогах, имеющих более одной полосы, для движения в данном направлении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z561" w:id="309"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z561" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) буксировка электрических самокатов и велосипедов, а также электрическими самокатами и велосипедами, кроме буксировки прицепа, предназначенного для эксплуатации с велосипедом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z562" w:id="310"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z562" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) пересекать проезжую часть дороги по пешеходным переходам, находясь на транспортном средстве;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z563" w:id="311"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z563" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) передвигаться в темное время суток по проезжей части дороги без светоотражающего предмета, соответствующего требованиям, определенным правилами дорожного движения, обеспечивающего видимость водителям других транспортных средств; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z564" w:id="312"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z564" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) при управлении по проезжей части дороги быть без застегнутого шлема.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkEnd w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23351,366 +24997,366 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z566" w:id="313"/>
+    <w:bookmarkStart w:name="z566" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Водители электрических самокатов двигаются по велосипедной дорожке, велосипедной полосе движения. При отсутствии велосипедной дорожки, велосипедной полосы движения водители электрических самокатов двигаются по:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z567" w:id="314"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z567" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       правому краю проезжей части дороги, в том числе по полосе для маршрутных транспортных средств, в соответствии с требованиями, установленными частью второй настоящего пункта, в один ряд; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z568" w:id="315"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z568" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обочине;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z569" w:id="316"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z569" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тротуару или пешеходной дорожке со скоростью не более шести километров в час, не создавая опасности для движения пешеходов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z570" w:id="317"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z570" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Не допускается движение по правому краю проезжей части дороги, в том числе по полосе для маршрутных транспортных средств, водителей электрических самокатов, не достигших восемнадцатилетнего возраста, без водительского удостоверения на право управления транспортным средством любой категории либо временного удостоверения, выданного взамен водительского удостоверения на право управления транспортным средством, за исключением выданных в Республике Казахстан в случае наличия при себе документа, удостоверяющего личность водителя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z571" w:id="318"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z571" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Водители велосипедов двигаются по велосипедной дорожке, велосипедной полосе движения, а при их отсутствии – по правому краю проезжей части дороги, в том числе по полосе для маршрутных транспортных средств, в один ряд либо по обочине, тротуару или пешеходной дорожке, не создавая опасности для движения пешеходов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkEnd w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Запрещается двигаться по тротуару и (или) пешеходной дорожке на велосипедах с двигателем.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Водителям велосипедов запрещается перевозить пассажиров по правому краю проезжей части дороги, в том числе по полосе для маршрутных транспортных средств, в один ряд либо по обочине, проезжей части дороги без застегнутых шлемов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z572" w:id="319"/>
+    <w:bookmarkStart w:name="z572" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Водителям малых электрических транспортных средств запрещается:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z573" w:id="320"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z573" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ездить, не держась за руль хотя бы одной рукой, за исключением малых электрических транспортных средств без руля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z574" w:id="321"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z574" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) перевозить пассажиров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z575" w:id="322"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z575" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) перевозить груз;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z576" w:id="323"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z576" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) двигаться по проезжей части дороги;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z577" w:id="324"/>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z577" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) двигаться по тротуару или пешеходной дорожке при наличии рядом велосипедной дорожки, велосипедной полосы движения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z578" w:id="325"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z578" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) буксировка малых электрических транспортных средств, малыми электрическими транспортными средствами; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z579" w:id="326"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z579" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) пересекать проезжую часть дороги по пешеходным переходам, находясь на малом электрическом транспортном средстве.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkEnd w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23749,117 +25395,117 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z259" w:id="327"/>
+    <w:bookmarkStart w:name="z259" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 9. ОБЕСПЕЧЕНИЕ ДВИЖЕНИЯ ЛЮДЕЙ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>С НАРУШЕНИЯМИ ОПОРНО-ДВИГАТЕЛЬНОГО АППАРАТА</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkEnd w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 58. Организация движения людей с нарушениями опорно-двигательного аппарата и стоянки обслуживающих их транспортных средств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z261" w:id="328"/>
+    <w:bookmarkStart w:name="z261" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. На транспортные средства, управляемые водителями с нарушениями опорно-двигательного аппарата или водителями транспортных средств, обслуживающих людей с нарушениями опорно-двигательного аппарата или полной потерей зрения, не распространяются действия запрещающих дорожных знаков "Стоянка запрещена", "Стоянка запрещена по нечетным числам месяца", "Стоянка запрещена по четным числам месяца".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkEnd w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23888,90 +25534,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z263" w:id="329"/>
+    <w:bookmarkStart w:name="z263" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. В случае, если с информационно-указательным дорожным знаком "Место стоянки" установлен дорожный знак дополнительной информации (табличка) "Лица с инвалидностью", действие дорожного знака "Место стоянки" распространяется только на мотоколяски и автомобили, на которых установлены опознавательные знаки "Лицо с инвалидностью".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z264" w:id="330"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z264" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. В случае если с запрещающими либо предписывающими дорожными знаками установлен дорожный знак дополнительной информации (табличка) "Кроме лиц с инвалидностью", то действие данных дорожных знаков не распространяется на мотоколяски и автомобили, на которых установлены опознавательные знаки "Лицо с инвалидностью".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkEnd w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24045,1142 +25691,1248 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 59 с изменением, внесенным Законом РК от 27.06.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 129-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z266" w:id="331"/>
+    <w:bookmarkStart w:name="z266" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Водители с нарушением опорно-двигательного аппарата, управляющие транспортными средствами с опознавательными знаками "Лицо с инвалидностью", имеют право:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) останавливать и ставить транспортное средство в населенных пунктах в зоне действия дорожных знаков, запрещающих остановку или стоянку, при условии, что стоящее транспортное средство полностью располагается на тротуаре таким образом, чтобы для движения пешеходов оставалась свободная полоса шириной не менее полутора метров. Данное правило не действует на участках дороги, обозначенных запрещающей остановку дорожной разметкой;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ставить транспортное средство в зоне действия дорожных знаков, запрещающих стоянку, на местах стоянки с ограниченным временем свыше предусмотренного срока и на дорогах на дворовой территории за пределами мест стоянки при условии, что это не создает помех для пешеходов и не лишает другие транспортные средства возможности движения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z267" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Водители транспортных средств, обслуживающих людей с нарушениями опорно-двигательного аппарата или полной потерей зрения, останавливают транспортное средство в населенных пунктах в зоне действия дорожных знаков, запрещающих остановку, для посадки или высадки людей с нарушениями опорно-двигательного аппарата или полной потерей зрения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z268" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Водитель транспортного средства, обслуживающего человека с нарушениями опорно-двигательного аппарата или полной потерей зрения, который ведет за руку человека с нарушениями опорно-двигательного аппарата или полной потерей зрения к месту назначения и обратно, останавливает транспортное средство в населенных пунктах на условиях, указанных в подпункте 1) пункта 1 настоящей статьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 59 с изменениями, внесенными Законом РК от 27.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 129-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z269" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 10. ДОПУСК К УЧАСТИЮ В ДОРОЖНОМ ДВИЖЕНИИ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 60. Допуск транспортных средств и лиц, управляющих ими, к участию в дорожном движении</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z271" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Допуск транспортных средств к участию в дорожном движении на территории Республики Казахстан осуществляется путем:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) подтверждения соответствия транспортных средств, предметов оборудования и запасных частей, которые устанавливаются и (или) используются на транспортных средствах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) государственной регистрации и учета транспортных средств с выдачей соответствующих документов и государственных регистрационных номерных знаков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) проведения обязательного технического осмотра транспортных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) выполнения условий для допущения к международному движению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Статью 60 предусматривается дополнить пунктом 1-1 в соответствии с Законом РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z272" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Допуск лиц к участию в дорожном движении на территории Республики Казахстан осуществляется путем:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выдачи удостоверений на право управления транспортными средствами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) исключен Законом РК от 29.12.2014</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 269-V </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 60 с изменениями, внесенными Законом РК от 29.12.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 269-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2015).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 61. Подтверждение соответствия транспортных средств, предметов оборудования и запасных частей, которые могут быть установлены и (или)использованы на транспортных средствах</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z274" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Необходимым условием выпуска в обращение транспортных средств, предметов оборудования и запасных частей, устанавливаемых и (или) используемых на транспортных средствах, подлежащих обязательному подтверждению соответствия (сертификации или декларированию), является их соответствие требованиям, установленным международными договорами, ратифицированными Республикой Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z275" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Внесение изменений в конструкцию зарегистрированного транспортного средства допускается в строгом соответствии с требованиями, установленными международными договорами, ратифицированными Республикой Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Внесенные изменения в конструкцию зарегистрированного транспортного средства должны быть отражены в регистрационных документах транспортного средства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z276" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Признание иностранных сертификатов и иных документов, подтверждающих соответствие транспортных средств, предметов оборудования и запасных частей, которые могут быть установлены и (или) использованы на транспортных средствах, выданных в соответствии с требованиями международных договоров, ратифицированных Республикой Казахстан, осуществляется в порядке, установленном уполномоченным органом в области технического регулирования и метрологии, путем переоформления их на сертификаты и иные документы, подтверждающие соответствие форм, установленных в государственной системе технического регулирования Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z277" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Не относятся к объектам обязательного подтверждения соответствия транспортные средства, предметы оборудования и запасные части, которые могут быть установлены и (или) использованы на них, бывшие в употреблении, ввозимые для выставки и без целевого использования, а также поставляемые по линии гуманитарной помощи, если иное не установлено международными договорами, ратифицированными Республикой Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z278" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Необходимым условием выпуска в обращение бывших в употреблении транспортных средств, ввозимых на территорию Республики Казахстан, и их регистрации в уполномоченном органе является действующий сертификат технического осмотра колесных транспортных средств, выданный в соответствии с требованиями международных договоров, ратифицированных Республикой Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z279" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Признание иностранных сертификатов технического осмотра колесных транспортных средств, ввозимых на территорию Республики Казахстан, осуществляется в соответствии с требованиями международных договоров, ратифицированных Республикой Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ответственность за соответствие транспортных средств, предметов оборудования и запасных частей, которые могут быть установлены и (или) использованы на транспортных средствах, требованиям международных договоров, ратифицированных Республикой Казахстан, возлагается на органы по подтверждению соответствия и испытательные лаборатории в пределах своей компетенции в порядке, установленном законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 62. Цели государственной регистрации транспортных средств </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В Республике Казахстан государственная регистрация транспортных средств осуществляется в целях:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) допуска транспортных средств к участию в дорожном движении и (или) эксплуатации на территории Республики Казахстан и за ее пределами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) государственного учета транспортных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) выявления и пресечения преступлений и правонарушений, связанных с использованием транспортных средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 63. Обязательность государственной регистрации транспортных средств</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z282" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Обязательной государственной регистрации подлежат механические транспортные средства, определяемые настоящим Законом, изготовленные в Республике Казахстан или ввезенные в Республику Казахстан, за исключением механических транспортных средств, зарегистрированных в компетентном органе другого государства, участвующих в международном дорожном движении и ввозимых в Республику Казахстан на срок не более одного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z283" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. На территории Республики Казахстан запрещаются участие в дорожном движении и (или) эксплуатация механических транспортных средств, не прошедших государственную регистрацию в соответствии с настоящим Законом.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...42 lines deleted...]
-      2. Водители транспортных средств, обслуживающих людей с нарушениями опорно-двигательного аппарата или полной потерей зрения, останавливают транспортное средство в населенных пунктах в зоне действия дорожных знаков, запрещающих остановку, для посадки или высадки людей с нарушениями опорно-двигательного аппарата или полной потерей зрения.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 64. Виды транспортных средств, подлежащих государственной регистрации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z285" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственной регистрации в уполномоченном органе подлежат следующие виды механических транспортных средств и прицепов:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z268" w:id="333"/>
-[...15 lines deleted...]
-      3. Водитель транспортного средства, обслуживающего человека с нарушениями опорно-двигательного аппарата или полной потерей зрения, который ведет за руку человека с нарушениями опорно-двигательного аппарата или полной потерей зрения к месту назначения и обратно, останавливает транспортное средство в населенных пунктах на условиях, указанных в подпункте 1) пункта 1 настоящей статьи.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) легковые, грузовые автомобили, автобусы, включая изготовленные на их базе специальные автомобили, и троллейбусы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мотоциклы, трициклы, квадроциклы и мопеды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) прицепы, предназначенные для движения в составе с автомобилями.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z286" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственной регистрации в органах военной полиции подлежат механические транспортные средства и прицепы к ним Вооруженных Сил, других войск и воинских формирований Республики Казахстан, за исключением Сил особого назначения Службы государственной охраны Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z287" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Государственной регистрации не подлежат: боевые транспортные средства, тракторы, включая изготовленные на их базе самоходные шасси и механизмы, прицепы, используемые как технологический транспорт вне дорог; трамваи и другие рельсовые механические транспортные средства; легковые, грузовые автомобили и автобусы, включая изготовленные на их шасси специальные автомобили, мотоциклы и мотороллеры, мопеды; прицепы, предназначенные для движения в составе с автомобилями, зарегистрированные в других государствах и ввезенные на территорию Республики Казахстан на срок менее одного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 59 с изменениями, внесенными Законом РК от 27.06.2022 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 64 с изменениями, внесенными законами РК от 13.06.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 69-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 27.12.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 291-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 130-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z269" w:id="334"/>
-[...4 lines deleted...]
-        <w:jc w:val="left"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...37 lines deleted...]
-      1. Допуск транспортных средств к участию в дорожном движении на территории Республики Казахстан осуществляется путем:</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 65. Допуск транспортных средств к участию в международном движении по территории Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z531" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Транспортное средство считается находящимся в международном движении по территории Республики Казахстан, если оно эксплуатируется иностранцем или лицом без гражданства, не имеющими вида на жительство в Республике Казахстан, и:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="335"/>
-    <w:p>
-[...87 lines deleted...]
-      2. Допуск лиц к участию в дорожном движении на территории Республики Казахстан осуществляется путем:</w:t>
+    <w:bookmarkStart w:name="z532" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) принадлежит физическому или юридическому лицу, имеющему постоянное место жительства или место нахождения вне Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="336"/>
-    <w:p>
-[...160 lines deleted...]
-      1. Необходимым условием выпуска в обращение транспортных средств, предметов оборудования и запасных частей, устанавливаемых и (или) используемых на транспортных средствах, подлежащих обязательному подтверждению соответствия (сертификации или декларированию), является их соответствие требованиям, установленным международными договорами, ратифицированными Республикой Казахстан.</w:t>
+    <w:bookmarkStart w:name="z533" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) не зарегистрировано в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z275" w:id="338"/>
-[...591 lines deleted...]
-    <w:bookmarkStart w:name="z604" w:id="351"/>
+    <w:bookmarkStart w:name="z604" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3) временно ввезено в Республику Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkEnd w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25327,1065 +27079,1165 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан в той мере, в которой он не распространяется на временно ввезенное в Республику Казахстан транспортное средство, не зарегистрированное в Республике Казахстан, принадлежащее гражданину Республики Казахстан, имеющему постоянное место жительства вне Республики Казахстан, и эксплуатируемое лично им на территории Республики Казахстан.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z535" w:id="352"/>
+    <w:bookmarkStart w:name="z650" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1. Транспортное средство считается находящимся в международном движении по территории Республики Казахстан, если оно эксплуатируется гражданином Республики Казахстан, имеющим постоянное место жительства вне Республики Казахстан, и:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z651" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) принадлежит ему;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z652" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) не зарегистрировано в Республике Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z653" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) временно ввезено в Республику Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z535" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Транспортное средство, участвующее в международном движении, может находиться на территории Республики Казахстан до одного года с момента пересечения Государственной границы Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z536" w:id="353"/>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z536" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       По истечении срока, указанного в части первой настоящего пункта, транспортное средство, находящееся в международном движении, подлежит вывозу за пределы территории Республики Казахстан на непрерывный срок продолжительностью не менее тридцати календарных дней. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z537" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Допуск транспортных средств, находящихся в международном движении, к участию в дорожном движении на территории Республики Казахстан осуществляется при наличии выданных в соответствии с требованиями международных договоров, ратифицированных Республикой Казахстан, и законодательства Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z538" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) свидетельства о регистрации транспортного средства, прицепа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z539" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) регистрационного номера транспортного средства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z540" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) отличительного знака государства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z541" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) опознавательного знака транспортного средства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z542" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) документа, подтверждающего факт прохождения технического осмотра транспортным средством;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z543" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) договора обязательного страхования гражданско-правовой ответственности владельца транспортного средства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z544" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) сведений из системы электронных паспортов транспортных средств (паспортов шасси транспортных средств) и электронных паспортов самоходных машин и других видов техники об идентификационных признаках автотранспортных средств, зарегистрированных в государствах – членах Евразийского экономического союза, и их регистрационном учете.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 65 – в редакции Закона РК от 30.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 177-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным Законом РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 66. Права и обязанности владельцев транспортных средств</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z293" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Владельцы транспортных средств имеют право:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z537" w:id="354"/>
-[...15 lines deleted...]
-      3. Допуск транспортных средств, находящихся в международном движении, к участию в дорожном движении на территории Республики Казахстан осуществляется при наличии выданных в соответствии с требованиями международных договоров, ратифицированных Республикой Казахстан, и законодательства Республики Казахстан:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) получать от уполномоченного органа информацию и разъяснения о порядке государственной регистрации транспортных средств и прицепов к ним;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выбрать цифровое и (или) буквенное обозначения государственного регистрационного номерного знака транспортного средства в порядке, определяемом уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z294" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Владельцы транспортных средств обязаны:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z538" w:id="355"/>
-[...15 lines deleted...]
-      1) свидетельства о регистрации транспортного средства, прицепа;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1)  зарегистрировать транспортные средства в уполномоченном органе в течение десяти рабочих дней после приобретения механического транспортного средства на таможенной территории Евразийского экономического союза или совершения таможенных операций, связанных с выпуском для личного пользования, выпуском для внутреннего потребления, выпуском временно ввезенных в Республику Казахстан на срок более одного года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) представлять транспортные средства в уполномоченный орган в случаях, когда его обязательное представление предусмотрено правилами государственной регистрации и учета отдельных видов транспортных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обратиться в уполномоченный орган для прекращения государственной регистрации механического транспортного средства перед утилизацией или после утраты транспортного средства либо перед вывозом транспортного средства на постоянное пребывание за пределы Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) уплатить штраф при наличии своевременно неисполненных постановлений о наложении административного взыскания в виде штрафа в сфере обеспечения безопасности дорожного движения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 66 с изменениями, внесенными законами РК от 03.07.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 83-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 26.12.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 124-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2018).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 67. Запрет на государственную регистрацию транспортного средства или изменение регистрационных данных транспортного средства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z296" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Запрещается первичная регистрация транспортных средств, предназначенных для движения по дорогам и перевозки по ним людей или грузов, с правосторонним расположением органов управления или в связи с заменой кузова транспортного средства категории М1, или не снятых с регистрационного учета в государстве, в котором осуществлялась последняя регистрация.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z539" w:id="356"/>
-[...15 lines deleted...]
-      2) регистрационного номера транспортного средства;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1. Запрещается первичная регистрация автобусов возрастом более десяти лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z545" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-2. Положения, предусмотренные пунктами 1 и 1-1 настоящей статьи, не распространяются на транспортные средства, выпущенные в обращение в государствах – членах Евразийского экономического союза и ввезенные на территорию Республики Казахстан до 1 сентября 2022 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z540" w:id="357"/>
-[...15 lines deleted...]
-      3) отличительного знака государства;</w:t>
+    <w:bookmarkStart w:name="z546" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Порядок, условия и сроки первичной регистрации транспортных средств, указанных в части первой настоящего пункта, определяются Правительством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z541" w:id="358"/>
-[...15 lines deleted...]
-      4) опознавательного знака транспортного средства;</w:t>
+    <w:bookmarkStart w:name="z297" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Регистрация транспортного средства и изменение регистрационных данных запрещаются в случае:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z542" w:id="359"/>
-[...15 lines deleted...]
-      5) документа, подтверждающего факт прохождения технического осмотра транспортным средством;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) отсутствия признанных государственной системой технического регулирования Республики Казахстан сертификатов соответствия для новых транспортных средств, выданных в соответствии с требованиями международных договоров, ратифицированных Республикой Казахстан, и статьи 61 настоящего Закона;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) исключен Законом РК от 19.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 249-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) отсутствия регистрационных документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) невозможности идентификации транспортного средства вследствие подделки, сокрытия, изменения и (или) уничтожения маркировки номерных агрегатов, нанесенных изготовителем транспортного средства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) замены составляющей части конструкции, имеющей маркировочное идентификационное обозначение транспортного средства, указанного в статье 72 настоящего Закона;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) представления поддельных (подложных) документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) нахождения транспортного средства в розыске.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8) исключен Законом РК от 19.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 249-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z547" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) замены кузова транспортного средства категории М1.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z543" w:id="360"/>
-[...15 lines deleted...]
-      6) договора обязательного страхования гражданско-правовой ответственности владельца транспортного средства;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 67 с изменениями, внесенными законами РК от 19.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 249-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 01.02.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2022); от 30.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 177-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 68. Отказ в государственной регистрации транспортного средства или изменении регистрационных данных транспортного средства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z299" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Основаниями для отказа в государственной регистрации транспортного средства или изменении регистрационных данных транспортного средства являются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z544" w:id="361"/>
-[...833 lines deleted...]
-    <w:bookmarkEnd w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наличие запретов и ограничений на совершение регистрационных действий, наложенных (введенных) в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -26486,90 +28338,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6-1) обращение в орган регистрации транспортных средств лица, включенного в перечень организаций и лиц, связанных с финансированием распространения оружия массового уничтожения, и (или) в перечень организаций и лиц, связанных с финансированием терроризма и экстремизма, в соответствии с законодательством Республики Казахстан, за исключением транспортного средства, конфискованного и (или) взысканного по решению суда;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) наличие неисполненного налогового обязательства по налогу на транспортные средства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z300" w:id="370"/>
+    <w:bookmarkStart w:name="z300" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Об отказе в проведении регистрационных действий владелец транспортного средства должен быть извещен надлежащим образом (письменно, электронной почтой) с обоснованием причин.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z301" w:id="371"/>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z301" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Отказ в регистрации транспортного средства или изменении регистрационных данных транспортного средства может быть обжалован в порядке, установленном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkEnd w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -26645,185 +28497,185 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 69. Прекращение государственной регистрации транспортного средства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z303" w:id="372"/>
+    <w:bookmarkStart w:name="z303" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственная регистрация транспортного средства прекращается по заявлению владельца в связи с утратой, отчуждением транспортного средства другому лицу, а также снятием его с регистрационного учета перед утилизацией или вывозом на постоянное пребывание за пределы Республики Казахстан или в соответствии с иными обстоятельствами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="372"/>
-    <w:bookmarkStart w:name="z304" w:id="373"/>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z304" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Государственная регистрация транспортного средства прекращается при обнаружении оснований для отказа в регистрации транспортного средства, предусмотренных подпунктами 4), 5) и 6) пункта 2 статьи 67 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkEnd w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 70. Документ о государственной регистрации транспортных средств, государственный регистрационный номерной знак</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z306" w:id="374"/>
+    <w:bookmarkStart w:name="z306" w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Владельцу зарегистрированного транспортного средства выдаются регистрационный документ, подтверждающий государственную регистрацию транспортного средства, и государственный регистрационный номерной знак.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkEnd w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Регистрационный документ должен находиться у лица, управляющего транспортным средством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z307" w:id="375"/>
+    <w:bookmarkStart w:name="z307" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Требования к бланкам регистрационного документа, а также порядок их изготовления, хранения и учета устанавливаются уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z308" w:id="376"/>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z308" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Присвоение государственного регистрационного номерного знака и его изготовление осуществляются в порядке, установленном уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkEnd w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 70-1. Государственная монополия в области изготовления свидетельств о государственной регистрации транспортных средств, водительских удостоверений и государственных регистрационных номерных знаков</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -26835,51 +28687,51 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Глава 10 дополнена статьей 70-1 в соответствии с Законом РК от 29.06.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 12-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z583" w:id="377"/>
+    <w:bookmarkStart w:name="z583" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Деятельность по изготовлению документов, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -26894,52 +28746,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 73 настоящего Закона, накоплению и ведению интегрированного банка данных системы изготовления документов, автоматизации работы по учету процессов, разработке, внедрению и сопровождению программно-технических продуктов для органов внутренних дел относится к государственной монополии и осуществляется республиканским государственным предприятием на праве хозяйственного ведения, созданным по решению Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="377"/>
-    <w:bookmarkStart w:name="z584" w:id="378"/>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z584" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Прейскурант цен на услуги по ускоренному изготовлению и выдаче документов, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -26954,51 +28806,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 73 настоящего Закона, оказываемые республиканским государственным предприятием на праве хозяйственного ведения, созданным по решению Правительства Республики Казахстан, утверждается уполномоченным органом по согласованию с антимонопольным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkEnd w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 71. Ответственность владельцев при государственной регистрации транспортных средств</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -27007,270 +28859,364 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Владельцы транспортных средств несут ответственность за ненадлежащее исполнение обязанностей по государственной регистрации транспортных средств, изменению регистрационных данных транспортных средств в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 71-1. Компетенция национального оператора (национального администратора) системы электронных паспортов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z491" w:id="379"/>
+    <w:bookmarkStart w:name="z491" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К компетенции национального оператора (национального администратора) системы электронных паспортов относятся:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z492" w:id="380"/>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z492" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) эксплуатация системы электронных паспортов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="380"/>
-    <w:bookmarkStart w:name="z493" w:id="381"/>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z493" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) организация и обеспечение функционирования системы электронных паспортов; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="381"/>
-    <w:bookmarkStart w:name="z494" w:id="382"/>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z494" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) системно-техническое обслуживание аппаратно-программного комплекса системы электронных паспортов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="382"/>
-    <w:bookmarkStart w:name="z495" w:id="383"/>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z495" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) обеспечение защиты информации в системе электронных паспортов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="383"/>
-    <w:bookmarkStart w:name="z496" w:id="384"/>
+    <w:bookmarkEnd w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 5) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) обеспечение интеграции системы электронных паспортов с государственными информационными системами, а также с информационными системами иностранных государств аналогичного назначения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="384"/>
-    <w:bookmarkStart w:name="z497" w:id="385"/>
+    <w:bookmarkStart w:name="z497" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) взаимодействие с администратором и участниками системы электронных паспортов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="385"/>
-    <w:bookmarkStart w:name="z498" w:id="386"/>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z498" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) определение тарифов и порядка оплаты услуг при оформлении электронного паспорта транспортного средства (паспорта шасси транспортного средства) и электронного паспорта самоходной машины и других видов техники и внесение в них изменений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="386"/>
-    <w:bookmarkStart w:name="z499" w:id="387"/>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z499" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) организация сбора сведений, необходимых для оформления электронного паспорта транспортного средства (паспорта шасси транспортного средства) и электронного паспорта самоходной машины и других видов техники и предоставляемых уполномоченным органом и уполномоченными органами в сфере таможенного дела, в области агропромышленного комплекса и местными исполнительными органами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="387"/>
-    <w:bookmarkStart w:name="z500" w:id="388"/>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z500" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) предоставление по запросам уполномоченных органов в области индустриального развития, по обеспечению безопасности дорожного движения, в сфере таможенного дела, в области агропромышленного комплекса и местных исполнительных органов сведений, содержащихся в электронных паспортах транспортных средств (паспортах шасси транспортных средств) и электронных паспортах самоходных машин и других видов техники с любым статусом, в полном объеме и без взимания платы для использования исключительно в целях реализации государственных задач и функций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="388"/>
-    <w:bookmarkStart w:name="z501" w:id="389"/>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z501" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) осуществление иных полномочий, установленных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkEnd w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -27346,70 +29292,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 72. Регистрационные данные транспортного средства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z311" w:id="390"/>
+    <w:bookmarkStart w:name="z311" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. К обязательным регистрационным данным транспортного средства, вносимым в документ о государственной регистрации и подлежащим государственному учету в информационной системе уполномоченного органа, относятся следующие основные сведения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkEnd w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) буквенно-цифровое обозначение государственного регистрационного номерного знака;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -27636,70 +29582,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       С 1 января 2015 года датой ввоза легковых автомобилей, ввезенных на территорию Республики Казахстан, считается дата их первичной государственной регистрации;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12) страна-изготовитель легковых автомобилей (Казахстан (прочие).      </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z312" w:id="391"/>
+    <w:bookmarkStart w:name="z312" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Уполномоченный орган в сфере таможенного дела после совершения таможенных операций, связанных с выпуском транспортных средств, направляет сведения в единую информационную систему государственной регистрации транспортных средств уполномоченного органа в порядке, определяемом совместным актом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkEnd w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -27738,105 +29684,105 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z313" w:id="392"/>
+    <w:bookmarkStart w:name="z313" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 11. ДОПУСК ЛИЦ К УПРАВЛЕНИЮ ТРАНСПОРТНЫМИ СРЕДСТВАМИ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkEnd w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 73. Допуск лиц к управлению транспортными средствами</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z315" w:id="393"/>
+    <w:bookmarkStart w:name="z315" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В Республике Казахстан устанавливаются следующие категории и входящие в них подкатегории транспортных средств, на управление которыми предоставляется специальное право (далее – право на управление транспортными средствами):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkEnd w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) категория "А" – мотоциклы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -28063,1065 +30009,1065 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14) подкатегория "С1Е" – автомобили подкатегории "С1", сцепленные с прицепом, разрешенная максимальная масса которого превышает семьсот пятьдесят килограммов, но не превышает массу автомобиля без нагрузки, а общая разрешенная максимальная масса такого состава транспортных средств не превышает двенадцати тысяч килограммов; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) подкатегория "D1E" – автомобили подкатегории "D1", сцепленные с прицепом, не предназначенным для перевозки пассажиров, разрешенная максимальная масса которого превышает семьсот пятьдесят килограммов, но не превышает массу автомобиля без нагрузки, а общая разрешенная максимальная масса такого состава транспортных средств не превышает двенадцати тысяч килограммов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z580" w:id="394"/>
+    <w:bookmarkStart w:name="z580" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1-1. К управлению электрическими самокатами по правому краю проезжей части дороги, в том числе по полосе для маршрутных транспортных средств, допускаются лица, соответствующие требованиям, установленным частью второй пункта 5 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 57</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="394"/>
-    <w:bookmarkStart w:name="z316" w:id="395"/>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z316" w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Право на управление транспортными средствами предоставляется лицам, сдавшим экзамены, при соблюдении условий, перечисленных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьях 74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> или 74-1 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkEnd w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Экзамены принимаются на транспортных средствах с механической или автоматической трансмиссией.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лицам, сдавшим экзамены на транспортных средствах с механической трансмиссией, предоставляется право на управление транспортными средствами соответствующей категории или подкатегории с любым видом трансмиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z317" w:id="396"/>
+    <w:bookmarkStart w:name="z317" w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Экзамены проводятся с применением технических средств контроля теоретических знаний и практических навыков экзаменуемых.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkEnd w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Состав технических средств контроля, предназначенных для проведения экзаменов, требования к ним, а также условия их применения устанавливаются уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z318" w:id="397"/>
+    <w:bookmarkStart w:name="z318" w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Исключен Законом РК от 29.03.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 479-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z319" w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Право на управление транспортными средствами подтверждается водительским удостоверением, а в предусмотренных законодательством Республики Казахстан случаях – временным удостоверением, выданным взамен водительского удостоверения на право управления транспортным средством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z320" w:id="389"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. В Республике Казахстан выдаются национальные и международные водительские удостоверения, соответствующие требованиям международных договоров Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z321" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Национальное водительское удостоверение выдается на срок десять лет, если иное ограничение не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z322" w:id="391"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Национальное водительское удостоверение на право управления транспортными средствами категории "А" подтверждает также право на управление транспортными средствами подкатегории "А 1" и подкатегории "В1" с мотоциклетной посадкой или рулем мотоциклетного типа, категории "В" – подкатегорий "А1" и "В1", категории "С" – подкатегории "С1", категории "D" – подкатегории "D1", категории "СЕ" – подкатегории "С1Е", категории "DE" – подкатегории "D1E".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z323" w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Международное водительское удостоверение выдается на срок до трех лет, но не более срока действия национального водительского удостоверения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выданное в Республике Казахстан международное водительское удостоверение является недействительным для управления транспортными средствами на территории Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z324" w:id="393"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Выдача национальных и международных водительских удостоверений взамен утраченных (похищенных) иностранных и международных водительских удостоверений, выданных в других государствах, не производится.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z325" w:id="394"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Образцы национальных и международных водительских удостоверений утверждаются уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z326" w:id="395"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В случае, если в водительском удостоверении указаны ограничения к управлению транспортными средствами, данное водительское удостоверение считается действительным при условии соблюдения указанных в нем ограничений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z327" w:id="396"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Лица, постоянно или временно проживающие, а также временно пребывающие на территории Республики Казахстан, допускаются к управлению транспортными средствами на основании национальных водительских удостоверений, а при отсутствии таковых – на основании действительных международных или иностранных национальных водительских удостоверений при соблюдении условий и ограничений, перечисленных в пунктах 14, 15, 16, 17, 18 и 19 настоящей статьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z328" w:id="397"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Не допускается управление транспортными средствами на основании международных или иностранных водительских удостоверений при осуществлении предпринимательской или иной трудовой деятельности, связанной с выполнением работ по непосредственному управлению транспортными средствами, за исключением граждан государств-членов Евразийского экономического союза.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="397"/>
-    <w:bookmarkStart w:name="z319" w:id="398"/>
-[...15 lines deleted...]
-      5. Право на управление транспортными средствами подтверждается водительским удостоверением, а в предусмотренных законодательством Республики Казахстан случаях – временным удостоверением, выданным взамен водительского удостоверения на право управления транспортным средством.</w:t>
+    <w:bookmarkStart w:name="z329" w:id="398"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Выданное в иностранном государстве международное водительское удостоверение признается действительным при условии, что оно предъявляется вместе с соответствующим национальным водительским удостоверением.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="398"/>
-    <w:bookmarkStart w:name="z320" w:id="399"/>
-[...15 lines deleted...]
-      6. В Республике Казахстан выдаются национальные и международные водительские удостоверения, соответствующие требованиям международных договоров Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z330" w:id="399"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Иностранное водительское удостоверение, не соответствующее требованиям международных договоров Республики Казахстан, признается недействительным.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="399"/>
-    <w:bookmarkStart w:name="z321" w:id="400"/>
-[...15 lines deleted...]
-      7. Национальное водительское удостоверение выдается на срок десять лет, если иное ограничение не предусмотрено законами Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z331" w:id="400"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Иностранные и международные водительские удостоверения признаются действительными для управления транспортными средствами на территории Республики Казахстан по достижении их владельцами возраста, предусмотренного статьей 74 настоящего Закона для соответствующих категорий и подкатегорий транспортных средств.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="400"/>
-    <w:bookmarkStart w:name="z322" w:id="401"/>
-[...15 lines deleted...]
-      8. Национальное водительское удостоверение на право управления транспортными средствами категории "А" подтверждает также право на управление транспортными средствами подкатегории "А 1" и подкатегории "В1" с мотоциклетной посадкой или рулем мотоциклетного типа, категории "В" – подкатегорий "А1" и "В1", категории "С" – подкатегории "С1", категории "D" – подкатегории "D1", категории "СЕ" – подкатегории "С1Е", категории "DE" – подкатегории "D1E".</w:t>
+    <w:bookmarkStart w:name="z332" w:id="401"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Положения, предусмотренные пунктами 14 и 17 настоящей статьи, не применяются в случаях участия транспортного средства в международном движении.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="401"/>
-    <w:bookmarkStart w:name="z323" w:id="402"/>
-[...15 lines deleted...]
-      9. Международное водительское удостоверение выдается на срок до трех лет, но не более срока действия национального водительского удостоверения.</w:t>
+    <w:bookmarkStart w:name="z333" w:id="402"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Иностранное и международное водительские удостоверения признаются недействительными для управления транспортными средствами на территории Республики Казахстан по истечении шестидесяти дней с даты получения их владельцем, являющимся иностранным гражданином или лицом без гражданства, вида на жительство, либо по истечении шестидесяти дней с даты въезда в Республику Казахстан их владельца, являющегося гражданином Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="402"/>
-    <w:p>
-[...33 lines deleted...]
-      10. Выдача национальных и международных водительских удостоверений взамен утраченных (похищенных) иностранных и международных водительских удостоверений, выданных в других государствах, не производится.</w:t>
+    <w:bookmarkStart w:name="z334" w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Иностранные и международные водительские удостоверения, не соответствующие требованиям международных договоров Республики Казахстан, обмену на национальные и международные водительские удостоверения Республики Казахстан не подлежат.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="403"/>
-    <w:bookmarkStart w:name="z325" w:id="404"/>
-[...15 lines deleted...]
-      11. Образцы национальных и международных водительских удостоверений утверждаются уполномоченным органом.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z335" w:id="404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. К транспортным средствам категорий "В", "С" и подкатегории "С 1" приравниваются самоходные шасси транспортных средств, используемых для перевозки грузов, относящихся к соответствующим категориям (подкатегории).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="404"/>
-    <w:bookmarkStart w:name="z326" w:id="405"/>
-[...15 lines deleted...]
-      12. В случае, если в водительском удостоверении указаны ограничения к управлению транспортными средствами, данное водительское удостоверение считается действительным при условии соблюдения указанных в нем ограничений.</w:t>
+    <w:bookmarkStart w:name="z336" w:id="405"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Классификация транспортных средств и их самоходных шасси, перечисленных в настоящей статье, определяется в соответствии с международными договорами, ратифицированными Республикой Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="405"/>
-    <w:bookmarkStart w:name="z327" w:id="406"/>
-[...15 lines deleted...]
-      13. Лица, постоянно или временно проживающие, а также временно пребывающие на территории Республики Казахстан, допускаются к управлению транспортными средствами на основании национальных водительских удостоверений, а при отсутствии таковых – на основании действительных международных или иностранных национальных водительских удостоверений при соблюдении условий и ограничений, перечисленных в пунктах 14, 15, 16, 17, 18 и 19 настоящей статьи.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 73 с изменениями, внесенными законами РК от 29.03.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 479-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); от 03.07.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 83-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.10.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 184-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 29.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 12-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 03.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 130-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 16.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 211-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 74. Условия получения права на управление транспортными средствами</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z338" w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Лица, достигшие установленного настоящей статьей возраста и имеющие медицинское заключение об отсутствии противопоказаний к управлению транспортными средствами, после соответствующей подготовки в учебных организациях по подготовке водителей транспортных средств допускаются к сдаче экзаменов на получение права на управление транспортными средствами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="406"/>
-    <w:bookmarkStart w:name="z328" w:id="407"/>
-[...15 lines deleted...]
-      14. Не допускается управление транспортными средствами на основании международных или иностранных водительских удостоверений при осуществлении предпринимательской или иной трудовой деятельности, связанной с выполнением работ по непосредственному управлению транспортными средствами, за исключением граждан государств-членов Евразийского экономического союза.</w:t>
+    <w:bookmarkStart w:name="z339" w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Право на управление транспортными средствами предоставляется:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="407"/>
-    <w:bookmarkStart w:name="z329" w:id="408"/>
-[...15 lines deleted...]
-      15. Выданное в иностранном государстве международное водительское удостоверение признается действительным при условии, что оно предъявляется вместе с соответствующим национальным водительским удостоверением.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      транспортными средствами подкатегории "А1" – лицам, достигшим шестнадцатилетнего возраста;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      транспортными средствами категорий "А", "В" и подкатегорий "В1", "С1" – лицам, достигшим восемнадцатилетнего возраста;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      транспортными средствами категорий "С" и подкатегории "D1" – лицам, достигшим двадцатиоднолетнего возраста, имеющим стаж работы водителем не менее трех лет, в том числе стаж управления транспортными средствами, относящимися к подкатегории "С1", не менее одного года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      транспортными средствами категории "Tm" – лицам, достигшим двадцатиоднолетнего возраста;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      транспортными средствами категорий "D" и "Тb" – лицам, достигшим двадцатитрехлетнего возраста, имеющим стаж работы водителем не менее трех лет, в том числе стаж управления транспортными средствами, относящимися к подкатегории "D1", не менее одного года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      составами транспортных средств категорий "ВЕ", "СЕ", "DE" -лицам, имеющим право на управление транспортными средствами соответственно категорий "В", "С" или "D" в течение не менее двенадцати месяцев;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      составами транспортных средств подкатегорий "С1Е", "D1E" - лицам, имеющим право на управление транспортными средствами соответственно категорий "С", "D" либо подкатегорий "С1", "D1" в течение не менее двенадцати месяцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z601" w:id="408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1. Лица, привлеченные к административной ответственности в порядке, предусмотренном частью шестой статьи 608 или частью девятой статьи 613 Кодекса Республики Казахстан об административных правонарушениях, не допускаются к сдаче экзаменов на получение права на управление транспортными средствами в течение семи лет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="408"/>
-    <w:bookmarkStart w:name="z330" w:id="409"/>
-[...15 lines deleted...]
-      16. Иностранное водительское удостоверение, не соответствующее требованиям международных договоров Республики Казахстан, признается недействительным.</w:t>
+    <w:bookmarkStart w:name="z602" w:id="409"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лица, привлеченные к административной ответственности в порядке, предусмотренном частью седьмой статьи 608 или частью десятой статьи 613 Кодекса Республики Казахстан об административных правонарушениях, не допускаются к сдаче экзаменов на получение права на управление транспортными средствами в течение восьми лет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="409"/>
-    <w:bookmarkStart w:name="z331" w:id="410"/>
-[...15 lines deleted...]
-      17. Иностранные и международные водительские удостоверения признаются действительными для управления транспортными средствами на территории Республики Казахстан по достижении их владельцами возраста, предусмотренного статьей 74 настоящего Закона для соответствующих категорий и подкатегорий транспортных средств.</w:t>
+    <w:bookmarkStart w:name="z603" w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Данное ограничение к сдаче экзаменов исчисляется с момента последнего привлечения к административной ответственности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="410"/>
-    <w:bookmarkStart w:name="z332" w:id="411"/>
-[...522 lines deleted...]
-    <w:bookmarkStart w:name="z340" w:id="421"/>
+    <w:bookmarkStart w:name="z340" w:id="411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. К сдаче экзаменов на получение права на управление транспортными средствами категорий "В", "С", а также подкатегории "С1" допускаются лица, достигшие семнадцатилетнего возраста и прошедшие соответствующую подготовку водителей транспортных средств по направлениям местных органов военного управления, без стажа работы водителем и стажа управления транспортными средствами, относящимися к категории "С1". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkEnd w:id="411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Национальные водительские удостоверения указанным лицам выдаются по достижении ими восемнадцатилетнего возраста.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -29347,150 +31293,150 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 74-1. Особые условия получения права на управление транспортными средствами, принадлежащими Вооруженным Силам Республики Казахстан, другим войскам и воинским формированиям</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z637" w:id="422"/>
+    <w:bookmarkStart w:name="z637" w:id="412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Право на управление транспортными средствами, принадлежащими Вооруженным Силам Республики Казахстан, другим войскам и воинским формированиям, подтверждается наличием национального водительского удостоверения или водительского удостоверения военнослужащего.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z638" w:id="423"/>
+    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkStart w:name="z638" w:id="413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Подготовка военнослужащих к управлению транспортными средствами, прием экзаменов и выдача водительских удостоверений военнослужащих, а также требования по возрасту и наличию стажа работы и управления транспортными средствами для военнослужащих определяются правилами подготовки военнослужащих к управлению транспортными средствами, приема экзаменов и выдачи водительских удостоверений военнослужащих на право управления транспортными средствами, принадлежащими Вооруженным Силам Республики Казахстан, другим войскам и воинским формированиям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="423"/>
-    <w:bookmarkStart w:name="z639" w:id="424"/>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z639" w:id="414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Водительское удостоверение военнослужащего считается действительным на период прохождения военнослужащим воинской службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="424"/>
-    <w:bookmarkStart w:name="z640" w:id="425"/>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z640" w:id="415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. С учетом особенностей транспортных средств, принадлежащих Вооруженным Силам Республики Казахстан, другим войскам и воинским формированиям, могут вводиться дополнительные категории транспортных средств в соответствии с правилами подготовки военнослужащих к управлению транспортными средствами, приема экзаменов и выдачи водительских удостоверений военнослужащих на право управления транспортными средствами, принадлежащими Вооруженным Силам Республики Казахстан, другим войскам и воинским формированиям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z641" w:id="426"/>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z641" w:id="416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Лица, достигшие возраста, установленного пунктом 2 статьи 74 настоящего Закона, и имеющие медицинское заключение об отсутствии противопоказаний к управлению транспортными средствами, при наличии водительского удостоверения военнослужащего допускаются к сдаче экзамена на получение права на управление транспортными средствами соответствующей категории без прохождения подготовки в учебных организациях по подготовке водителей транспортных средств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkEnd w:id="416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -29526,70 +31472,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 75. Прекращение права управления транспортными средствами</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z343" w:id="427"/>
+    <w:bookmarkStart w:name="z343" w:id="417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Основаниями прекращения права на управление транспортными средствами являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkEnd w:id="417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) истечение установленного срока действия водительского удостоверения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -29636,108 +31582,108 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) несдача экзамена для проверки знания правил дорожного движения в течение двух месяцев со дня получения постановления о направлении водителя на проверку знания правил дорожного движения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) лишение права на управление транспортными средствами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z581" w:id="428"/>
+    <w:bookmarkStart w:name="z581" w:id="418"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) выдача водительского удостоверения в нарушение правил подготовки водителей механических транспортных средств, приема экзаменов и выдачи водительских удостоверений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkEnd w:id="418"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прекращение права на управление транспортными средствами по основаниям, предусмотренным подпунктами 2), 3) и 5) настоящего пункта, осуществляется по решению суда в порядке, предусмотренном гражданским процессуальным законодательством Республики Казахстан, по иску уполномоченного органа (должностного лица).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z344" w:id="429"/>
+    <w:bookmarkStart w:name="z344" w:id="419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Право управления транспортным средством восстанавливается при прекращении такого права:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkEnd w:id="419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) по основанию, предусмотренному подпунктом 1) пункта 1 настоящей статьи, после прохождения медицинского осмотра;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -29766,70 +31712,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) по основанию, предусмотренному подпунктом 3) пункта 1 настоящей статьи, в порядке, установленном статьей 73 настоящего Закона;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) по основанию, предусмотренному подпунктом 4) пункта 1 настоящей статьи, после повторного медицинского осмотра, сдачи экзамена и истечения срока лишения права управления транспортным средством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z345" w:id="430"/>
+    <w:bookmarkStart w:name="z345" w:id="420"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Виды правонарушений, влекущих в качестве меры ответственности лишение права на управление транспортными средствами либо ограничение такого права, устанавливаются законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="430"/>
+    <w:bookmarkEnd w:id="420"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -29885,203 +31831,203 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 76. Регистрация и учет лиц, которым транспортные средства переданы во временное владение и пользование</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z347" w:id="431"/>
+    <w:bookmarkStart w:name="z347" w:id="421"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Статья 76 исключена Законом РК от 29.12.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 269-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2015).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="431"/>
-    <w:bookmarkStart w:name="z350" w:id="432"/>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z350" w:id="422"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 12. ПОДГОТОВКА ВОДИТЕЛЕЙ ТРАНСПОРТНЫХ СРЕДСТВ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkEnd w:id="422"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 77. Требования к учебным организациям по подготовке водителей транспортных средств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z352" w:id="433"/>
+    <w:bookmarkStart w:name="z352" w:id="423"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Учебная организация по подготовке водителей транспортных средств создается индивидуальными предпринимателями и юридическими лицами и начинает свою деятельность со дня подачи в уполномоченный орган уведомления о начале деятельности в соответствии с Законом Республики Казахстан "О разрешениях и уведомлениях".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="433"/>
-    <w:bookmarkStart w:name="z353" w:id="434"/>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z353" w:id="424"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. При направлении в уполномоченный орган уведомления о начале деятельности учебной организацией по подготовке водителей транспортных средств представляются следующие документы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkEnd w:id="424"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заявление;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z361" w:id="435"/>
+    <w:bookmarkStart w:name="z361" w:id="425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) нотариально засвидетельствованные копии документов, подтверждающих право собственности или пользования на недвижимое имущество учебных организаций, намеренных осуществлять деятельность по подготовке водителей транспортных средств, зарегистрированное в установленном законодательством Республики Казахстан порядке и используемое как учебно-материальная база;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkEnd w:id="425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) правоустанавливающие документы на иное имущество, используемое как учебно-материальная база;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -30092,150 +32038,150 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) списки преподавателей, мастеров производственного обучения и мастеров обучения вождению во время образовательного процесса по подготовке водителей транспортных средств (в списке указываются номер квалификационного свидетельства "преподаватель", "мастер производственного обучения", "мастер обучения вождению во время образовательного процесса", фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность), данные документа, удостоверяющего личность);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) программы подготовки, в которых указываются изучаемые темы, расписание занятий и планируемые методы обучения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z354" w:id="436"/>
+    <w:bookmarkStart w:name="z354" w:id="426"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Поступившее в уполномоченный орган от учебной организации по подготовке водителей транспортных средств уведомление о начале деятельности является основанием для ведения уполномоченным органом внутреннего учета таких организаций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="436"/>
-    <w:bookmarkStart w:name="z549" w:id="437"/>
+    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkStart w:name="z549" w:id="427"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Учет учебных организаций по подготовке водителей транспортных средств и регистрация учебных групп осуществляются посредством информационной системы уполномоченного органа в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="437"/>
-    <w:bookmarkStart w:name="z355" w:id="438"/>
+    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkStart w:name="z355" w:id="428"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Руководитель учебной организации по подготовке водителей транспортных средств обязан иметь квалификационное свидетельство "преподаватель" или "мастер производственного обучения" либо "мастер обучения вождению во время образовательного процесса".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="438"/>
-    <w:bookmarkStart w:name="z356" w:id="439"/>
+    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkStart w:name="z356" w:id="429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Преподаватель, мастер производственного обучения и мастер обучения вождению во время образовательного процесса обязаны иметь квалификационные свидетельства "преподаватель", "мастер производственного обучения" и "мастер обучения вождению во время образовательного процесса" соответственно и осуществляют свою деятельность только в составе одной учебной организации по подготовке водителей транспортных средств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="439"/>
-    <w:bookmarkStart w:name="z357" w:id="440"/>
+    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z357" w:id="430"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Обучение вождению транспортного средства на дорогах общего пользования осуществляется только по маршрутам, согласованным с уполномоченным органом, и в присутствии мастера обучения вождению во время образовательного процесса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkEnd w:id="430"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Перевозка пассажиров на учебном транспортном средстве, управляемом лицом, обучаемым вождению, запрещается.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -30404,110 +32350,110 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 79. Профессиональные объединения по подготовке водителей транспортных средств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z363" w:id="441"/>
+    <w:bookmarkStart w:name="z363" w:id="431"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Учебные организации по подготовке водителей транспортных средств в целях координации их предпринимательской деятельности, а также представления и защиты общих интересов могут создавать профессиональные объединения по подготовке водителей транспортных средств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="441"/>
-    <w:bookmarkStart w:name="z364" w:id="442"/>
+    <w:bookmarkEnd w:id="431"/>
+    <w:bookmarkStart w:name="z364" w:id="432"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Профессиональные объединения по подготовке водителей транспортных средств являются некоммерческими организациями, объединяющими учебные организации, и действуют на основании устава, принимаемого на общем собрании их членов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="442"/>
-    <w:bookmarkStart w:name="z365" w:id="443"/>
+    <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkStart w:name="z365" w:id="433"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Создание, управление, функционирование и прекращение деятельности профессиональных объединений по подготовке водителей транспортных средств осуществляются в соответствии с гражданским законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="443"/>
+    <w:bookmarkEnd w:id="433"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -30543,70 +32489,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 80. Права и обязанности профессиональных объединений по подготовке водителей транспортных средств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z370" w:id="444"/>
+    <w:bookmarkStart w:name="z370" w:id="434"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Профессиональные объединения по подготовке водителей транспортных средств вправе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkEnd w:id="434"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) проводить курсы по повышению квалификации преподавателей, мастеров производственного обучения и мастеров обучения вождению во время образовательного процесса, выдавать сертификаты о прохождении курсов в порядке, установленном уполномоченным органом;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -30779,70 +32725,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z371" w:id="445"/>
+    <w:bookmarkStart w:name="z371" w:id="435"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Профессиональные объединения по подготовке водителей транспортных средств обязаны:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkEnd w:id="435"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) соблюдать и обеспечивать соблюдение учебными организациями по подготовке водителей транспортных средств законодательства Республики Казахстан о дорожном движении;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -31007,421 +32953,421 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 82. Аттестация кандидатов на присвоение квалификации "преподаватель", "мастер производственного обучения", "мастер обучения вождению во время образовательного процесса"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z377" w:id="446"/>
+    <w:bookmarkStart w:name="z377" w:id="436"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. К аттестации допускаются лица, соответствующие одному из следующих требований:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkStart w:name="z506" w:id="437"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) высшее или послесреднее образование, водительское удостоверение той категории, по которой они будут проводить обучение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z507" w:id="438"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) водительский стаж не менее пяти лет той категории, по которой они будут проводить обучение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z378" w:id="439"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Лица, прошедшие аттестацию, получают квалификационное свидетельство о присвоении квалификации "преподаватель", "мастер производственного обучения", "мастер обучения вождению во время образовательного процесса" с указанием номера квалификационного свидетельства, фамилии, имени, отчества (при его наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z379" w:id="440"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Лица, не прошедшие аттестацию, допускаются к ее повторному прохождению по истечении трех месяцев с момента принятия решения квалификационной комиссией.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="440"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 82 с изменением, внесенным Законом РК от 19.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 249-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 83. Квалификационные комиссии</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z381" w:id="441"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Квалификационная комиссия создается профессиональным объединением по подготовке водителей транспортных средств в соответствии с Правилами, утвержденными уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="441"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Исключен Законом РК от 03.07.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 83-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z383" w:id="442"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Финансирование работы квалификационной комиссии осуществляется профессиональным объединением за счет собственных средств и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="442"/>
+    <w:bookmarkStart w:name="z384" w:id="443"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В состав квалификационных комиссий входит по одному представителю от уполномоченного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="443"/>
+    <w:bookmarkStart w:name="z385" w:id="444"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Квалификационная комиссия разрабатывает и утверждает программу аттестации кандидатов в преподаватели, мастеров производственного обучения и мастеров обучения вождению во время образовательного процесса в соответствии с профессиональным стандартом, а также проводит их аттестацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z386" w:id="445"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Квалификационные комиссии обязаны представлять в уполномоченный орган в течение пятнадцати рабочих дней со дня принятия решения протокол заседания с указанием номера квалификационного свидетельства и удостоверенные копии документов, представленных в квалификационную комиссию лицами, которым была присвоена квалификация "преподаватель", "мастер производственного обучения" и "мастер обучения вождению во время образовательного процесса".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkStart w:name="z387" w:id="446"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В случае нарушения порядка проведения аттестации кандидатов уполномоченный орган вправе обжаловать решение квалификационных комиссий в судебном порядке.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="446"/>
-    <w:bookmarkStart w:name="z506" w:id="447"/>
-[...349 lines deleted...]
-    <w:bookmarkEnd w:id="456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -31588,150 +33534,150 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лица, которые были лишены квалификационного свидетельства, к повторной аттестации допускаются не ранее чем через три года.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 85. Государственный контроль учебных организаций по подготовке водителей транспортных средств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z392" w:id="457"/>
+    <w:bookmarkStart w:name="z392" w:id="447"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственный контроль направлен на соблюдение учебными организациями по подготовке водителей транспортных средств требований и стандартов по подготовке водителей транспортных средств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="457"/>
-    <w:bookmarkStart w:name="z393" w:id="458"/>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z393" w:id="448"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Государственный контроль осуществляется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Предпринимательским кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="458"/>
-    <w:bookmarkStart w:name="z394" w:id="459"/>
+    <w:bookmarkEnd w:id="448"/>
+    <w:bookmarkStart w:name="z394" w:id="449"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Для обеспечения качества оказываемых услуг учебными организациями по подготовке водителей транспортных средств проводится внутренний контроль.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="459"/>
-    <w:bookmarkStart w:name="z395" w:id="460"/>
+    <w:bookmarkEnd w:id="449"/>
+    <w:bookmarkStart w:name="z395" w:id="450"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Внутренний контроль качества осуществляется учебными организациями по подготовке водителей транспортных средств самостоятельно в соответствии со стандартами подготовки водителей транспортных средств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkEnd w:id="450"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Учебные организации по подготовке водителей транспортных средств вправе обжаловать итоги государственного контроля в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -31785,70 +33731,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 86. Права и обязанности преподавателей, мастеров производственного обучения и мастеров обучения вождению во время образовательного процесса</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z397" w:id="461"/>
+    <w:bookmarkStart w:name="z397" w:id="451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Преподаватель, мастер производственного обучения и мастер обучения вождению во время образовательного процесса имеют право на:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="461"/>
+    <w:bookmarkEnd w:id="451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) занятие деятельностью по подготовке водителей транспортных средств с обеспечением условий для профессиональной деятельности;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -31877,70 +33823,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) повышение квалификации;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) обжалование решений профессиональных объединений по итогам аттестации в судебном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z398" w:id="462"/>
+    <w:bookmarkStart w:name="z398" w:id="452"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Преподаватель, мастер производственного обучения и мастер обучения вождению во время образовательного процесса обязаны:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="462"/>
+    <w:bookmarkEnd w:id="452"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) соблюдать законодательство Республики Казахстан в сфере дорожного движения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -32048,126 +33994,126 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 87. Права и обязанности учебных организаций по подготовке водителей транспортных средств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z400" w:id="463"/>
+    <w:bookmarkStart w:name="z400" w:id="453"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Учебные организации по подготовке водителей транспортных средств имеют право:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="463"/>
+    <w:bookmarkEnd w:id="453"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) вступать в профессиональное объединение;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обжаловать решение профессионального объединения по итогам аттестации кандидатов в преподаватели, мастеров производственного обучения и мастеров обучения вождению во время образовательного процесса в судебном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z401" w:id="464"/>
+    <w:bookmarkStart w:name="z401" w:id="454"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Учебные организации по подготовке водителей транспортных средств обязаны:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkEnd w:id="454"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) соблюдать законодательство Республики Казахстан в сфере дорожного движения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -32388,1482 +34334,1576 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z402" w:id="465"/>
+    <w:bookmarkStart w:name="z402" w:id="455"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 13. ОБЯЗАТЕЛЬНЫЙ ТЕХНИЧЕСКИЙ ОСМОТР</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="455"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 88. Обязательный технический осмотр</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z404" w:id="456"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Участвующие в дорожном движении на территории Республики Казахстан и зарегистрированные в уполномоченном органе, а также зарегистрированные в других государствах механические транспортные средства и прицепы к ним подлежат обязательному техническому осмотру, за исключением транспортных средств категории M1, возраст которых не превышает семи лет, включая год выпуска, не используемых в предпринимательской деятельности в сфере автомобильного транспорта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="456"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К транспортным средствам категории M1 относятся транспортные средства, используемые для перевозки пассажиров и имеющие, помимо места водителя, не более восьми мест для сидения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Должностные лица, осуществляющие государственный контроль в сфере обеспечения безопасности дорожного движения, направляют для повторного прохождения обязательного технического осмотра владельцев транспортных средств в случае совершения дорожно-транспортного происшествия с возникновением неисправностей, при которых запрещена эксплуатация транспортных средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Должностными лицами уполномоченного органа проверка факта прохождения обязательного технического осмотра механическим транспортным средством осуществляется путем запроса сведений в единую информационную систему обязательного технического осмотра механических транспортных средств и прицепов к ним.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Диагностическая карта технического осмотра является документом, подтверждающим прохождение обязательного технического осмотра механическим транспортным средством, используемым в международном автомобильном сообщении, и соответствие требованиям, установленным международными договорами, ратифицированными Республикой Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z548" w:id="457"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Требования части первой настоящего пункта не распространяются на механические транспортные средства и прицепы к ним, участвующие в международном движении по территории Республики Казахстан менее девяноста календарных дней подряд с даты ввоза (въезда) таких транспортных средств на территорию Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="457"/>
+    <w:bookmarkStart w:name="z405" w:id="458"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Обязательный технический осмотр проводится операторами технического осмотра, имеющими разрешение на деятельность операторов технического осмотра, независимо от места регистрации транспортного средства и места жительства владельца транспортного средства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="458"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Операторы технического осмотра оказывают услуги на основании публичного договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z406" w:id="459"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Совмещение оказания услуг по проведению обязательного технического осмотра и ремонту, техническому обслуживанию транспортных средств не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="459"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оказание услуг по ремонту и техническому обслуживанию транспортных средств на территории оператора технического осмотра не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Допускаются совмещение и оказание на территории оператора технического осмотра услуг по проведению обязательного технического осмотра, уборки и мойки транспортных средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z407" w:id="460"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Оператор технического осмотра:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="460"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществляет проведение обязательного технического осмотра с использованием стационарных и (или) мобильных линий технического осмотра;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечивает проведение обязательного технического осмотра в пределах региона деятельности, определенного уполномоченным органом в области транспорта и коммуникаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) информирует население о графике проведения обязательного технического осмотра в регионе деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) исключен Законом РК от 29.12.2014</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 269-V </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Порядок определения региона деятельности устанавливается уполномоченным органом в области транспорта и коммуникаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В столице, городах республиканского и областного значения обязательный технический осмотр осуществляется только стационарными линиями технического осмотра.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оператор технического осмотра, обеспечивший проведение обязательного технического осмотра в пределах региона деятельности, определяемого уполномоченным органом в области транспорта и коммуникаций, вправе осуществлять обязательный технический осмотр за пределами региона деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z408" w:id="461"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Проведение обязательного технического осмотра включает в себя два этапа: подготовительный и основной.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="461"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В ходе подготовительного этапа проведения обязательного технического осмотра проводятся идентификация и проверка результатов идентификации транспортного средства на соответствие данным регистрационных и иных документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В ходе основного этапа проведения обязательного технического осмотра выполняются работы (проверка) по определению соответствия технического состояния транспортного средства требованиям безопасности, установленным законодательством Республики Казахстан в области технического регулирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z409" w:id="462"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Для прохождения обязательного технического осмотра владелец транспортного средства предъявляет оператору технического осмотра транспортное средство и свидетельство о государственной регистрации транспортного средства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="462"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оператор технического осмотра обеспечивает внесение данных свидетельства о государственной регистрации транспортного средства и сведений, содержащихся в диагностической карте технического осмотра, в единую информационную систему обязательного технического осмотра механических транспортных средств и прицепов к ним.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z508" w:id="463"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-1. Порядок функционирования единой информационной системы обязательного технического осмотра механических транспортных средств и прицепов к ним определяется правилами организации и проведения обязательного технического осмотра механических транспортных средств и прицепов к ним, периодичности прохождения обязательного технического осмотра механических транспортных средств и прицепов к ним, за исключением механических транспортных средств и прицепов к ним Вооруженных Сил, других войск и воинских формирований.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="463"/>
+    <w:bookmarkStart w:name="z410" w:id="464"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Если по результатам проведения обязательного технического осмотра транспортного средства не выявлены неисправности и условия, при которых запрещается эксплуатация транспортного средства и прицепов к нему, обязательный технический осмотр признается пройденным.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="464"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В этом случае владельцу транспортного средства выдается диагностическая карта технического осмотра с указанием срока прохождения следующего обязательного технического осмотра в соответствии с установленной периодичностью прохождения обязательного технического осмотра.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z411" w:id="465"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Если по результатам проведения обязательного технического осмотра выявлены неисправности и условия, при которых запрещается эксплуатация транспортных средства и прицепов к ним, обязательный технический осмотр признается не пройденным.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="465"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В этом случае владельцу транспортного средства выдается диагностическая карта технического осмотра с указанием неисправностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z412" w:id="466"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. После устранения выявленных неисправностей и условий, при которых запрещается эксплуатация механического транспортного средства и прицепов к нему, владелец механического транспортного средства и прицепов к нему представляет его для повторного проведения обязательного технического осмотра.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="466"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Повторный технический осмотр механического транспортного средства и прицепов к нему проводится в центре технического осмотра, где проводился первый обязательный технический осмотр, либо в ином центре технического осмотра.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При повторном техническом осмотре механического транспортного средства и прицепов к нему в центре технического осмотра, где проводился первый обязательный технический осмотр, технический осмотр производится только по тем позициям, которые не отвечали установленным критериям и были указаны в диагностической карте технического осмотра. В этом случае оплата взимается только за проверку тех позиций, которые проверяются вновь.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Максимальный срок предъявления механического транспортного средства и прицепов к нему на повторный обязательный технический осмотр после обнаружения неисправностей при проведении обязательного технического осмотра составляет десять календарных дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z413" w:id="467"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Владелец механического транспортного средства и прицепов к нему самостоятельно определяет место выполнения и исполнителя работ по устранению выявленных неисправностей и условий, при которых запрещается эксплуатация механического транспортного средства и прицепов к нему.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="467"/>
+    <w:bookmarkStart w:name="z414" w:id="468"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Если в ходе проведения обязательного технического осмотра оператором технического осмотра не выявлены технические неисправности механического транспортного средства либо такие неисправности выявлены, но сведения о них не были внесены в диагностическую карту технического осмотра, оператор технического осмотра обязан возместить в полном объеме вред, причиненный жизни, здоровью или имуществу владельца механического транспортного средства либо третьих лиц вследствие таких неисправностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkStart w:name="z415" w:id="469"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Основанием отказа оператора технического осмотра в проведении обязательного технического осмотра является:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="469"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) непредставление владельцем транспортного средства свидетельства о государственной регистрации транспортного средства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) непредставление владельцем транспортного средства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) представление на обязательный технический осмотр транспортного средства с замененными без согласования с уполномоченным органом номерными агрегатами (шасси, кузов), не соответствующими данным свидетельства о государственной регистрации транспортного средства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) представление к обязательному техническому осмотру транспортных средств без государственных регистрационных номерных знаков.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. Исключен Законом РК от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z509" w:id="470"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Оператор единой информационной системы обязательного технического осмотра механических транспортных средств и прицепов к ним обеспечивает:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkStart w:name="z510" w:id="471"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      достоверность и защиту сведений единой информационной системы обязательного технического осмотра механических транспортных средств и прицепов к ним;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkStart w:name="z511" w:id="472"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      доступ уполномоченного органа и уполномоченного органа в области транспорта и коммуникаций к единой информационной системе обязательного технического осмотра механических транспортных средств и прицепов к ним;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="472"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      защиту сведений о персональных данных владельцев механических транспортных средств и прицепов к ним;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z642" w:id="473"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      предоставление оператору технического осмотра услуги единой информационной системы обязательного технического осмотра механических транспортных средств и прицепов к ним на основании договора на оказание услуг единой информационной системы обязательного технического осмотра механических транспортных средств и прицепов к ним.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="473"/>
+    <w:bookmarkStart w:name="z643" w:id="474"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Оператором единой информационной системы обязательного технического осмотра механических транспортных средств и прицепов к ним не допускается оказание услуг единой информационной системы обязательного технического осмотра механических транспортных средств и прицепов к ним оператору технического осмотра при выявлении факта проведения технического осмотра транспортного средства с нарушением требований настоящего Закона, выраженных в:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="474"/>
+    <w:bookmarkStart w:name="z644" w:id="475"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      непредставлении сведений в единую информационную систему обязательного технического осмотра механических транспортных средств и прицепов к ним;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="475"/>
+    <w:bookmarkStart w:name="z645" w:id="476"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      неуведомлении либо несвоевременном уведомлении об изменении места нахождения центра технического осмотра;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkStart w:name="z646" w:id="477"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      неинформировании населения о графике проведения обязательного технического осмотра в регионе деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="477"/>
+    <w:bookmarkStart w:name="z647" w:id="478"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      составлении и выдаче диагностической карты технического осмотра, не соответствующей утвержденной уполномоченным органом в области транспорта и коммуникаций форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z648" w:id="479"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. При устранении выявленных нарушений требований, указанных в пункте 15 настоящей статьи, оператор технического осмотра предоставляет оператору единой информационной системы обязательного технического осмотра механических транспортных средств и прицепов к ним информацию об устранении выявленных нарушений с приложением материалов, доказывающих факт устранения нарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkStart w:name="z649" w:id="480"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      После подтверждения оператором единой информационной системы обязательного технического осмотра механических транспортных средств и прицепов к ним устранения выявленных нарушений оператору технического осмотра, предусмотренного частью первой настоящего пункта, оказываются услуги единой информационной системы обязательного технического осмотра механических транспортных средств и прицепов к ним.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="480"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 88 с изменениями, внесенными законами РК от 29.12.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 269-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2015); от 29.03.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 479-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); от 19.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 249-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 177-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 130-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 88. Обязательный технический осмотр</w:t>
-[...769 lines deleted...]
-    </w:p>
+        <w:t>Статья 89. Разрешительный порядок деятельности операторов технического осмотра</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z605" w:id="481"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Уполномоченный орган в области транспорта и коммуникаций выдает разрешения на деятельность операторов технического осмотра в соответствии с Законом Республики Казахстан "О разрешениях и уведомлениях".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="481"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">13. Исключен Законом РК от 25.11.2019 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...56 lines deleted...]
-      доступ уполномоченного органа и уполномоченного органа в области транспорта и коммуникаций к единой информационной системе обязательного технического осмотра механических транспортных средств и прицепов к ним;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 2 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Уполномоченный орган в области транспорта и коммуникаций разрабатывает, согласовывает с уполномоченным органом в сфере разрешений и уведомлений и уполномоченным органом в сфере информатизации и утверждает нормативный правовой акт об утверждении разрешительных требований и перечня документов, подтверждающих соответствие им, форм заявлений для получения разрешения второй категории, форм разрешений второй категории, правил осуществления разрешительных процедур и правил осуществления деятельности операторов технического осмотра.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z607" w:id="482"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Операторы технического осмотра для осуществления деятельности по проведению обязательного технического осмотра транспортных средств должны:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="482"/>
-    <w:p>
-[...33 lines deleted...]
-      предоставление оператору технического осмотра услуги единой информационной системы обязательного технического осмотра механических транспортных средств и прицепов к ним на основании договора на оказание услуг единой информационной системы обязательного технического осмотра механических транспортных средств и прицепов к ним.</w:t>
+    <w:bookmarkStart w:name="z608" w:id="483"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) иметь государственную регистрацию в качестве индивидуального предпринимателя – для индивидуального предпринимателя или в качестве юридического лица – для юридического лица;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="483"/>
-    <w:bookmarkStart w:name="z643" w:id="484"/>
-[...15 lines deleted...]
-      15. Оператором единой информационной системы обязательного технического осмотра механических транспортных средств и прицепов к ним не допускается оказание услуг единой информационной системы обязательного технического осмотра механических транспортных средств и прицепов к ним оператору технического осмотра при выявлении факта проведения технического осмотра транспортного средства с нарушением требований настоящего Закона, выраженных в:</w:t>
+    <w:bookmarkStart w:name="z609" w:id="484"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) соответствовать разрешительным требованиям, утвержденным уполномоченным органом в области транспорта и коммуникаций в соответствии с пунктом 2 настоящей статьи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="484"/>
-    <w:bookmarkStart w:name="z644" w:id="485"/>
-[...15 lines deleted...]
-      непредставлении сведений в единую информационную систему обязательного технического осмотра механических транспортных средств и прицепов к ним;</w:t>
+    <w:bookmarkStart w:name="z610" w:id="485"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Субъект частного предпринимательства, в том числе учредители (акционеры, с контрольным пакетом акций) юридического лица и (или) индивидуальные предприниматели, с момента лишения разрешения на деятельность оператора технического осмотра не вправе подавать заявление на новое разрешение на деятельность оператора технического осмотра, а также учреждать либо участвовать в другом юридическом лице – операторе технического осмотра в течение последующих трех лет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="485"/>
-    <w:bookmarkStart w:name="z645" w:id="486"/>
-[...417 lines deleted...]
-    <w:bookmarkEnd w:id="496"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -33954,70 +35994,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 91. Права и обязанности операторов технического осмотра</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z431" w:id="497"/>
+    <w:bookmarkStart w:name="z431" w:id="486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Операторы технического осмотра обязаны:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkEnd w:id="486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) обеспечивать соответствие производственного помещения и территории центров технического осмотра требованиям, установленным национальными стандартами;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -34154,70 +36194,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) составлять график выезда для проведения обязательного технического осмотра в пределах региона деятельности;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) соблюдать иные требования, установленные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z432" w:id="498"/>
+    <w:bookmarkStart w:name="z432" w:id="487"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Операторам технического осмотра запрещается:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="498"/>
+    <w:bookmarkEnd w:id="487"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) проводить обязательный технический осмотр транспортных средств с замененными без согласования с уполномоченным органом номерными агрегатами (шасси, кузов), не соответствующими данным свидетельства о государственной регистрации транспортного средства, а также переоборудованных с нарушением установленных требований, без государственных регистрационных номерных знаков; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -34465,68 +36505,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z436" w:id="499"/>
+    <w:bookmarkStart w:name="z436" w:id="488"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 14. ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="499"/>
+    <w:bookmarkEnd w:id="488"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 93. Ответственность за нарушение законодательства Республики Казахстан о дорожном движении</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -34535,187 +36575,187 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лица, виновные в нарушении законодательства в сфере дорожного движения, несут ответственность в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 94. Ответственность за вред, причиненный деятельностью в сфере дорожного движения, создающей повышенную опасность для окружающих</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z439" w:id="500"/>
+    <w:bookmarkStart w:name="z439" w:id="489"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Деятельность физических и юридических лиц в сфере дорожного движения относится к деятельности, создающей повышенную опасность для окружающих (организации, имеющие риски в сфере дорожного движения, владельцы транспортных средств и другие), а транспортные средства и дороги – к источнику повышенной опасности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="500"/>
-    <w:bookmarkStart w:name="z440" w:id="501"/>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z440" w:id="490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Физические и юридические лица, деятельность которых связана с повышенной опасностью, обязаны возместить вред, причиненный источником повышенной опасности, в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Гражданским кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkEnd w:id="490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 95. Порядок введения в действие настоящего Закона</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z442" w:id="502"/>
+    <w:bookmarkStart w:name="z442" w:id="491"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящий Закон вводится в действие по истечении шести месяцев после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="502"/>
-    <w:bookmarkStart w:name="z443" w:id="503"/>
+    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkStart w:name="z443" w:id="492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 15 июля 1996 года "О безопасности дорожного движения" (Ведомости Парламента Республики Казахстан, 1996 г., № 14, ст. 273; 2001 г., № 24, ст. 338; 2003 г., № 10, ст. 54; № 12, ст. 82; 2004 г., № 23, ст. 142; 2005 г., № 7-8, ст. 23; 2006 г., № 1, ст. 5; № 24, ст. 148; 2007 г., № 2, ст. 18; 2008 г., № 13-14, ст. 54; № 23, ст. 114; 2009 г., № 23, ст. 100; 2010 г., № 24, ст. 146; 2011 г., № 1, ст. 7; № 2, ст. 25; № 11, ст. 102; № 12, ст. 111; 2012 г., № 8, ст. 64; № 15, ст. 97;  № 21-22, ст. 124; 2013 г., № 1, ст. 3; № 9, ст. 51; № 14, ст. 72, 75;  № 16, ст. 83; 2014 г., № 1, ст. 4).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkEnd w:id="492"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>