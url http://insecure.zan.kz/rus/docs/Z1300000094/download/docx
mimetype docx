--- v0 (2026-01-01)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ee0999f" w14:textId="ee0999f">
+    <w:p w14:paraId="8ce3c6f" w14:textId="8ce3c6f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -177,50 +177,78 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ОГЛАВЛЕНИЕ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      по всему тексту слова "объектах информатизации", "объектами информатизации", "объектов информатизации", "электронного правительства", "электронных информационных ресурсов", "электронных информационных ресурсах", "объектам информатизации" заменить соответственно словами "цифровых объектах", "цифровыми объектами", "цифровых объектов", "цифрового правительства", "цифровых ресурсов", "цифровых ресурсах", "цифровым объектам" </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       Настоящий Закон регулирует общественные отношения в сфере персональных данных, а также определяет цель, принципы и правовые основы деятельности, связанные со сбором, обработкой и защитой персональных данных.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. ОБЩИЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -233,974 +261,1222 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 1. Основные понятия, используемые в настоящем Законе</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В настоящем Законе используются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z397" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 1) предусматривается исключить Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) биометрические данные – персональные данные, которые характеризуют физиологические и биологические особенности субъекта персональных данных, на основе которых можно установить его личность;</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 2) предусматривается изменение Законом РК от 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 2) предусматривается в редакции Закона РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) персональные данные – сведения, относящиеся к определенному или определяемому на их основании субъекту персональных данных, зафиксированные на электронном, бумажном и (или) ином материальном носителе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z121" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) государственный сервис контроля доступа к персональным данным (далее – государственный сервис) – услуга, обеспечивающая информационное взаимодействие собственников и (или) операторов, третьих лиц с субъектом персональных данных и уполномоченным органом при доступе к персональным данным, содержащимся в объектах информатизации государственных органов и (или) государственных юридических лиц, включая получение от субъекта персональных данных согласия на сбор, обработку персональных данных или их передачу третьим лицам;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z122" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-2) негосударственный сервис контроля доступа к персональным данным (далее – негосударственный сервис) – услуга, обеспечивающая информационное взаимодействие собственников и (или) операторов, третьих лиц с субъектом персональных данных при доступе к персональным данным, содержащимся в негосударственных объектах информатизации, включая получение от субъекта персональных данных согласия на сбор, обработку персональных данных или их передачу третьим лицам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t>      Примечание ИЗПИ!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      В подпункт 2) предусматривается изменение Законом РК от 17.11.2025 </w:t>
+        <w:t xml:space="preserve">      Статью 1 предусматривается дополнить подпунктом 2-3) в соответствии с Законом РК от 17.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 231-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...53 lines deleted...]
-      2-2) негосударственный сервис контроля доступа к персональным данным (далее – негосударственный сервис) – услуга, обеспечивающая информационное взаимодействие собственников и (или) операторов, третьих лиц с субъектом персональных данных при доступе к персональным данным, содержащимся в негосударственных объектах информатизации, включая получение от субъекта персональных данных согласия на сбор, обработку персональных данных или их передачу третьим лицам;</w:t>
+    <w:bookmarkStart w:name="z399" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) блокирование персональных данных – действия по временному прекращению сбора, накопления, изменения, дополнения, использования, распространения, обезличивания и уничтожения персональных данных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p>
-[...101 lines deleted...]
-      3) блокирование персональных данных – действия по временному прекращению сбора, накопления, изменения, дополнения, использования, распространения, обезличивания и уничтожения персональных данных;</w:t>
+    <w:bookmarkStart w:name="z400" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) накопление персональных данных – действия по систематизации персональных данных путем их внесения в базу, содержащую персональные данные;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z400" w:id="5"/>
-[...15 lines deleted...]
-      4) накопление персональных данных – действия по систематизации персональных данных путем их внесения в базу, содержащую персональные данные;</w:t>
+    <w:bookmarkStart w:name="z401" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сбор персональных данных – действия, направленные на получение персональных данных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z401" w:id="6"/>
-[...15 lines deleted...]
-      5) сбор персональных данных – действия, направленные на получение персональных данных;</w:t>
+    <w:bookmarkStart w:name="z402" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) уничтожение персональных данных – действия, в результате совершения которых невозможно восстановить персональные данные;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z402" w:id="7"/>
-[...15 lines deleted...]
-      6) уничтожение персональных данных – действия, в результате совершения которых невозможно восстановить персональные данные;</w:t>
+    <w:bookmarkStart w:name="z403" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) обезличивание персональных данных – действия, в результате совершения которых определение принадлежности персональных данных субъекту персональных данных невозможно;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z403" w:id="8"/>
-[...15 lines deleted...]
-      7) обезличивание персональных данных – действия, в результате совершения которых определение принадлежности персональных данных субъекту персональных данных невозможно;</w:t>
+    <w:bookmarkStart w:name="z404" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) база, содержащая персональные данные (далее – база), – совокупность упорядоченных персональных данных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z404" w:id="9"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z405" w:id="10"/>
+    <w:bookmarkStart w:name="z405" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) собственник базы, содержащей персональные данные (далее – собственник), – государственный орган, физическое и (или) юридическое лицо, реализующие в соответствии с законами Республики Казахстан право владения, пользования и распоряжения базой, содержащей персональные данные; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z406" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) оператор базы, содержащей персональные данные (далее – оператор), – государственный орган, физическое и (или) юридическое лицо, осуществляющие сбор, обработку и защиту персональных данных;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z406" w:id="11"/>
-[...15 lines deleted...]
-      10) оператор базы, содержащей персональные данные (далее – оператор), – государственный орган, физическое и (или) юридическое лицо, осуществляющие сбор, обработку и защиту персональных данных;</w:t>
+    <w:bookmarkStart w:name="z407" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) защита персональных данных – комплекс мер, в том числе правовых, организационных и технических, осуществляемых в целях, установленных настоящим Законом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z407" w:id="12"/>
-[...15 lines deleted...]
-      11) защита персональных данных – комплекс мер, в том числе правовых, организационных и технических, осуществляемых в целях, установленных настоящим Законом;</w:t>
+    <w:bookmarkStart w:name="z80" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11-1) уполномоченный орган в сфере защиты персональных данных (далее – уполномоченный орган) – центральный исполнительный орган, осуществляющий руководство в сфере защиты персональных данных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z80" w:id="13"/>
-[...15 lines deleted...]
-      11-1) уполномоченный орган в сфере защиты персональных данных (далее – уполномоченный орган) – центральный исполнительный орган, осуществляющий руководство в сфере защиты персональных данных;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11-2) Исключен Законом РК от 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 96-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) обработка персональных данных – действия, направленные на накопление, хранение, изменение, дополнение, использование, распространение, обезличивание, блокирование и уничтожение персональных данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z409" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) использование персональных данных – действия с персональными данными, направленные на реализацию целей деятельности собственника, оператора и третьего лица;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) хранение персональных данных – действия по обеспечению целостности, конфиденциальности и доступности персональных данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z410" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) распространение персональных данных – действия, в результате совершения которых происходит передача персональных данных, в том числе посредством масс-медиа, или предоставление доступа к персональным данным каким-либо иным способом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z415" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15-1) нарушение безопасности персональных данных – нарушение защиты персональных данных, повлекшее незаконное распространение, изменение и уничтожение, несанкционированное распространение передаваемых, хранимых или иным образом обрабатываемых персональных данных или несанкционированный доступ к ним;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z411" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) субъект персональных данных (далее – субъект) – физическое лицо, к которому относятся персональные данные;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z412" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) третье лицо – лицо, не являющееся субъектом, собственником и (или) оператором, но связанное с ними (ним) обстоятельствами или правоотношениями по сбору, обработке и защите персональных данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">11-2) Исключен Законом РК от 30.12.2021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 1 с изменениями, внесенными законами РК от 25.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 347-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 96-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 11.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 44-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 19.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...122 lines deleted...]
-      17) третье лицо – лицо, не являющееся субъектом, собственником и (или) оператором, но связанное с ними (ним) обстоятельствами или правоотношениями по сбору, обработке и защите персональных данных.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 2. Цель настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Целью настоящего Закона является обеспечение защиты прав и свобод человека и гражданина при сборе и обработке его персональных данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 3. Действие настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Настоящим Законом регулируются отношения, связанные со сбором, обработкой и защитой персональных данных.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:p>
-[...189 lines deleted...]
-      1. Настоящим Законом регулируются отношения, связанные со сбором, обработкой и защитой персональных данных.</w:t>
+    <w:bookmarkStart w:name="z6" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Особенности сбора, обработки и защиты персональных данных могут регулироваться иными законами и актами Президента Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z6" w:id="20"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z7" w:id="21"/>
+    <w:bookmarkStart w:name="z7" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Действие настоящего Закона не распространяется на отношения, возникающие при: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сборе, обработке и защите персональных данных субъектами исключительно для личных и семейных нужд, если при этом не нарушаются права других физических и (или) юридических лиц и требования законов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 2) предусматривается в редакции Закона РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) формировании, хранении и использовании документов Национального архивного фонда Республики Казахстан и других архивных документов, содержащих персональные данные, в соответствии с законодательством Республики Казахстан о Национальном архивном фонде и архивах;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1224,110 +1500,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сборе, обработке и защите персональных данных в ходе разведывательной, контрразведывательной, оперативно-розыскной деятельности, а также осуществлении охранных мероприятий по обеспечению безопасности охраняемых лиц и объектов в пределах, установленных законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 4. Законодательство Республики Казахстан о персональных данных и их защите</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="22"/>
+    <w:bookmarkStart w:name="z9" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Законодательство Республики Казахстан о персональных данных и их защите основывается на </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан и состоит из настоящего Закона и иных нормативных правовых актов Республики Казахстан.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z10" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые содержатся в настоящем Законе, то применяются правила международного договора.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z10" w:id="23"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 5. Принципы сбора, обработки и защиты персональных данных</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1409,403 +1685,403 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) равенства прав субъектов, собственников и операторов;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) обеспечения безопасности личности, общества и государства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="24"/>
+    <w:bookmarkStart w:name="z12" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. СБОР И ОБРАБОТКА ПЕРСОНАЛЬНЫХ ДАННЫХ</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 6. Доступность персональных данных</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z82" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Персональные данные по доступности подразделяются на общедоступные и ограниченного доступа.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z83" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Общедоступными персональными данными являются персональные данные или сведения, на которые в соответствии с законами Республики Казахстан не распространяются требования соблюдения конфиденциальности, доступ к которым является свободным с согласия субъекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z85" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о субъекте, сбор и обработка которых произведены с нарушением законодательства Республики Казахстан, исключаются из общедоступных источников персональных данных в течение одного рабочего дня по требованию субъекта или его законного представителя либо по решению суда или иных уполномоченных государственных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z86" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом расходы, возникающие при уничтожении персональных данных с общедоступных источников персональных данных, возлагаются на собственника и (или) оператора, третье лицо.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z87" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Объем расходов, возникающих при отзыве согласия субъекта или его законного представителя на распространение его персональных данных в общедоступных источниках персональных данных, связанных с уничтожением персональных данных с общедоступных источников персональных данных, а также лица, на которые возлагаются данные расходы, в случае возникновения необходимости определяются в судебном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z88" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Персональными данными ограниченного доступа являются персональные данные, доступ к которым ограничен законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 6 - в редакции Закона РК от 25.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 347-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными законами РК от 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 96-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 14.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В заголовок статьи 7 предусматривается изменение Законом РК от 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 6. Доступность персональных данных</w:t>
-[...315 lines deleted...]
-        </w:rPr>
         <w:t>Статья 7. Условия сбора, обработки персональных данных и особенности сбора, обработки персональных данных из общедоступных источников</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="31"/>
+    <w:bookmarkStart w:name="z15" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Сбор, обработка персональных данных осуществляются собственником и (или) оператором, а также третьим лицом с согласия субъекта или его законного представителя в порядке, определяемом уполномоченным органом, за исключением случаев, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1820,132 +2096,132 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z350" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Сбор, обработка персональных данных умершего (признанного судом безвестно отсутствующим или объявленного умершим) субъекта осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z350" w:id="32"/>
-[...15 lines deleted...]
-      2. Сбор, обработка персональных данных умершего (признанного судом безвестно отсутствующим или объявленного умершим) субъекта осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z351" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Распространение персональных данных в общедоступных источниках допускается при наличии согласия субъекта или его законного представителя.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z351" w:id="33"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z352" w:id="34"/>
+    <w:bookmarkStart w:name="z352" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Требования </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи не распространяются на обладателей информации в случаях публикации информации, обязанность размещения которой установлена законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z353" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z353" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Допускается повторный сбор, обработка и распространение третьими лицами персональных данных, опубликованных на основании </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1960,1635 +2236,1729 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, при условии наличия ссылки на источник информации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z354" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z354" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Обработка персональных данных в виде трансграничной передачи персональных данных, за исключением случаев, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, распространения персональных данных в общедоступных источниках, а также их передачи третьим лицам осуществляется при условии согласия субъекта.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 7 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Особенности сбора, обработки персональных данных в электронных информационных ресурсах, содержащих персональные данные, устанавливаются в соответствии с законодательством Республики Казахстан об информатизации с учетом положений настоящего Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 8 предусматривается в редакции Закона РК от 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Обработка персональных данных должна ограничиваться достижением конкретных, заранее определенных и законных целей. Не допускается обработка персональных данных, несовместимая с целями сбора персональных данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z357" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Не подлежат обработке персональные данные, содержание и объем которых являются избыточными по отношению к целям их обработки.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z355" w:id="37"/>
-[...15 lines deleted...]
-      7. Особенности сбора, обработки персональных данных в электронных информационных ресурсах, содержащих персональные данные, устанавливаются в соответствии с законодательством Республики Казахстан об информатизации с учетом положений настоящего Закона.</w:t>
+    <w:bookmarkStart w:name="z416" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Запрещаются сбор, обработка копий документов, удостоверяющих личность, на бумажном носителе, за исключением случаев отсутствия интеграции с объектами информатизации государственных органов и (или) государственных юридических лиц, невозможности идентификации субъекта с использованием технологических средств, а также в иных случаях, предусмотренных законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z417" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исключительные случаи сбора, обработки копий документов, удостоверяющих личность, на бумажном носителе, предусмотренные частью первой настоящего пункта, не распространяются на использование и представление документов, удостоверяющих личность, формируемых посредством сервиса цифровых документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Статью 7 предусматривается дополнить пунктами 11 и 12 в соответствии с Законом РК от 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 7 - в редакции Закона РК от 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 96-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); с изменением, внесенным Законом РК от 11.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 44-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 8. Порядок дачи (отзыва) согласия субъекта на сбор, обработку персональных данных</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Субъект или его законный представитель дает (отзывает) согласие на сбор, обработку персональных данных письменно, посредством государственного сервиса, негосударственного сервиса либо иным способом, позволяющим подтвердить получение согласия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z361" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При сборе и (или) обработке персональных данных, содержащихся в объектах информатизации государственных органов и (или) государственных юридических лиц, согласие предоставляется посредством государственного сервиса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z20" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Субъект или его законный представитель не может отозвать согласие на сбор, обработку персональных данных в случаях, если это противоречит законам Республики Казахстан, либо при наличии неисполненного обязательства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">3. Исключен Законом РК от 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 96-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">      Пункт 8 предусматривается в редакции Закона РК от 17.11.2025 </w:t>
+    </w:p>
+    <w:bookmarkStart w:name="z362" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Согласие на сбор и обработку персональных данных включает:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z363" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наименование (фамилию, имя, отчество (если оно указано в документе, удостоверяющем личность), бизнес-идентификационный номер (индивидуальный идентификационный номер) оператора;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z364" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) фамилию, имя, отчество (если оно указано в документе, удостоверяющем личность) субъекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z365" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) срок или период, в течение которого действует согласие на сбор, обработку персональных данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z366" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сведения о возможности оператора или ее отсутствии передавать персональные данные третьим лицам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z367" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сведения о наличии либо отсутствии трансграничной передачи персональных данных в процессе их обработки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z368" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) сведения о распространении персональных данных в общедоступных источниках;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z369" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) перечень собираемых данных, связанных с субъектом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z370" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) иные сведения, определяемые собственником и (или) оператором.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Статью 8 предусматривается дополнить пунктами 5, 6 и 7 в соответствии с Законом РК от 17.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 231-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...83 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 8 с изменениями, внесенными законами РК от 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 408-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.03.2016); от 25.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 347-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 96-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...130 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 8. Порядок дачи (отзыва) согласия субъекта на сбор, обработку персональных данных</w:t>
-[...517 lines deleted...]
-        </w:rPr>
         <w:t>Статья 8-1. Государственный сервис</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z372" w:id="53"/>
+    <w:bookmarkStart w:name="z372" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Собственники и (или) операторы, третьи лица в случае взаимодействия с объектами информатизации государственных органов и (или) государственных юридических лиц, содержащими персональные данные, обеспечивают интеграцию собственных объектов информатизации, задействованных в процессах сбора и обработки персональных данных, с государственным сервисом, за исключением случаев, предусмотренных подпунктами 1), 2), 2-1), 9) и 9-2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z373" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Интеграция осуществляется с соблюдением норм законодательства Республики Казахстан по представлению сведений, отнесенных к государственным секретам, личной, семейной, банковской, коммерческой тайне, тайне медицинского работника и иным охраняемым законом тайнам, а также другой конфиденциальной информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z374" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В иных случаях интеграция с государственным сервисом осуществляется на добровольной основе.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z373" w:id="54"/>
-[...15 lines deleted...]
-      Интеграция осуществляется с соблюдением норм законодательства Республики Казахстан по представлению сведений, отнесенных к государственным секретам, личной, семейной, банковской, коммерческой тайне, тайне медицинского работника и иным охраняемым законом тайнам, а также другой конфиденциальной информации.</w:t>
+    <w:bookmarkStart w:name="z375" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Порядок интеграции с государственным сервисом определяется уполномоченным органом и правилами интеграции объектов информатизации "электронного правительства".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z374" w:id="55"/>
-[...15 lines deleted...]
-      В иных случаях интеграция с государственным сервисом осуществляется на добровольной основе.</w:t>
+    <w:bookmarkStart w:name="z376" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Посредством государственного сервиса обеспечиваются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z375" w:id="56"/>
-[...15 lines deleted...]
-      Порядок интеграции с государственным сервисом определяется уполномоченным органом и правилами интеграции объектов информатизации "электронного правительства".</w:t>
+    <w:bookmarkStart w:name="z377" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) предоставление субъектом или его законным представителем согласия (отказа) на сбор и (или) обработку персональных данных, содержащихся в объектах информатизации государственных органов и (или) государственных юридических лиц;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z376" w:id="57"/>
-[...15 lines deleted...]
-      2. Посредством государственного сервиса обеспечиваются:</w:t>
+    <w:bookmarkStart w:name="z378" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) отзыв субъектом или его законным представителем согласия на сбор и (или) обработку персональных данных, содержащихся в объектах информатизации государственных органов и (или) государственных юридических лиц;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z377" w:id="58"/>
-[...15 lines deleted...]
-      1) предоставление субъектом или его законным представителем согласия (отказа) на сбор и (или) обработку персональных данных, содержащихся в объектах информатизации государственных органов и (или) государственных юридических лиц;</w:t>
+    <w:bookmarkStart w:name="z379" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) уведомление субъекта о действиях с его персональными данными, содержащимися в объектах информатизации государственных органов и (или) государственных юридических лиц (доступ, просмотр, изменение, дополнение, передача, блокирование, уничтожение);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z378" w:id="59"/>
-[...15 lines deleted...]
-      2) отзыв субъектом или его законным представителем согласия на сбор и (или) обработку персональных данных, содержащихся в объектах информатизации государственных органов и (или) государственных юридических лиц;</w:t>
+    <w:bookmarkStart w:name="z380" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) представление субъекту сведений о собственниках и (или) операторах, имеющих согласие на сбор и (или) обработку его персональных данных, содержащихся в объектах информатизации государственных органов и (или) государственных юридических лиц.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z379" w:id="60"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z381" w:id="62"/>
+    <w:bookmarkStart w:name="z381" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. В случаях, предусмотренных подпунктами 4), 6), 8) и 9-3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, обеспечивается уведомление субъекта об инициаторах запросов на доступ (сбор и обработку) к его персональным данным, содержащимся в объектах информатизации государственных органов и (или) государственных юридических лиц, через государственный сервис.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 8-1 в соответствии с Законом РК от 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 96-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными Законом РК от 16.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 211-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 8-2. Негосударственный сервис</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z383" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Собственники и (или) операторы, третьи лица в целях оптимизации процедур по получению согласия субъекта или его законного представителя на сбор и (или) обработку персональных данных в случае отсутствия взаимодействия с объектами информатизации государственных органов и (или) государственных юридических лиц, содержащими персональные данные, вправе использовать негосударственные сервисы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z384" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Посредством негосударственного сервиса обеспечиваются:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z385" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) предоставление субъектом или его законным представителем согласия (отказа) на сбор и (или) обработку персональных данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z386" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) уведомление субъекта о действиях с его персональными данными (просмотр, изменение, дополнение, передача, блокирование, уничтожение);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z387" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) уведомление субъекта о доступе третьих лиц к его персональным данным.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 8-1 в соответствии с Законом РК от 30.12.2021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 8-2 в соответствии с Законом РК от 30.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 96-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными Законом РК от 16.07.2025 </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 8-2. Негосударственный сервис</w:t>
-[...78 lines deleted...]
-      2) уведомление субъекта о действиях с его персональными данными (просмотр, изменение, дополнение, передача, блокирование, уничтожение);</w:t>
+        <w:t>Статья 9. Сбор, обработка персональных данных без согласия субъекта</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сбор, обработка персональных данных производятся без согласия субъекта или его законного представителя в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществления деятельности правоохранительных органов, судов и иных уполномоченных государственных органов, которые возбуждают и рассматривают дела об административных правонарушениях, исполнительного производства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществления государственной статистической деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) осуществления воинского учета в соответствии с законодательством Республики Казахстан о воинской службе и статусе военнослужащих;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) использования государственными органами персональных данных для статистических целей с обязательным условием их обезличивания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) реализации международных договоров, ратифицированных Республикой Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) защиты конституционных прав и свобод человека и гражданина, если получение согласия субъекта или его законного представителя невозможно;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z418" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-1) осуществления единым накопительным пенсионным фондом деятельности, связанной с открытием пенсионных счетов, предоставлением информации о сумме пенсионных накоплений, а также об условных пенсионных счетах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z387" w:id="67"/>
-[...243 lines deleted...]
-    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) осуществления законной профессиональной деятельности журналиста и (или) деятельности теле-, радиоканалов, периодических печатных изданий, информационных агентств, сетевых изданий либо научной, литературной или иной творческой деятельности при условии соблюдения требований законодательства Республики Казахстан по обеспечению прав и свобод человека и гражданина;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3653,1278 +4023,1458 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9-1) получения органами государственных доходов для осуществления налогового (таможенного) администрирования и (или) контроля информации от физических и юридических лиц в соответствии с законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9-2) передачи на хранение резервной копии электронных информационных ресурсов, содержащих персональные данные ограниченного доступа, на единую национальную резервную платформу хранения электронных информационных ресурсов в случаях, предусмотренных законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z120" w:id="69"/>
+    <w:bookmarkStart w:name="z120" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9-3) использования персональных данных субъектов предпринимательства, относящихся непосредственно к их предпринимательской деятельности, для формирования реестра бизнес-партнеров при условии соблюдения требований законодательства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z396" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-4) использования персональных данных гражданина Республики Казахстан со дня подачи заявления о применении процедуры внесудебного или судебного банкротства в соответствии с Законом Республики Казахстан "О восстановлении платежеспособности и банкротстве граждан Республики Казахстан", а также за период до трех лет, предшествующих применению процедуры внесудебного или судебного банкротства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Статью 9 предусматривается дополнить подпунктом 9-5) в соответствии с Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) в иных случаях, установленных законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 9 с изменениями, внесенными законами РК от 03.07.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 399-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 96-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 30.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 179-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 11.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 44-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 16.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 211-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 10. Доступ к персональным данным</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Доступ к персональным данным определяется условиями согласия субъекта или его законного представителя, предоставленного собственнику и (или) оператору на их сбор и обработку, если иное не предусмотрено законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z396" w:id="70"/>
-[...255 lines deleted...]
-    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Доступ к персональным данным должен быть запрещен, если собственник и (или) оператор, и (или) третье лицо отказываются принять на себя обязательства по обеспечению выполнения требований настоящего Закона или не могут их обеспечить.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="72"/>
+    <w:bookmarkStart w:name="z24" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Обращение (запрос) субъекта или его законного представителя относительно доступа к своим персональным данным подается собственнику и (или) оператору письменно или в форме электронного документа либо иным способом с применением элементов защитных действий, не противоречащих законодательству Республики Казахстан. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z25" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Отношения между собственником и (или) оператором, и (или) третьим лицом относительно доступа к персональным данным регулируются законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z78" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Третьи лица могут получать персональные данные, содержащиеся в объектах информатизации государственных органов и (или) государственных юридических лиц, через веб-портал "электронного правительства" при условии согласия субъекта, подтвержденного через государственный сервис.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z25" w:id="73"/>
-[...15 lines deleted...]
-      3. Отношения между собственником и (или) оператором, и (или) третьим лицом относительно доступа к персональным данным регулируются законодательством Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 10 с изменениями, внесенными законами РК от 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 408-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.03.2016); от 25.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 347-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 96-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 11. Конфиденциальность персональных данных</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Собственники и (или) операторы, а также третьи лица, получающие доступ к персональным данным ограниченного доступа, обеспечивают их конфиденциальность путем соблюдения требований не допускать их распространения без согласия субъекта или его законного представителя либо наличия иного законного основания.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z78" w:id="74"/>
-[...15 lines deleted...]
-      4. Третьи лица могут получать персональные данные, содержащиеся в объектах информатизации государственных органов и (или) государственных юридических лиц, через веб-портал "электронного правительства" при условии согласия субъекта, подтвержденного через государственный сервис.</w:t>
+    <w:bookmarkStart w:name="z28" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Лица, которым стали известны персональные данные ограниченного доступа в связи с профессиональной, служебной необходимостью, а также трудовыми отношениями, обязаны обеспечивать их конфиденциальность.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:p>
-[...120 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Конфиденциальность биометрических данных устанавливается законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 11. Конфиденциальность персональных данных</w:t>
-[...75 lines deleted...]
-        </w:rPr>
         <w:t>Статья 12. Накопление и хранение персональных данных</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="78"/>
+    <w:bookmarkStart w:name="z31" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Накопление персональных данных производится путем сбора персональных данных, необходимых и достаточных для выполнения задач, осуществляемых собственником и (или) оператором, а также третьим лицом. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z32" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Хранение персональных данных осуществляется собственником и (или) оператором, а также третьим лицом в базе, находящейся на территории Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок хранения персональных данных определяется датой достижения целей их сбора и обработки, если иное не предусмотрено законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 12 с изменениями, внесенными законами РК от 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 419-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2016); от 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 399-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 13. Изменение и дополнение персональных данных </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Изменение и дополнение персональных данных осуществляются собственником и (или) оператором на основании обращения (запроса) субъекта или его законного представителя либо в иных случаях, предусмотренных законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 14. Использование персональных данных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Использование персональных данных должно осуществляться собственником, оператором и третьим лицом только для ранее заявленных целей их сбора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 15. Распространение персональных данных</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Распространение персональных данных допускается при условии согласия субъекта или его законного представителя, если при этом не затрагиваются законные интересы иных физических и (или) юридических лиц.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z32" w:id="79"/>
-[...15 lines deleted...]
-      2. Хранение персональных данных осуществляется собственником и (или) оператором, а также третьим лицом в базе, находящейся на территории Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z37" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Распространение персональных данных в случаях, выходящих за рамки ранее заявленных целей их сбора, осуществляется с согласия субъекта или его законного представителя.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...16 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 12 с изменениями, внесенными законами РК от 24.11.2015 </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 15 с изменением, внесенным Законом РК от 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 96-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Статья 13. Изменение и дополнение персональных данных </w:t>
-[...187 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Статья 16. Трансграничная передача персональных данных </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="82"/>
+    <w:bookmarkStart w:name="z39" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Трансграничная передача персональных данных – передача персональных данных на территорию иностранных государств. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z40" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В соответствии с настоящим Законом трансграничная передача персональных данных на территорию иностранных государств осуществляется только в случае обеспечения этими государствами защиты персональных данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z41" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Трансграничная передача персональных данных на территорию иностранных государств, не обеспечивающих защиту персональных данных, может осуществляться в случаях:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z40" w:id="83"/>
-[...15 lines deleted...]
-      2. В соответствии с настоящим Законом трансграничная передача персональных данных на территорию иностранных государств осуществляется только в случае обеспечения этими государствами защиты персональных данных.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наличия согласия субъекта или его законного представителя на трансграничную передачу его персональных данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) предусмотренных международными договорами, ратифицированными Республикой Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) предусмотренных законами Республики Казахстан, если это необходимо в целях защиты конституционного строя, охраны общественного порядка, прав и свобод человека и гражданина, здоровья и нравственности населения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) защиты конституционных прав и свобод человека и гражданина, если получение согласия субъекта или его законного представителя невозможно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Трансграничная передача персональных данных на территорию иностранных государств может быть запрещена или ограничена законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z41" w:id="84"/>
-[...15 lines deleted...]
-      3. Трансграничная передача персональных данных на территорию иностранных государств, не обеспечивающих защиту персональных данных, может осуществляться в случаях:</w:t>
+    <w:bookmarkStart w:name="z79" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Особенности трансграничной передачи служебной информации об абонентах и (или) пользователях услуг связи определяются Законом Республики Казахстан "О связи".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...83 lines deleted...]
-      4. Трансграничная передача персональных данных на территорию иностранных государств может быть запрещена или ограничена законами Республики Казахстан.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 16 с изменением, внесенным Законом РК от 28.12.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 128-VI </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 17. Обезличивание персональных данных</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. При сборе, обработке персональных данных для проведения статистических, социологических, научных, маркетинговых исследований собственник и (или) оператор, а также третье лицо, передающие персональные данные, обязаны их обезличить в соответствии с правилами сбора, обработки персональных данных.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z79" w:id="86"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 16 с изменением, внесенным Законом РК от 28.12.2017 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...37 lines deleted...]
-    <w:bookmarkStart w:name="z92" w:id="88"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 2 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. При сборе, обработке персональных данных для осуществления аналитики данных в целях реализации государственными органами деятельности обезличивание персональных данных осуществляется оператором информационно-коммуникационной инфраструктуры "электронного правительства" в соответствии с требованиями по управлению данными, за исключением случаев, когда обезличивание персональных данных произведено собственником и (или) оператором.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5160,51 +5710,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) при прекращении правоотношений между субъектом, собственником и (или) оператором, а также третьим лицом;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) при вступлении в законную силу решения суда; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z388" w:id="89"/>
+    <w:bookmarkStart w:name="z388" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3-1) при выявлении сбора и обработки персональных данных без согласия субъекта или его законного представителя, за исключением случаев, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5219,51 +5769,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 7 и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в иных случаях, установленных настоящим Законом и иными нормативными правовыми актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -5317,110 +5867,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 19. Сообщение о действиях с персональными данными</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="90"/>
+    <w:bookmarkStart w:name="z46" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. При наличии условия об уведомлении субъекта о передаче его персональных данных третьему лицу собственник и (или) оператор в течение десяти рабочих дней уведомляют об этом субъекта или его законного представителя, если иное не предусмотрено законами Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z47" w:id="91"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z47" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Требования </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи не распространяются на случаи: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) выполнения государственными органами своих функций, предусмотренных законодательством Республики Казахстан, а также осуществления деятельности частными нотариусами, частными судебными исполнителями и адвокатами;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5499,125 +6049,125 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="92"/>
+    <w:bookmarkStart w:name="z48" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. ЗАЩИТА ПЕРСОНАЛЬНЫХ ДАННЫХ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 20. Гарантия защиты персональных данных</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="93"/>
+    <w:bookmarkStart w:name="z50" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Персональные данные подлежат защите, которая гарантируется государством и осуществляется в порядке, определяемом уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z51" w:id="94"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z51" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Сбор и обработка персональных данных осуществляются только в случаях обеспечения их защиты. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5798,70 +6348,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) предотвращения незаконного их сбора и обработки.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 22. Обязанности собственника и (или) оператора, а также третьего лица по защите персональных данных </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="95"/>
+    <w:bookmarkStart w:name="z54" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Собственник и (или) оператор, а также третье лицо обязаны принимать необходимые меры по защите персональных данных в соответствии с настоящим Законом и порядком, определяемым уполномоченным органом, обеспечивающие:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) предотвращение несанкционированного доступа к персональным данным;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5890,110 +6440,110 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) минимизацию неблагоприятных последствий несанкционированного доступа к персональным данным;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) предоставление доступа государственной технической службе к объектам информатизации, использующим, хранящим, обрабатывающим и распространяющим персональные данные ограниченного доступа, содержащиеся в электронных информационных ресурсах, для осуществления обследования обеспечения защищенности процессов хранения, обработки и распространения персональных данных ограниченного доступа, содержащихся в электронных информационных ресурсах в порядке, определяемом уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z389" w:id="96"/>
+    <w:bookmarkStart w:name="z389" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) регистрацию и учет действий, предусмотренных подпунктами 3), 4), 5) и 6) пункта 4 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z55" w:id="97"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z55" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Обязанности собственника и (или) оператора, а также третьего лица по защите персональных данных возникают с момента сбора персональных данных и действуют до момента их уничтожения либо обезличивания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6051,88 +6601,166 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В статью 23 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 23. Защита электронных информационных   ресурсов, содержащих персональные данные</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z117" w:id="98"/>
+    <w:bookmarkStart w:name="z117" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Особенности защиты электронных информационных ресурсов, содержащих персональные данные, осуществляются в соответствии с настоящим Законом и законодательством Республики Казахстан об информатизации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6168,239 +6796,239 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 23-1. Добровольное киберстрахование</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z94" w:id="99"/>
+    <w:bookmarkStart w:name="z94" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Целью добровольного киберстрахования является возмещение имущественного вреда, причиненного субъекту, собственнику и (или) оператору, третьему лицу, в соответствии с законодательством Республики Казахстан о страховании и страховой деятельности. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z95" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Добровольное киберстрахование осуществляется в силу волеизъявления сторон.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z96" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Виды, условия и порядок добровольного киберстрахования определяются соглашением сторон.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 3 дополнена статьей 23-1 в соответствии с Законом РК от 25.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 347-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z57" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. ПРАВА И ОБЯЗАННОСТИ СУБЪЕКТА,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>СОБСТВЕННИКА И (ИЛИ) ОПЕРАТОРА</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z95" w:id="100"/>
-[...15 lines deleted...]
-      2. Добровольное киберстрахование осуществляется в силу волеизъявления сторон.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 24. Права и обязанности субъекта </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Субъект имеет право:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z96" w:id="101"/>
-[...147 lines deleted...]
-    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) знать о наличии у собственника и (или) оператора, а также третьего лица своих персональных данных, а также получать информацию, содержащую: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6575,70 +7203,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) на защиту своих прав и законных интересов, в том числе возмещение морального и материального вреда;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) на осуществление иных прав, предусмотренных настоящим Законом и иными законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="104"/>
+    <w:bookmarkStart w:name="z60" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Субъект обязан представлять свои персональные данные в случаях, установленных законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6712,204 +7340,204 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 25 в редакции Закона РК от 25.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 347-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="105"/>
+    <w:bookmarkStart w:name="z62" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Собственник и (или) оператор имеют право осуществлять сбор, обработку персональных данных в порядке, установленном настоящим Законом и иными нормативными правовыми актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z63" w:id="106"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z63" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Собственник и (или) оператор обязаны:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) утверждать перечень персональных данных, необходимый и достаточный для выполнения осуществляемых ими задач, если иное не предусмотрено законами Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z390" w:id="107"/>
+    <w:bookmarkStart w:name="z390" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1) утверждать документы, определяющие политику оператора в отношении сбора, обработки и защиты персональных данных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) принимать и соблюдать необходимые меры, в том числе правовые, организационные и технические, для защиты персональных данных в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) соблюдать законодательство Республики Казахстан о персональных данных и их защите;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z391" w:id="108"/>
+    <w:bookmarkStart w:name="z391" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3-1) предоставлять по запросу уполномоченного органа в рамках рассмотрения обращений физических и юридических лиц информацию о способах и процедурах, используемых для обеспечения соблюдения собственником и (или) оператором требований настоящего </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закона</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) принимать меры по уничтожению персональных данных в случае достижения цели их сбора и обработки, а также в иных случаях, установленных настоящим Законом и иными нормативными правовыми актами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7046,1147 +7674,1241 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       снять блокирование персональных данных в случае неподтверждения факта нарушения условий сбора, обработки персональных данных;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       c момента обнаружения нарушения безопасности персональных данных уведомить уполномоченный орган о таком нарушении с указанием контактных данных лица, ответственного за организацию обработки персональных данных (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z97" w:id="109"/>
+    <w:bookmarkStart w:name="z97" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) предоставлять безвозмездно субъекту или его законному представителю возможность ознакомления с персональными данными, относящимися к данному субъекту;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z98" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) назначить лицо, ответственное за организацию обработки персональных данных в случае, если собственник и (или) оператор являются юридическими лицами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z99" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Действие подпункта 10) части первой настоящего пункта не распространяется на обработку персональных данных в деятельности судов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z100" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Лицо, ответственное за организацию обработки персональных данных, обязано:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z98" w:id="110"/>
-[...15 lines deleted...]
-      10) назначить лицо, ответственное за организацию обработки персональных данных в случае, если собственник и (или) оператор являются юридическими лицами.</w:t>
+    <w:bookmarkStart w:name="z101" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществлять внутренний контроль за соблюдением собственником и (или) оператором и его работниками законодательства Республики Казахстан о персональных данных и их защите, в том числе требований к защите персональных данных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z99" w:id="111"/>
-[...15 lines deleted...]
-      Действие подпункта 10) части первой настоящего пункта не распространяется на обработку персональных данных в деятельности судов.</w:t>
+    <w:bookmarkStart w:name="z102" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) доводить до сведения работников собственника и (или) оператора положения законодательства Республики Казахстан о персональных данных и их защите по вопросам обработки персональных данных, требования к защите персональных данных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z100" w:id="112"/>
-[...15 lines deleted...]
-      3. Лицо, ответственное за организацию обработки персональных данных, обязано:</w:t>
+    <w:bookmarkStart w:name="z103" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществлять контроль за приемом и обработкой обращений субъектов или их законных представителей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z101" w:id="113"/>
-[...15 lines deleted...]
-      1) осуществлять внутренний контроль за соблюдением собственником и (или) оператором и его работниками законодательства Республики Казахстан о персональных данных и их защите, в том числе требований к защите персональных данных;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 25 с изменениями, внесенными законами РК от 25.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 347-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 96-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 11.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 44-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2024).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z64" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. ГОСУДАРСТВЕННОЕ РЕГУЛИРОВАНИЕ В СФЕРЕ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ПЕРСОНАЛЬНЫХ ДАННЫХ И ИХ ЗАЩИТЫ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z102" w:id="114"/>
-[...15 lines deleted...]
-      2) доводить до сведения работников собственника и (или) оператора положения законодательства Республики Казахстан о персональных данных и их защите по вопросам обработки персональных данных, требования к защите персональных данных;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 26. Компетенция Правительства Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Правительство Республики Казахстан разрабатывает основные направления государственной политики в сфере персональных данных и их защиты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 26 - в редакции Закона РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 27. Компетенция центральных государственных органов и местных исполнительных органов областей, городов республиканского значения и столицы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z523" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственные органы в пределах своей компетенции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z103" w:id="115"/>
-[...15 lines deleted...]
-      3) осуществлять контроль за приемом и обработкой обращений субъектов или их законных представителей.</w:t>
+    <w:bookmarkStart w:name="z524" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) разрабатывают и (или) утверждают нормативные правовые акты Республики Казахстан в сфере персональных данных и их защиты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z525" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) рассматривают обращения физических и (или) юридических лиц по вопросам персональных данных и их защиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z526" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) принимают меры по привлечению лиц, допустивших нарушения законодательства Республики Казахстан о персональных данных и их защите, к ответственности, установленной законами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z527" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществляют иные полномочия, предусмотренные законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z528" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Местные исполнительные органы области, города республиканского значения и столицы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z529" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) рассматривают обращения субъекта или его законного представителя о соответствии содержания персональных данных и способов их обработки целям их обработки и принимают соответствующие решения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z530" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществляют государственный контроль за соблюдением законодательства Республики Казахстан о персональных данных и их защите в отношении субъектов частного предпринимательства в пределах соответствующей административно-территориальной единицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z531" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) принимают меры по привлечению лиц, допустивших нарушения законодательства Республики Казахстан о персональных данных и их защите, к ответственности, установленной законами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z532" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) требуют от собственника и (или) оператора, а также третьего лица уточнения, блокирования или уничтожения недостоверных или полученных незаконным путем персональных данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z533" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) осуществляют меры, направленные на совершенствование защиты прав субъектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z534" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществляют в интересах местного государственного управления иные полномочия, возлагаемые на местные исполнительные органы области, городов республиканского значения и столицы законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 25 с изменениями, внесенными законами РК от 25.06.2020 </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 01.07.2024).</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 27 - в редакции Закона РК от 05.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 115-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z64" w:id="116"/>
-[...4 lines deleted...]
-        <w:jc w:val="left"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...326 lines deleted...]
-      4) требуют от собственника и (или) оператора, а также третьего лица уточнения, блокирования или уничтожения недостоверных или полученных незаконным путем персональных данных;</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 27-1. Компетенция уполномоченного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z105" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Уполномоченный орган в пределах своей компетенции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z533" w:id="127"/>
-[...138 lines deleted...]
-    <w:bookmarkStart w:name="z106" w:id="130"/>
+    <w:bookmarkStart w:name="z106" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) формирует и реализует государственную политику в сфере персональных данных и их защиты; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z419" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) осуществляет государственный контроль за соблюдением законодательства Республики Казахстан о персональных данных и их защите;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) разрабатывает порядок осуществления собственником и (или) оператором, а также третьим лицом мер по защите персональных данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z118" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) разрабатывает правила определения собственником и (или) оператором перечня персональных данных, необходимого и достаточного для выполнения осуществляемых ими задач;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z413" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-2) определяет порядок определения собственником и (или) оператором перечня персональных данных, необходимого и достаточного для выполнения осуществляемых ими задач;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z419" w:id="131"/>
-[...15 lines deleted...]
-      1-1) осуществляет государственный контроль за соблюдением законодательства Республики Казахстан о персональных данных и их защите;</w:t>
+    <w:bookmarkStart w:name="z414" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-3) определяет порядок осуществления собственником и (или) оператором, а также третьим лицом мер по защите персональных данных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:p>
-[...33 lines deleted...]
-      2-1) разрабатывает правила определения собственником и (или) оператором перечня персональных данных, необходимого и достаточного для выполнения осуществляемых ими задач;</w:t>
+    <w:bookmarkStart w:name="z108" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) рассматривает обращения субъекта или его законного представителя о соответствии содержания персональных данных и способов их обработки целям их обработки и принимает соответствующее решение;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z413" w:id="133"/>
-[...15 lines deleted...]
-      2-2) определяет порядок определения собственником и (или) оператором перечня персональных данных, необходимого и достаточного для выполнения осуществляемых ими задач;</w:t>
+    <w:bookmarkStart w:name="z109" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) принимает меры по привлечению лиц, допустивших нарушения законодательства Республики Казахстан о персональных данных и их защите, к ответственности, установленной законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z414" w:id="134"/>
-[...15 lines deleted...]
-      2-3) определяет порядок осуществления собственником и (или) оператором, а также третьим лицом мер по защите персональных данных;</w:t>
+    <w:bookmarkStart w:name="z110" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) требует от собственника и (или) оператора, а также третьего лица уточнения, блокирования или уничтожения недостоверных или полученных незаконным путем персональных данных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z108" w:id="135"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) осуществляет меры, направленные на совершенствование защиты прав субъектов; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z392" w:id="138"/>
+    <w:bookmarkStart w:name="z392" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6-1) создает консультативный совет по вопросам персональных данных и их защиты, а также определяет порядок его формирования и деятельности;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 6-2) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-2) направляет оператору информационно-коммуникационной инфраструктуры "электронного правительства" информацию о нарушении безопасности персональных данных, влекущем риск нарушения прав и законных интересов субъектов, в целях, предусмотренных настоящим Законом и иными нормативными правовыми актами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) утверждает правила сбора, обработки персональных данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-1) утверждает правила осуществления обследования обеспечения защищенности процессов хранения, обработки и распространения персональных данных ограниченного доступа, содержащихся в электронных информационных ресурсах, по согласованию с Комитетом национальной безопасности Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z393" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-2) утверждает правила функционирования государственного сервиса контроля доступа к персональным данным;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z394" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-3) согласовывает интеграцию негосударственных объектов информатизации с объектами информатизации государственных органов и (или) государственных юридических лиц, при которой осуществляется передача персональных данных и (или) предоставляется доступ к персональным данным;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z395" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-4) утверждает правила интеграции с государственным сервисом контроля доступа к персональным данным;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z420" w:id="139"/>
-[...15 lines deleted...]
-      6-2) направляет оператору информационно-коммуникационной инфраструктуры "электронного правительства" информацию о нарушении безопасности персональных данных, влекущем риск нарушения прав и законных интересов субъектов, в целях, предусмотренных настоящим Законом и иными нормативными правовыми актами Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z113" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
-    <w:p>
-[...51 lines deleted...]
-      7-2) утверждает правила функционирования государственного сервиса контроля доступа к персональным данным;</w:t>
+    <w:bookmarkStart w:name="z114" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В отношении персональных данных, ставших известными уполномоченному органу в ходе осуществления им своей деятельности, должна обеспечиваться конфиденциальность персональных данных.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z394" w:id="141"/>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8302,111 +9024,111 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 27-2. Государственный контроль за соблюдением законодательства Республики Казахстан о персональных данных и их защите</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z422" w:id="145"/>
+    <w:bookmarkStart w:name="z422" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Государственный контроль за соблюдением законодательства Республики Казахстан о персональных данных и их защите осуществляется в форме внеплановой проверки в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Предпринимательским кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, если иное не установлено частями второй и третьей настоящей статьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z423" w:id="146"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z423" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В отношении государственных органов осуществляется государственный контроль за соблюдением законодательства Республики Казахстан о персональных данных и их защите в соответствии с настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z424" w:id="147"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z424" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Государственный контроль за соблюдением законодательства Республики Казахстан о персональных данных и их защите в отношении Национального Банка Республики Казахстан и его организаций осуществляется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8421,2289 +9143,2477 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, настоящим Законом и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О Национальном Банке Республики Казахстан".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 5 дополнена статьей 27-2 в соответствии с Законом РК от 11.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 44-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 27-3. Порядок проведения государственного контроля за соблюдением законодательства Республики Казахстан о персональных данных и их защите в отношении государственных органов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z426" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственный контроль за соблюдением законодательства Республики Казахстан о персональных данных и их защите в отношении государственных органов (далее – субъекты контроля) проводится уполномоченным органом в форме проверок.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z427" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Проверки делятся на периодические и внеплановые.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z428" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Периодические проверки в отношении субъектов контроля осуществляются согласно следующим источникам информации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z429" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) результатам предыдущих проверок;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="147"/>
-    <w:p>
-[...94 lines deleted...]
-      1. Государственный контроль за соблюдением законодательства Республики Казахстан о персональных данных и их защите в отношении государственных органов (далее – субъекты контроля) проводится уполномоченным органом в форме проверок.</w:t>
+    <w:bookmarkStart w:name="z430" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) результатам мониторинга отчетности и сведений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z427" w:id="149"/>
-[...15 lines deleted...]
-      Проверки делятся на периодические и внеплановые.</w:t>
+    <w:bookmarkStart w:name="z431" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) результатам анализа интернет-ресурсов государственных органов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z428" w:id="150"/>
-[...15 lines deleted...]
-      Периодические проверки в отношении субъектов контроля осуществляются согласно следующим источникам информации:</w:t>
+    <w:bookmarkStart w:name="z432" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сведениям государственной технической службы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z429" w:id="151"/>
-[...15 lines deleted...]
-      1) результатам предыдущих проверок;</w:t>
+    <w:bookmarkStart w:name="z433" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Периодические проверки проводятся с периодичностью не чаще одного раза в год в соответствии с планом проведения периодических проверок, утвержденным первым руководителем уполномоченного органа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z430" w:id="152"/>
-[...15 lines deleted...]
-      2) результатам мониторинга отчетности и сведений;</w:t>
+    <w:bookmarkStart w:name="z434" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган не позднее 1 декабря года, предшествующего году проверок, утверждает план проведения периодических проверок.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z431" w:id="153"/>
-[...15 lines deleted...]
-      3) результатам анализа интернет-ресурсов государственных органов;</w:t>
+    <w:bookmarkStart w:name="z435" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      План проведения периодических проверок размещается на интернет-ресурсе уполномоченного органа не позднее 20 декабря года, предшествующего году проверок.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z432" w:id="154"/>
-[...15 lines deleted...]
-      4) сведениям государственной технической службы.</w:t>
+    <w:bookmarkStart w:name="z436" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      План проведения периодических проверок включает:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z433" w:id="155"/>
-[...15 lines deleted...]
-      2. Периодические проверки проводятся с периодичностью не чаще одного раза в год в соответствии с планом проведения периодических проверок, утвержденным первым руководителем уполномоченного органа.</w:t>
+    <w:bookmarkStart w:name="z437" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) номер и дату утверждения плана;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z434" w:id="156"/>
-[...15 lines deleted...]
-      Уполномоченный орган не позднее 1 декабря года, предшествующего году проверок, утверждает план проведения периодических проверок.</w:t>
+    <w:bookmarkStart w:name="z438" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наименование государственного органа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z435" w:id="157"/>
-[...15 lines deleted...]
-      План проведения периодических проверок размещается на интернет-ресурсе уполномоченного органа не позднее 20 декабря года, предшествующего году проверок.</w:t>
+    <w:bookmarkStart w:name="z439" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) наименование субъекта контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z436" w:id="158"/>
-[...15 lines deleted...]
-      План проведения периодических проверок включает:</w:t>
+    <w:bookmarkStart w:name="z440" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) место нахождения субъекта (объекта) контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z437" w:id="159"/>
-[...15 lines deleted...]
-      1) номер и дату утверждения плана;</w:t>
+    <w:bookmarkStart w:name="z441" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сроки проведения проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z438" w:id="160"/>
-[...15 lines deleted...]
-      2) наименование государственного органа;</w:t>
+    <w:bookmarkStart w:name="z442" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) предмет проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z439" w:id="161"/>
-[...15 lines deleted...]
-      3) наименование субъекта контроля;</w:t>
+    <w:bookmarkStart w:name="z443" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) подпись лица, уполномоченного подписывать план.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z440" w:id="162"/>
-[...15 lines deleted...]
-      4) место нахождения субъекта (объекта) контроля;</w:t>
+    <w:bookmarkStart w:name="z444" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Внесение изменений и дополнений в план проведения периодических проверок осуществляется в случаях ликвидации, реорганизации субъекта контроля, изменения его наименования или перераспределения полномочий между субъектами контроля.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z441" w:id="163"/>
-[...15 lines deleted...]
-      5) сроки проведения проверки;</w:t>
+    <w:bookmarkStart w:name="z445" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Внеплановой проверкой является проверка, назначаемая уполномоченным органом, в случаях:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z442" w:id="164"/>
-[...15 lines deleted...]
-      6) предмет проверки;</w:t>
+    <w:bookmarkStart w:name="z446" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наличия подтвержденных обращений на субъект контроля, поступивших от физических и юридических лиц, о нарушении требований законодательства Республики Казахстан о персональных данных и их защите;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z443" w:id="165"/>
-[...15 lines deleted...]
-      7) подпись лица, уполномоченного подписывать план.</w:t>
+    <w:bookmarkStart w:name="z447" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обращения физических и юридических лиц, права и законные интересы которых нарушены;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z444" w:id="166"/>
-[...15 lines deleted...]
-      Внесение изменений и дополнений в план проведения периодических проверок осуществляется в случаях ликвидации, реорганизации субъекта контроля, изменения его наименования или перераспределения полномочий между субъектами контроля.</w:t>
+    <w:bookmarkStart w:name="z448" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) требования прокурора по конкретным фактам причинения либо об угрозе причинения вреда правам и законным интересам физических и юридических лиц, государства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z445" w:id="167"/>
-[...15 lines deleted...]
-      3. Внеплановой проверкой является проверка, назначаемая уполномоченным органом, в случаях:</w:t>
+    <w:bookmarkStart w:name="z449" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) обращения государственных органов по конкретным фактам причинения вреда правам и законным интересам физических и юридических лиц, государства, а также по конкретным фактам нарушений требований законодательства Республики Казахстан, неустранение которых влечет причинение вреда правам и законным интересам физических и юридических лиц;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z446" w:id="168"/>
-[...15 lines deleted...]
-      1) наличия подтвержденных обращений на субъект контроля, поступивших от физических и юридических лиц, о нарушении требований законодательства Республики Казахстан о персональных данных и их защите;</w:t>
+    <w:bookmarkStart w:name="z450" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) повторной проверки, связанной с обращением субъекта контроля о несогласии с первоначальной проверкой;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z447" w:id="169"/>
-[...15 lines deleted...]
-      2) обращения физических и юридических лиц, права и законные интересы которых нарушены;</w:t>
+    <w:bookmarkStart w:name="z451" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) поручения органа уголовного преследования по основаниям, предусмотренным Уголовно-процессуальным кодексом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z448" w:id="170"/>
-[...15 lines deleted...]
-      3) требования прокурора по конкретным фактам причинения либо об угрозе причинения вреда правам и законным интересам физических и юридических лиц, государства;</w:t>
+    <w:bookmarkStart w:name="z452" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) необходимости проведения контроля исполнения акта о результатах проверки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z449" w:id="171"/>
-[...15 lines deleted...]
-      4) обращения государственных органов по конкретным фактам причинения вреда правам и законным интересам физических и юридических лиц, государства, а также по конкретным фактам нарушений требований законодательства Республики Казахстан, неустранение которых влечет причинение вреда правам и законным интересам физических и юридических лиц;</w:t>
+    <w:bookmarkStart w:name="z453" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Должностные лица уполномоченного органа при проведении проверки имеют право:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z450" w:id="172"/>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z454" w:id="176"/>
+    <w:bookmarkStart w:name="z454" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) беспрепятственного доступа на территорию и в помещения субъекта (объекта) контроля в соответствии с предметом проверки при предъявлении документов, указанных в пункте 8 настоящей статьи; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 2) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) получать документы (сведения) на бумажных и электронных носителях либо их копии для приобщения к акту о результатах проверки, а также доступ к автоматизированным базам данных (информационным системам) в соответствии с предметом проверки с соблюдением требований о государственных секретах и иных охраняемых законом тайнах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z456" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществлять аудио-, фото- и видеосъемку;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z457" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) привлекать специалистов, консультантов и экспертов государственных органов, подведомственных и иных организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z458" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Субъекты контроля либо их уполномоченные представители при проведении проверки вправе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z459" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) не допускать к проверке должностных лиц уполномоченного органа, прибывших для проведения проверки, в случаях:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z455" w:id="177"/>
-[...15 lines deleted...]
-      2) получать документы (сведения) на бумажных и электронных носителях либо их копии для приобщения к акту о результатах проверки, а также доступ к автоматизированным базам данных (информационным системам) в соответствии с предметом проверки с соблюдением требований о государственных секретах и иных охраняемых законом тайнах;</w:t>
+    <w:bookmarkStart w:name="z460" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      превышения либо истечения указанных в акте о назначении проверки сроков, не соответствующих срокам, установленным настоящей статьей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z456" w:id="178"/>
-[...15 lines deleted...]
-      3) осуществлять аудио-, фото- и видеосъемку;</w:t>
+    <w:bookmarkStart w:name="z461" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отсутствия документов, предусмотренных пунктом 8 настоящей статьи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z457" w:id="179"/>
-[...15 lines deleted...]
-      4) привлекать специалистов, консультантов и экспертов государственных органов, подведомственных и иных организаций.</w:t>
+    <w:bookmarkStart w:name="z462" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обжаловать акт о результатах проверки в порядке, установленном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z458" w:id="180"/>
-[...15 lines deleted...]
-      5. Субъекты контроля либо их уполномоченные представители при проведении проверки вправе:</w:t>
+    <w:bookmarkStart w:name="z463" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Субъекты контроля либо их уполномоченные представители при проведении проверки обязаны:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z459" w:id="181"/>
-[...15 lines deleted...]
-      1) не допускать к проверке должностных лиц уполномоченного органа, прибывших для проведения проверки, в случаях:</w:t>
+    <w:bookmarkStart w:name="z464" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечить беспрепятственный доступ должностных лиц уполномоченного органа на территорию и в помещения субъекта (объекта) контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z460" w:id="182"/>
-[...15 lines deleted...]
-      превышения либо истечения указанных в акте о назначении проверки сроков, не соответствующих срокам, установленным настоящей статьей;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 2) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) представлять должностным лицам уполномоченного органа документы (сведения) на бумажных и электронных носителях либо их копии для приобщения к акту о результатах проверки, а также доступ к автоматизированным базам данных (информационным системам) в соответствии с предметом проверки с соблюдением требований о государственных секретах и иных охраняемых законом тайнах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z466" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сделать отметку на втором экземпляре акта о назначении проверки и акта о результатах проверки в день ее окончания;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z461" w:id="183"/>
-[...15 lines deleted...]
-      отсутствия документов, предусмотренных пунктом 8 настоящей статьи;</w:t>
+    <w:bookmarkStart w:name="z467" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) обеспечить безопасность лиц, прибывших для проведения проверки, от вредных и опасных производственных факторов воздействия в соответствии с установленными для данного объекта нормативами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z462" w:id="184"/>
-[...15 lines deleted...]
-      2) обжаловать акт о результатах проверки в порядке, установленном законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z468" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Проверка проводится на основании акта о назначении проверки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z463" w:id="185"/>
-[...15 lines deleted...]
-      6. Субъекты контроля либо их уполномоченные представители при проведении проверки обязаны:</w:t>
+    <w:bookmarkStart w:name="z469" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В акте о назначении проверки указываются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z464" w:id="186"/>
-[...15 lines deleted...]
-      1) обеспечить беспрепятственный доступ должностных лиц уполномоченного органа на территорию и в помещения субъекта (объекта) контроля;</w:t>
+    <w:bookmarkStart w:name="z470" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дата и номер акта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z465" w:id="187"/>
-[...15 lines deleted...]
-      2) представлять должностным лицам уполномоченного органа документы (сведения) на бумажных и электронных носителях либо их копии для приобщения к акту о результатах проверки, а также доступ к автоматизированным базам данных (информационным системам) в соответствии с предметом проверки с соблюдением требований о государственных секретах и иных охраняемых законом тайнах;</w:t>
+    <w:bookmarkStart w:name="z471" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наименование государственного органа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z466" w:id="188"/>
-[...15 lines deleted...]
-      3) сделать отметку на втором экземпляре акта о назначении проверки и акта о результатах проверки в день ее окончания;</w:t>
+    <w:bookmarkStart w:name="z472" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) и должность лица (лиц), уполномоченного (уполномоченных) на проведение проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z467" w:id="189"/>
-[...15 lines deleted...]
-      4) обеспечить безопасность лиц, прибывших для проведения проверки, от вредных и опасных производственных факторов воздействия в соответствии с установленными для данного объекта нормативами.</w:t>
+    <w:bookmarkStart w:name="z473" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сведения о специалистах, консультантах и экспертах государственных органов, подведомственных и иных организаций, привлекаемых для проведения проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z468" w:id="190"/>
-[...15 lines deleted...]
-      7. Проверка проводится на основании акта о назначении проверки.</w:t>
+    <w:bookmarkStart w:name="z474" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) наименование субъекта контроля, его место нахождения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z469" w:id="191"/>
-[...15 lines deleted...]
-      В акте о назначении проверки указываются:</w:t>
+    <w:bookmarkStart w:name="z475" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае проверки структурного подразделения государственного органа в акте о назначении проверки указываются его наименование и место нахождения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z470" w:id="192"/>
-[...15 lines deleted...]
-      1) дата и номер акта;</w:t>
+    <w:bookmarkStart w:name="z476" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) предмет проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z471" w:id="193"/>
+    <w:bookmarkStart w:name="z477" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) вид проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z478" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) срок проведения проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z479" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) основания проведения проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z480" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) проверяемый период;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z481" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) права и обязанности субъекта контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z482" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) подпись руководителя субъекта контроля либо его уполномоченного лица о получении или об отказе в получении акта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z483" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) подпись лица, уполномоченного подписывать акт.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z484" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При проведении проверки уполномоченный орган обязан известить субъект контроля о начале проведения проверки не менее чем за сутки до ее начала с указанием предмета проведения проверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z485" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Началом проведения проверки считается дата вручения субъекту контроля акта о назначении проверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z486" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Должностные лица уполномоченного органа, прибывшие на объект для проверки, обязаны предъявить субъекту контроля:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z487" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) акт о назначении проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z488" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) служебное удостоверение либо идентификационную карту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z489" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) при необходимости – разрешение компетентного органа на посещение режимных объектов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z490" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Срок проведения проверки устанавливается с учетом предмета проверки, а также объема предстоящих работ и не должен превышать десять рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z491" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок проведения проверки может быть продлен только один раз не более чем на пятнадцать рабочих дней. Продление осуществляется решением руководителя уполномоченного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z492" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Продление сроков проведения проверки оформляется дополнительным актом о продлении сроков проверки с уведомлением субъекта контроля, в котором указываются дата и номер приказа предыдущего акта о назначении проверки и причины продления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z493" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уведомление о продлении сроков проверки вручается субъекту контроля уполномоченным органом за один рабочий день до продления с уведомлением о вручении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z494" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. По результатам проверки должностными лицами уполномоченного органа, осуществляющими проверку, составляется акт о результатах проверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z495" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Первый экземпляр акта о результатах проверки в электронной форме сдается в государственный орган, осуществляющий в пределах своей компетенции деятельность в области государственной правовой статистики и специальных учетов, второй экземпляр с копиями приложений, за исключением копий документов, имеющихся в оригинале у субъекта контроля, на бумажном носителе под роспись или в электронной форме вручается субъекту контроля (руководителю либо его уполномоченному лицу) для ознакомления и принятия мер по устранению выявленных нарушений и других действий, третий экземпляр остается у уполномоченного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z496" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. В акте о результатах проверки указываются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z497" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дата, время и место составления акта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z498" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наименование государственного органа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-[...418 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z493" w:id="215"/>
-[...15 lines deleted...]
-      Уведомление о продлении сроков проверки вручается субъекту контроля уполномоченным органом за один рабочий день до продления с уведомлением о вручении.</w:t>
+    <w:bookmarkStart w:name="z499" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) номер и дата акта о назначении проверки (дополнительного акта о продлении срока при его наличии);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z494" w:id="216"/>
-[...15 lines deleted...]
-      10. По результатам проверки должностными лицами уполномоченного органа, осуществляющими проверку, составляется акт о результатах проверки.</w:t>
+    <w:bookmarkStart w:name="z500" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) и должность лица (лиц), проводившего (проводивших) проверку;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z495" w:id="217"/>
-[...15 lines deleted...]
-      Первый экземпляр акта о результатах проверки в электронной форме сдается в государственный орган, осуществляющий в пределах своей компетенции деятельность в области государственной правовой статистики и специальных учетов, второй экземпляр с копиями приложений, за исключением копий документов, имеющихся в оригинале у субъекта контроля, на бумажном носителе под роспись или в электронной форме вручается субъекту контроля (руководителю либо его уполномоченному лицу) для ознакомления и принятия мер по устранению выявленных нарушений и других действий, третий экземпляр остается у уполномоченного органа.</w:t>
+    <w:bookmarkStart w:name="z501" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сведения о специалистах, консультантах и экспертах государственных органов, подведомственных и иных организаций, привлекаемых для проведения проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z496" w:id="218"/>
-[...15 lines deleted...]
-      11. В акте о результатах проверки указываются:</w:t>
+    <w:bookmarkStart w:name="z502" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) наименование субъекта контроля, его место нахождения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z497" w:id="219"/>
-[...15 lines deleted...]
-      1) дата, время и место составления акта;</w:t>
+    <w:bookmarkStart w:name="z503" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) предмет проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z498" w:id="220"/>
-[...15 lines deleted...]
-      2) наименование государственного органа;</w:t>
+    <w:bookmarkStart w:name="z504" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) вид проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z499" w:id="221"/>
-[...15 lines deleted...]
-      3) номер и дата акта о назначении проверки (дополнительного акта о продлении срока при его наличии);</w:t>
+    <w:bookmarkStart w:name="z505" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) срок и период проведения проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z500" w:id="222"/>
-[...15 lines deleted...]
-      4) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) и должность лица (лиц), проводившего (проводивших) проверку;</w:t>
+    <w:bookmarkStart w:name="z506" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) сведения о результатах проверки, в том числе о выявленных нарушениях и их характере;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z501" w:id="223"/>
-[...15 lines deleted...]
-      5) сведения о специалистах, консультантах и экспертах государственных органов, подведомственных и иных организаций, привлекаемых для проведения проверки;</w:t>
+    <w:bookmarkStart w:name="z507" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) требования об устранении выявленных нарушений требований законодательства Республики Казахстан о персональных данных и их защите с указанием срока их исполнения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z502" w:id="224"/>
-[...15 lines deleted...]
-      6) наименование субъекта контроля, его место нахождения;</w:t>
+    <w:bookmarkStart w:name="z508" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) сведения об ознакомлении или отказе в ознакомлении с актом руководителя субъекта контроля либо его уполномоченного лица, а также лиц, присутствовавших при проведении проверки, их подписи или запись об отказе от подписи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z503" w:id="225"/>
-[...15 lines deleted...]
-      7) предмет проверки;</w:t>
+    <w:bookmarkStart w:name="z509" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) подпись должностных лиц, проводивших проверку.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z504" w:id="226"/>
-[...15 lines deleted...]
-      8) вид проверки;</w:t>
+    <w:bookmarkStart w:name="z510" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К акту о результатах проверки прилагаются документы, связанные с результатами проверки (при их наличии), и их копии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z505" w:id="227"/>
-[...15 lines deleted...]
-      9) срок и период проведения проверки;</w:t>
+    <w:bookmarkStart w:name="z511" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В случае наличия замечаний и (или) возражений по результатам проверки субъект контроля излагает их в письменном виде. Замечания и (или) возражения прилагаются к акту о результатах проверки, о чем делается соответствующая отметка.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z506" w:id="228"/>
-[...15 lines deleted...]
-      10) сведения о результатах проверки, в том числе о выявленных нарушениях и их характере;</w:t>
+    <w:bookmarkStart w:name="z512" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган должен рассмотреть замечания и (или) возражения субъекта контроля к акту о результатах проверки и в течение пятнадцати рабочих дней дать мотивированный ответ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z507" w:id="229"/>
-[...15 lines deleted...]
-      11) требования об устранении выявленных нарушений требований законодательства Республики Казахстан о персональных данных и их защите с указанием срока их исполнения;</w:t>
+    <w:bookmarkStart w:name="z513" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае отказа от принятия акта о результатах проверки составляется акт, который подписывается должностными лицами, осуществляющими проверку, и руководителем субъекта контроля либо его уполномоченным представителем.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z508" w:id="230"/>
-[...15 lines deleted...]
-      12) сведения об ознакомлении или отказе в ознакомлении с актом руководителя субъекта контроля либо его уполномоченного лица, а также лиц, присутствовавших при проведении проверки, их подписи или запись об отказе от подписи;</w:t>
+    <w:bookmarkStart w:name="z514" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Субъект контроля вправе отказаться от подписания акта, дав письменное объяснение о причине отказа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z509" w:id="231"/>
-[...15 lines deleted...]
-      13) подпись должностных лиц, проводивших проверку.</w:t>
+    <w:bookmarkStart w:name="z515" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Завершением срока проверки считается день вручения субъекту контроля акта о результатах проверки не позднее срока окончания проверки, указанного в акте о назначении проверки или дополнительном акте о продлении сроков проверки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z510" w:id="232"/>
-[...15 lines deleted...]
-      К акту о результатах проверки прилагаются документы, связанные с результатами проверки (при их наличии), и их копии.</w:t>
+    <w:bookmarkStart w:name="z516" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Сроки исполнения акта о результатах проверки определяются с учетом обстоятельств, оказывающих влияние на реальную возможность его исполнения, но не менее десяти календарных дней со дня вручения акта о результатах проверки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z511" w:id="233"/>
-[...15 lines deleted...]
-      12. В случае наличия замечаний и (или) возражений по результатам проверки субъект контроля излагает их в письменном виде. Замечания и (или) возражения прилагаются к акту о результатах проверки, о чем делается соответствующая отметка.</w:t>
+    <w:bookmarkStart w:name="z517" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. При определении сроков исполнения акта о результатах проверки учитываются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z512" w:id="234"/>
-[...15 lines deleted...]
-      Уполномоченный орган должен рассмотреть замечания и (или) возражения субъекта контроля к акту о результатах проверки и в течение пятнадцати рабочих дней дать мотивированный ответ.</w:t>
+    <w:bookmarkStart w:name="z518" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наличие у субъекта контроля организационных, технических возможностей по устранению нарушений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z513" w:id="235"/>
-[...15 lines deleted...]
-      В случае отказа от принятия акта о результатах проверки составляется акт, который подписывается должностными лицами, осуществляющими проверку, и руководителем субъекта контроля либо его уполномоченным представителем.</w:t>
+    <w:bookmarkStart w:name="z519" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сроки получения в государственных органах обязательных заключений, согласований и других документов, установленных законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z514" w:id="236"/>
-[...15 lines deleted...]
-      Субъект контроля вправе отказаться от подписания акта, дав письменное объяснение о причине отказа.</w:t>
+    <w:bookmarkStart w:name="z520" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. По истечении срока устранения выявленных нарушений, установленного в акте о результатах проверки, субъект контроля обязан в течение срока, установленного в акте о результатах проверки, предоставить в уполномоченный орган информацию об устранении выявленных нарушений с подтверждающими документами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z515" w:id="237"/>
-[...15 lines deleted...]
-      13. Завершением срока проверки считается день вручения субъекту контроля акта о результатах проверки не позднее срока окончания проверки, указанного в акте о назначении проверки или дополнительном акте о продлении сроков проверки.</w:t>
+    <w:bookmarkStart w:name="z521" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае непредоставления информации об устранении выявленных нарушений уполномоченный орган вправе назначить внеплановую проверку в соответствии с подпунктом 7) пункта 3 настоящей статьи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z516" w:id="238"/>
-[...15 lines deleted...]
-      14. Сроки исполнения акта о результатах проверки определяются с учетом обстоятельств, оказывающих влияние на реальную возможность его исполнения, но не менее десяти календарных дней со дня вручения акта о результатах проверки.</w:t>
+    <w:bookmarkStart w:name="z522" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. В случае нарушения прав и законных интересов субъекта контроля при осуществлении проверки субъект контроля вправе обжаловать решения, действия (бездействие) должностных лиц уполномоченного органа вышестоящему должностному лицу либо в суд в порядке, установленном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z517" w:id="239"/>
-[...15 lines deleted...]
-      15. При определении сроков исполнения акта о результатах проверки учитываются:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 5 дополнена статьей 27-3 в соответствии с Законом РК от 11.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 44-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 28. Надзор за применением настоящего Закона </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Органы прокуратуры осуществляют высший надзор за соблюдением законности в сфере персональных данных и их защиты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z518" w:id="240"/>
-[...15 lines deleted...]
-      1) наличие у субъекта контроля организационных, технических возможностей по устранению нарушений;</w:t>
+    <w:bookmarkStart w:name="z69" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Акты прокурорского надзора, вынесенные на основании и в порядке, установленных Конституционным законом Республики Казахстан "О прокуратуре", обязательны для всех органов, организаций, должностных лиц и граждан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z519" w:id="241"/>
-[...15 lines deleted...]
-      2) сроки получения в государственных органах обязательных заключений, согласований и других документов, установленных законами Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 28 с изменениями, внесенными законами РК от 11.07.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 157-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z70" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 6. ЗАКЛЮЧИТЕЛЬНЫЕ И ПЕРЕХОДНЫЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z520" w:id="242"/>
-[...277 lines deleted...]
-    <w:bookmarkEnd w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 29. Ответственность за нарушение законодательства Республики Казахстан о персональных данных и их защите</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -10765,110 +11675,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Споры, возникающие при сборе, обработке и защите персональных данных, подлежат рассмотрению в порядке, установленном законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 31. Порядок введения в действие настоящего Закона</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z74" w:id="248"/>
+    <w:bookmarkStart w:name="z74" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящий Закон вводится в действие по истечении шести месяцев после его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z75" w:id="249"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z75" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Собственники и (или) операторы обязаны в течение трех месяцев со дня введения в действие настоящего Закона привести нормативные правовые акты и иные документы в соответствие с требованиями настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z76" w:id="250"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z76" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Сбор, обработка персональных данных, осуществленные согласно законодательству Республики Казахстан до введения в действие настоящего Закона, признаются соответствующими требованиям настоящего Закона, если дальнейшие их обработка и защита соответствуют целям их сбора. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkEnd w:id="244"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>